--- v0 (2025-12-14)
+++ v1 (2026-03-19)
@@ -5,3662 +5,4123 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1180" uniqueCount="1180">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1333" uniqueCount="1333">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
   </si>
   <si>
+    <t xml:space="preserve">Instrumen Pembeda Jenis Kelamin Ikan Koi 
+</t>
+  </si>
+  <si>
+    <t>26-Dec-2006</t>
+  </si>
+  <si>
+    <t>P00200600797</t>
+  </si>
+  <si>
+    <t>Ditarik Kembali</t>
+  </si>
+  <si>
+    <t>Dr. Ayi Rahmat, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Fakultas Perikanan dan Ilmu Kelautan</t>
+  </si>
+  <si>
+    <t>Paten</t>
+  </si>
+  <si>
+    <t>Instrumen Pembeda Jenis Kelamin Ikan Koi adalah produk teknologi pembeda jenis kelamin ikan koi. Untuk membedakan jenis kelamin ikan koi digunakan citra ikan koi yang difoto secara khusus dan dengan menggunakan pengolahan citra didapatkan deskriptor yang dibutuhkan yang menjadi input bagi algoritma jaringan syaraf tiruan (JST) untuk pengidentifikasian jenis kelamin ikan koi tersebut. Kebutuhan petani ikan bias dalam hal monosex culture secara lebih dini menurut analisis dan survei pendahuluan terhadap praktisi ikan bias dan petani ikan koi adalah besar, terutama bagi petani ikan koi yang memiliki luas kolam yang cukup luas sehingga apabila pembedaan jenis kelamin koi dilakukan secara manual akan menyebabkan kesulitan dalam hal menekan biaya produksi. Nishikogoi Gender Analyzer diharapkan dapat membantu mengatasi masalah penyortiran jenis kelamin ikan koi, sehingga biaya produksi para petani dapat menurun secara signifikan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pemberi Pakan Ikan/Udang Otomatis
+</t>
+  </si>
+  <si>
+    <t>04-Jan-2005</t>
+  </si>
+  <si>
+    <t>P00200500010</t>
+  </si>
+  <si>
+    <t>Pemberi pakan ikan/udang otomatis adalah alat pemberi pakan ikan atau udang yang bekerja secara otomatis dalam hal pengaturan jadwal, frekuensi pemberian pakan, dosis pakan serta dapat beroperasi selama 24 jam secara terus-menerus. Untuk melontarkan pakan digunakan pelontar dengan menggunakan motor AC yang memiliki RPM (Rotation Per Minute) yang bisa diatur sehingga pakan tersebar merata. Pengaturan dosis dilakukan dengan menggunakan motor DC (stepper motor, 0.8?/step) sehingga bisa diprediksikan jumlah pakan yang keluar berdasarkan putaran yang dilakukan oleh motor. Alat ini dirancang dengan menggunakan teknologi mikrokomputer sehingga memiliki kehandalan dalam akurasi dan presisi. Kebutuhan petani ikan dan petambak dalam hal pemberian pakan yang dilakukan secara otomatis menurut analisis dan survei pendahuluan terhadap praktisi tambak dan petani ikan adalah besar, terutama bagi petani dan petambak yang memiliki luas kolam / tambak yang cukup luas sehingga apabila pemberian pakan dilakukan secara manual akan menyebabkan kesulitan dalam hal konsistensi pemberiaan (jumlah dan waktu) pakan. Pemberi pakan ikan/udang otomatis diharapkan dapat membantu mengatasi masalah ketepatan dan . keteraturan proses pemberian pakan, sehingga produksi para petani dan petambak tersebut dapat meningkat.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fry Counter  (Penghitung Benih Ikan Kecepatan dan Akurasi Tinggi)
+</t>
+  </si>
+  <si>
+    <t>08-Dec-2003</t>
+  </si>
+  <si>
+    <t>P00200300627</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Penghitung Telur Ikan Gurame Kecepatan Tinggi dan Akurasi Tinggi Berbasis Teknologi Digital
+</t>
+  </si>
+  <si>
+    <t>03-Feb-2010</t>
+  </si>
+  <si>
+    <t>P00201000080</t>
+  </si>
+  <si>
+    <t>Invensi ini memanfaatkan teknologi elektronika berbasis mikrokontroler (microcomputer) sebagai pusat kendali dari keseluruhan kerja sistem. Penghitungan dilakukan dengan menggunakan sensor optik yaitu mini Light Dependent Resistor (LDR) yan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rumpon Hibrida (Hybrid Fish Aggregating Device) dengan Menggunakan Atraktor Cahaya dan Suara
+</t>
+  </si>
+  <si>
+    <t>P00201000078</t>
+  </si>
+  <si>
+    <t>Invensi rumpon hibrida berhubungan dengan aplikasi sistem elektronika untuk mengumpulkan dan menyeleksi spesies ikan yang akan di tangkap. Rumpon hibrida menggunakan dua atraktor yang digabungkan dalam satu platform dan dapat bekerja secara bersamaan. Atraktor cahaya yang digunakan dalam invensi ini terdiri dari beberapa panjang gelombang (warna) , yaitu putih, merah, biru dan hijau. Atraktor cahaya dibuat dari bahan xenon LED ultrabright yang memiliki daya 3-10 watt yang dapat dinyalakan secara bergantian disesuaikan dengan kebutuhan dengan sistem kontrol berbasis kornputer. Adapun atraktor suara menggunakan frekuensi suara tunggal dan frekuensi berspektrum pita lebar, dimana besaran frekuensi yang digunakan dapat disesuaikan dengan target ikan yang diinginkan. Atraktor suara memiliki daya pancar 80-100 Watt dan bersifat kedap air.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Instrumen Pencampur dan Pengering Pakan
+</t>
+  </si>
+  <si>
+    <t>26-Nov-2009</t>
+  </si>
+  <si>
+    <t>P00200900625</t>
+  </si>
+  <si>
+    <t>Instrumen pencampur dan pengering pakan ikan/udang adalah merupakan inovasi untuk melakukan pencampuran pakan yang dapat dilakukan dalam waktu yang cepat dibandingkan dengan sistem manual. Invensi ini berhubungan dengan mekanisme pengkayaan kandungan pakan pada usaha budidaya intensif untuk usaha perikanan dan pertambakan. Sistem yang digunakan adalah elektromekanika dimana menggabungkan sistem elektronika sebagai teknologi yang memudahkan untuk melakukan proses pencampuran dan pengeringan serta sistem mekanik yang berkaitan erat dengan proses dan mekanisme pencampuran. Instrumen pencampur dan pengering pakan ini dapat secara sekaligus melakukan pencampuran dan pengeringan pakan dengan kapasitas yang besar dalam satu kali proses pencampuran yaitu 30-50kg per satu kali proses selama 30 menit sehingga untuk melakukan pencampuran dan pengeringan pakan dengan kapasitas 1 kwintal rnemerlukan waktu 1-1.5 jam. Hal ini sangat membantu jika kondisi cuaca tidak memungkinkan untuk melakukan penj emuran dan biasanya penjemuran pakan bisa membutuhkan waktu 3-4 jam sampai kering dan siap untuk diberikan kepada ikan budidaya.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Instrumen Penghalau Burung 
+</t>
+  </si>
+  <si>
+    <t>P00200900622</t>
+  </si>
+  <si>
+    <t>Invensi ini bertujuan untuk pencegahan penyebaran virus melalui burung, yakni melalui penerapan teknologi bioakustik. Untuk menghalau dan mengusir kawanan burung yang mendekati tambak udang telah dikembangkan instrumen penghalau dan pengusir burung. Invensi ini memanfaatkan suara predator (burung elang) dengan bantuan sistem perekam dan pemutarbalik suara digital elektronik. Instrumen ini dipasang di petak-petak tambak dan dapat dioperasikan melalui pengendalian jarak jauh.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alat Pemantau Perairan dengan Teknologi GSM
+</t>
+  </si>
+  <si>
+    <t>P00200900621</t>
+  </si>
+  <si>
+    <t>Optimasi sistern perikanan di suatu perairan memerlukan kelengkapan data potensi perairan dengan tingkat validitas tinggi dan up to date serta komprehensif. Pemanfaatan potensi perikanan yang optimal memerlukan desain dan analisis sistem yang mampu menyediakan data real time bagi kebutuhan usaha di bidang kelautan dan perikanan. Invensi ini merupakan rancang bangun suatu instrumen buoy pesisir (Coastal .buoy) yang mampu mentransmisikan data digital parameter yang diamati pada setiap layer kedalaman untuk mendukung sistem informasi yang dapat dicunakan oleh stakeholder bidang perikanan dan kelautan. Sistem yang dibuat ini menggunakan GSM (Global system for Mobile Communications) untuk mentransmisikan data parameter yang dikehendaki. Sistern Coastal Buoy ini dapat diaplikasikan untuk pengembangan data base dan sis tern inf ormasi sumberdaya kelautan yang pada akhirnya dinarapkan dapat meningkatkan pendapatan nelayan, pengusaha dan pendapatan daerah.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alat Pengambilan Sample Ikan Air Tawar (E.Fishing Gear) 
+</t>
+  </si>
+  <si>
+    <t>23-Jul-2008</t>
+  </si>
+  <si>
+    <t>P00200800445</t>
+  </si>
+  <si>
+    <t>Ada beberapa metode yang digunakan oleh peneliti maupun teknisi untuk pengambilan data sumberdaya perikanan, misalnya dengan menggunakan jaring, bubu, dan lain-lain. Persyaratan utama yang diajukan oleh para peneliti maupun teknisi tersebut adalah bahwa dalam proses pengambilan sampel dapat dilakukan dengan cepat, mudah dan aman serta objek yang diamati dalam hal ini ikan kondisinya tetap baik. Persyaratan utama tersebut dapat dipenuhi oleh E-Fishing Gear yang telah kami kembangkan. E-Fishing Gear dioperasikan dengan dilengkapi variabel tegangan sehingga pengguna akan lebih mudah untuk menentukan tegangan kerja alat yang diinginkan dan tidak membahayakan, baik bagi peneliti sendiri maupun terhadap biota yang diambil sampelnya. E-Fishing Gear juga bisa digunakan untuk kegiatan penelitian yang dilakukan di laboratorium dan di lapang, misalnya penelitian tingkah laku spesies ikan dan untuk kegiatan penangkaran.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Flavonoid Daun Tabat Barito sebagai Antitumor 
+</t>
+  </si>
+  <si>
+    <t>31-Oct-2007</t>
+  </si>
+  <si>
+    <t>P00200700616</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Irmanida Batubara, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Fakultas Matematika dan Ilmu Pengetahuan Alam</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstrak Daun Jati Belanda sebagai Pelangsing 
+</t>
+  </si>
+  <si>
+    <t>28-Feb-2007</t>
+  </si>
+  <si>
+    <t>P00200700098</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mahkota Dewa sebagai  Antikanker
+</t>
+  </si>
+  <si>
+    <t>14-Feb-2005</t>
+  </si>
+  <si>
+    <t>P00200500077</t>
+  </si>
+  <si>
+    <t>Komposisi Jipang Berbasis Alga Laut</t>
+  </si>
+  <si>
+    <t>28-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202010700</t>
+  </si>
+  <si>
+    <t>Vepryany Oktaviarty, S.T.P.</t>
+  </si>
+  <si>
+    <t>PUSAT KAJIAN SUMBERDAYA PESISIR DAN LAUTAN (PKSPL).</t>
+  </si>
+  <si>
+    <t>Paten Sederhana</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan komposisi jipang berbasis alga laut (Spirulina platensis)yang terdiri dari rice balls 60-70%, spirulina 1-3%, gula 10-15%, dan madu 15-20%. Jipangberbasis alga laut (Spirulina platensis) dihasilkan dengan cara mencampur bahan sesuaikomposisi diatas api dengan panas sedang dan memanggangnya menggunakan ovenpada suhu 200&amp;deg;C selama sekitar 10 menit. Tujuan dari invensi ini adalah untukmenyediakan makanan ringan yang sehat dan aman dikonsumsi karena mengandungprotein dan tanpa menggunakan pengawet, serta mengangkat makanan tradisional.Tujuan lain dari invensi ini yaitu dengan penambahan alga laut (Spirulina platensis)diharapkan menjadi diversifikasi produk pangan yang memiliki nilai jual tinggi.</t>
+  </si>
+  <si>
+    <t>Komposisi Bolu Gulung Berbasis Alga Laut</t>
+  </si>
+  <si>
+    <t>S00202010701</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan komposisi bolu gulung berbasis alga laut (Spirulinaplatensis) yang terdiri dari campuran telur ayam, gula pasir, vanilla susu, terigu, susububuk, margarin, butter, maizena, SP-28, spirulina bubuk, keju cheddar, butter cream.Bolu gulung berbasis alga laut (Spirulina plantasis) dihasilkan dengan cara memanggangadonan sesuai komposisi dengan menggunakan oven pada suhu 200&amp;deg;C selama 35-40menit. Satu resep dapat menghasilkan 2 bolu gulung dengan berat masing masing350-400 gram. Tujuan dari invensi ini adalah untuk menyediakan makanan ringan yangsehat dan aman dikonsumsi karena mengandung protein dan tanpa menggunakanpengawet. Tujuan lain dari invensi ini yaitu dengan penambahan alga laut (Spirulinaplatensis) diharapkan bisa sebagai diversifikasi produk pangan yang memiliki nilai jual
+tinggi.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alat Timbangan Biomassa dan Massa Karbon Pohon
+</t>
+  </si>
+  <si>
+    <t>09-Dec-2011</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00201100257 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Elias</t>
+  </si>
+  <si>
+    <t>Fakultas Kehutanan dan Lingkungan</t>
+  </si>
+  <si>
     <t>Kombinasi Ekstrak Batang dan Kulit Buah Nyirih (Xylocarpus granatum) Sebagai Bahan Kecantikan Untuk Pemutih, Anti-Penuaan, dan Anti-Jerawat</t>
   </si>
   <si>
     <t>15-Mar-2019</t>
   </si>
   <si>
     <t>PID201902256</t>
   </si>
   <si>
-    <t>Ditarik Kembali</t>
-[...2 lines deleted...]
-    <t>Erna Subroto</t>
+    <t>Dr. Wulan Tri Wahyuni S., S.Si., M.Si.</t>
   </si>
   <si>
     <t>Departemen Kimia</t>
   </si>
   <si>
-    <t>Paten</t>
-[...1 lines deleted...]
-  <si>
     <t>Kombinasi ekstrak etanol batang dan kulit buah Nyirih (Xylocarpus granatum) sebagai bahan kecantikan sebagai pemutih, anti-penuaan, dan anti-jerawat. Sebanyak 11 kombinasi ekstrak etanol batang dan kulit buah X. granatum dengan perbandingan 0-10. Kombinasi ekstrak digunakan untuk kecantikan melalui pendekatan terhadap aktivitas sebagai pemutih melalui inhibisi enzim tirosinase, anti-penuaan melalui uji anti-glikasi, dan anti-jerawat melalui uji antibakteri terhadap Propionibacterium acnes. Nilai IC50 inhibitor enzim tirosinase untuk kombinasi ekstrak berkisar 264.48-754.21 ppm untuk tirosinase (L-tyr) dan 504.28-1705.13 ppm untuk tirosinase (L-DOPA)</t>
   </si>
   <si>
-    <t>Maily</t>
-[...2 lines deleted...]
-    <t>Kilala Tilaar</t>
+    <t xml:space="preserve">Proses Pemurnian Nira dengan Kemurnian Gula yang Tinggi 
+</t>
+  </si>
+  <si>
+    <t>P00200700097</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sapta Raharja, D.E.A.</t>
+  </si>
+  <si>
+    <t>Fakultas Teknik dan Teknologi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Optimasi Teknik Proses Adsorpsi Vitamin E dari Minyak Olein Sawit Kasar (CPO) Menggunakan Khitosan
+</t>
+  </si>
+  <si>
+    <t>19-Oct-2006</t>
+  </si>
+  <si>
+    <t>P00200600620</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t>Proses ekstraksi vitamin E dari minyak olein sawit kasar melalui adsorpsi menggunakan khitosan. Khitosan mampu menyerap vitamin E sebesar 70-80 persen pada perbandingan khitosan dan minyak olein sawit kasar 1:6 (b/v), laju pengadukan 120 rpm, suhu adsorpsi 50?C, lama adsorpsi 46 menit.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Optimasi Teknik Proses Adsorpsi Karoten dari Minyak Olein Sawit Kasar Menggunakan Atapulgit 
+</t>
+  </si>
+  <si>
+    <t>P00200600619</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Sintesis Mono – Dan Di – Asilglis erol Dari Minyak Kelapa Dengan Cara Gliserolisis Kimia 
+</t>
+  </si>
+  <si>
+    <t>12-Feb-2010</t>
+  </si>
+  <si>
+    <t>P00201000118</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nuri Andarwulan, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses sintesis mono- dan di- asilgliserol dari minyak kelapa dengan cara gliserolisis 3 kimia dengan menggunakan suatu katalis kimia, suhu dan waktu tertentu. Produk MDAG dari minyak kelapa cocok diaplikasikan untuk ke hampir semua produk pangan, produk detergen dan sebagai stabilizer</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Sintesis Mono- dan Di- Asilgliserol dari Refined Bleached Dodorized Palm Oil (RBDPO) dengan Cara Gliserolisis Kimia 
+</t>
+  </si>
+  <si>
+    <t>04-Oct-2007</t>
+  </si>
+  <si>
+    <t>P00200700556</t>
+  </si>
+  <si>
+    <t>Fakultas Pertanian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mesin Pemanen Udang dan Ikan
+</t>
+  </si>
+  <si>
+    <t>16-Dec-2011</t>
+  </si>
+  <si>
+    <t>P00201100912</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sam Herodian, M.S.</t>
+  </si>
+  <si>
+    <t>Suatu mesin pemanen udang dan ikan, terdiri atas: bagian-bagian inti, yaitu rangka (2), motor diesel (3), pompa (4), transmisi (5), pipa pemasukan (6), swicth manual (6a), (6b), pipa pengeluaran (7), tabung pemancing (8), jebakan ikan (fish trap) (9), dan tempat penampungan (10). Mesin pemanen udang dan ikan, dimana pipa pemasuk(6), menggunakan sistem swicth (6a), (6b), melalui katup manual sehingga daya pompa tidak akan mengalami penurunan karena ada ruang yang telah dirancang khusus sehingga air akan tetap kontinyu mengalir, dan tidak akan mempengaruhi kinerja jebakan ikan (9). Mesin pemanen udang dan ikan, dimana pipa pemasuk (6) menggunakan sistem switch (6a), (6b), melalui katup manual sehingga pemanenan akan tetap berjalan kontinyu meskipun pada saat pergantian tabung pemancing (8) atau pengangkatan jebakan ikan (9) dilakukan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teknologi Pengolahan Buras Steril sebagai Produk Pangan Darurat
+</t>
+  </si>
+  <si>
+    <t>10-Nov-2010</t>
+  </si>
+  <si>
+    <t>P00201000715</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa teknologi proses pembuatan produk buras steril yang dapat digunakan sebagai pangan darurat {emergency food product) dengan metode pemanasan bertekanan (sterilisasi. Proses pembuatan buras steril dengan menggunakan pemanas bertekanan (retort atau autoklaf) pada suhu 110?C selama 81 menit. Kemasan yang digunakan adalah retort pouch atau HOPE berlapis nylon. Produk buras steril berbeda dengan produk pangan darurat yang sudah pernah dikembangkan. Produk pangan darurat yang ada uraumnya berupa makanan kering, seperti biskuit atau mi instan, yang tidak dapat diterima sebagai pengganti nasi. Produk buras steril merupakan makanan basah, terdiri dari nasi, sayur, dan lauk pauk, sehingga mirip dengan makanan sehari-hari dan dapat digunakan sebagai pengganti nasi. Pada keadaan tidak ada bencana, produk buras steril dapat dijadikan sebagai produk pangan komersial yang awet, aman, enak, lengkap, dan praktis.</t>
   </si>
   <si>
     <t xml:space="preserve">Formula Obat Herbal Terstandar Anti Gout dan Anti Inflamasi dari kombinasi Ekstrak Seledri (Apium graviolens), Sidaguri (Sida rhombifolia L.), dan Tempuyung ( Sonchus arvensid L.)
 </t>
   </si>
   <si>
-    <t>16-Dec-2011</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201100913</t>
   </si>
   <si>
+    <t>Dr. drh. Aulia Andi Mustika, M.Si.</t>
+  </si>
+  <si>
+    <t>Kecenderungan kembali ke alam bagi Industri farmasi dan masyarakat baik di Indonesia maupun di dunia, dan semakin meningkatnya penderita gout mendorong untuk menemukan suatu formula herbal terstandar antigout yang mempunyai nilai jual dan bermanfaat. Indonesia kaya akan keanekaragaman hayati termasuk tanaman obat yang perlu diteliti dan dimanfaatkan, seperti sidaguri, seledri dan tempuyung yang berdasar uji fitokimia mengandung flavonoid dan alkaloid (inhibitor xantin oksidase) dapat menghambat aktivitas enzim tersebut dan mempunyai efek diuretik. Bahan baku sidaguri dan tempuyung dari Bogor dan seledri dari Cipanas merupakan bahan terbaik karena mengandung kandungan flavonoid dan alkaloid yang tinggi. Formula terbaik adalah ekstrak etanol seledri, sidaguri dan tempuyung dengan perbandingan tertentu. Formula dengan dosis 2640 mg/300 g BB ini berkhasiat menurunkan kadar asam urat dalam darah tikus secara preklinik sebesar 56,86 % selama 7 hari, khasiat ini juga melebihi allopurinol. Formula ini juga berkhasiat sebagai anti inflamasi karena dapat menghambat peradangan odema sebesar 15,29% pada jam pertama dan 17,39% setelah 10 jam dan aman dikonsumsi karena berdasarkan hasil uji toksisitas akut menunjukkan bahwa formula tersebut tidak menyebabkan kematian walaupun dosisnya sampai 32 g/ Kg BB. Kemampuan yang tinggi dalam menghambat aktivitas xantin oksidase dan kemampuannya sebagai anti inflamasi secara in vivo juga ditemukan dalam inovasi ini. Formula ini juga aman dikonsumsi, sehingga formula ini dapat didaftarkan sebagai herbal terstandar antigout dan sebagai bahan fitofarmaka antigout yang siap didaftarkan ke BPOM.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mole Plow Getar dengan Penggetaran Struktur
+</t>
+  </si>
+  <si>
+    <t>19-Nov-2009</t>
+  </si>
+  <si>
+    <t>P00200900601</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Radite Praeko Agus Setiawan, M.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Mesin dan Biosistem</t>
+  </si>
+  <si>
+    <t>Invensi berupa mole plow getar yang menggunakan cara penggetaran struktur dimana batang penghubung antara rangka 3 titik gandeng dengan shank dari mole plow difungsikan tidak hanya sebagai rangka tarik namun juga sebagai pegas kantilever. Sehingga jika diberikan getaran pada frekuensi di sekitar frekuensi alaminya maka akan terjadi resonansi mekanis sehingga penggetaran mole plow dapat dilakukan pada level energi yang minimum. Pernbangkit getaran pada sistem ini dihasilkan dari pemutaran massa tidak setimbang menggunakan PTO traktor atau sumber putar lain seperti motor. Getaran utama yang dihasilkan pada shank adalah getaran dengan arah ke samping kiri-kanan tegak lurus arah maju traktor, walaupun pada kondisi tertentu dapat juga terjadi getaran shank ke arah atas-bawah. Penggetaran shank dari mole plow ini ditujukan untuk menurunkar. tahanan tarik pada pengoperasioan mole plow.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mesin Kepras Tebu Tipe Piringan Berputar 
+</t>
+  </si>
+  <si>
+    <t>P00200700618</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vaksin DNA untuk Mencegah Penyakit yang Disebabkan oleh Koi Herpesvirus (KHV) pada Ikan
+</t>
+  </si>
+  <si>
+    <t>25-Nov-2010</t>
+  </si>
+  <si>
+    <t>P00201000778</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Alimuddin, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Budidaya Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa vaksin DNA untuk mencegah terjadinya infeksi Koi herpesvirus (KHV). Vaksin dalam bentuk plasmid konstruksi dapat diaplikasikan ke ikan melalui metode injeksi. Vaksin berupa plasmid yang telah dikonstruksi yang tersimpan dalam bakteri DH5a dapat diaplikasikan dengan cara dicampur pakan setelah dilemahkan terlebih dahulu. Invensi ini dimaksudkan untuk membantu penanggulangan wabah KHV pada ikan mas dan koi melalui vaksinasi sebagai langkah pencegahan terjadinya infeksi. Bahan aktif dari invensi ini adalah gen glikoprotein KHV ORF 25. Gen ini diawali oleh startcodon ATG dan stopcodon TAA. Gen ini berukuran 1,8 kb. Gen ini disisipkan ke dalam plasmid pAct yang berbasis pada plasmid Bluescript dengan promoter (3-aktin dari ikan medaka dan terminator dari bovine growth hormone (BGH). Bahan aktif menyisip pada situs Sail, promoter menyisip pada situs EcoRI dan terminator menyisip pada situs Xhol. Bakteri khusus E.coli DH5a yang mengandung pActGP25 ini disebut dengan bakteri konstruksi dan dapat digunakan sebagai vaksin yang dapat dicampur lewat pakan setelah bakteri ini dilemahkan terlebih dahulu. Klaim yang diajukan dari invensi ini adalah vaksin DNA yang mengandung bahan aktif berupa sekuen gen penyandi terbentuknya glikoprotein yang berasal dari ORF (open reading frame)25 sekuen lengkap gen KHV yang terdapat di GeneBank, beserta produk turunan yang menggunakan sekuen gen glikoprotein tersebut sesuai dengan peruntukannya.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Pemisahan Mikroalga dari Media Limbah Cair Agroindustri Menggunakan Membran Mikro- dan Ultrafiltrasi
+</t>
+  </si>
+  <si>
+    <t>P00201100915</t>
+  </si>
+  <si>
+    <t>Dr. Andes Ismayana, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t>Proses pemisahan mikroalga dapat dilakukan dengan menggunakan membran mikro- dan ultrafiltrasi. Dengan teknik ini mikroalga dapat dipisahkan secara sempurna (100%) dengan menggunakan membran mikro- dan ultrafiltrasi. Membran mikrofiltrasi mampu menghasilkan permeat dengan warna dan kekeruhan masing-masing 19 PtCo dan 3 NTU, sedangkan membran ultrafiltrasi mampu menghasilkan permeat dengan warna dan kekeruhan masing-masing 2 PtCo dan 1,6 NTU. Permeat yang dihasilkan bebas dari partikel (termasuk mikroalga dan bakteri) sehingga memungkinkan untuk didaur-ulang. Invensi ini berhubungan dengan suatu proses pemisahan mikroalga dari media limbah cair agroindustri menggunakan membran mikro- dan ultrafiltrasi, mencakup modus operasi kontinu dengan aliran silang dan modus operasi curah (dead end). Pemisahan mikroalga dilakukan menggunakan membran mikrofiltrasi dengan ukuran pori 0,1-0,2 jam atau ultrafiltrasi 10.000-20.000 Da, kontruksi modul membran berbentuk plate atau tubular. Modus operasi aliran silang dengan tekanan transmembran (TMP) 1,1-2,8 bar dan kecepatan aliran silang (v) 0,9-1,7 m/detik, sedangkan modus dead end menggunakan tekanan (perbedaan ketinggian/head: 50-200 cm) atau tekanan yang ditimbulkan oleh pompa (s/d 1 bar), dan pencucian secara periodik (setiap fluks tinggal sekitar 25 persen dari fluks awal).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses dan Formulasi Minuman Fungsional dari Daun Saga Telik (Abrus precatorius L.) (Saga Rambat)
+</t>
+  </si>
+  <si>
+    <t>26-Dec-2005</t>
+  </si>
+  <si>
+    <t>P00200500743</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sugiyono, M.App.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Produksi Nanokurkuminoid dan Khasiatnya sebagai Antioksidan, Antiinflamasi dan Antibakteri
+</t>
+  </si>
+  <si>
+    <t>05-Dec-2012</t>
+  </si>
+  <si>
+    <t>P00201201125</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Laksmi Ambarsari, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Peningkatan Indeks Viskositas Mi-nyak Jarak sebagai Bahan Dasar Pelumas melalui Proses Dehidrasi dengan Katalis Natrium Bisulfat
+</t>
+  </si>
+  <si>
+    <t>02-Aug-2004</t>
+  </si>
+  <si>
+    <t>P00200400341</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Krisnani Setyowati, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstrak Steroid dari Jeroan Teripang Pasir Segar sebagai Sex Reversal untuk Mempercantik Penampilan Ikan Hias
+</t>
+  </si>
+  <si>
+    <t>14-Oct-2010</t>
+  </si>
+  <si>
+    <t>P00201000646</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Khaswar Syamsu, M.Sc.St.</t>
+  </si>
+  <si>
+    <t>Ekstrak steroid dari jeroan teripang pasir (Holothuria scabra) segar merupakan inovasi pada sex reversal ikan bias untuk mempercantik penampilan ikan bias dengan cara yang ramah lingkungan dan memperhatikan konsep ecolabelling. Selain itu ekstrak steroid ini diproduksi dari limbah teripang (jeroan) yang selama ini mencemari lingkungan karena menimbulkan bau tidak sedap dan mengganggu estetika. Karenanya maka inovasi ini juga sekaligus menerapkan produksi bersih (CDM-Clean Development Mechanism) Sehingga konsep ini dapat menjadi sebuah inovasi baru dalam melakukan sex reversal terhadap ikan hias. Konsep yang diusung di sini adalah gagasan untuk meningkatkan nilai ekonomis dan meningkatkan margin keuntungan dari budidaya ikan hias, serta untuk meningkatkan daya jual ikan hias dari Indonesia, terutama di pasaran luar negeri dengan menggunakan produk yang ramah lingkungan. Selain itu konsep ini juga mengusung gagasan pemanfaatan limbah teripang yang selama ini mencemari lingkungan menjadi berdaya guna dan bernilai ekonomis tinggi, sehingga sekaligus akan mengimplementasikan proses produksi bersih (COM). Produk ekstrak steroid jeroan teripang ini mengandung hormone androgen yang lebih tinggi dibanding organ lain, sehingga efektif untuk dimanfaatkan sebagai sex reversal atau teknik pembalikan arah perkembangan kelamin pada fase kritis perkembangan gonad ikan hias. Dalam hal ini akan menghasilkan zigot betina (genotip XX) yang berkarakter jantan, sehingga akan dapat meningkatkan jumlah anak jantan dan mempercepat munculnya seksual sekunder, yang akan mempercantik penampilan ikan bias, baik dilihat dari bentuk maupun warnanya. Mengingat penampilan (morfologi) ikan hias betina pada umumnya tidak menarik, sedangkan ikan hias jantan penampilannya sangat menarik. Dengan adanya konsep ini, maka diharapkan ekstrak steroid jeroan teripang akan menambah khasanah penerapan teknologi yang tepat guna, tepat sasaran dan ramah lingkungan serta tepat waktu karena bersamaan dengan semakin kencangnya larangan penggunaan hormone metil testosterone (yang biasa digunakan untuk sex reversal) di negara-negara maju.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teknologi Proses Pembuatan Lembaran Bioplastik dari Poly Hidroksi Alkanoat (PHA) dengan Penambahan Dimetil Phtalat
+</t>
+  </si>
+  <si>
+    <t>06-Dec-2006</t>
+  </si>
+  <si>
+    <t>P00200600706</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Produksi Gambir Bubuk dari Daun Gambir Kering  
+</t>
+  </si>
+  <si>
+    <t>P00201000792</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan pengeringan daun gambir segar untuk menjaga mutu daun gambir akibat penundaan waktu olah dan memproduksi gambir bubuk dengan mutu yang lebih baik dari mutu gambir asalan. Invensi meliputi (1) pengeringan daun gambir segar di bawah sinar matahari hingga kadar air 10% (2) ekstraksi daUn gambir kering menggunakan pelarut organik, dan (3) pengeringan cairan ekstrak gambir menggunakan Pengering semprot.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Anti Arthritis dari Herba Seledri (Apium Graveolen) dan Jahe Merah (Zingiber officinale, ROXB)
+</t>
+  </si>
+  <si>
+    <t>29-Nov-2011</t>
+  </si>
+  <si>
+    <t>P00201100778</t>
+  </si>
+  <si>
+    <t>Dr. Siti Sa'diah, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Sekolah Kedokteran Hewan dan Biomedis</t>
+  </si>
+  <si>
+    <t>Pola hidup masyarakat saat ini cenderung kembali ke alam, back to nature, termasuk dalam penggunaan obat. Salah satu obat tradisional yang penggunaannya terus meningkat di tengah masyarakat adalah obat bahan alam untuk mengurangi rasa nyeri atau antiinflamasi. Hal ini mendorong untuk menemukan suatu formula obat herbal yang mempunyai nilai jual dan bermanfaat. Penemuan ini berhubungan dengan tanaman obat yaitu seledri dan jahe merah yang telah terbukti memeilki aktivitas antiinflamasi dengan mekanisme kerja sebagai inhibitor enzim COX-2 secara in vitro dan dapat mengurangi inflamasi secara in vivo. Bahan baku tanaman seledri dan jahe merah yang digunakan merupakan bahan baky terstandar yang diproses dengan ekstraksi dan pencampuran terstandar. Formula ekstrak herbal tersebut bersifat tidak toksik.</t>
+  </si>
+  <si>
+    <t>Meydia, S.Pi.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstrak, Proses Pembuatan, Penggunaan dan Formulasi Biji Mangrove Xylocarpus sp. sebagai Bahan Aktif Tabir Surya
+</t>
+  </si>
+  <si>
+    <t>P00200500738</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Linawati, M.S.</t>
+  </si>
+  <si>
+    <t>Penemuan ini berkaitan dengan ekstrak Xylocarpus sp, proses pembuatan ekstrak, penggunaan ekstrak dan formulasi sebagai bahan aktif tabir surya untuk sediaan kosmetik. Ekstrak pada invensi ini dihasilkan dari Xylocarpus sp yang berasal dari buah, kulit pohon, akar dan lebih disukai dari biji. Penyiapan ekstrak dilakukan dengan tahapan pemotongan bahan yang akan diekstrak yang dapat berupa buah, daun, kulit kayu, akar, dengan bahan yang lebih disukai adalah biji, pengeringan atau tanpa pengeringan,pembubukan bahan baku kering/basah, maserasi dengan pelarut organik selama 3-48 jam lebih disukai 24 jam pada suhu 20-60 ?C atau dengan pelarut air sampai mendidih selama 20-60 menit, penyaringan untuk memisahkan ampas dengan kain saring atau sentrifuse, pengeringan filtrat dengan vakum evaporator atau freeze drying. Ekstrak Xylocarpus sp mampu menyerap UV-A dan B. Formulasi sediaan tabir surya dilakukan dengan mencampurkan bahan aktif dengan bahan seperti cremophor A6 (emulsifier) : 3,9 %, cremophor A6 (emulsifier): 3,9 %, isopropil palmitat (emolient/pelembut): 5,9 %, myritol (dispersan): 5,9 %, cetyl alcohol (pengental &amp; emulsifier): 5,9 %, beeswax (pengental &amp; emulsifier) : 7, 8 %, propylen glikol (humektan/pelembab): 15,6 %, metyl paraben (pengawet): 0,2 %, propil paraben (pengawet): 0,2 %, air (pelarut): 39 %. Extrak biji Xylocarpus ditambahkan pada konsentrasi yang bervariasi (20-30%). Formula tabir surya memiliki SFF antara 15 - 22.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Purwiyatno Hariyadi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Drs. Edy Djauhari Purwakusumah, M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papan Partikel dari Limbah Padat Hasil Penyulingan Minyak Akar Wangi (Vetiveria zizanoides stapt). 
+</t>
+  </si>
+  <si>
+    <t>P00200400338</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Hambali, M.Si.</t>
+  </si>
+  <si>
+    <t>Limbah padat hasil penyulingan minyak akar wangi (Vetiveria zizanoides Stapt. ) dapat dimanfaatkan sebagai bahan baku alternatif pembuatan papan partikel. Limbah padat akar wangi dihancurkan hingga menjadi serpih yang berukuran 6 - 18 mesh, direndam dalam air panas (100?C) selama 3 jam, dijemur dan dikeringkan dalam oven. Ramuan perekat yang digunakan terdiri atas urea formaldehida sebanyak 14 persen dari berat partikel kering, amonium klorida sebanyak 1 persen dari bahan perekat dan emulsi parafin sebanyak 5 persen dari bahan perekat. Pengempaan panas dilakukan dengan tekanan spesifik 25 kg/cm2 pada suhu 140 ?C selama 10 menit. Sifat-sifat papan partikel akar wangi hasil penelitian ini telah memenuhi Standar Indonesia (SNI) dan Standar Jepang (JIS). Sifat-sifat tersebut adalah sebagai berikut : kerapatan 0,7 g/cm3, kadar air 7,668%, pengembangan tebal 24 jam 6,715%, penyerapan air 24 jam 54,464%, modulus patah 131,673 kg/cm2, modulus elastisitas 45032 kg/cm2, keteguhan rekat internal 2,333 kg/cm2, ketahanan cabut sekrup sejajar permukaan 32,267 kg, dan ketahanan cabut sekrup tegak lurus permukaan 34,933 kg. Papan partikel akar wangi mempunyai kelebihan yaitu bau khas akar wangi yang dapat mengusir nyamuk.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Propolis sebagai Bahan Antikaries Gigi 
+</t>
+  </si>
+  <si>
+    <t>P00200700619</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Akhmad Endang Zainal Hasan, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Biokimia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstraksi Propolis dari Lebah Madu Trigona sp. 
+</t>
+  </si>
+  <si>
+    <t>P00200700096</t>
+  </si>
+  <si>
+    <t>Dr. Prayoga Suryadarma, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sintesa Asam Risinoleat melalui Proses Hidrolisis in situ Minyak Jarak dalam Biji Jarak
+</t>
+  </si>
+  <si>
+    <t>31-May-2005</t>
+  </si>
+  <si>
+    <t>P00200500280</t>
+  </si>
+  <si>
+    <t>Proses produksi asam risinoleat melalui optimasi proses hidrolisis in situ minyak jarak dalam biji jarak dengan memanfaatkan enzim dan mikroorganisme yang berada di dalam biji jarak. Nilai bilangan asam sebagai asam risinoleat tertinggi yang dicapai 50,76 mg KOH/g minyak diperoleh melalui hidrolisis in situ minyak jarak dalam biji jarak dengan lama inkubasi 7 hari dan suhu inkubasi 37oC.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. I Made Artika, M.App.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Anti Gout dari Ekstrak Sidaguri, Seledri dan Tempuyung
+</t>
+  </si>
+  <si>
+    <t>P00201100777</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Dyah Iswantini, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Kecenderungan kembali kea lam bagi masyarakat baik di Indonesia maupun di dunia, dan semakin meningkatnya penderita gout mendorong untuk menemukan suatu formula antigout yang mempunyai khasiat yang tinggi dan murah. Tiga tanaman obat yang berpotensi tinggi sebagai penurun kadar asam urat, anti inflamasi dan yang mempunyai efek diuretic adalah sidaguri, seledri dan tempuyung yang berdasar uji fitokimia mengandung flavonoid dan alkalioid (inhibitor xantin oksidase) dapat mneghambat aktivitas enzim tersebut dan mempunyai efek diuretic. Ekstraksi dilakukan dengan menggunakan etanol teknis 30%, sehingga murah biayanya. Ekstrak gabungan mempunyai daya inhibisi terhadap xantin oksidase lebih tinggi disbanding ekstrak tunggal. Formula terpilih adalah ekstrak etanol seledri, sidaguri dan tempuyung dengan perbandinga 4:7:4. Formula ini mampu menghambat aktivitas xantin oksidase secar in vitro sebesar 78,93% yang melebihi allopurinol yaitu obat gout yang diresepkan oleh dokter selama ini.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ika Amalia Kartika, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Indra Jaya, M.Sc.</t>
+  </si>
+  <si>
+    <t>Trivadila, S.Si., M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Curing Vanili Termodifikasi 
+</t>
+  </si>
+  <si>
+    <t>P00200700617</t>
+  </si>
+  <si>
+    <t>Dr. Dwi Setyaningsih, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Minuman Fungsional Antanan (Centenna Asiatica L. Urban)
+</t>
+  </si>
+  <si>
+    <t>28-Dec-2006</t>
+  </si>
+  <si>
+    <t>P00200600802</t>
+  </si>
+  <si>
+    <t>Dr. Elvira Syamsir, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Latifah Kosim, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstrak Tabat Barito Berkhasiat  Anti Tumor: Kegunaan sebagai Jamu, Ekstrak Terstandar dan Bahan Fitofarmaka
+</t>
+  </si>
+  <si>
+    <t>30-Jul-2003</t>
+  </si>
+  <si>
+    <t>P00200300385</t>
+  </si>
+  <si>
+    <t>Komposisi Snack Bar Berbasis Alga Laut Mikro (Spirulina Platensis)</t>
+  </si>
+  <si>
+    <t>S00202010699</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iriani Setyaningsih, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan komposisi snack bar dengan alga laut (Spirulina platensis)yang terdiri dari rice balls (brondong beras), kacang almond, kacang mete, biji labu, bijibunga matahari, wijen, kismis, spirulina bubuk, gula, dan madu. Snack bar dengan algalaut (Spirulina platensis) dihasilkan dengan cara mencampur bahan sesuai komposisidiatas api dengan panas sedang dan memanggangnya menggunakan oven pada suhu200&amp;deg;C selama sekitar 7-10 menit. Tujuan dari invensi ini adalah untuk menyediakanmakanan ringan yang sehat dan aman dikonsumsi karena mengandung protein dankomponen bioaktif yang baik untuk kesehatan. Tujuan lain dari invensi ini yaitu denganpenambahan alga laut (Spirulina platensis) diharapkan menjadi diversifikasi produk
+pangan yang memiliki nilai jual tinggi.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mohamad Rafi, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sri Nuryati, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Produksi Sereal Sarapan Berbentuk sereal Susu Berbasis Sorghum (Sorghum bicolor L.)
+</t>
+  </si>
+  <si>
+    <t>27-Jul-2010</t>
+  </si>
+  <si>
+    <t>P00201000464</t>
+  </si>
+  <si>
+    <t>Ir. Sutrisno Koswara, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
+  </si>
+  <si>
+    <t>Produksi makanan sarapan berbentuk sereal susu dengan bahan baku sorgum dilakukan dengan proses pembuatan tepaung sorgum yang dapat direhidrasi dan dilanjutkan dengan pencampuran kering tepung sorgum rehidrasi dengan bahan lain yaitu susu bubuk, gula, flavor coklat, garam dan vanili. Produk makanan sarapan yang dihasilkan setara dengan sereal susu komersial yang ada di pasaran dalam komposisi kimia, kelarutan, kekentalan dan rasa. Dengan demikian pembuatan sereal sarapan dalam bentuk susu sereal dengan menggunakan sorgum dapatmenjadi salah satu cara dalam mengatasi masalah dalam sarapan pagi bagi anak-anak atau orang dewasa yang memiliki keterbatasan waktu untuk menyiapkan makanan pagi</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Slamet Budijanto, M.Agr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Pembuatan Katekin dari Gambir Asalan dengan Menggunakan Pelarut Organik dan Pengeringan dengan Spray Dryer
+</t>
+  </si>
+  <si>
+    <t>P00201000783</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Endang Gumbira, M.A.Dev.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan produksi katekin dari gambir asalan. Invensi meliputi (1) pelarutan gambir asalan dalam air panas (100 ?C) untuk memisahkan kotoran yang tidak larut dalam air panas (2) pengulangan pencucian pasta gambir dengan air mendidih (100 ?C) dilanjutkan dengan pendinginan untuk memisahkan komponen-komponen yang larut dalam air dan mengendapkan katekin yang larut dalam air panas, namun tidak larut dalam air dingin, (3) pelarutan pasta gambir dalam pelarut organik dan (4) pengeringan larutan pasta gambir dalam pelarut organik dengan menggunakan spray dryer.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Waras Nurcholis, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mesin Pengupas Biji Hotong
+</t>
+  </si>
+  <si>
+    <t>P00200400342</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Agus Sutejo, M.Si.</t>
+  </si>
+  <si>
+    <t>Suatu mesin perontok dan pengupas biji hotong berfungsi menghasilkan beras biji hotong (biji hotong terkupas) dari malai buah hotong. Mesin invensi ini terdiri dari 2 tahapan mesin yaitu mesin perontok biji hotong yang menghasilkan biji hotong berkulit (gabah biji hotong) dari malai hotong dan mesin pengupas biji hotong berkulit menjadi biji hotong terkupas (beras biji hotong). yaitu mesin perontok biji hotong yang menghasilkan biji hotong berkulit (gabah biji hotong) dari malai hotong dan mesin pengupas biji hotong berkulit menjadi biji hotong terkupas (beras biji hotong). Mesin perontok biji hotong dari malai hotong terdiri dari 5 input malai hotong (2), ruang perontok (15), batang-batang pemukul tumpul berputar (6), batang-batang pemukul diam (5), lubang saringan (4), output biji hotong (7), alur ulir (3) yang berada pada tutup atas ruang perontokan. Putaran silinder pemukul digerakkan oleh motor penggerak (13) dengan transmisi belt. Mesin pengupas kulit biji hotong terdiri dari input biji hotong (16), output mesin perontok (7), ruang pengupasan (17), Pengupasan dilakukan oleh dua pasang silinder karet (8), dimana pasangan silinder karet ini memiliki arah putaran yang berlawanan dan kecepatan putar yang berbeda, Kulit biji hotong akan disedot oleh blower sedot (9) kemudian dikumpulkan oleh tabung siklon (14) menuju output kulit hotong (12). Biji hotong yang terkelupas kulitnya (beras biji hotong) akan jatuh di bawah ruang pengupasan melewati output biji hotong bersih (11).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tugal Semi Mekanis
+</t>
+  </si>
+  <si>
+    <t>23-Jan-2001</t>
+  </si>
+  <si>
+    <t>P00200100066</t>
+  </si>
+  <si>
+    <t>Penemuan ini berupa Tugal Semi Mekanis, yang terdiri dari Batangan Tugal, Badan Tugal dan Mata Tugal. Pada Badan Tugal terdapat mekanisme Matering Device yang mengambil biji/pupuk ketika tugal digerakkan ke bawah dan mengeluarkan biji ketika tugal digerakan ke atas. Hal ini yang membuat tugal dapat dioperasikan seperti tugal konvensional tanpa menarik tuas apapun tetapi penanaman atau pemupukan dapat dilakukan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Drum Dryer dengan Pemanasan Langsung
+</t>
+  </si>
+  <si>
+    <t>P00200100065</t>
+  </si>
+  <si>
+    <t>Penemuan berupa mesin pengering tipe drum dryer dengan tenaga pemanas heater di pusat drum yang disalurkan panasnya ke dinding drum melalui minyak pelumas. Dudukan heater dirancang khusus agar tidak ikut parputaran drum.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Produksi Asam Hialuronat pada Kultivasi Semi Sinambung Menggunakan Streptococcus zooepidemicus
+</t>
+  </si>
+  <si>
+    <t>P00200600800</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Noor</t>
+  </si>
+  <si>
+    <t>Produksi asam hialuronat menggunakan Streptococcus zooepidemicus (ATCC 93-12-39920 STCOequi SB-SP zooepidemicus, USA) dilakukan secara semi-sinambung (fed-batch) pada skala 10 L. Kondisi kultivasi dipertahankan pada suhu 37 ?C, pH 7.1 dan kecepatan agitasi 68 rpm. Selama kultivasi dilakukan tiga kali penambahan substrat (medium), yaitu pada jam ke-7, 9 dan 11 untuk memperpanjang waktu hidup mikroorganisme dan meningkatkan perolehan asam hialuronat. Komposisi medium yang ditambahkan (1) 30 g ekstrak khamir dan 50 g glukosa dalam 150 ml air, (2 dan 3) masing-masing 50 gram glukosa dalam 100 ml air. Produksi asam hialuronat sebesar 6.07 g/L diperoleh setelah 15 jam kultivasi.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstraksi Giberalin dari Akar Eceng Gondok
+</t>
+  </si>
+  <si>
+    <t>P00200600705</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alat Sortir dan Penghitung Ikan Hidup 
+</t>
+  </si>
+  <si>
+    <t>P00200700095</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Kelautan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pembuatan Produk Pengayaan Virgin Coconut Oil dengan Kurkuminoid Temulawak sebagai Pencegah Kerusakan Hati 
+</t>
+  </si>
+  <si>
+    <t>P00200800440</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sedarnawati Yasni, M.Agr.</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan salah satu alternatif pengembangan produk VCO melalui pengkajian pengaruh hepatoprotektif produk pengayaan VCO dengan kurkuminoid dari temulawak pada tikus terangsang parasetamol. Proses pembuatan produk dilakukan melalui persiapan bahan baku, proses perendaman bahan baku ke dalam VCO dengan rasio tertentu, pengemasan dalam botol gelap (coklat), dan pengujian khasiat produk pengayaan VCO tersebut terhadap daya pencegahan kerusakan hati tikus jantan galur Spar ague Daw ley. Pengujian khasiat pada tahapan pertama pada tikus yang diinduksi dengan parasetamol dosis 2.5 mg/kg BB selama 14 hari, kemudian diberi perlakuan oral produk pengayaan VCO dengan kurkuminoid komersial sebanyak o.5 ml selama 14 hari memiliki kadar GOT-serum yang lebih rendah dibandingkan dengan tikus kontrol negatif. Pada tahapan kedua, tikus yang diinduksi dengan parasetamol dosis 5.0 mg/kg BB menunjukkan kadar GOT-serum kelompok yang diberi produk pengayaan VCO dengan kurkuminoid hasil perendaman (138?5.2 U/l) lebih kecil dari kelompok yang diberi VCO murni sebagai kontrol positif (175?10.1 U/l). Dan Kadar bilirubin kelompok tikus yang diberi produk pengayaan VCO dengan kurkuminoid hasil soxhietasi paling rendah, yaitu 0.06 ? 0.032 mg/dL) . Dari hasil ini dapat disimpulkan bahwa Pengaruh hepatotoksik pada tikus percobaan yang disebabkan oleh parasetamol dosis tinggi dapat dihambat oleh ketiga jenis produk pengayaan VCO dengan kurkuminoid dari temulawak.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formulasi Insektisida Berbahan Aktif Senyawa Tumbuhan untuk Pengendalian Hama Gudang
+</t>
+  </si>
+  <si>
+    <t>28-Dec-2005</t>
+  </si>
+  <si>
+    <t>P00200500759</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dadang, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Kustiariyah, S.Pi., M.Si.</t>
+  </si>
+  <si>
     <t>Prof. drh. Min Rahminiwati, M.S., Ph.D.</t>
   </si>
   <si>
-    <t>Kecenderungan kembali ke alam bagi Industri farmasi dan masyarakat baik di Indonesia maupun di dunia, dan semakin meningkatnya penderita gout mendorong untuk menemukan suatu formula herbal terstandar antigout yang mempunyai nilai jual dan bermanfaat. Indonesia kaya akan keanekaragaman hayati termasuk tanaman obat yang perlu diteliti dan dimanfaatkan, seperti sidaguri, seledri dan tempuyung yang berdasar uji fitokimia mengandung flavonoid dan alkaloid (inhibitor xantin oksidase) dapat menghambat aktivitas enzim tersebut dan mempunyai efek diuretik. Bahan baku sidaguri dan tempuyung dari Bogor dan seledri dari Cipanas merupakan bahan terbaik karena mengandung kandungan flavonoid dan alkaloid yang tinggi. Formula terbaik adalah ekstrak etanol seledri, sidaguri dan tempuyung dengan perbandingan tertentu. Formula dengan dosis 2640 mg/300 g BB ini berkhasiat menurunkan kadar asam urat dalam darah tikus secara preklinik sebesar 56,86 % selama 7 hari, khasiat ini juga melebihi allopurinol. Formula ini juga berkhasiat sebagai anti inflamasi karena dapat menghambat peradangan odema sebesar 15,29% pada jam pertama dan 17,39% setelah 10 jam dan aman dikonsumsi karena berdasarkan hasil uji toksisitas akut menunjukkan bahwa formula tersebut tidak menyebabkan kematian walaupun dosisnya sampai 32 g/ Kg BB. Kemampuan yang tinggi dalam menghambat aktivitas xantin oksidase dan kemampuannya sebagai anti inflamasi secara in vivo juga ditemukan dalam inovasi ini. Formula ini juga aman dikonsumsi, sehingga formula ini dapat didaftarkan sebagai herbal terstandar antigout dan sebagai bahan fitofarmaka antigout yang siap didaftarkan ke BPOM.</t>
+    <t>Ir. Subarna, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. I Nengah Suastawa, M.S.A.E.</t>
+  </si>
+  <si>
+    <t>Ir. Kasno, M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Sulistiyani, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mesin Pemisah Daging dan Tulang Ikan
+</t>
+  </si>
+  <si>
+    <t>17-May-2006</t>
+  </si>
+  <si>
+    <t>P00200600292</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mochammad Riyanto, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Untuk memecahkan masalah pemanfaatan ikan-ikan hasil tangkapan sampingan, HTS (by-catch) pukat udang di Laut Arafura Provinsi Papua dan masalah HTS lainnya di wilayah lain, maka telah diciptakan mesin pemisah daging dan tulang ikan ( fish meat-bone separating machine). Mesin ini bekerja secara mekanis melalui sistem pereduksian putaran tinggi menjadi putaran rendah pada bidang pengepresan yang dihasilkan dari sumber tenaga penggerak motor listrik atau motor bakar. Dibandingkan dengan mesin-mesin sejenis yang ada atau pernah dipatenkan, maka mesin ini memiliki keunggulan dan sekaligus menjawab kelemahan-kelemahan mesin sejenis dalam beberapa hal: penerapan teknologi sederhana sehingga tepat guna bagi masyarakat nelayan (skala Usaha Kecil dan Menengah), memiliki bentuk yang kompak serta bersifat portable (sangat memungkinkan untuk penggunaan di atas kapal ikan), kinerja mesin dengan efektivitas pemisahan cukup tinggi (proporsi rendemen sekitar 30-50%), harga lebih murah dibandingkan produk yang ada (mesin impor), dan mudah dalam pengoperasian dan perawatan.</t>
+  </si>
+  <si>
+    <t>Ahmad Zaelani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Insektisida Nabati untuk Pengendalian Hama Sayuran dan Proses Pembuatannya 
+</t>
+  </si>
+  <si>
+    <t>P00200700568</t>
+  </si>
+  <si>
+    <t>Dra. Dewi Sartiami, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Departemen Proteksi Tanaman</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Fachriyan Hasmi Pasaribu</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papan Semen-Gypsum dari Core-Kenaf 
+</t>
+  </si>
+  <si>
+    <t>P00200700615</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dede Hermawan, M.Sc.F.Trop.</t>
+  </si>
+  <si>
+    <t>Departemen Hasil Hutan</t>
+  </si>
+  <si>
+    <t>Papan semen-gypsum dibuat menggunakan partikel core-kenaf sebagai bahan reinforcement, semen dan gypsum sebagai perekat anorganik, kalsium klorida serta boraks sebagai retarder. Papan dibuat dalam bentuk tiga lapis. Lapisan face dan back adalah campuran semen, partikel core-kenaf dan air dan lapisan tengah adalah campuran gypsum, partikel, core-kenaf dan air. Papan semen-gypsum yang dihasilkan memiliki sifat fisis dan mekanis papan semen-gypsum yang tinggi dan memenuhi semua parameter pengujian dalam standar internasional. Papan semen-gypsum dari core-kenaf dengan teknologi pengerasan autoclave tahan terhadap serangan rayap kayu kering dan rayap tanah.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Sintesis Mono-  dan Di- Asilgliserol dari PKO dengan Cara Gliserolisis Kimia
+</t>
+  </si>
+  <si>
+    <t>P00201000119</t>
+  </si>
+  <si>
+    <t>Proses sintesis mono- dan di- asilgliserol dari PKO dengan cara gliserolisis kimia dengan menggunakan suatu katalis kimia, suhu dan waktu tertentu. Beberapa keuntungan yang dihasilkan dari perwujudan invensi ini antara lain: a) Biaya proses sintesis MDAG dari PKO dengan cara gliserolisis kimia relatif murah. b) Produk MDAG dari PKO mempunyai kadar asam lemak bebas yang lebih kecil dibanding produk MDAG komersial. c) Produk MDAG dari PKO cocok diaplikasikan untuk hampir ke semua produk pangan.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komposisi Media dan Teknologi Sederhana Produksi Bioinsektisida dari Bacillus thuringiensis subsp Kurstaki
+</t>
+  </si>
+  <si>
+    <t>24-Jul-2001</t>
+  </si>
+  <si>
+    <t>S00200100120</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Mulyorini Rahayuningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Alat Tanak Nasi Laboratoris</t>
+  </si>
+  <si>
+    <t>05-Dec-2011</t>
+  </si>
+  <si>
+    <t>P00201100858</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Musa Hubeis, M.S., Dipl.Ing., D.E.A.</t>
+  </si>
+  <si>
+    <t>Fakultas Ekonomi dan Manajemen</t>
+  </si>
+  <si>
+    <t>Altanalab merupakan alat 5 in 1 multifunction dalam mengolah beras atau butiran lainnya menjadi bentuk nasi untuk keperluan uji organoleptik (indrawi) maupun lainnya oleh berbagai pihak yang bergerak di bidang pertanian dan pangan, baik peneliti perorangan dan institusi (pemerintah dan industri pangan). Altanalab memiliki keunggulan dibandingkan peralatan sejenis bila dilihat dari aspek waktu dan proses penanakan, kemampuan analisis beserta aplikasi organoleptik dan memasak dengan bah an berbeda pada waktu bersamaan, tidak terjadinya kehilangan berarti dari materi gizi bahan selama proses pemasakan, harga alat pengujian mutu bahan secara laboratoris yang terjangkau dengan hasil kerja praktis dan cepat.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gel Kitosan – Gom Guar dengan Penaut Silang Glutaraldehida sebagai Agen Pengantar Obat
+</t>
+  </si>
+  <si>
+    <t>23-Jan-2009</t>
+  </si>
+  <si>
+    <t>P00200900038</t>
+  </si>
+  <si>
+    <t>Drs. Ahmad Sjahriza, M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Komposisi Irigasi Kendi
 </t>
   </si>
   <si>
     <t>22-Jan-2001</t>
   </si>
   <si>
     <t>P00200100055</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Budi Indra Setiawan, M.Agr.</t>
   </si>
   <si>
-    <t>Fakultas Teknologi Pertanian</t>
-[...1 lines deleted...]
-  <si>
     <t>Penemuan ini berupa kendi untuk irigasi yang terbuat dari pencampuran tanah liat, pasir dan/atau serbuk gergaji dengan komposisi yang tepat. Kendi tersebut lalu dibenamkan dalam tanah yang kering yang akan diairi. Sistem irigasi kendi terdiri dari kendi-kendi tersebut dalam jumlah banyak sesuai dengan luas daerah yang akan diairi di mana masingmasing kendi dihubungkan dengan pipa yang juga dihubungkan dengan tabung Mariote.</t>
   </si>
   <si>
-    <t xml:space="preserve">Alat Sortir dan Penghitung Ikan Hidup 
+    <t>Prof. Dr. Ir. Eka Intan Kumala Putri, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Muhammad Romli, M.Sc.St.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metode Persiapan Larutan Surfaktan Metil Ester Sulfonat (MES) untuk Aplikasi Enhanced Oil Recovery (EOR)
 </t>
   </si>
   <si>
-    <t>28-Feb-2007</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Mesin Pemisah Daging dan Tulang Ikan
+    <t>14-Dec-2011</t>
+  </si>
+  <si>
+    <t>P00201100857</t>
+  </si>
+  <si>
+    <t>Proses pembuatan larutan surfaktan Metil Ester Sulfonat (MES) menggunakan air injeksi dan atau air formasi dari lapangan minyak yang a kan dinjeksikan sumur minyaknya melalui tahapan formulasi, pembuatan larutan surfaktan MES, dan filtrasi larutan surfaktan MES. Produk surfaktan MES yang dihasilkan sesuai persyaratan pada industri perminyakan dengan nilai IFT yang rendah (2,0x10 - 8,Gx10-3 dyne/cm) dan dapat digunakan atau diaplikasikan baik dalam bentuk tunggal ataupun diformulasikan dengan alkali, co-surfaktan dan aditif lainnya untuk EOR.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Yusuf Sudo Hadi, M.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Etty Riani, M.S.</t>
+  </si>
+  <si>
+    <t>Retno Purwaning Hastuti Sajat, S.T.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Atraktan dari Selasih dan Jambu Biji
 </t>
   </si>
   <si>
-    <t>17-May-2006</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Gel Kitosan – Gom Guar dengan Penaut Silang Glutaraldehida sebagai Agen Pengantar Obat
+    <t>P00200900624</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Mochamad Hasjim Bintoro, M.Agr.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan ciengan suatu metode untuk mengekstrak asam lemak poli-tak-jenuh rantai panjang dari sumber-sumber dengan menggunakan pengemulsi yang didispersikan dalam minyak sebagai pembawa dan dengan minyak yang dapat diperoleh dari suatu metode seperti tersebut. Invensi ini juga berhubungan dengan penggunaan pengemulsi dalam minyak untuk meningkatkan ekstraksi asam lemak poli-tak- jenuh rantai-panjang dalam bentuk fosfolipid dan, dalam suatu aspek selanjutnya, dengan suatu komposisi minyak yang terdiri dari asam lemak poli-tak-jenuh rantai-panjarig dalam suatu jumlah sebanyak sampai 4% dan fosfolipid dalam suatu jumlah sebanyak sampai 15% dan sedikitnya satu pengemulsi.</t>
+  </si>
+  <si>
+    <t>Dr. Dian Herawati, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Purwantiningsih, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Komar Sumantadinata, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Suprihatin</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sukenda, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ari Purbayanto, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rancang Bangun Bioreaktor Unggun Diam untuk Reaksi Enzimatik dengan Sistem Daur Ulang
 </t>
   </si>
   <si>
-    <t>23-Jan-2009</t>
-[...51 lines deleted...]
-    <t xml:space="preserve">Papan Semen-Gypsum dari Core-Kenaf 
+    <t>14-Dec-2000</t>
+  </si>
+  <si>
+    <t>P200011084</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Budiatman Satiawihardja, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Produksi Sereal Sarapan Berbentuk Flakes Berbasis Sorgum (Shorgum bicolor L.) dan Ubi Jalar Ungu (Ipomoea batatas L.)
 </t>
   </si>
   <si>
-    <t>31-Oct-2007</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">Optimasi Teknik Proses Adsorpsi Vitamin E dari Minyak Olein Sawit Kasar (CPO) Menggunakan Khitosan
+    <t>P00201000465</t>
+  </si>
+  <si>
+    <t>Produksi makanan sarapan berbasis sorgum dan ubi jalar ungu dilakukan dengan tahapan pembuatan tepung sorgum instan, pembuatan tepung ubijalar ungu, pure ubijalar ungu, komposisi, pembentukan flaking dan pemanasan dengan oven. Produk makanan sarapan yang dihasilkan dari kedua komposisi memiliki kekerasan, tekstur dan ketahanan renyah dalam larutan susu yang setara dengan produk makanan sarpan flakes yang ada di pasaran. Sehingga produk tersebut dapat menjadi alternatif produk olahan sorgum dan ubi jalar ungu yang sebagai makanan sarapan dapat yang meningkatkan minat, tingkat konsumsi dan nilai tambah dari kedua komoditi tersebut.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Yulin Lestari</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Isolasi Limonin dari Biji Jeruk Siam
 </t>
   </si>
   <si>
-    <t>19-Oct-2006</t>
-[...27 lines deleted...]
-    <t>Vepryany Oktaviarty, S.T.P.</t>
+    <t>P00201100908</t>
+  </si>
+  <si>
+    <t>Invensi ini menghasilkan limonin dari proses isolasi pada biji hasil samping pembuatan sari jeruk siam. Jumlah limonin yang diperoleh dipengaruhi oleh rasio ekstrak aseton dengan pelarut heksan serta lama presipitasi. Untuk optimasi proses isolasi limonin biji jeruk pada presipitasi dengan rasio ekstrak aseton dan pelarut heksan dengan rentang 1:2,6- 1:5 (v/v) serta lama presipitasi pada rentang waktu 14-24 jam, kondisi optimum diperoleh pada penggunaan rasio ekstrak aseton dengan heksan 1:4 dengan lama presipitasi 20 jam. Kadar limonin tertinggi yang diperoleh adalah 1,502 mg limonin/g biji kering.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Akhmad Arif Amin</t>
+  </si>
+  <si>
+    <t>Dr. Rudi Heryanto, S.Si., M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Proses Produksi dan Formulasi Permen Lunak dari Buah Nanas
 </t>
   </si>
   <si>
     <t>26-Nov-2012</t>
   </si>
   <si>
     <t>P00201201016</t>
   </si>
   <si>
-    <t>Prof. Dr. Muhammad Firdaus, S.P., M.Si.</t>
+    <t>Prof. Dr. Ir. Ani Suryani, D.E.A.</t>
   </si>
   <si>
     <t>Proses pembuatan permen lunak nanas terdiri dari beberapa tahapan, yaitu: menyiapkan bahan baku melalui pengupasan, pencucian, pemotongan, yang dilakukan dengan pemblenderan buah nanas menjadi bubur nanas dengan komposisi adonan bubur nanas 7.5 kg, sari buah nanas 2.5 kg, gula pasir 2 kg dan karagenan 120 g; memasak adonan sampai mendidih pada suhu 90°C selama 45 menit; mendinginkan dan membekukan dalam bentuk lempengan pada suhu 0 - (-10) °C selama 2 jam; mencetak permen lunak sesuai dengan bentuk yang diinginkan; mengeringkan pada suhu 80°C selama 4 jam; menaburkan gula putih halus pada permukaan luar; dan mengemas permen lunak dengan kemasan aluminium.</t>
   </si>
   <si>
-    <t xml:space="preserve">Vaksin DNA untuk Mencegah Penyakit yang Disebabkan oleh Koi Herpesvirus (KHV) pada Ikan
-[...136 lines deleted...]
-    <t>Dr. Ir. Mulyorini Rahayuningsih, M.Si.</t>
+    <t>Bonjok Istiaji, S.P., M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Alat Penyarad Kayu untuk Penebangan Hutan di Dataran Rendah
 </t>
   </si>
   <si>
     <t>P00200100570</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Bramasto Nugroho, M.S.</t>
   </si>
   <si>
-    <t>Fakultas Kehutanan dan Lingkungan</t>
-[...27 lines deleted...]
-    <t>Prof. Dr. Ir. Komar Sumantadinata, M.Sc.</t>
+    <t>Dr. Budi Arifin, S.Si., M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Komponen Pemotong untuk Mesin Pemotong Rumput Tipe Rotari 
 </t>
   </si>
   <si>
     <t>S00200700185</t>
   </si>
   <si>
-    <t>Dr. Ir. I Nengah Suastawa, M.S.A.E.</t>
-[...1 lines deleted...]
-  <si>
     <t>Invensi ini berhubungan dengan komponen pemotong untuk mesin pemotong rumput tipe rotari. Khususnya pisau pemotong untuk mesin pemotong rumput tipe rotari yang digunakan untuk pemeliharaan lapangan rumput secara mekanis. Komponen pemotong untuk mesin pemotong rumput tipe rotari terdiri dari: suatu dudukan pisau (1) yang berupa piringan datar berbentuk lingkaran sempurna dengan dimeter tertentu dan memiki ketebalan seragam; sekurang-kurangnya dua buah pisau (2) berbentuk pesegi panjang simetris, datar seragam; dan suatu interface antara piringan dudukan pisau dengan poros penggerak (3) yang berbentuk silinder bertingkat dengan lubang berdiamter sesuai dengan diameter poros penggerak. Komponen-komponen tersebut dirangkai membentuk suatu bagian pemotong. Secara keseluruhan, pemasangan ketiga komponen tersebut harus memberikan posisi tegak lurus antara garis sumbu poros penggerak dengan permukaan pirigan dudukan pisau, yang pada akhirnya juga memberikan posisi tegak lurus antara sumbu poros dengan seluruh garis mata pisau. Semua garis mata pisau harus berada pada satu bidang datar yang sama. Posisi ini sangat penting untuk memberikan keseragaman kedataran permukaan pemotongan rumput.</t>
-  </si>
-[...393 lines deleted...]
-    <t>Invensi ini berhubungan ciengan suatu metode untuk mengekstrak asam lemak poli-tak-jenuh rantai panjang dari sumber-sumber dengan menggunakan pengemulsi yang didispersikan dalam minyak sebagai pembawa dan dengan minyak yang dapat diperoleh dari suatu metode seperti tersebut. Invensi ini juga berhubungan dengan penggunaan pengemulsi dalam minyak untuk meningkatkan ekstraksi asam lemak poli-tak- jenuh rantai-panjang dalam bentuk fosfolipid dan, dalam suatu aspek selanjutnya, dengan suatu komposisi minyak yang terdiri dari asam lemak poli-tak-jenuh rantai-panjarig dalam suatu jumlah sebanyak sampai 4% dan fosfolipid dalam suatu jumlah sebanyak sampai 15% dan sedikitnya satu pengemulsi.</t>
   </si>
   <si>
     <t xml:space="preserve">Tablet Rennet Instan Probiotik
 </t>
   </si>
   <si>
     <t>27-Jun-2013</t>
   </si>
   <si>
     <t>P00201300482</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Ronny Rachman Noor, M.Rur.Sc.</t>
   </si>
   <si>
     <t>Departemen Ilmu Produksi dan Teknologi Peternakan</t>
   </si>
   <si>
     <t>Keju merupakan produk olahan berbahan dasar susu yang dibuat dengan mencampurkan rennet ke dalam susu sebagai bahan koagulan. Produksi keju di Indonesia belum mencukupi kebutuhan dalam negeri. Hal ini dapat dilihat dari jumlah impor keju di Indonesia yang semakin meningkat. Salah satu faktor penyebab tingginya impor keju tersebut adalah ketersediaan rennet yang tidak mencukupi kebutuhan dalam negeri. Oleh karena itu, perlu adanya sumber daya lokal sebagai bahan baku pembuatan rennet. Sumber daya lokal yang potensial adalah domba lokal. Tablet rennet instan dari ekstraksi abomasum domba lokal muda dengan penambahan probiotik dan CaC12 mampu mengkoagulasikan susu lebih cepat, bentuk yang lebih praktis dan menghasilkan keju segar probiotik yang kaya akan manfaat bagi kesehatan.</t>
   </si>
   <si>
-    <t xml:space="preserve">Formula Anti Arthritis dari Herba Seledri (Apium Graveolen) dan Jahe Merah (Zingiber officinale, ROXB)
-[...236 lines deleted...]
-    <t>Limbah padat hasil penyulingan minyak akar wangi (Vetiveria zizanoides Stapt. ) dapat dimanfaatkan sebagai bahan baku alternatif pembuatan papan partikel. Limbah padat akar wangi dihancurkan hingga menjadi serpih yang berukuran 6 - 18 mesh, direndam dalam air panas (100?C) selama 3 jam, dijemur dan dikeringkan dalam oven. Ramuan perekat yang digunakan terdiri atas urea formaldehida sebanyak 14 persen dari berat partikel kering, amonium klorida sebanyak 1 persen dari bahan perekat dan emulsi parafin sebanyak 5 persen dari bahan perekat. Pengempaan panas dilakukan dengan tekanan spesifik 25 kg/cm2 pada suhu 140 ?C selama 10 menit. Sifat-sifat papan partikel akar wangi hasil penelitian ini telah memenuhi Standar Indonesia (SNI) dan Standar Jepang (JIS). Sifat-sifat tersebut adalah sebagai berikut : kerapatan 0,7 g/cm3, kadar air 7,668%, pengembangan tebal 24 jam 6,715%, penyerapan air 24 jam 54,464%, modulus patah 131,673 kg/cm2, modulus elastisitas 45032 kg/cm2, keteguhan rekat internal 2,333 kg/cm2, ketahanan cabut sekrup sejajar permukaan 32,267 kg, dan ketahanan cabut sekrup tegak lurus permukaan 34,933 kg. Papan partikel akar wangi mempunyai kelebihan yaitu bau khas akar wangi yang dapat mengusir nyamuk.</t>
+    <t>Prof. Dr. Muhammad Firdaus, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Yogo Suro Priyadi</t>
+  </si>
+  <si>
+    <t>Erna Subroto</t>
+  </si>
+  <si>
+    <t>Kilala Tilaar</t>
   </si>
   <si>
     <t>Fransiska Devy Junardi</t>
   </si>
   <si>
-    <t>Yogo Suro Priyadi</t>
+    <t>Maily</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Campuran Simplisia Rimpang Temulawak, Rimpang Temu Ireng dan Rimpang Keladi Tikus Sebagai Antioksidan dan Antikanker Payudara</t>
+  </si>
+  <si>
+    <t>S00202010705</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Bambang Pontjo Priosoeryanto, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan suatu komposisi campuran serbuk kering (simplisia) danproses produksinya sebagai ekstrak yang dapat digunakan sebagai antioksidan danantikanker payudara. Komposisi simplisia dalam invensi ini dibuat dari campurantemulawak (Curcuma zanthorrhiza), temu ireng (Curcuma aeruginosa), dan keladi tikus(Typhonium flagelliforme). Pelarut air-etanol digunakan untuk ekstraksi denganmenggunakan metode maserasi pada suhu ruang selama 2 x 24 jam. Hasil ekstrakcampuran tiga rimpang tanaman yang digunakan dalam invensi ini terbukti memilikikhasiat sebagai antioksidan dengan kapasitas antioksidan berkisar 52.42-107.24 ?mol
+Trolox ekivalen per g ekstrak. Selain itu, khasiat sebagai antikanker payudara sediaanekstrak dalam invensi ini juga terbukti dengan khasiat sebagai antikanker sebesar46.12-61.98% dapat menghambat pertumbuhan sel line MCF-7.</t>
+  </si>
+  <si>
+    <t>Metode Pengolahan Lembaran Rumput Laut Kering Yang Dapat Dimakan</t>
+  </si>
+  <si>
+    <t>17-Jul-2018</t>
+  </si>
+  <si>
+    <t>P00201805308</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Sistem Kultivasi Mikroalga Penghasil Biofuel pada Fotobioreaktor</t>
+  </si>
+  <si>
+    <t>29-Nov-2012</t>
+  </si>
+  <si>
+    <t>P00201201064</t>
+  </si>
+  <si>
+    <t>Sistem Pendeteksi Nirkabel Gas Nitrogen Dioksida (No2) Berbasis Sensor Kristal Fotonik dan Efek Beer Lasmbert</t>
+  </si>
+  <si>
+    <t>17-Feb-2012</t>
+  </si>
+  <si>
+    <t>P00201200094</t>
+  </si>
+  <si>
+    <t>Mamat Rahmat</t>
+  </si>
+  <si>
+    <t>Pengukuran gas N02 berbasis sensor kristal fotonik terdiri atas tahap pengukuran panjang gelombang absorbsi gas N02, fabrikasi kristal fotonik, gas sampling, analisis spektroskopi dan analisis kimia. Desain sensor kristal fotonik telah berhasil dibuat berdasarkan spektrum absorbansi maksimum gas N02 yang diserap oleh reagent Griess Saltzman dengan mengkombinasikan antara fenomena perubahan puncak PPB dan efek Beer Lambert. Fabrikasi kristal fotonik dibuat dengan kombinasi periodik 4-6-2 dengan puncak PPB pada panjang gelombang 533 nm. Invensi ini menghasilkan sistem yang terintegrasi untuk pengukuran konsentrasi gas N02 di udara yang meliputi sub sistem sensor kristal fotonik, penjerap, rangkaian elektronik akuisisi dan telemetri berbasis desktop application. Hasil pengukuran menunjukkan peningkatan transmitansi akibat respon perubahan indeks bias kristal fotonik yang sebanding dengan peningkatan konsentrasi gas NOa yang terjerap. Peningkatan sensitivitas sensor ini merupakan efek gabungan antara fenomena perubahan puncak PPB dan absorpsi Beer Lambert.</t>
+  </si>
+  <si>
+    <t>Departemen Anatomi, Fisiologi dan Farmakologi</t>
+  </si>
+  <si>
+    <t>Departemen Biologi</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Minyak dan Resin Dari Biji Nyamplung</t>
+  </si>
+  <si>
+    <t>06-Nov-2019</t>
+  </si>
+  <si>
+    <t>P00201910087</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Illah Sailah, M.S.</t>
+  </si>
+  <si>
+    <t>Proses ekstraksi minyak dan resin dari biji nyamplung menggunakan campuran pelarut heksan dan metanol. Minyak dan resin diekstraksi melalui tahapan persiapan kadar air biji nyamplung, penggilingan biji, ekstraksi minyak dan resin, penyaringan, pemisahan filtrat dari franksi minyak-heksan dan resin-metanol, dan evaporasi heksan dan metanol. Invensi ini menghasilkan minyak dengan rendemen tertinggi sebesar 64% dan resin dengan rendemen 15%. Proses ekstraksi minyak dan resin dari biji nyamplung menjadi lebih sederhana dan efisien dengan cara mengeliminasi proses pemurnian minyak dan fraksinasi minyak dari resin. Invensi ini juga menghasilkan minyak nyamplung dengan kualitas yang baik.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Hutan</t>
+  </si>
+  <si>
+    <t>Pusat Studi Biofarmaka Tropika.</t>
+  </si>
+  <si>
+    <t>Ekstrak Buah Mahkota Dewa, Proses Pembuatannya dan Penggunaannya sebagai Antidiabetes</t>
+  </si>
+  <si>
+    <t>P00201100776</t>
+  </si>
+  <si>
+    <t>Ekstrak buah mahkota dewa (Phaleria marcocarpa) berperan dalam sekresi insulin (insulinotropik) pada kultur sel pankreas. Mekanisme kerja seluler buah mahkota dewa dalam merangsang sekresi insulin adalah melalui peningkatan sekresi melalui kanal ion Ca2+. Pemberian ekstrak mahkota dewa dengan dosis 1000 mk/kg bobot badan memberikan efek menurunkan gula darah, hal ini didukung dengan jumlah sel beta Langerhans pankreas yang meningkat jumlahnya.</t>
+  </si>
+  <si>
+    <t>Metode Produksi Konsentrat Protein dan Senyawa Karbohidrat Mannan dari Bungkil Inti Sawit</t>
+  </si>
+  <si>
+    <t>P00201201021</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nahrowi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
+  </si>
+  <si>
+    <t>Proses ekstraksi BIS secara kombinasi mekanik dan kimia dilakukan untuk menghasilkan produk senyawa karbohidrat mannan dan konsentrat protein. Bungkil inti sawit pertama-tama digiling dengan menggunakan hammer mill berbantuan pecahan kaca dan asam lemah hingga berbentuk pasta. Produk pasta kemudian disaring atau disentrifugasi untuk memisahkan padatan I dan cairan I. Langkah selanjutnya. padatan BIS (padatan I) direndam pada larutan basa seperti NaOH 1N selama 24 jam dan disaring atau disentrifugasi untuk mendapatkan padatan II dan cairan II. Cairan I dan II yang diperoleh digabungkan dan kemudian diendapkan dengan larutan asam seperti HCl 0.1 N sampai tercapai titik isoelektrik sehingga didapatkan endapan dan cairan III. Endapan yang diperoleh kemudian dikeringkan dan disebut konsentrat protein (produk I) yang mempunyai nilai nutrisi setara dengan bungkil kedele. Sedangkan, cairan III selanjutnya dipekatkan pada ruang pemekatan (100x50x50 cm; 4TV; 96 jam) hingga kental dan kemudian disentrifugasi (12.000 G; 15 menit). Supernatan yang diperoleh dinetralkan dari pengaruh bahan kimia dengan cara dialisis lalu dievaporasi sebelum disentrifugasi. Supernatan yang diperoleh merupakan senyawa karbohidrat mannan (produk II) yang dapat digunakan sebagai pengendali E. Coli dalam saluran pencernaan hewan.</t>
+  </si>
+  <si>
+    <t>Propolis Sebagai Antihipertensi</t>
+  </si>
+  <si>
+    <t>20-Apr-2021</t>
+  </si>
+  <si>
+    <t>S00202102878</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Anna Marliyati, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Propolis Indonesia dapat mencegah dan mengobati penyakit hipertensi akibat diet tinggi garam. Invensi ini memanfaatkan kekayaan alam Indonesia yaitu ekstrak etanol propolis Trigona sp dengan metode ultrasonikasi dengan dosis 200mg/kg berat badan per hari dapat menurunkan tekanan darah sistolik dan diastolik melalui efek diuretik namun tidak menyebabkan perubahan profil urin dan hematologi darah. Efek antihipertensi juga terjadi melalui mekanisme penurunan kadar kolesterol, trigliserida dan LDL atau melalui peningkatan HDL dalam profil lipid darah, peningkatan kadar antioksidan dalam darah dan kadar Kalium dalam plasma darah, namun tidak mempengaruhi organ berdasarkan aspek bobot maupun histopatologinya.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formulasi  Minuman  Seduh  Berbasis  Serbuk  Galohgor  Untuk  Penderita Diabetes Mellitus Tipe 2</t>
+  </si>
+  <si>
+    <t>25-May-2023</t>
+  </si>
+  <si>
+    <t>S00202304591</t>
+  </si>
+  <si>
+    <t>dr. Naufal Muharam Nurdin, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan inovasi memanfaatkan serbuk galohgor sebagai bahan utama minuman seduh berbasis galohgor yang berkhasiat mengatur kadar glukosa darah normal, mengurangi kondisi stress oksidatif, profil lipid dan meningkatkan status kesehatan pada penderita Diabetes Mellitus (DM) Tipe 2. Invensi ini berupa formulasi minuman seduh berbasis serbuk galohgor untuk penderita diabetes mellitus tipe 2. Formulasi tersebut memiliki komponen bahan sebagai berikut: Serbuk galohgor (24,97%), non-diary creamer (37,49%), tepung kacang hijau (29,96%), sukralosa (0,14%), coklat serbuk (7,49%). Invensi ini selain memiliki khasiat untuk kesehatan juga memiliki citarasa yang baik karena ditambahkan beberapa bahan pelengkap. Invensi ini telah diuji secara pre-klinis dan klinis, memenuhi SNI serbuk minuman tradisional serta memiliki karakteristik kandungan gizi kadar air 3,18%; kadar abu 2,52%; jumlah gula 8,48%; sukrosa 1,08%; beta karoten 4,76 mg/kg; protein 10,6%; lemak 9,92%; dan karbohidrat 73,8%.</t>
   </si>
   <si>
     <t>V-Probe untuk Alat Pengukuran Kadar Biomarker Darah Non Invasif</t>
   </si>
   <si>
     <t>30-Dec-2020</t>
   </si>
   <si>
     <t xml:space="preserve">S00202010822 </t>
   </si>
   <si>
-    <t>Sabar Pambudi, PhD</t>
-[...1 lines deleted...]
-  <si>
     <t>Departemen Fisika</t>
   </si>
   <si>
     <t>Invensi ini berkenaan dengan modifikasi probe untuk alat pengukuran kadar biomarker darah non invasif. Model probe tradisional memiliki keterbatasan yakni ketidak akuratan posisi dan arah penyinaran dari sumber cahaya, jari tangan, dan sensor pengukuran, akibat ketidaksempurnaan bentuk probe. Invensi ini mengoptimalkan kombinasi posisi sumber cahaya, jari, dan sensor dengan bentuk V dengan kemiringan sebesar 20 derajat. Bentuk ini digunakan untuk memaksimasi sinar yang masuk ke sensor. V-probe sesuai invensi ini menurut Gambar 1 terdiri dari bagian LED holder (1), LED mount (2), finger rest (3), photodiode canopy (4) dan base stand (5).</t>
   </si>
   <si>
-    <t>Probe Tutup Penuh Untuk Alat Pengukuran Kadar Biomarker Darah Non Invasif</t>
-[...5 lines deleted...]
-    <t>Invensi ini berkenaan dengan modifikasi probe untuk alat pengukuran kadar biomarkerdarah non invasif. Model probe tradisional memiliki keterbatasan yakni kebocoran cahayaambien akibat ketidaksempurnaan bentuk probe. Invensi ini mengoptimalkan bentukprobe untuk mengeliminasi cahaya ambien yang masuk ke sensor. Bentuk ini jugadigunakan untuk memaksimasi sinar yang masuk ke sensor. Probe sesuai invensi initerbagi atas tiga bagian, yaitu Upper Case, Lower Case, dan Swing Bolt.</t>
+    <t>Prof. Dr. Husin Alatas, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Sensor Optik Berbasis Kristal Fotonik untuk Kendali Mutu Larutan secara Waktu Nyata dan Kontinu</t>
+  </si>
+  <si>
+    <t>24-Apr-2013</t>
+  </si>
+  <si>
+    <t>P00201300310</t>
+  </si>
+  <si>
+    <t>PUSAT PENELITIAN SUMBERDAYA HAYATI DAN BIOTEKNOLOGI (PPSHB)</t>
+  </si>
+  <si>
+    <t>Telah berhasil dilakukan fabrikasi sistem sensor digital kendali mutu larutan yang terdiri dari sub sistem sensor kristal fotonik dan instrumentasi elektronik. Kristal fotonik satu dimensi dibuat dengan metode electron beam evaporation pada tekanan 10~3 Pa dan temperatur 573K dalam substrat gelas BK-7 dengan puncak PPB berada pada panjang gelombang 525 nm. Kristal fotonik mengukur perubahan intensitas photonic pass band (PPB) yang berkorelasi dengan perubahan indeks bias akibat perubahan nilai konsentrasi larutan. Subsistem instrumentasi elektronik mengubah memproses sinyal listrik menjadi nilai konsentrasi yang dapat ditampilkan secara langsung pada LCD 16 x 2 ataupun melalui aplikasi berbasis dekstop.</t>
+  </si>
+  <si>
+    <t>Teknologi Bioproses Fermentasi Suhu Tinggi (FST) Menggunakan Isolat Khamir Termotoleran Untuk Produksi Etanol</t>
+  </si>
+  <si>
+    <t>05-Aug-2021</t>
+  </si>
+  <si>
+    <t>P00202106126</t>
+  </si>
+  <si>
+    <t>Dr. Rika Indri Astuti, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Teknologi bioproses dalam rangka produksi etanol yang berkelanjutan dengan memanfaatkan khamir indigenous termotoleran P. kudriavzevii 1P4 dikembangkan melalui sistem fermentasi suhu tinggi (FST). Pengembangan teknologi bioproses FST (37 dan 420C) ini mampu meningkatkan produktivitas etanol oleh isolat 1P4 dibandingkan kondisi fermentasi non-FST (270C) pada medium dengan konsentrasi glukosa awal 20% (w/v) pada kondisi sistem fermentasi tertutup (batch). Isolat 1P4 dalam invensi ini tahan terhadap cekaman suhu tinggi (&amp;gt;420C), glukosa dan etanol serta memiliki efisiensi pemanfaatan substrat sebesar 60,02-99,26%. Teknologi bioproses FST mampu secara nyata meningkatkan parameter: efisiensi pemanfaatan substrat khamir 1P4, laju pertumbuhan spesifik maksimum (&amp;micro;maks) khamir 1P4, dan parameter kinetik produksi etanol: konsentrasi etanol (P), produktivitas etanol (Qp), yield etanol, efisiensi fermentasi (Qy). Teknologi ini dapat meningkatkan produksi etanol sebesar 252%. Produksi etanol terbaik dihasilkan pada FST suhu 370C dan waktu fermentasi 48 jam dengan nilai konsentrasi 32,05-39,472 g/l, produktivitas etanol 0,67-0,82 g/l/h dan efisiensi fermentasi sebesar 40,96-41,05%. Teknologi bioproses FST menjadi salah satu strategi unggul dalam produksi bioetanol berkelanjutan yang potensial diterapkan di negara tropis. Keuntungan penerapan teknologi FST dalam klaim ini diantaranya peningkatan aktivitas fermentasi dan sakarifikasi serta penurunan resiko kontaminasi akibat mikrob mesofil.</t>
+  </si>
+  <si>
+    <t>Material Komposit Dari Besi Oksida Dan Bahan Kain Sebagai Penjerap Fosfat</t>
+  </si>
+  <si>
+    <t>15-Nov-2020</t>
+  </si>
+  <si>
+    <t>P00202008557</t>
+  </si>
+  <si>
+    <t>Dr. Zaenal Abidin, S.Si., M.Agr.</t>
+  </si>
+  <si>
+    <t>Penggunaan adsorben serbuk pada penjerapan limbah anion fosfat menimbulkan kesulitan memisahkan supernatan dengan adsorben yang digunakan. Oleh karena itu dikembangkan material komposit yang berbasis kain dan besi oksida. Invensi ini menghasilkan suatu metode untuk memproduksi material komposit yang tersusun dari bahan kain dengan material besi oksida dan produk yang dihasilkan sebagai bahan penjerap anion fosfat. Metode produksi dilakukan dengan tahapan memotong kain dengan diameter yang disesuaikan dengan kebutuhan banyaknya limbah anion yang ingin diadsopsi, kemudian ditambahkan senyawa besi (III) klorida dan natrium hidroksida dengan perbandingan keduanya 5 : 9 pada kain, diikuti penambahan air. Kemudian kain dipanaskan pada suhu 40 ?C selama 24 jam, lalu dicuci dan dikeringkan sehingga dihasilkan material komposit penjerap. Produk komposit yang diperoeh memiliki warna khas kecoklatan seperti kain berkarat. Komposit ini dapat menjerap anion dengan mengikuti model isoterm Langmuir.</t>
+  </si>
+  <si>
+    <t>Metode Produksi Arang Aktif Dengan Tungku Bakar Glasswool Sebagai Penjerap Senyawa Organik</t>
+  </si>
+  <si>
+    <t>P00202008556</t>
+  </si>
+  <si>
+    <t>Pembuatan arang aktif sebelumnya menggunakan tungku bakar yang mengakomodasi pemberian gas inert dalam prosesnya. Invensi ini menghasilkan metode produksi arang aktif menggunakan tungku bakar yang dilapisi dengan glasswool. Fungsi glasswool dapat menggantikan fungsi gas inert dalam proses pirolisis. Metode ini menawarkan penggunaan glasswool yang dapat digunakan berulang hingga tiga kali penggunaan. Selain itu, metode ini dapat mempertahankan gugus fungsi yang terdapat pada bahan baku biomassa, sehingga dapat dimanfaatkan dalam mendesain arang aktif untuk komposit. Produk arang aktif yang diperoleh sesuai proses invensi ini memiliki gugus aktif permukaan yang bermuatan negatif seperti gugus hidroksil dan karboksil. Produk arang aktif invensi ini dapat diaplikasikan sebagai penjerap senyawa organik dengan menggunakan zat warna biru metilena dan sianida sebagai modelnya.</t>
+  </si>
+  <si>
+    <t>Peralatan Pemanenan TBS Menggunakan Work Platform Elektrik</t>
+  </si>
+  <si>
+    <t>23-Aug-2023</t>
+  </si>
+  <si>
+    <t>S00202307898</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan peralatan penjepit pada work platform untuk proses pemanenan TBS. Penjepit pada invensi ini adalah peralatan aktuator dan pegas yang dipasang pada work platform. Peralatan yang diperlukan dalam pemasangan peralatan ini meliputi besi pipa sebagai penjepit, garpu dan roda sebagai pencekram untuk memudahkan peralatan naik ke atas pohon, pegas torsi untuk memaksimalkan daya cengkram, aktuator linier sebagai peralatan buka tutup dan melipat penjepit. Dudukan diperlukan dalam invensi untuk menjaga kestabilan peralatan dengan memasang pegas pada titik yang telah ditentukan. Pengujian menunjukan waktu yang diperoleh ketika penjepit bergerak vertikal serta membuka sebesar 8 detik dan 12 detik. Kestabilan peralatan menujukan hasil yang memuaskan berkat dudukan meja yang terpasang pegas untuk menahan peralatan agar tetap stabil saat menjangkau ketinggian pohon kelapa sawit pada saat melakukan proses pemanenan. Pada invensi ini peralatan yang digunakan untuk melakukan proses pemanenan menggunakan penjepit yang dipasangkan pada work platform dengan teknologi gerak linier aktuator untuk membuka dan menutup penjepit, pegas yang digunakan untuk memberikan momen torsi pada pohon sebagai pencengkraman, serta dudukan meja untuk meletakkan tangga agar menjaga kestabilan peralatan.</t>
+  </si>
+  <si>
+    <t>Formula Herbal Anti Skabies Yang Mengandung Ekstrak Kulit Jengkol (Archidendron pauciflorum) Untuk Kambing</t>
+  </si>
+  <si>
+    <t>10-Sep-2021</t>
+  </si>
+  <si>
+    <t>S00202107431</t>
+  </si>
+  <si>
+    <t>Invensi ini bertujuan untuk menghasilkan formula herbal antiskabies yang mengandung ekstrak kulit jengkol untuk kambing. Formula herbal antisbaies sesuai invensi ini terdiri dari ekstrak kental kulit jengkol, aquades dan Na CMC 0,5%. Proses pembuatan formula herbal antiskabies diawali dengan kulit jengkol terlebih dahulu dipotong hingga permukaannya menjadi lebih kecil dan dijemur untuk dikeringkan. Setelah itu, kulit jengkol digiling sampai membentuk simplisia dan dilakukan maserasi dengan pelarut etanol 70%. Kemudian, larutan hasil maserasi dievaporasi untuk memekatkan konsentrasi larutan sehingga didapatkan ektrak kulit jengkol yang kental. Berdasarkan hasil uji coba yang dilakukan, keropeng pada kulit kambing terus berkurang setiap harinya dan setelah 7 hari perlakuan mulai tumbuh rambut pada area kulit yang sebelumnya rusak akibat infestasi tungau.</t>
+  </si>
+  <si>
+    <t>Alat Pengutip Brondolan Sawit Berbasis Mekanisme Jepitan Spiral Baja Berlapis Karet Silikon</t>
+  </si>
+  <si>
+    <t>18-Jul-2019</t>
+  </si>
+  <si>
+    <t>SID201906115</t>
+  </si>
+  <si>
+    <t>Brondolan sawit yang pengutipannya dilakukan secara manual di sebagian besar perkebunan kelapa sawit dan kerap tidak dilaksanakan menyebabkan tidak optimalnya hasil panen serta tidak efisien waktu, ditambah fakta di lapangan menggunakan garuk menyebabkan brondolan tersebut menjadi tergores/terluka, memar dan membawa kontaminan sehingga manaikkan Angka Lemak Bebas (ALB) yang berdampak pada menurunnya rendemen minyak sawit. Invensi ini menghasilkan alat pengutip brondolan sawit yang tercecer di sekitar pohon sawit saat panen. Alat pengutip ini terdiri dari 2 buah gagang (1); rangka penyangga sistem atau tempat melekatnya komponen (2); roller tempat melekat unit pengutipan (3); unit pengutip di seluruh permukaan roller (4); dan sistem penampungan yang digunakan (5) memiliki sistem portabel.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alat Penyemprot Disinfektan Otomatis yang Dilengkapi Aromaterapi untuk Mencegah Penularan Virus Melalui Udara </t>
+  </si>
+  <si>
+    <t>02-Sep-2021</t>
+  </si>
+  <si>
+    <t>S00202107073</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Irmansyah, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa Pengembangan teknologi penyemprotan disinfektan dengan mengoptimalkan sistem kerja Real Time Clock (RTC) dan sensor Passive Infra Red (PIR). Jika pada saat waktu yang diatur terdeteksi keberadaan manusia di ruangan melalui sensor Passive Infra Red (PIR), alat penyemprot disinfektan akan secara otomatis berhenti bekerja karena cairan disinfektan hanya dikhususkan untuk permukaan benda. Namun, penyemprotan aromaterapi akan tetap berlangsung karena aman bagi kesehatan jika terhirup. Alat penyemprotan sesuai invensi ini terdiri dari beberapa bagian, yaitu kabel USB arduino (1), kotak elektronik (2) yang berisi mikrokontroler arduino uno R3 dan RTC, relay, project board, kabel jumper, sensor PIR (3), pompa disinfektan (4) dan aromaterapi (5), tempat cairan disinfektan (7) dan aromaterapi (6), adaptor (8) dan misting (9). Dalam penggunaannya, alat penyemprot disinfektan otomatis dilengkapi aromaterapi berfungsi untuk menciptakan lingkungan kerja terutama ruangan tertutup yang aman dan sehat meski harus berkativitas di tengah kondisi pandemi.</t>
+  </si>
+  <si>
+    <t>Mhd. Hendra Wibowo, S.T.P.,M.M.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Gel Bioetanol Menggunakan Pengental Alami dan Penggunaannya untuk Bahan Bakar Rumah Tangga</t>
+  </si>
+  <si>
+    <t>P00201000775</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses pembuatan gel bioetanol menggunakan bahan pengental alami, serta penggunaan bioetanol yang dihasilkan sebagai bahan bakar alternatif untuk rumah tangga yang dapat diurai dan relatif aman bagi lingkungan, Invensi meliputi (1) penentuan jenis bahan pengental yang dapat digunakan sebagai bahan baku pembuatan gel bioetanol, (2) penetapan konsentrasi bioetanol yang terbaik untuk menghasilkan gel bioetanol yang homogen dan jernih, (3) penetapan formulas1 bahan pengental dan konsentrasi bioetanol untuk pembuatan gel bioetanol dengan nilai kalor yang tinggi dan jumlah residu pembakaran yang relatif rendah.</t>
+  </si>
+  <si>
+    <t>Metode Peningkatan Produksi Bioetanol Langsung Dari Bagas Sorgum Manis Melalui Rekayasa Sakarifikasi Dan Fermentasi Simultan Menggunakan Trichoderma Reesei Dan Saccaharomyces Cerevisiae</t>
+  </si>
+  <si>
+    <t>25-Nov-2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202008984 </t>
+  </si>
+  <si>
+    <t>Invensi berhubungan dengan teknik produksi bioetanol menggunakan ko-kultur antara kapang Trichoderma reesei dan khamir Saccharomyces cerevisiae melalui rekayasa boproses sakarifikasi dan fermentasi secara simultan (SSF) sehingga dapat meningkatkan perolehan dan rendemen bioetanol. Invensi ini meliputi kultivasi ko-kultur antara kapang Trichoderma reesei dan khamir Saccharomyces cerevisiae pada selulosa bagas sorgum manis secara SSF terrekayasa. Rekayasa dilakukan dengan penghentian aerasi ketika jumlah sel kapang Trichoderma reesei telah mencapai jumlah maksimum (saat yang bersaman produksi gula dari hasil hidrolisis selulosa oleh Trichoderma reesei mencapai maksimum), yaitu pada jam ke-36 setelah kultivasi, sehingga Trichoderma reesei kehilangan kemampuan untuk tumbuh, sedangkan khamir Saccahromyces cerevsiae mengalami peralihan metabolisme dari respiratif menjadi fermentatif yang menghasilkan lebih banyak bioetanol.</t>
+  </si>
+  <si>
+    <t>Formula Kapsul Obat Anti Malaria Berbahan Aktif Ekstrak Air Kayu Bidara Laut</t>
+  </si>
+  <si>
+    <t>31-Dec-2021</t>
+  </si>
+  <si>
+    <t>S00202112458</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula kapsul obat antimalaria berbahan aktif ekstrak air kayu bidara laut (Strychnos ligustrina) yang efektif sebagai anti malaria secara in vivo. Keunggulan invensi ini dibanding invensi sebelumnya berkaitan dengan ekstrak bidara laut adalah bahwa invensi ini ditujukan sebagai anti malaria. Formulasi kapsul yang telah dibuat dengan konversi dosis pada manusia juga telah teruji efektif secara in vivo mampu menurunkan persentasi kematian mencit yang diinfeksi jauh lebih baik dibandingkan kontrol obat pada dosis yang sama (200 mg/kgBB mencit) dan aman digunakan karena telah diuji toksisitas sub-kronisnya. Pengujian stabilitas kapsul juga telah menunjukkan kapsul memiliki kualitas dan stabilitas yang baik dengan penyimpanan selama 1 bulan. Pengaplikasian dosis kapsul kombinasi ekstrak bidara laut pada manusia adalah sebanyak 3 kapsul sehari atau satu kapsul tiga kali sehari.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Desrial, M.Eng.</t>
+  </si>
+  <si>
+    <t>Mesin Pemisah Tangkai Dan Daun Teh</t>
+  </si>
+  <si>
+    <t>28-Dec-2018</t>
+  </si>
+  <si>
+    <t>PID201811237</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa mesin pemisah tangkai dan daun teh basah terdiri 2 bagian utama yaitu bagian 1 berupa mesin pencacah dan perontok ikatan daun dan tangkai pada pucuk teh dan bagian 2 yang berupa mesin penghisap hanya daun teh, bagian 1 sesuai invensi ini berupa rangkaian pemukul berputar berulang dengan gaya pukul 15 N di dalam tabung silinder horisontal, dan bagian 2 mesin penghisap hanya daun teh yang berupa blower hisap dengan kecepatan hisap 1,5-4 m/s pada mulut hisapnya, yang ditunjang dengan ayakan getar yang mengkondisikan proses pengambilan daun saja berfungsi dengan baik. Mulut penghisap yang dipasang tepat di atas mesin penggetar. Daun teh yang terhisap akan keluar dan tertampung pada bagian penampungan daun teh.</t>
+  </si>
+  <si>
+    <t>Formula Krim Antiaging Berbahahan Aktif Nanofitosom dan Nanoemulsi Kombinasi Ektrak Kayu Merbau, Daun Pegagan, Limbah Jernang dan Minyak Kulit Jeruk Nipis</t>
+  </si>
+  <si>
+    <t>P00202112448</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Ietje Wientarsih, Apt., M.Sc.</t>
+  </si>
+  <si>
+    <t>Kayu merbau (Intsia bijuga), daun pegagan (Centella asiaticaI), buah jernang (Daemonorops draco) dan kulit jeruk nipis (Citrus aurantiifolia) berpotensi dikembangkan sebagai bahan baku yang memiliki aktivitas antioksidan, antitirosinase dan tabir surya. Invensi bertujuan untuk menentukan sifat fisikokimia krim antipenuaan berbahan aktif ekstrak, nanoemulsi dan nanofitosom kombinasi ekstrak merbau:pegagan dengan nisbah 1:2 dan 2:1 serta kombinasi ekstrak jernang:pegagan 1:1. Formula krim dibuat menggunakan perbandingan bahan aktif terhadap basis krim dengan konsentrasi 4% dan 8%. Hasil penelitian menunjukkan semua formulasi krim yang dibuat tidak mengalami perubahan bau dan warna meskipun disimpan selama 21 hari pada suhu ruang dan suhu kulkas. Hasil pengukuran pH, viskositas dan saya sebar menunjukan krim yang telah dibuat memenuhi standar SNI 16-4399- 1996. Hasil pengujian kerutan, kecerahan dan alergi dilakukan menggunakan mencit putih menunjukkan bahwa formula F11 (Krim nanoemulsi limbah jernang:pegagan 1:1 konsentrasi 4%), F12 (Krim nanoemulsi limbah jernang:pegagan 1:1 konsentrasi 8%) dan F13 (Krim nanofitosom merbau:pegagan 1:2 konsentrasi 4%) menghasilkan krim yang mampu mengurangi kerutan, mencerahkan kulit serta tidak menimbulkan alergi.</t>
+  </si>
+  <si>
+    <t>Implan Progesteron Intravaginal Berbasis Polimer Kitosan dan Polietilen Glikol</t>
+  </si>
+  <si>
+    <t>07-Dec-2018</t>
+  </si>
+  <si>
+    <t>P00201810145</t>
+  </si>
+  <si>
+    <t>Departemen Klinik Reproduksi dan Patologi</t>
+  </si>
+  <si>
+    <t>Proses produksi dan formulasi implan progesteron intravaginal biodegradable menggunakan bahan baku polimer biodegradable kitosan dan polietilen glikol serta hormon progesteron. Komposisi bahan yang digunakan adalah kitosan 0.94 gr, polietilen glikol 4.96 gr, dan progesteron 0.30 gr.</t>
+  </si>
+  <si>
+    <t>Produksi Ekstrak Tanin Dari Limbah Kulit Kayu Akasia Sebagai Bahan Aditif Pakan Fermentasi</t>
+  </si>
+  <si>
+    <t>13-Sep-2019</t>
+  </si>
+  <si>
+    <t>S00201908085</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erika Budiarti Laconi, M.S.</t>
+  </si>
+  <si>
+    <t>Produksi ekstrak tanin dari kulit kayu akasia dihasilkan melalui teknik hot water extraction system dengan cara mengekstrak potongan limbah kulit kayu akasia dengan rasio bahan terhadap air 2,5:1 bobot/volume, serta pada suhu 120oC dan 1 atm selama 2 jam. Ekstrak cair limbah kulit kayu akasia mengandung tanin sebanyak 16,8 mg/ml sedangkan ekstrak serbuk limbah kulit kayu akasia mengandung 12,1 g/100 g tanin dari bahan kering ekstrak. Komponen fenol yang terdapat pada ekstrak serbuk limbah kulit kayu akasia diantaranya adalah ?avonoid, katekin, asam galat dan epigalokatekin galat. Ekstrak tanin dari limbah kulit kayu akasia yang didapatkan kemudian dapat dimanfaatkan sebagai bahan aditif untuk mempertahankan kualitas pakan fermentasi, khususnya dalam menghambat proses proteolisis selama proses fermentasi. Lebih jauh, ekstrak tanin dari limbah kulit kayu akasia juga bermanfaat sebagai agen proteksi protein (protein bypass) pada sistem rumen di ternak ruminansia.</t>
+  </si>
+  <si>
+    <t>Proses Amoniasi dengan Menggabungkan Suhu Tinggi, Tekanan Tinggi, dan Urea untuk Menurunkan Kadar Serat Pada Pakan Ruminansia</t>
+  </si>
+  <si>
+    <t>S00201908084</t>
+  </si>
+  <si>
+    <t>Teknologi pengolahan pakan ruminansia yang telah diintroduksi memiliki kelemahan dalam hal waktu pengolahan yang cukup lama dan kurang praktis pada aplikasi di lapangan. Sebagai contoh, teknik amoniasi menggunakan urea memerlukan waktu 1-4 minggu sebelum dapat digunakan dan diberikan pada ternak. Invensi ini menghasilkan proses amoniasi dengan teknik Fiber Cracking Technology (FCT) yang menggabungkan suhu tinggi, tekanan tinggi, dan urea dengan waktu yang singkat selama 30-120 menit untuk menurunkan kadar serat pada pakan. Invensi ini dapat meningkatkan kecernaan bahan kering dan kecernaan bahan organik secara in vitro pada kisaran 23-25%. Teknik Fiber Cracking Technology yang dihasilkan invensi ini tidak hanya meningkatkan kualitas nutrisi pakan berserat melainkan juga berkontribusi dalam menurunkan emisi gas rumah kaca asal ternak.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ahmad Sulaeman, M.S.</t>
+  </si>
+  <si>
+    <t>Komposisi Sup Krim Instan Berbasis Labu Kuning san Tempe serta Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>02-Oct-2020</t>
+  </si>
+  <si>
+    <t>P00202007205</t>
+  </si>
+  <si>
+    <t>Saat ini produk makanan khusus lansia masih jarang ditemui. Invensi ini adalah menghasilkan sup krim instan sebagai makanan selingan untuk lansia. Bahan baku pembuatan sup krim instan adalah labu kuning dan tempe. Labu kuning memiliki kandungan betakaroten yang tinggi,dan mengandung Vitamin B6, sementara tempe memiliki protein dan Vitamin B12 yang tinggi. Kedua bahan baku tersebut dapat membantu mencegah terjadinya demensia atau penurunan kognitif pada lansia. Bahan baku tersebut kemudian dimasak dengan bahan lainnya yaitu wortel, tempe, bawang bombay, daun bawang, seledri, kaki ayam (untuk membuat kaldu), minyak goreng, tepung beras, cream cooking dan seasoning (garam dan lada. Sup krim kemudian dibuat dengan cara dikeringkan menggunakan drum dryer membentuk bubuk sup krim instan. Sup krim instan labu kuning dan tempe memiliki kadar air sebesar 1.89%,kadar abu 2.06%, protein 21.42%, lemak 15.47%, karbohidrat 59.15%, serat pangan 30.43%, vitamin B12 8.29 mcg/g, vitamin B6 1.38 mcg/g dan beta karoten 54.25%.</t>
+  </si>
+  <si>
+    <t>Susu Fermentasi yang Ditambahkan Sukun (Artocarpus Altilis) sebagai Minuman Sinbiotik</t>
+  </si>
+  <si>
+    <t>P00201201128</t>
+  </si>
+  <si>
+    <t>Pangan fungsional sedang diminati masyarakat saat ini karena manfaatnya yang baik untuk kesehatan, misalnya pangan sinbiotik. Sumber prebiotik pada pangan sinbiotik ini dapat diperoleh dari buah sukun. Hal ini dikarenakan sukun memiliki ikatan ?(1,3) glukosa. Tujuan penelitian ini adalah mengembangkan formula susu fermentasi yang ditambahkan sukun (Artocarpus altilis) sebagai produk minuman sinbiotik. Sukun yang ditambahkan ke dalam susu fermentasi mempunyai tingkat kematangan (tua dan masak) dan jumlah (10%, 20%, dan 30%) yang berbeda. Sukun tua diolah menjadi tepung sukun sedangkan sukun masak dibuat menjadi pasta sukun. Bifidobacterium longum merupakan bakteri yang dipilih sebagai probiotik. Proses pembuatan minuman sinbiotik, antara lain pencampuran bahan, homogenasi, pasteurisasi, dan inkubasi. Penentuan formula terpilih didasarkan hasil analisis uji organoleptik dan laju pertumbuhan probiotik. Minuman sinbiotik mempunyai warna putih agak kekuningan serta aroma, rasa, dan tekstur sedang. Tingkat kesukaan minuman sinbiotik tertinggi adalah minuman sinbiotik dengan penambahan pasta sukun 20%. Tingkat pertumbuhan probiotik yang paling baik adalah minuman sinbiotik yang ditambahkan pasta sukun 30%. Formula terpilih adalah minuman sinbiotik dengan penambahan pasta sukun 20%. Produk ini memiliki daya hambat terhadap pertumbuhan E. coli yang baik (jumlah E.coli &amp;lt;1) dan setara atau lebih dengan produk probiotik komersial.</t>
+  </si>
+  <si>
+    <t>Velva Tepung Gayam Sebagai Kudapan Sumber Serat</t>
+  </si>
+  <si>
+    <t>05-Dec-2024</t>
+  </si>
+  <si>
+    <t>S00202414359</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan pengembangan produk dari velva menggunakan bahan dasar tepung gayam yang dikombinasikan dengan susu UHT full cream dan madu, serta menggunakan bahan penstabil Propylene Glycol Monoesters. Per 100g Velva gayam mengandung 139.2kkal energi, 27.6g karbohidrat, 1.55g lemak, 3.72g Protein dan 3.34g Serat pangan serta 1.35g serat pangan larut dan 1.86g serat pangan tidak larut. Sehingga dapat dinyatakan bahwa velva gayam ini menjadi kudapan dengan klaim sumber serat pangan.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Irzaman, M.Si.</t>
+  </si>
+  <si>
+    <t>Insinerator Portabel Berbahan Bakar Serabut Selulosa dan Minyak Jelantah</t>
+  </si>
+  <si>
+    <t>08-Dec-2015</t>
+  </si>
+  <si>
+    <t>P00201508335</t>
+  </si>
+  <si>
+    <t>Salah satu komponen penting dalam biosekuriti adalah pemusnahan bahan yang terinfeksi atau diduga terinfeksi dengan cara pembakaran dengan menggunakan Insinerator. Invensi ini menghasilkan insinerator yang memiliki konstruksi yang lebih sederhana, ringkas, dan menggunakan bahan bakar alternatif untuk menekan biaya penggunaan bahan bakar konvensional . Konstruksi yang sederhana dan ringkas dicapai dengan bahan non-logam yakni tanah liat sebagai bahan baku utama dan logam yakni baja sebagai penopang struktur Insinerator. Bahan bakar alternatif yang digunakan adalah kombinasi serabut selulosa dan minyak jelantah.</t>
+  </si>
+  <si>
+    <t>Pembuatan Film Tipis Feroelektrik Berbasis Barium Stronsium Titanat (Bst) pada Substrat Silikon Tipe-P dengan Teknik Sputtering Chemical Solution Deposition (CSD)</t>
+  </si>
+  <si>
+    <t>P00201201119</t>
+  </si>
+  <si>
+    <t>Sebuah film tipis baru dari material feroelektrik berbasis BST dengan komposisi Ba0,5Sr0,5TiO3 dan Ba0,25Sr0,75Ti03 didoping Nb205 (Niobium) dan Ta205 (Tantalum) pada substrat Silikon (100) tipe-p telah diproduksi dengan teknik Chemical Solution Deposition (CSD) berupa sputtering. Film tipis BST pada invensi ini memiliki konstanta dielektrik tinggi, faktor disipasi rendah, dan ketergantungan sifat dielektrik pada medan listrik pada frekuensi gelombang mikro. Film tipis BST yang dihasilkan pada invensi ini memiliki aplikasi yang luas antara lain sebagai material sensor cahaya, tekanan, dan asap. Kemungkinan aplikasi film tipis BST hasil invensi ini adalah sebagai kapasitor penyimpan dalam dynamic random access memories (DRAM) densitas tinggi. Film tipis BST juga dapat digunakan sebagai alat frekuensi gelombang mikro dan gelombang millimeter (microwave and millimeter wave frequency devices), penggeser fasa yang dapat diatur (tunable phase shifters), dan filter yang dapat diatur.</t>
+  </si>
+  <si>
+    <t>Alat Bantu Penangkapan Ikan Menggunakan Frekuensi Suara Dan Remote</t>
+  </si>
+  <si>
+    <t>30-Nov-2021</t>
+  </si>
+  <si>
+    <t>S00202110936</t>
+  </si>
+  <si>
+    <t>Dr. Roza Yusfiandayani, S.Pi.</t>
+  </si>
+  <si>
+    <t>Departemen Pemanfaatan Sumberdaya Perikanan</t>
+  </si>
+  <si>
+    <t>Rumpon yang terdapat di Indonesia sebagian besar merupakan rumpon yang menetap di perairan dan tidak dapat dibawa dan dipindah-pindah, perlu biaya mahal dalam pembuatan satu unit rumponnya. Alat bantu penangkap ikan merupakan pengembangan dari alat bantu penangkap ikan yang menggunakan konsep respon ikan terkait penggunaan frekuensi suara sebagai atraktor. Dengan kata lain, alat bantu penangkap ikan dari bahan fibre yang diinvensikan ini secara tidak langsung adalah merupakan upaya dalam inovasi alat bantu penangkapan yang dapat digunakan kapanpun dan di perairan manapun yang diinginkan sehingga menyebabkan penghematan energi terhadap bahan bakar minyak pada kapal sehingga tidak perlu melakukan pencarian daerah penangkapan ikan (fishing ground) dalam pengejaran ikan.</t>
+  </si>
+  <si>
+    <t>Alat Bantu Penangkapan Ikan Menggunakan Sistem Terintegrasi Wifi Echosounder</t>
+  </si>
+  <si>
+    <t>S00202010776</t>
+  </si>
+  <si>
+    <t>Rumpon yang terdapat di Indonesia sebagian besar merupakan rumpon yang menetap diperairan dan tidak dapat dibawa dan dipindah-pindah, perlu biaya mahal dalampembuatan satu unit rumponnya. E-rumpon merupakan pengembangan dari rumponportable yang menggunakan konsep respon ikan terkait penggunaan frekuensi suarasebagai atraktor dan diintegrasikan dengan wifi echosounder yang dapat mentransmisikandata ke smart phone di atas kapal mengenai distribusi ukuran dan sebaran ikan. Dengankata lain, e-rumpon dari bahan fibre menggunakan frekuensi suara dan sistem transmisidata dari wifi echosunder dan smart phone yang diinvensikan ini secara tidak langsungadalah merupakan upaya dalam inovasi alat bantu penangkapan yang dapat digunakankapanpun dan di perairan manapun yang diinginkansehinggamenyebabkanpenghematan energi terhadap bahan bakar minyak pada kapal sehingga tidak perlumelakukan pencarian daerah penangkapan ikan (fishing ground) dalam pengejaran ikan.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rita Kartika Sari, M.Si.</t>
   </si>
   <si>
     <t>Formulasi Nanoemulsi Ekstrak Kayu Merbau Dan Minyak Atsiri Daun Pala Sebagai Sediaan Bahan Aktif Krim Pencerah Wajah</t>
   </si>
   <si>
     <t>20-Oct-2021</t>
   </si>
   <si>
     <t>P00202108910</t>
   </si>
   <si>
-    <t>Awanda Wira Anggini</t>
-[...1 lines deleted...]
-  <si>
     <t>Ekstrak merbau merupakan bahan alam yang potensial digunakan sebagai bahan kosmetik pencerah alami, serta minyak atsiri daun pala yang dapat berfungsi sebagai pewangi alami dalam kosmetik. Namun sediaan ekstrak memiliki bioavailabilitas buruk karena kulit dilapisi oleh lapisan lemak yang non polar. Hal ini yang membuat ekstrak perlu diformulasikan untuk memperbaiki kelarutan bahan dan sistem penghantaran di dalam kulit. Metode ekstraksi merbau menggunakan Ultrasound Assisted Extraction (UAE) dan minyak atsiri daun pala disuling dengan distilasi uap. Metode pembuatan nanoemulsi menggunakan metode emulsifikasi spontan. Bahan-bahan yang digunakan untuk nanoemulsi ekstrak kayu merbau dan minyak atsiri daun pala sebagai sediaan bahan aktif krim pencerah wajah adalah ekstrak merbau, minyak atsiri daun pala, Glyseril caprylate, propilen glikol, gliserin, tween 80 dan akuades. Aktivitas antioksidan pada ekstrak merbau sebesar 11,25 ppm dan pada minyak atsiri daun pala &amp;gt;1000 ppm. Aktivitas antitirosinase ekstrak merbau sebesar 6,82 ppm. Formula 3 dengan kadar bahan aktif 30% merupakan formula nanoemulsi terbaik dengan ukuran partikel 590,4 nm dan aktivitas antioksidan sebesar 19,40 ppm serta antitirosinase &amp;lt;100 ppm. Formulasi krim dengan nanoemulsi sebanyak 2% menghasilkan sifat fisik yang sesuai dengan sediaan krim yang baik dan SNI.</t>
   </si>
   <si>
-    <t>Komposisi Deterjen Kertas Yang Mengandung Ekstrak Buah Lerak</t>
-[...67 lines deleted...]
-  <si>
     <t>Formula Krim Tabir Surya Berbasis Fitosom Ekstrak Daun Gaharu</t>
   </si>
   <si>
     <t>20-Jul-2019</t>
   </si>
   <si>
     <t>PID201906208</t>
   </si>
   <si>
-    <t>Nazer Hiddayah</t>
-[...1 lines deleted...]
-  <si>
     <t>Produk krim tabir surya (KTS) saat ini didominasi oleh produk yang mengandung bahan aktif antioksidan sintetis, padahal bahan antioksidan sintesis mampu menimbulkan kerugian bagi tubuh. Ekstrak daun pohon gaharu jenis Gyrinops versteegii dapat menjadi alternatif bahan alami utama, karena daun G. versteegii mengandung zat ekstraktif yang memiliki aktivitas antioksidan tinggi dan aktivitas tabir surya yang tergolong ultra dengan nilai Sun protection factor (SPF) tinggi (Wahyuningrum, 2018). Perbedaan sifat antara bahan aktif dengan membran sel kulit menyebabkan bahan aktif sulit terserap oleh membran sel kulit, sehingga diperlukan teknologi fitosom. Dengan teknologi fitosom, bahan aktif akan akan terikat dengan fosfolipid yang memiliki sifat mirip dengan membran sel. Hal ini mampu meningkatkan keefektifan bahan aktif untuk terserap oleh membran sel kulit karena memiliki sifat fitokonstituen yang sama. Berdasarkan penelitian, diproleh formula fitosom yang memiliki nilai SPF maksimal (nilai SPF 8-15) (Damgalad, 2013) yaitu dengan perbandingan ekstrak daun G. versteegii : lesitin kedelai 1:1 perbandingan 2:1. Selanjutnya diproleh krim yang memiliki nilai SPF maksimal (nilai SPF antara 8-15) (Damgalad, 2013) yaitu dengan fitosom F1 dan F2 dengan konsentrasi bahan aktif 5%, 1% dan 0.5% didukung juga oleh aktivitas antioksidannya sehingga krim fitosom ekstrak daun G. versteegii merupakan solusi krim dengan bahan aktif alami.</t>
   </si>
   <si>
-    <t>Formula Pelapis Buah Dalam Bentuk Spray Dengan Penambahan Karbon Hitam</t>
-[...62 lines deleted...]
-    <t>Bustomi</t>
+    <t>Metode Ekstraksi Kayu Merbau Dengan Metode Refluks</t>
+  </si>
+  <si>
+    <t>20-Dec-2022</t>
+  </si>
+  <si>
+    <t>S00202215045</t>
+  </si>
+  <si>
+    <t>Kayu merbau (Intsia sp) mengandung senyawa fenolik dan flavonoid yang bersifat antioksidan. Invensi ini membandingkan rendemen ekstraksi, kapasitas antioksidan, profil fitokimia (kandungan total fenolik dan flavonoid, dan spektrum FTIR) tiga teknik ekstraksi berbeda, yaitu maserasi, sonikasi, dan refluks. Teknik ekstraksi kayu merbau yang berukuran 40-60 mesh dalam pelarut etanol 100% dengan nisbah serbuk: pelarut 1:10 dan menggunakan metode refluks dalam penangas air pada suhu 70&amp;deg;C selama 6 jam (penggunaan pelarut lebih sedikit (1/3 dari metode sebelumnya/metode maserasi) dengan waktu ekstraksi yang lebih singkat (1/12 dari metode maserasi) mampu menghasilkan ekstrak kayu merbau dengan rendemen dan kandungan flavonoid yang cenderung lebih tinggi (13,78&amp;plusmn;2,06%) dari ekstraksi dengan metode maserasi pada suhu kamar 3x@24 jam (11,38&amp;plusmn;0,71%). Metode sonikasi yang menggunakan gelombang ultrasonic berfrekuensi 80 Hz selama 1 jam dan pemanasan pada suhu 60 &amp;deg;C menghasilkan rendemen yang jauh lebih rendah(5,46&amp;plusmn;1,63%) dari rendemen ektsrak hasil ekstraksi dengan metode refluks. Metode refluks yang menggunakan penangas air pada suhu 70&amp;deg;C tidak mempengaruhi stabilitas senyawa antioksidan kayu merbau terhadap panas yang diaplikasikan. Hal ini ditunjukkan dari kapasitas antioksidan yang relatif sama dan pola spektrum FTIR yang sama dan hanya terdapat sedikit perbedaan intensitas absorbansinya yang menunjukkan persamaan jenis senyawa dengan sedikit perbedaan komposisinya.</t>
+  </si>
+  <si>
+    <t>Metode Ekstraksi Senyawa Antimalaria Kayu Bidara Laut Menggunakan Ultrasound-Assisted Extraction</t>
+  </si>
+  <si>
+    <t>S00202215058</t>
+  </si>
+  <si>
+    <t>Invensi ini untuk menungkapkan metode ekstraksi dengan pelarut air menggunakan bagian kayu teras batang bidara laut (Strychnos ligustrina) yang efektif sebagai anti malaria secara in vitro dan memiliki rendemen yang tinggi. Keunggulan invensi ini dibandingkan invensi sebelumnya berkaitan dengan ekstrak bidara laut adalah invensi ini ditujukan sebagai metode untuk mengestrak senyawa antimalaria. Metode tersebut meliputi metode maserasi dan metode UAE. Pengujian antimalaria berdasarkan nilai IC50 telah menunjukkan ekstrak dari metode UAE dengan lama ekstraksi mulai 30 menit sampai 60 menit memiliki aktivitas antimalaria yang lebih tinggi dibandingkan ekstrak dari metode maserasi. Analisis LC-MS/MS mengungkapkan bahwa semua ekstrak mengandung alkaloid. Strychnine, quinaprilat, 3,4-Bis(4-propan-2-ylanilino)cyclobut-3-ene-1,2-dione, dan quinine terkandung dalam kelimpahan relatif lebih tinggi daripada alkaloid lainnya. Hasil invensi ini membuktikan bahwa metode ekstraksi UAE lebih unggul dibadingkan ekstraki maserasi. Ekstraksi dengan metode UAE lebih hemat waktu dan energi, suhu rendah, retensi kualitas ekstrak, dan ramah lingkungan. Sehingga metode ekstraksi UAE sangat efisien untuk dikembangkan dalam industri bahan alami.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Wawan Hermawan, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dede Robiatul Adawiyah, M.Si.</t>
   </si>
   <si>
     <t>Metode Pembuatan Nanopropolis Menggunakan Siklodekstrin Sebagai Penyalut Untuk Bahan Herbal Antidiabetes</t>
   </si>
   <si>
-    <t>28-Dec-2018</t>
-[...1 lines deleted...]
-  <si>
     <t>SID201811173</t>
   </si>
   <si>
-    <t>Isep Ramdhan</t>
-[...1 lines deleted...]
-  <si>
     <t>Pembuatan sediaan nanopropolis akan meningkatkan luas permukaan sehingga kemampuan untuk larut semakin baik. Invensi ini menghasilkan metode pembuatan partikel nanometer dengan senyawa aktif propolis atau nanopropolis menggunakan siklodekstrin sebagai penyalut untuk bahan herbal antidiabetes. Metode pembuatan nanopropolis dengan dilakukan dengan pemanasan menggunakan gelombang mikro dengan suhu yang tidak lebih besar dari 600C pada 2450 MHz dan 800 Watt dan melarutkan esktrak dengan etanol 70% kemudian dicampur dengan beta siklodekstrin yang sudah dilarutkan dengan air. . Nanopropolis hasil enkapsulasi dengan beta siklodekstrin sesuai invensi ini menghasilkan nilai penghambatan sebesar 39,78&amp;plusmn;2,28 persen.</t>
   </si>
   <si>
-    <t>Reaktor Biodisel Berpengaduk Statis Sistem Kontinyu Untuk Pengurangan Kebutuhan Katalis</t>
+    <t xml:space="preserve">Proses Aktivasi dan Regenerasi Atapulgit sebagai Adsorben setelah Digunakan dalam Proses Adsorpsi Pro Vitamin A dan Vitamin E dari Olein Sawit Kasar </t>
+  </si>
+  <si>
+    <t>P00200700573</t>
+  </si>
+  <si>
+    <t>Perangkat Simulasi untuk Menguji Label Indikator Pemantau Kerusakan Produk Pangan Segar Berbasis Pelepasan Senyawa Volatil</t>
+  </si>
+  <si>
+    <t>06-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911428</t>
+  </si>
+  <si>
+    <t>Dr. Drs. Zainal Alim Mas'ud, D.E.A.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa suatu perangkat simulasi untuk menguji label indikator film sebagai pemantau kerusakan produk pangan segar berbasis pelepasan senyawa volatil. Mekanisme perangkat simulasi ini adalah untuk melihat efektivitas label indikator secara subyektif maupun obyektif serta mengukur laju tekanan gas yang masuk. Komponen dari perangkat simulasi ini terdiri dari botol uji, katup botol, selang T, vacuum gauge, dan katup selang pada tabung gas. Komponen ini bila dirangkai pada papan akan membentuk satu unit perangkat simulasi gas. Gas simulasi dari produk pangan segar dialirkan pada alat simulasi sehingga terjadi perubahan warna yang ditunjukkan pada label indikator film diakibatkan karena adanya interaksi antara gas dengan indikator warna pada label film. Perangkat simulasi merupakan suatu inovasi terbaru dan sangat efektif apabila digunakan untuk menguji label indikator sebagai pemantau kerusakan produk pangan segar berbasis pelepasan senyawa volatil.</t>
+  </si>
+  <si>
+    <t>Proses Produksi Ekstrak Dari Rimpang Temu Hitam Sebagai Antibakteri Penyebab Penyakit Periodontitis</t>
+  </si>
+  <si>
+    <t>03-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911242</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses produksi ekstrak dari rimpang temu hitam (Curcuma aeruginosa RoxB.) sebagai antibakteri pada Aggregatibacter actinomycetemcomitans penyebab penyakit periodontitis. Ekstraksi dilakukan melalui dua tahap. Rimpang temu hitam diekstraksi dengan n-heksan, selanjutnya diekstraksi dengan pelarut aseton, etanol, air, dan kombinasinya. Ekstrak etanol dan kombinasi pelarut etanol-air-aseton lebih disukai sebagai antibakteri A. actinomycetemcomitans dengan konsentrasi hambat minimum dan konsentrasi bunuh minimum secara berurutan sebesar 12,5 dan 25 &amp;mu;g/mL.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Senyawa Flavonoid dari Buah Kapulaga Sebagai Antioksidan</t>
+  </si>
+  <si>
+    <t>S00202010696</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan suatu ekstrak flavonoid dari buah kapulaga yang dapatdigunakansebagai antioksidan. Proses produksi ekstrak dilakukan secara maserasidenganoptimasi pelarut tunggal dan kombinasi dari pelarut air, aseton, metanoldanetanol dengan pendekatan simplex-centroid design. Kandungan total flavonoiddiukurdalam mg ekivalen kuersetin (EK) per g bobot kering (BK), sementara untukaktivitasantioksidan dalam mg ekivalen Trolox (ET) per g bobot kering (BK). Pelarut tunggaldankombinasi menghasilkan produktivitas ektrak flavonoid terbaik, diantaranya yaitupelaruttunggal air (188.01 mg EK/g BK), pelarut aseton (168.65 mg EK/g BK), campuranpelarutair-aseton-metanol (146.07 mg EK/g BK), dan campuran air-aseton-etanol(140.90 mg EK/gBK). Hasil ekstrak flavonoid dalam invensi ini terbukti dapat digunakan sebagaiantioksidan berdasarkan pengujian metode ferric reducing antioxidant power(FRAP).Pelarut terbaik untuk ekstraksi senyawa flavonoid antioksidan adalah air (1110.95?molET/ g BK), campuran air-metanol (879.09 ?mol ET/ g BK), campuran air-etanol (719.11?molET/ g BK), dan campuran air-aseton-etanol (711.91 ?mol ET/ g BK)</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Wasrin Syafii, M.Agr.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Virgin Deep Sea Fish Oil (VFO) Ikan Gindara Kulit Duri (Ruvettus pretiosus) Sebagai Imunostimulan</t>
+  </si>
+  <si>
+    <t>30-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202213969</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sugeng Heri Suseno, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses ekstraksi dan pengujian minyak ikan laut dalam yaitu ikan gindara kulit duri (Ruvettus pretiosus) yang berpotensi sebagai imunostimulan. Pembuatan minyak ikan gindara kulit duri dengan wet rendering yang telah dimodifikasi dimana yang dimodifikasi adalah suhu didalam waterbath sebesar 70 oC. Invensi ini menghasilkan minyak dengan rendemen 9.39%, nilai asam lemak bebas/free fatty acid (FFA)0.94%, bilangan peroksida/peroxide value (PV) 1.09 mEq/kg, bilangan anisidin/anisidine value (p-AV) 3.27 mEq/kg, nilai total oksidasi (Totox) 5.45 mEq/kg. Hasil perhitungan rata-rata proliferasi splenosit minyak ikan gindara kulit duri dengan perlakuan tanpa conA dan perlakuan dengan conA cenderung memiliki nilai sama dengan minyak ikan komersil. Minyak ikan gindara kulit duri konsentrasi 50 &amp;micro;g/mL memiliki nilai proliferasi splenosit tertinggi pada perlakuan tanpa conA. Minyak ikan gindara kulit duri konsentrasi 3.125 &amp;micro;g/mL memiliki nilai proliferasi splenosit tertinggi pada perlakuan dengan conA. Minyak ikan gindara kulit duri memiliki nilai indeks fagositosis 1.22 dengan kapasitas fagositosis 23.50%. Hasil analisis perhitungan proliferasi splenosit dapat disimpulkan bahwa minyak ikan gindara kulit duri berpotensi sebagai agen imunostimulan.</t>
+  </si>
+  <si>
+    <t>Drone Permukaan Laut Penentu Kesehatan Ekosistem Padang Lamun dan Terumbu Karang</t>
+  </si>
+  <si>
+    <t>30-Dec-2021</t>
+  </si>
+  <si>
+    <t>P00202112366</t>
+  </si>
+  <si>
+    <t>Invensi bertujuan untuk memenuhi kebutuhan data dan informasi tentang obyek dan proses yang berlangsung di wilayah perairan pesisir untuk menyusun rencana kegiatan perencanaan dan operasional untuk tujuan konservasi, rehabilitasi dan pemanfaatan sumber daya dan lingkungan pesisir. Invensi mengembangkan teknologi sistem pemantauan bawah air dengan memanfaatkan teknologi otonom dan kecerdasan buatan pada wahana kapal permukaan (autonomous surface vehicle, ASV/drone permukaan laut) berupa sistem sensor data kualitas perairan, kedalaman perairan, dan video-kamera bawah air yang dapat merekam dan terintegrasi dengan lintasan (tracking) koordinat GPS di permukaan air yang secara langsung dapat merekam data dan informasi kondisi ekosistem padang lamun dan terumbu karang sesuai dengan desain survei yang direncanakan. Sasarannya adalah membuka peluang untuk dapat melihat secara langsung saat itu juga tutupan lamun dan terumbu karang dan biota asosiasinya serta kondisi perairan yang menjadi parameter kesehatan ekosistem padang lamun dan terumbu karang berupa suhu, salinitas, kedalaman, DO dan kecerahan. Alat ini memiliki tingkat akurasi yang sangat baik dan algoritma navigasi yang diterapkan dapat mengikuti lintasan yang telah dibuat untuk penentuan kesehatan ekosistem padang lamun dan terumbu karang.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Konsentrat Omega-3 Minyak Ikan Patin (Pangasius sp.) dengan Kristalisasi Suhu Rendah</t>
+  </si>
+  <si>
+    <t>02-Mar-2023</t>
+  </si>
+  <si>
+    <t>S00202301897</t>
+  </si>
+  <si>
+    <t>Dr.Eng. Wahyu Ramadhan, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses pembuatan konsentrat omega-3 minyak ikan patin (Pangasius sp.) dengan kristalisasi suhu rendah. Lebih khusus lagi invensi ini berhubungan dengan meningkatkan kandungan omega-3 pada minyak ikan patin. Invensi ini bertujuan untuk mendapatkan kandungan omega-3 minyak ikan patin dengan kualitas terbaik melalui analisis parameter oksidasi, bilangan iod (IV), dan profil asam lemak. Pembuatan konsentrat omega-3 dilakukan dengan metode kristalisasi suhu rendah menggunakan rasio pelarut:minyak 3:1(v/v), 4:1(v/v), 5:1(v/v), 6:1(v/v), dan 7:1(v/v). Nilai omega-3 pada minyak ikan patin adalah 1,02 dengan rasio omega-3/total asam lemak 1,39. Perlakuan terbaik pada rasio pelarut:minyak 5:1(v/v) yang ditentukan dengan uji bilangan iod (IV) menghasilkan peningkatan omega-3 minyak ikan patin dengan hasil akhir 2,30. Konsentrat patin mengalami peningkatan sebesar 1,28 dengan rasio omega-3/total asam lemak 3,74.</t>
+  </si>
+  <si>
+    <t>Komposisi Substansi Antitumor Yang Mengandung Ekstrak Etanol Daun Keladi Tikus (Typhonium Flagelliforme) dengan Interferon Alamiah Anjing (Ncaifn) dan Interferon Alamiah Kucing (Nfeifn)</t>
+  </si>
+  <si>
+    <t>S00202010704</t>
+  </si>
+  <si>
+    <t>Dr. drh. Mawar Subangkit, M.Si.</t>
+  </si>
+  <si>
+    <t>Kombinasi ekstrak etanol daun keladi tikus dan interferon dapat digunakan sebagai salahsatu pengobatan alternative dalam penanganan penyakit tumor. Hasil ini didapatkan daripengujian pada hewan coba menggunakan kombinasi ekstrak etanol daun keladi tikus daninterferon mampu menurunkan ukuran diameter tumor, menjaga kestabilan berat badan,menghambat proliferasi sel tumor (anti-proliferasi), menginduksi apoptosis sel tumor (proapoptosis),menurunkan pembentukan pembuluh darah baru (anti-angiogenesis),menurunkan ekspresi proliferating cell nuclear antigen (PCNA), dan meningkatkanekspresi enzim Caspase-3 intraseluler. Kombinasi ini bersifat sinergis dan mempunyai efeklebih baik dibandingkan penggunaan tunggal.</t>
+  </si>
+  <si>
+    <t>Komposisi Media Tumbuh Kultur Jaringan</t>
+  </si>
+  <si>
+    <t>27-Oct-2000</t>
+  </si>
+  <si>
+    <t>S0020000201</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Agus Purwito, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Agronomi dan Hortikultura</t>
+  </si>
+  <si>
+    <t>Formula Campuran Minyak Atsiri Sebagai Penolak Nyamuk</t>
+  </si>
+  <si>
+    <t>29-Dec-2020</t>
+  </si>
+  <si>
+    <t>P00202010771</t>
+  </si>
+  <si>
+    <t>Formula penolak nyamuk dari campuran minyak atsiri yang alami dan tidak beracun serta efektif melindungi dari gigitan nyamuk. Formula penolak nyamuk terdiri dari campuran minyak atsiri sereh wangi, minyak atsiri sereh dapur dan minyak atsiri lavender dengan konsentrasi masing-masing pada rentang 0-95%. Formula penolak nyamuk dapat digunakan langsung dengan dilarutkan dalam minyak pembawa carrier oil) pada konsentrasi 5% maupun dalam sediaan sabun, spray dan skin lotion dengan konsentrasi 3-10%. Efektivitas penolakan nyamuk adalah &amp;gt;90% setelah 4 jam.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Nancy Dewi Yuliana, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Permen Jeli Tinggi Serat Dari Pasta Ubi Jalar Ungu dengan Rasa Pala</t>
   </si>
   <si>
     <t>29-Dec-2016</t>
   </si>
   <si>
-    <t>P00201609151</t>
-[...374 lines deleted...]
-    <t>Amanda Febriyanti Nurdevi</t>
+    <t>P00201609165</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa produk permen jeli tinggi serat dari pasta ubi jalar ungu dengan citarasa pala. Produk ini mengandung serat tinggi, kandungan fenolik yang berperan sebagai antioksidan, bernilai kalori rendah, serta berpotensi menjaga kesehatan tubuh, terutama mencegah resiko penyakit degeneratif. Formula produk permen jeli terdiri dari puree ubi jalar ungu (25 g), ekstrak daging buah pala (75 g), karagenen dan konjak (1:1) (8 g), air (56.6 g), asam sitrat (0.4 g), High Fructose Syrup (HFS) (30 g), sorbitol dan sukrosa (1:1) (30 g). Pengolahan produk dengan teknologi minimal, yaitu pencampuran bahan, pemanasan dilakukan sampai suhu 8O&amp;deg;C, pendinginan hingga suhu 60&amp;deg;C, dan pengeringan pada suhu 55&amp;deg;C selama 48 jam. Permen jeli dari pasta ubi jalar ungu dengan rasa buah pala memiliki nilai fungsional yang bermanfaat bagi kesehatan, yaitu total serat pangan 6.25%, nilai kalori 15.96 kkal per 100 g sajian, kandungan total fenol 193.87 mg GAE/g, dan umur simpan pada suhu ruang (30&amp;deg;C) selama 54 hari. Produk permen jeli tinggi serat dari pasta ubi jalar ungu dengan citarasa pala ini dapat dijadikan alternatif produk pengembangan Usaha Mikro, Kecil dan Menengah, dan sekaligus mendukung program pemerintah di bidang kesehatan masyarakat guna meningkatkan pemanfaatan potensi lokal.</t>
+  </si>
+  <si>
+    <t>Dr. Heriyanto Syafutra, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Formulasi Sediaan Serbuk Nanopartikel Ekstrak Kurkuminoid Temulawak sebagai Antikanker</t>
   </si>
   <si>
     <t>03-Dec-2015</t>
   </si>
   <si>
     <t>P00201508150</t>
   </si>
   <si>
-    <t>Yudi Reynaldi</t>
-[...1 lines deleted...]
-  <si>
     <t>Kurkuminoid merupakan salah satu senyawa utama temulawak yang memiliki khasiat sebagai antikanker. Namun, berdasarkan beberapa penelitian menunjukkan bahwa senyawa kurkuminoid sangat rendah bioavabilitasnya. Invensi ini berhubungan dengan formula serbuk nanopartikel ekstrak kurkuminoid temulawak (Curcuma xanthorrhiza Roxb.) yang berkhasiat sebagai antikanker. Formula nanopartikel ekstrak kurkuminoid temulawak yang ditambah komposisi maltodekstrin memiliki stabilitas yang lebih baik dibandingkan formula tanpa tambahan pada penyimpanan sampai 60 hari pada suhu 4&amp;deg;C dan 25 &amp;deg;C selama 60 hari. Adanya perlakuan sonikasi pada formula-formula tersebut dapat meningkatkan ukuran nanopartikel sediaan menjadi lebih kecil dibandingkan tanpa sonikasi. Bentuk sediaan serbuk nanopartikel ekstrak kurkuminoid temulawak memberikan ukuran nanopartikel yang sangat baik, yaitu 47 nm (&amp;lt; 100 nm) dibandingkan bentuk emulsi (&amp;gt;100 nm). Serbuk nanopartikel ekstrak temulawak lebih efektif dibandingkan sediaan emulsi dan lebih efisien dibandingkan ekstrak kurkuminoid sebagai antikanker (pada inhibisi sel HeLa).</t>
   </si>
   <si>
-    <t>Salsabilla Permata Bayah</t>
-[...62 lines deleted...]
-    <t>Drh. Handayu Untari</t>
+    <t>Formula Pelembab Bibir Berbahan Lemak Spirulina</t>
+  </si>
+  <si>
+    <t>04-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911256</t>
+  </si>
+  <si>
+    <t>Spirulina merupakan mikroalga yang dapat dikultur menggunakan media organik yang terdiri urea, pupuk organik GA dan plant catalyst. Pada umur kultur 14 hari, biomasa sel dapat dipanen. Spirulina memiliki senyawa aktif yang baik dan mengandung asam amino serta asam lemak lengkap. Ekstraksi lemak Spirulina dapat menggunakan pelarut n-heksan dengan metode soxhletasi. Ekstrak lemak menghasilkan rendemen sebesar 18,35&amp;plusmn;0,04%. Lemak Spirulina mengandung asam lemak tidak jenuh yang meliputi Myristoleic acid/C14:1, Palmitoleic acid/C16:1, Cis-10-Heptadecanoic acid/C17:1, Elaidic Acid/C18:1n9t, Oleic acid/C18:1n9c. Selain itu juga terdeteksi asam lemak tidak jenuh jamak yang meliputi Myristoleic acid/C14:1, Palmitoleic acid/C16:1, Cis-10-Heptadecanoic acid/C17:1, Elaidic Acid/C18:1n9t, Oleic acid/C18:1n9c. Formulasi pelembab bibir meliputi emulgade 1-4 g, lemak Spirulina 3,5-6 g, cethyl alkohol 0,3-0,8 g, vaseline 2,2-4 g, cocoa butter 0,5-1 g, lilin lebah 5-8 g, gliserin 0,5-1,2g dan akuades 7-10 g. Pelembab bibir yang dihasilkan dengan menggunakan lemak Spirulina memiliki kenampakan berwarna hijau, nilai viskositas 100,27 cP, tingkat homogenitasnya (kenampakan) homogen, titik lebur 55oC, nilai pH 6,3 dan tekstur 95,40 gram force.</t>
+  </si>
+  <si>
+    <t>Perangkat Deteksi Estrus Ternak Sapi Betina Berbasis Kamera Citra</t>
+  </si>
+  <si>
+    <t>11-Dec-2023</t>
+  </si>
+  <si>
+    <t>S00202313832</t>
+  </si>
+  <si>
+    <t>drh. Mokhamad Fakhrul Ulum, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Departemen Kedokteran Hewan</t>
+  </si>
+  <si>
+    <t>Deteksi estrus pada sapi betina betina merupakan salah satu faktor penting dalam keberhasilan inseminasi buatan (IB) sapi. Metode deteksi invasif dapat menimbulkan stres dan berperan sebagai media pembawa bakteri penyebab infeksi organ reproduksi. Metode deteksi estrus non-invasif seperti heat mount detector, collar neck, pedometer dan kadar hormon susu, memiliki kekurangan seperti nilai positif palsu yang tinggi, membutuhkan biaya besar, tidak real time, dan hanya dapat digunakan pada induk menyusui. Invensi ini berupa detektor estrus sapi betina berdasarkan peningkatan panas pada saluran reproduksi ketika estrus. Invensi ini mempunyai kelebihan dibandingkan dengan prior art sebelumnya, di mana alat khusus deteksi estrus sapi yang sebelumnya dikembangkan dengan digital infrared thermal imaging (DITI) yang digunakan dilengkapi perangkat pengukur jarak, sensor suhu lingkungan, sensor cahaya, dan sensor kelembapan untuk menekan faktor-faktor yang mempengaruhi hasil deteksi. Alat digital infrared thermal imaging (DITI) yang digunakan pada penelitian terdahulu tidak dapat digunakan untuk menentukan waktu optimal kawin sapi betina. Pada alat khusus deteksi estrus yang dikembangkan akan dilengkapi perangkat RTC sehingga dapat memudahkan dalam menentukan waktu optimal kawin sapi betina.</t>
+  </si>
+  <si>
+    <t>Metode Deteksi Pemalsuan Susu Kambing Dengan Susu Sapi Berdasarkan Kombinasi Sidik Jari Voltametri Dan Kemometrik</t>
+  </si>
+  <si>
+    <t>S00202307863</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode analitik untuk deteksi pemalsuan pada susu kambing yang dicampur dengan susu sapi menggunakan kombinasi sidik jari voltametri dan kemometrik. Lebih khusus, metode voltametri yang digunakan adalah voltametri siklik dengan elektrode kerja berupa glassy carbon electrode (GCE), sedangkan analisis kemometrik menggunakan PCA, OPLS-DA, dan PLSR.Metode terdiri dari langkah-langkah berikut: 1)preparasi sampel susu kambing dan susu sapi; 2) pengukuran sampel menggunakan voltametri siklik untuk mendapatkan data nilai arus; 3) pre-treatment data arus; 4) pembuatan model diskriminan untuk membedakan susu kambing dan susu sapi, serta pembuatan model prediksi persentase pemalsuan melalui analisis kemometrik. Kelebihan invensi ini dibandingkan dengan prior art yang terdahulu adalah penggunaan teknik voltammetri dengan preparasi sampel yang sederhana, selektivitas tinggi, sensitivitas yang baik, waktu analisis singkat, dan biaya analisis yang rendah. Sidik jari voltametri siklik (CV) yang dikombinasikan dengan analisis kemometrik berupa principal component analysis (PCA), orthogonal partial least square-discriminant analysis (OPLS-DA), dan Partial least squares regression (PLSR) dapat menghasilkan metode analisis yang andal dalam mendeteksi pemalsuan susu kambing dengan susu sapi.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Budi Setiawan, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Anuraga Jayanegara, S.Pt., M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Amrozi</t>
+  </si>
+  <si>
+    <t>Prof. drh. Agus Setiyono, M.S., Ph.D.</t>
   </si>
   <si>
     <t>Alat Pengkonsentrasian dan Separasi Protein Secara Kontinu Berbasis Ultrafiltrasi Membran</t>
   </si>
   <si>
     <t>26-Dec-2020</t>
   </si>
   <si>
     <t>P00202010646</t>
-  </si>
-[...1 lines deleted...]
-    <t>Dr. Endang Yuli Purwani</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini berupa alat pengkonsentrasian protein (untuk berat molekul yang relatif sama) dan dapat juga digunakan untuk pemisahan/separasi berbagai protein (yang memiliki berat molekul yang berbeda), yang berbasis ultrafiltrasi (UF) membran. Alat ini dapat dioperasikan secara kontinu lewat kontroler PID yang dikembangkan menggunakan perangkat lunak LabVIEW (National instruments - USA). Sebagai model sistem, pengkonsentrasian protein BSA dilakukan dengan konsentrasi awal 500 ppm. Dengan nilai fluks sebesar JSV 36,35 L/m2.h. Penolakan (rejection)dari BSA yang didapatkan sekitar 99
 %. Selain itu, setelah delapan (8) jam pengkonsentrasian secara kontinu, didapatkan kadar BSA meningkat hampir tiga (3) kali lipat dari konsentrasi awalnya. Dengan demikian, invensi ini terbukti dapat digunakan untuk pengkonsentrasian protein pada skala laboratorium.</t>
   </si>
   <si>
-    <t>Dini Amalia</t>
-[...161 lines deleted...]
-    <t>Dikki Hendra Pratama</t>
+    <t>Formulasi Losion Tabir Surya Berbahan Ekstrak Daun Kersen (Muntingia calabura) dan Tengkawang (Shorea stenoptera)</t>
+  </si>
+  <si>
+    <t>10-Nov-2022</t>
+  </si>
+  <si>
+    <t>S00202212677</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi losion tabir surya ekstrak etanol daun kersen (Muntingia calabura) dan mentega tengkawang (Shorea stenoptera), setil alkohol, parafin cair, metil paraben, gliserin, trietanolamin (TEA), dan propil paraben. Metode yang digunakan untuk menghasilkan ekstrak etanol daun kersen yaitu metode sonikasi pada konsentrasi etanol, suhu ekstraksi dan waktu ekstraksi yang optimum dan lebih cepat. Selain itu digunakan pula pengemulsi dari mentega tengkawang yang memiliki kandungan asam stearate alami sebagai alternatif untuk menggantikan emuglator dari bahan kimia dan memiliki manfaat meningkatkan elastisitas, kelembaban kulit dan mengurangi penuaan. Karakteristik losion yang dihasilkan bersifat hidrofilik dengan kadar air 78%. Warna dari losion yang dihasilkan berwarna kuning muda dengan sedikit kehijauan akibat dari ekstrak daun kersen yang ditambahkan, serta beraroma greentea.</t>
+  </si>
+  <si>
+    <t>METODE EKSTRAKSI POLIFENOL DARI BUNGA JENGGER AYAM SEBAGAI ANTIOKSIDAN</t>
+  </si>
+  <si>
+    <t>27-Feb-2020</t>
+  </si>
+  <si>
+    <t>S00202001624</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan metode ekstraksi senyawa polifenol dari bunga Jengger Ayam (Celosia cristata L.). Metode ekstraksi sesuai invensi ini dilakukan dengan maserasi pada suhu kamar dengan menggunakan pelarut metanol, etanol dan etil asetat. Ekstrak polifenol yang dihasilkan mengandung total fenolik 50.42 &amp;ndash; 128.53 mg EAG/g dan total flavonoid 4.55 &amp;ndash; 18.05 mg EK/g, lebih disukai ekstrak etanol. Ekstrak yang dihasilkan dapat digunakan sebagai antioksidan dengan peredaman radikal bebas antara 83.30 &amp;ndash; 106.77 mmol TE/g.</t>
+  </si>
+  <si>
+    <t>Alat Penyortir Kacang Kedelai Dari Benda Asing Dan Pemisah Biji Kedelai Dari Kulit</t>
+  </si>
+  <si>
+    <t>13-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406499</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan alat penyortir kacang kedelai dari benda asing dan pemisah biji kedelai dari kulit yang dicirikan oleh komponen utama yang terdiri dari hopper (1), sabuk conveyor (5) dengan panjang lintasan 1400-1500 mm sebagai media pergerakan kedelai menuju alat pemisah kulit, dan alat pemisah kulit yang memiliki batu gerinda (8) dengan diameter 5-6 inchi, corong biji kedelai (12), corong blower (10), dan saluran blower (11). Proses pemisahan kulit ini dilakukan dalam keadaan kering.</t>
+  </si>
+  <si>
+    <t>Peralatan Kendali Kendaraan Pemanen Tbs Kelapa Sawit Menggunakan (Multi Throttle) Dengan Limit Switch</t>
+  </si>
+  <si>
+    <t>S00202307897</t>
+  </si>
+  <si>
+    <t>Invensi ini adalah penggunaan tuas sebagai alat kendali dari kendaraan pemanen TBS denganmotorlistrik. Peralatankendaliterdiri daridudukan, tuas kendali,empat buahthrottle, dua buahlimit switch, dan porosthrottle. Pada peralatan kendali ini, peralatan kendalidibagimenjadiperalatan kendalirodakanandanperalatankendalirodakiri, dengan masing-masing terdiri dari 2 buahthrottle, satu sebagithrottlemaju dan yang lainnya sebagaithrottle mundur. Perpindahan antarathrottle maju dan mundur diputus olehlimit switch,denganposisilimitswitchaktifakanmenyebabkanrodaberputar kebelakang dan posisi limit switch non aktif maka roda akan berputar ke depan. Adapun lampu mundur diaktifkan dengan mekanismelimit switch. Kelebihan invensi ini terhadap prior artsebelumnya adalah peralatan kendali ini menggunakan tuas dengan mekanisme gerakan maju dan mundur untuk menggerakkan kendaraan denganmulti throttle.Multi Throttledipasangkan pada setiap tuas, dengan perubahan putaran roda maju dan mundur dipisah oleh limit switch. Tuas kendali sebelah kanan untuk mengerakkan roda kanan, dan tuas kendalisebelahkiriuntukmengerakkanrodakiri, sehinggamemudahkanuntuk kendaraan bermanuver dengan gerakan putaran roda yang berlawanan.</t>
+  </si>
+  <si>
+    <t>Alat Pembunuh Ulat Batang</t>
+  </si>
+  <si>
+    <t>09-Aug-2000</t>
+  </si>
+  <si>
+    <t>S0020000152</t>
   </si>
   <si>
     <t>Alat Deteksi Penyakit Ikan Lele Berbasis Deep Learning</t>
   </si>
   <si>
     <t>28-Sep-2022</t>
   </si>
   <si>
     <t>S00202210599</t>
   </si>
   <si>
-    <t>Azizah Lutfia Ningtyas</t>
-[...1 lines deleted...]
-  <si>
     <t>Invensi ini berupa alat deteksi penyakit ikan lele white spot dan Aeromonas hydrophila berbasis metode deep learning. Invensi alat ini berbentuk alat kapal dengan dimensi 52 cm x 9 xm x 8 cm yang dilengkapi kamera dan komponen elektronika untuk mendukung proses identifikasi. Alat ini juga terhubung dengan perangkat yang dapat menunjukkan hasil identifikasi. Alat ini bekerja dengan melakukan perekaman kondisi kolam berisi ikan lele dengan menggerakkan kapal menggunakan remote control. Selanjutnya data akan melalui proses image enchacment dan dilakukan proses deep learning dengan algoritma YOLO V5. Dalam penggunaan di lapang alat ini memudahkan pembudidaya dalam mengecek kondisi kolam dan lele yang terkena penyakit white spot dan Aeromonas hydrophila sehingga mengurangi resiko adanya kegagalan panen. Alat ini mudah dioperasikan, memiliki tingkat keakuratan sebesar 71%, dan dapat digunakan berulang-ulang.</t>
   </si>
   <si>
-    <t>Ilham Yusuf Bachtiar</t>
-[...41 lines deleted...]
-    <t>E. Mulyati Effendi</t>
+    <t>Prof. Dr. Ir. Muhammad Ridla, M.Agr.</t>
+  </si>
+  <si>
+    <t>Muhammad Dahrul, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Probe Tutup Penuh Untuk Alat Pengukuran Kadar Biomarker Darah Non Invasif</t>
+  </si>
+  <si>
+    <t>S00202010825</t>
+  </si>
+  <si>
+    <t>Dr. drh. I Ketut Mudite Adnyane, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkenaan dengan modifikasi probe untuk alat pengukuran kadar biomarkerdarah non invasif. Model probe tradisional memiliki keterbatasan yakni kebocoran cahayaambien akibat ketidaksempurnaan bentuk probe. Invensi ini mengoptimalkan bentukprobe untuk mengeliminasi cahaya ambien yang masuk ke sensor. Bentuk ini jugadigunakan untuk memaksimasi sinar yang masuk ke sensor. Probe sesuai invensi initerbagi atas tiga bagian, yaitu Upper Case, Lower Case, dan Swing Bolt.</t>
   </si>
   <si>
     <t>Nanoenkapsulasi Ekstrak Daun Kersen Sebagai Imunomodulator Pada Puyuh</t>
   </si>
   <si>
     <t xml:space="preserve">P00202010829 </t>
-  </si>
-[...1 lines deleted...]
-    <t xml:space="preserve">Naufal Agusti </t>
   </si>
   <si>
     <t xml:space="preserve">Nanoenkapsulasi daun kersen berpotensi sebagai imunomodulator pada puyuh yang mengalami stres oksidatif akibat pemberian Deksametason. Pembuatan ekstrak daun kersen menggunakan metode maserasi dan nanoenkapsulasi daun kersen menggunakan metode gelasi ionik dengan penyalut kitosan. Penelitian ini terdiri dari 5 kelompok dan masing-masing kelompok terdapat 4 ekor puyuh jantan. Perlakuan yang diberikan A (Kontrol imunosupresan : Deksametason 2.5 mg/Kg BB), C (Deksametason 2.5 mg/Kg BB + Stimuno 0.75 mg/Kg BB), AE (Deksametason 2.5 mg/Kg BB + Nanoenkapsulasi ekstrak daun kersen 0.15 mg/Kg BB), BE (Deksametason 2.5 mg/Kg BB + Nanoenkapsulasi ekstrak daun kersen 0.075 mg/Kg BB) dan CE (Deksametason 2.5 mg/Kg BB + Ekstrak daun kersen 0.75 mg/Kg BB).
 Karakterisasi nanoenkapsulasi daun kersen menggunakan uji PSA (Particle Size Analyzer). Parameter profil darah yang diamati yaitu jumlah leukosit, differensial leukosit, rasio stres, dan titer antibodi. Nanopartikel ekstrak daun kersen memiliki ukuran partikel 469.16 nm dan indeks polidispersitas sebesar 0.073. Hasil penelitian menunjukan bahwa pemberian nanoenkapsulasi ekstrak daun kersen memberikan pengaruh yang signifikan (P&amp;lt;0.05) terhadap peningkatan jumlah leukosit, limfosit, titer antibodi dan penurunan rasio stres pada puyuh setelah induksi dengan Deksametason. Kesimpulan dari penelitian ini nanoenkapsulasi ekstrak daun kersen memiliki potensi yang besar sebagai imunomodulator pada puyuh.</t>
   </si>
   <si>
-    <t>Pristy Tasya Nabila</t>
+    <t>Metode Ekstraksi Karaginan Murni (Refined Carrageenan) dari Rumput Laut Menggunakan Panas dan Cendawan</t>
+  </si>
+  <si>
+    <t>12-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911685</t>
+  </si>
+  <si>
+    <t>Hidrolisis rumput laut (Kappaphycus alvarezii) untuk menghasilkan karaginan secara biologis dapat dilakukan menggunakan kapang laut. Usulan paten ini tentang metode ekstraksi karaginan murni (refined carrageenan) dengan hidrolisis secara biologis menggunakan cendawan laut (kapang EN dan RS 6A) dengan pretreatment panas. Hasil terbaik dalam menghasilkan karaginan adalah hidrolisis rumput laut K. alvarezii kering dengan kapang RS 6A, dan praperlakuan pemanasan 20 menit. Rendemen yang dihasilkan sebesar 71.28%, persentase hidrolisis selulosa 90.18%, dan persentase hidrolisis lignin 90.21%. Karakteristik kimia dan fisik karaginan cukup baik dan sudah memenuhi persyaratan karaginan murni. Nilai derajat putih yang didapat sebesar 66.17 % dan nilai kekuatan gel yang dihasilkan sebesar 43.35 gf.</t>
+  </si>
+  <si>
+    <t>Komposisi Snack Bar Berbasis Rumput Laut Merah Dan Biji Teratai</t>
+  </si>
+  <si>
+    <t>14-Oct-2023</t>
+  </si>
+  <si>
+    <t>S00202310446</t>
+  </si>
+  <si>
+    <t>Snack bar merupakan makanan siap santap yang dapat dikonsumsi sebagai camilan atau makanan darurat untuk menunda lapar, kaya zat gizi dan ekonomis. Snack bar yang beredar masih jarang berasal dari bahan lokal. Penambahan bahan berupa rumput laut merah dan biji teratai pada snack bar sulit ditemukan di Indonesia. Invensi ini bertujuan menghasilkan suatu pangan alternatif berbentuk snack bar dengan bahan baku rumput laut merah dan biji teratai yang diberi nama Vecaf. Komposisi produk sesuai invensi ini terdiri dari rumput laut merah (Gracilaria sp.), tepung biji teratai, tepung kedelai, unsalted butter, margarin, gula, madu, soda kue dan vanili. Pengembangan snack bar berbasis rumput laut merah dan biji teratai ini bertujuan sebagai pencegahan dini hipertensi.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Umi Cahyaningsih, M.S.</t>
+  </si>
+  <si>
+    <t>Biskuit Pakan Probiotik Untuk Sapi Perah</t>
+  </si>
+  <si>
+    <t>25-Aug-2021</t>
+  </si>
+  <si>
+    <t>P00202106704</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Yuli Retnani, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini mngehasilkan biskuit pakan probotik untuk sapi perah. Biskuit pakan probiotik sesuai invensi ini terdiri atas tujuh bahan baku yaitu limbah biomassa jagung, bungkil jintan hitam, molases, rumput laut sargassum, gaplek, crude palm oil, dan probiotik. Lapisan tengah berupa krim yang terbuat dari bahan bungkil jintan hitam, molases, crude palm oil, gaplek, dan probiotik. Sedangkan lapisan atas dan bawah berbentuk biskuit dengan bahan limbah biomassa jagung, rumput laut sargassum, molases, dan gaplek. Produk biskuit pakan probiotik seusai invensi ini berbentuk bulat berdiameter 5,5 cm dengan ketebalan total 3 cm, serta berat total 50 gram. Kualitas fisik terdiri dari biskuit probiotik yang terdiri dari massa jenis (densitas) sebesar 0,883 gr/ml; aktivitas air (AW) sebesar 0,723%; dan kadar air sebesar 12,4%. Biskuit probiotik pakan sesuai invensi ini mempunyai kandungan nutrisi protein kasar 17,4%; lemak kasar 10,6%; serat kasar 23,5%; Beta-N 36,8%; dan TDN 71,6%. Adanya invensi ini maka dihasilkan produk biskuit probiotik pakan yang dapat digunakan sebagai pakan spesial untuk meningkatkan produktivitas susu sapi perah dan menjaga kesehatan sapi perah.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Eng. Uju, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Sisntesis Nanosilika Dari Abu Ketel Industri Gula</t>
+  </si>
+  <si>
+    <t>S00201911255</t>
+  </si>
+  <si>
+    <t>Abu ketel merupakan salah satu hasil samping industri gula yang kaya akan kandungan silika. Dengan perkembangan nanoteknologi, dilakukan sintesis nanosilika dari silika yang berasal dari abu ketel gula. Sintesis nanosilika merupakan upaya pemanfaatan limbah padat industri gula dan peningkatan nilai tambah abu ketel menjadi produk yang lebih bernilai ekonomi tinggi dengan efektivitas kinerja lebih tinggi. Sintesis nanosilika dengan tahapan preparasi abu ketel, ekstraksi silika, dan proses sintesis nanosilika dengan metode kopresipitasi menggunakan template maizena. Template maizena yang ditambahkan sebanyak 20% (b/b) dari berat silika. Nanosilika dengan template maizena 20% memiliki fase dominan kristobalit tertinggi, derajat kristalinitas 62,049%, ukuran kristal 37,346 nm, nilai Particle Dispertion Index (PDI) 0,023, dan rata-rata ukuran partikel 524,54 nm. Analisis gugus fungsi menunjukkan adanya gugus Si-H pada nanosilika. Analisis morfologi menunjukkan kandungan unsur dominan yaitu unsur Si sebanyak 49,65% (wt) dan unsur O sebanyak 35,54% (wt). Nanosilika ini berpotensi dimanfaatkan pada berbagai bidang, seperti sebagai silika-polimer nanokomposit, penguat keramik, dan bahan pengisi pembuatan produk karet ban kendaraan.</t>
+  </si>
+  <si>
+    <t>Budi Riza Putra, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Model Infark Miokard Pada Hewan Model Sus scrofa domesticus Sebagai Replika Pada Manusia</t>
+  </si>
+  <si>
+    <t>05-Dec-2022</t>
+  </si>
+  <si>
+    <t>S00202214259</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Gunanti, M.S.</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai pengembangan model infark miokard pada hewan coba Sus scrofa domesticus atau babi. Lebih khusus lagi, invensi ini berhubungan dengan replika infark miokard pada manusia dengan menggunakan jantung babi sebagai model untuk pembelajaran teknik bedah jantung dan/atau terapi untuk penyakit kardiovaskuler infark miokard. Tujuan utama dari invensi ini adalah untuk mengatasi permasalahan yang telah ada sebelumnya yaitu belum tersedianya model infark miokard pada hewan untuk digunakan sebagai bahan pembelajaran ilmu bedah maupun jantung. Dengan adanya model infark miokard menggunakan hewan coba, pengembangan terapi untuk infark miokard pada manusia bisa dilakukan menggunakan babi yang diinduksi infark miokard.</t>
+  </si>
+  <si>
+    <t>Teknologi Pemanfaatan Hutan Alam Tropika Terdegradasi Menggunakan Sistem Wanatani di Dalam Areal Rumpang</t>
+  </si>
+  <si>
+    <t>21-Jun-2021</t>
+  </si>
+  <si>
+    <t>S00202104721</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan teknologi pemanfaatan hutan alam tropika terdegradasi menggunakan sistem wanatani di dalam areal rumpang yang ramah lingkungan dan mampu menciptakan likuiditas berusaha jangka pendek maupun panjang di lahan hutan alam tropika terdegradasi. Teknologi pemanfaatan hutan alam tropika terdegradasi menggunakan sistem wanatani di dalam areal rumpang sesuai invensi ini terdiri dari tahapan: 1) mensurvei topografi dan potensi areal hutan alam tropika terdegradasi, (2) membuat peta kontur dan lokasi pohon dengan skala 1 : 500, (3) mendesain lokasi areal rumpang di atas peta kontur dan lokasi pohon skala 1: 500, (4) mendesain areal rumpang menggunakan sistem wanatani dan metode pencegahan erosi, (5) menandai batas-batas areal rumpang di lapangan, (6) membuka dan membersihkan areal rumpang, dan membuat sekat pencegah erosi, (7) meningkatkan pH tanah, (8) mengolah tanah untuk tanaman pertanian, membuat saluran air, dan pemupukan, (9) mengolah tanah untuk tanaman kehutanan, (10) membuat sistem pengairan, (11) membuat pupuk organik cair, (12) menanam bibit tanaman kehutanan , (13) menanam bibit tanaman pertanian, dan (14) mengairi dan memberikan pupuk organik cair pada tanaman kehutanan dan tanaman pertanian.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nastiti Siswi Indrasti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr. Drh. Eva Harlina , M.Si,  APvet.</t>
+  </si>
+  <si>
+    <t>Komposisi Pelet Berbasis Konsorsium Mikrob untuk Pengolahan Air Limbah Domestik</t>
+  </si>
+  <si>
+    <t>30-Dec-2022</t>
+  </si>
+  <si>
+    <t>S00202215891</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dwi Andreas Santosa, M.S.</t>
+  </si>
+  <si>
+    <t>Badan air di perkotaan banyak dicemari air limbah domestik sekitar 60-84%, lebih banyak dibanding pencemaran yang disebabkan oleh air limbah industri. Pencemaran air limbah domestik dapat diolah secara fisikawi, kimiawi dan biologis. Salah satu cara menjaga keberlanjutan air yang ramah lingkungan dapat dilakukan dengan pengolahan air limbah domestik secara biologis. Mikrob pada umumnya dimanfaatkan dalam bentuk cair atau tersuspensi. Cara tersebut dinilai kurang efisien mengingat kendala dalam transportasi, penyimpanan, dan pengemasannya apabila akan digunakan dalam skala luas. Pelet yang mengandung kombinasi empat isolat yaitu Burkholderia sp. UMJ- R, Trichosporon asahii UMJ-A2, P. kudriavzevii UMJ-L, dan P. putida InaCCB72 yang terbaik dibanding mengandung isolat tunggal atau dua isolat. Konsorsium empat mikrob menunjukkan viabilitas yang lebih baik dan masa simpan yang lebih lama. Konsorsium keempat isolat dalam pelet mampu mempertahankan nilai viabilitas mikrob hingga 107 spk/g pelet pada usia penyimpanan 7 bulan 15 hari. Pelet dapat menurunkan polutan pada air limbah domestik dan selanjutnya air limbah domestik dapat dimanfaatkan sebagai substitusi pemupukan pada tanaman. Keempat mikrob juga dapat dikategorikan sebagai Plant Growth Promoting Rhizobacteria (PGPR) yang dapat membantu pertumbuhan tanaman karena dapat menghasilkan zat pengatur tumbuh (ZPT) auksin, sitokinin dan gibberellin.</t>
+  </si>
+  <si>
+    <t>Teknologi Silva Aeroponik untuk Penumbuhan Akar</t>
+  </si>
+  <si>
+    <t>18-Dec-2000</t>
+  </si>
+  <si>
+    <t>P0020001101</t>
+  </si>
+  <si>
+    <t>Ir. Edhi Sandra, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Konservasi Sumberdaya Hutan dan Ekowisata</t>
+  </si>
+  <si>
+    <t>Minuman Serbuk Herbal Antidiabetes Mengandung Ekstrak Air Bawang Dayak (Eleutherine bulbosa)</t>
+  </si>
+  <si>
+    <t>31-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215942</t>
+  </si>
+  <si>
+    <t>Dr. drh. Erni Sulistiawati</t>
+  </si>
+  <si>
+    <t>Sekolah Vokasi</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan minuman serbuk herbal antidiabetes mengandung ekstrak bawang dayak (Eleutherine bulbosa) dan ekstrak herbal lain (ekstrak jahe merah (Zingiber officinale var. Rubrum Rhizoma) atau ekstrak sereh dapur (Cymbopogon citratus) atau ekstrak kayu manis (Cinnamomum zeylanicum)), serta proses pembuatannya. Proses pembuatan minuman serbuk herbal antidiabetes dari invensi ini diawali dengan pembuatan ekstrak umbi bawang dayak segar dan ekstrak herbal lain (jahe merah atau sereh dapur atau kayumanis). Proses ekstraksi tersebut dilakukan dengan cara dekoksi menggunakan pelarut air. Larutan ekstrak bawang dayak dan ekstrak herbal lain (jahe merah atau sereh dapur atau ekstak kayumanis) dicampurkan dengan komposisi 1:1 kemudian ditambahkan bahan pengisi maltodekstrin sebanyak 10-20% b/v) dan dikeringkan menggunakan alat pengering semprot. Serbuk herbal yang diperoleh kemudian ditambahkan pemanis alami (glikosida stevia, eritritol dan sorbitol) sebanyak 0,3-0,5% (b/v) dan dikemas dalam kemasan metalized aluminium foil. Invensi ini menghasilkan minuman serbuk herbal yang memiliki khasiat mengontrol kadar glukosa darah dan memperbaiki profil lipid darah dan telah diuji khasiatnya secara in vivo pada tikus Sprague dawley jantan.</t>
+  </si>
+  <si>
+    <t>Formulasi Pakan Ayam Petelur Bersuplemen Omega3</t>
+  </si>
+  <si>
+    <t>28-Dec-2022</t>
+  </si>
+  <si>
+    <t>S00202215621</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iman Rahayu Hidayati Soesanto, M.S.</t>
+  </si>
+  <si>
+    <t>Upaya terus dilakukan untuk meningkatkan produktivitas udang melalui intensifikasi tambak udang. Invensi dan inovasi teknik budidaya, efisiensi pakan, pemakaian aditif, pengendalian kualitas air, dan pencegahan penyakit. Khusus pengembangan aditif pakan dengan berbagai macam fungsi terus dikembangkan seperti meningkatkan daya cerna pakan, meningkatkan imunitas terhadap penyakit, dan meningkatkan laju pertumbuhan. Invensi ini menghasilkan aditif pakan udang yang terdiri dari isolat protein kedelai (60-80%), betain atau garamnya (15-25%), asam butirat atau garamnya (10-20%), enzim (0,5-2%), dan mineral Zink dan kalsium (10-20%). Aditif pakan udang dibuat dengan teknik pencampuran kering. Cara aplikasi aditif pakan dilakukan dengan mencampurkan aditif sebanyak 16% dan air laut sebanyak 64%. Campuran diaplikasikan ke pakan dengan konsentrasi 5% berdasarkan bobot pakan. Aditif pakan memiliki kinerja untuk meningkatkan efisiensi pakan, rerata bobot udang, dan laju pertumbuhan spesifik.</t>
+  </si>
+  <si>
+    <t>Komposisi Bahan Untuk Pupuk Hayati di Bidang Pertanian Mengunakan Campuran Bakteri Pelarut Fosfat dan Kalium Asal Tanah Pascatambang Batuan Kapur Burkholderia Cepacia Galur QC 3A.a.1 dan Serratia Marcescens Galur QC3.a.2</t>
+  </si>
+  <si>
+    <t>S00201911427</t>
+  </si>
+  <si>
+    <t>Dr. Dra. Nisa Rachmania, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan komposisi bahan untuk pelarut fosfat dan dan pelarut kalium. Komposisi bahan sesuai invensi ini menggunakan campuran bakteri yang berasal dari tanah pascatambang batuan kapur terdiri atas bakteri Burkholderia cepacia galur QC3.a.1 dan bakteri Serratia marcescens galur QC3.a.2 dengan komposisi yang dicampur menjadi suatu formula dengan menggunakan bahan pembawa bentonit, karboksi metil selulosa (CMC) untuk perekat, dan kalsium karbonat (CaCO3) untuk untuk membentuk pelet dan meningkatkan pH. Komposisi masing-masing komponen bahan dalam campuran yaitu masing-masing galur 108-109 CFU/ml dalam bahan pembawa berupa bentonit dengan komposisi 100-200 gram bentonit, 1-5 gram karboksi metil selulosa (CMC), 1-5 gram kalsium karbonat (CaCO3).</t>
+  </si>
+  <si>
+    <t>Unit Pengering dengan Tenaga Surya, Angin dan Biomassa</t>
+  </si>
+  <si>
+    <t>25-Nov-2002</t>
+  </si>
+  <si>
+    <t>P00200200788</t>
+  </si>
+  <si>
+    <t>Dr. Leopold Oscar Nelwan, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Energi surya yang berupa gelombang elektromagetik digunakan untuk pengeringan hasil pertanian dan kelautan. Gelombang pendek ini diserap oleh plat besi yang dicat hitam, yang dipasang secara diagonal terhadap arah datangnya sinar matahari (ke arah Timur-Barat) untuk mendapatkan radiasi maksimum dalam sehari, lantau bangunan yang dicat hitam serta dinding drum pengering yang juga dicat hitam. Agar proses pngeringan dapat berjalan secara merata, maka drum pengering perlu diaduk dengan mekanisme seperti terlihat pada Gambar.1. Dengan demikian diharapkan kadar air produk yang dihasilkan dapat merata. Pada kondisi cuaca buruk atau pengeringan secara terus menerus siang dan malam hari, tungku Yohannes dapat dihidupkan untuk memanaskan pipa pemanas yang bekerja secara alami .</t>
+  </si>
+  <si>
+    <t>Proses Pengeringan Kemoreaksi serta Alat Pengering yang Digunakannya</t>
+  </si>
+  <si>
+    <t>P00200500758</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Soewarno Tjokro Soekarto, M.Sc.</t>
+  </si>
+  <si>
+    <t>Metode Pengolahan Madu Antioksidan Tinggi</t>
+  </si>
+  <si>
+    <t>11-Dec-2022</t>
+  </si>
+  <si>
+    <t>S00202214593</t>
+  </si>
+  <si>
+    <t>Dr. Syaefudin, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pengolahan madu dengan kadar fenolik, kadar flavonoid dan aktivitas antioksidan yang tinggi menggunakan metode pemanasan terkontrol untuk madu yang menyehatkan dan bermanfaat bagi tubuh. Pemanasan menggunakan alat sterilisasi dengan waktu 5 menit dan tekanan 1 atmosfir. Hasil yang diperoleh adalah madu dari berbagai macam yaitu madu Apis mellifera, Apis dorsata dan dari lebah tidak bersengat menghasilkan kadar fenolik, kadar flavonoid adan aktivitas antioksidan yang tinggi yaitu nilai IC50 dibawah 50.</t>
+  </si>
+  <si>
+    <t>Hidrolisis Tepung Biji Karet Sebagai Bahan Baku Alternatif Pakan Ikan</t>
+  </si>
+  <si>
+    <t>26-Jun-2024</t>
+  </si>
+  <si>
+    <t>S00202405824</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dedi Jusadi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan pembuatan tepung biji karet terhidrolisis sebagai sebagai bahan pakan ikan pengganti bungkil kedelai. Komposisi bahan invensi ini terdiri dari biji karet dan cairan pencernaan ruminansia untuk menurunkan kadar anti nutrisinya. Metode penemuan ini meliputi langkah-langkah berikut: mengolah biji karet yang dipress untuk memisahkan minyaknya; kemudian digiling menjadi tepung dan dicuci menggunakan bahan kimia dan dikeringkan. Selanjutnya, dihidrolisis tepung biji karet menggunakan cairan pencernaan ruminansia; diinkubasi; dioven dan dilakukan pengujian kandungan proksimat</t>
+  </si>
+  <si>
+    <t>Formula Tepung Komposit Bebas Gluten Terfortifikasi</t>
+  </si>
+  <si>
+    <t>12-Jan-2022</t>
+  </si>
+  <si>
+    <t>S00202200242</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Edi Santosa, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula tepung komposit terfortifikasi yang dibuat dari campuran tepung cassava, pati jagung, tepung kacang hijau atau tepung kacang merah, gliserin monostearat, hidrokoloid dan premiks mikronutrien (Fe, Zn, Vitam B1, B3, B9 dan B12). Metode pembuatan tepung komposit terfortifikasi pada invensi ini menggunakan teknologi pencampuran kering dengan V-Mixer. Tahapan pembuatan beras analog pada invensi ini adalah penimbangan sesuai dengan formula, pencampuran kering dan pengemasan. Tepung komposit terfortifikasi yang dihasilkan sesuai formula pada klaim dapat diolah menjadi produk rerotian bebas gluten.</t>
   </si>
   <si>
     <t>Formulasi Sabun Busa Antibakteri Tanpa Bilas Dengan Ekstrak Kulit Semangka (Citrullus Lanatus) dan Ekstrak Kulit Jeruk Nipis (Citrus aurantifolia)</t>
   </si>
   <si>
     <t>23-Nov-2023</t>
   </si>
   <si>
     <t>S00202312709</t>
   </si>
   <si>
+    <t>Ir. Retnaningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Sekolah Bisnis</t>
+  </si>
+  <si>
+    <t>Sabun antibakteri adalah salah satu produk yang umum dalam kehidupan sehari-hari. Invensi ini berhubungan dengan formula yang digunakan untuk pembuatan sabun busa antibakteri tanpa bilas untuk tangan sekaligus untuk menghilangkan bau kaki dengan menggunakan ekstrak kulit semangka dan ekstrak kulit jeruk nipis. Keberadaan sabun antibakteri telah menjadi hal penting, terutama dalam konteks kesehatan masyarakat. Invensi ini berhubungan dengan proses produksi dan formulasi yang digunakan dalam pembuatan sabun busa antibakteri tanpa bilas untuk tangan sekaligus untuk menghilangkan bau kaki dengan menggunakan ektrak kulit Semangka 10%, ekstrak kulit Jeruk Nipis 10%, Kalium hidroksida, Coconut oil, Essential oils, liquid water base dan air. Sabun busa antibakteri ini merupakan sabun tanpa bilas yang dapat digunakan tanpa air serta dapat menghilangkan bakteri pada tangan dan menghilangkan bau pada kaki.</t>
+  </si>
+  <si>
+    <t>Muhamad Azis</t>
+  </si>
+  <si>
+    <t>Formulasi Snack Mi Berbasis Ekstrak Daun Labu, Umbi Garut (Marantha arundinaceae L.), dan Jinten Hitam (Nigella sativa) untuk Mencegah Anemia Pada Ibu Hamil</t>
+  </si>
+  <si>
+    <t>07-Feb-2023</t>
+  </si>
+  <si>
+    <t>S00202301117</t>
+  </si>
+  <si>
+    <t>Mrr. Lukie Trianawati, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi snack mi yang berbahan dasar daun labu kuning, umbi garut, dan jinten hitam guna mencegah anemia pada ibu hamil dengan kandungan zat besi yang memenuhi kebutuhan ibu hamil. Formulasi snack mi sesuai invensi ini terdiri dari tepung terigu, tepung umbi garut, tepung tapioka, telur ayam, ekstrak daun labu kuning, jinten hitam, garam, kaldu, dan minyak kelapa. Snack mi yang dihasilkan memiliki Kalsium (Ca) 1,3 mg, Fosfor (P) 16,4 mg, Zat Besi (Fe) 0,8 &amp;micro;g, Garam (Na) 12,5 mcg. Sedangkan kandungan vitamin yang terkandung adalah Vitamin A sebesar 85,7 mcg, Vitamin C sebesar 1,5 mg, Vitamin B1 sebesar 0,1 mg, Vitamin B12 sebesar 0,1 &amp;micro;g, Vitamin B2 sebesar 0,02mg, Vitamin B6 sebesar 0,03 mg, Vitamin E sebanyak 0,33 mg dan Asam Folat sebesar 30,97 mcg.</t>
+  </si>
+  <si>
+    <t>Teknologi Pirolisis Sampah Plastik Dengan Menggunakan Bahan Bakar Briket Arang</t>
+  </si>
+  <si>
+    <t>26-Oct-2023</t>
+  </si>
+  <si>
+    <t>S00202311030</t>
+  </si>
+  <si>
+    <t>Dr. Yudith Vega Paramitadevi, S.T., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengn suatu alat pirolisis sampah plastik menggunakan bahan bakar briket arang yang terdiri dari tungku pembakar (1) dengan bahan bakar briket arang sebagai penghasil panas yang dialirkan ke reaktor, reaktor (2) penampung sampah plastik dengan berbagai jenis plastik dan tutup reaktor (3) yang dilengkapi sealant karet serta batu zeolit sebagai katalis agar proses pemanasan cepat naik, kondensor (4)horizontal dengan pipa spiral yang berfungsi sebagai alat untuk mengkondensasi uap gas hasil pirolisis, wadah penampung pirolisat (5), kran (7) saluran untuk mengalirkan hasil pirolisis (pirolisat) berupa minyak. Alat pirolisis ini dapat membakar semua jenis sampah plastik tanpa dipisahkan kategorinya. Tujuan dari invensi ini adalah untuk menyediakan alat pirolisis sampah plastik dengan bahan bakar briket arang yang mampu membakar semua jenis sampah plastik dan menerapkan penggunaan alat pirolisis sampah plastik di lingkungan masyarakat dengan mudah, aman dan biaya terjangkau.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Kudang Boro Seminar, M.Sc.</t>
+  </si>
+  <si>
+    <t>Formula Minuman Hidrasi Berbasis Air Kelapa, Daun Kelor, Dan Bubuk Putih Telur</t>
+  </si>
+  <si>
+    <t>11-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406425</t>
+  </si>
+  <si>
+    <t>Invensi ini menjelaskan tentang produk minuman hidrasi untuk meningkatkan performa atlet sepak bola usia dini. Minuman ini terbuat dari bahan alami yaitu air kelapa, daun kelor, dan putih telur sebagai sumber protein. Minuman ini mengandung elektrolit, zat gizi makro, dan protein yang penting untuk prestasi dan performa atlet. Produk minuman hidrasi sangat diperlukan, khususnya bagi kalangan calon atlet yang masih dalam masa pertumbuhan karena kurangnya cairan dan gizi yang mencukupi akan mempengaruhi performa mereka saat latihan maupun pertandingan. Metode pembuatan minuman hidrasi ini terdiri dari dua tahap. Tahap pertama adalah membuat minuman dengan mencampurkan air kelapa, bubuk daun kelor, gula pasir, fruktosa, asam sitrat, dan asam malat. Tahap kedua adalah membuat boba dengan mencampurkan bubuk putih telur, air mineral, sodium alginat, gula pasir, dan fruktosa. Boba kemudian dicetak dan direndam dalam kolam kalsium sebelum dicampurkan dengan minuman. Minuman ini memiliki rasa manis dan asam yang seimbang dan tidak memiliki rasa pahit atau aroma tidak sedap. Minuman ini dikemas dalam botol dengan total volume 500 mL. Invensi ini diharapkan dapat membantu meningkatkan kualitas atlet sepak bola usia dini di Indonesia.</t>
+  </si>
+  <si>
+    <t>Filter Udara Multifungsi untuk Kabin Kendaraan</t>
+  </si>
+  <si>
+    <t>P00202010761</t>
+  </si>
+  <si>
+    <t>Dr. Mohammad Khotib, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan filter udara multifungsi untuk kabin kendaraan yang berfungsiuntuk menyaring debu/partikel, membunuh bakteri dan menyerap bau. Filter udaramultifungsi sesuai invensi ini terdiri atas lapisan serat polimer dan lapisan komposit arangaktif, katalis, dan perekat. Serat polimer berupa polyester, atau polimer thermoset atauserat alami. Arang aktif diperoleh dari cangkang sawit, batok kelapa atau kayu. Katalisberupa material dalam bentuk layered double hydroxide (LDH) dari slag nickel. Filterudara multifungsi sesuai invensi ini memiliki kekuatan menempel lapisan komposit didalam air, kecepatan alir udara pada AC kendaraan 6-8 m/s, dan memiliki kemampuanmembunuh bakteri (JIS Z 2801/ISO 20743 terhadap bakteri E. coli) sebesar 99.999%.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Aris Tjahjoleksono, D.E.A.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Ligaya I.T.A. Tumbelaka, M.Sc., Sp.MP.</t>
+  </si>
+  <si>
+    <t>Fany Apriliani, S.E., M.T.</t>
+  </si>
+  <si>
+    <t>Formula Pupuk Hayati Hidrogel Lepas Lambat Berbahan Dasar Scoby Dan Kasgot</t>
+  </si>
+  <si>
+    <t>03-Oct-2024</t>
+  </si>
+  <si>
+    <t>S00202410617</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula pupuk hayati berbasis hidrogel yang menggabungkan Symbiotic Culture of Bacteria and Yeasts (SCOBY) dan Kasgot sebagai bahan utama. SCOBY berperan ganda sebagai biomassa selulosa yang membantu meningkatkan struktur fisik tanah melalui perbaikan agregasi tanah dan retensi air, serta sebagai agen mikroba yang meningkatkan aktivitas biologis tanah. Mikroba yang terkandung dalam SCOBY, seperti Acetobacter, Saccharomyces, dan bakteri asam laktat berperan penting dalam mempercepat pelepasan nutrisi terutama fosfat sehingga lebih mudah diserap oleh tanaman. Sementara itu, Kasgot merupakan hasil biokonversi larva Black Soldier Fly (BSF) yang kaya akan unsur hara makro seperti nitrogen (N), fosfor (P), dan kalium (K) yang mendukung kesuburan tanah. Formula ini menghasilkan pupuk hayati hidrogel lepas lambat yang mampu memperpanjang ketersediaan air dan nutrisi di dalam tanah sehingga membantu efisiensi penyiraman dan meningkatkan produktivitas tanaman hortikultura dalam pertanian perkotaan. Formula pupuk ini terdiri dari SCOBY, Kasgot, terasi, gula aren, dan sodium alginate yang dirancang khusus untuk urban farming dengan keunggulan, di antaranya kemudahan penggunaan, pengurangan biaya perawatan, serta peningkatan hasil panen.</t>
+  </si>
+  <si>
+    <t>drh. Henny Endah Anggraeni, M.Sc.</t>
+  </si>
+  <si>
+    <t>Alat Kelola Sampah Makanan Berbasis Biokonversi Maggot</t>
+  </si>
+  <si>
+    <t>13-Sep-2022</t>
+  </si>
+  <si>
+    <t>S00202209796</t>
+  </si>
+  <si>
+    <t>Dr. Meti Ekayani, S.Hut., M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ekonomi Sumberdaya dan Lingkungan</t>
+  </si>
+  <si>
+    <t>Pengelolaan sampah sering kali tidak dapat dilakukan karena alat atau media yang digunakan terlalu besar dan tidak praktis. Invensi menghasilkan media kelola sampah makanan yang memiliki peralatan lengkap dan praktis serta mudah untuk skala rumah tangga, restoran hingga industri makanan lainnya melalui biokonversi maggot (Foedies Kit). Invensi ini berukuran lebar 47 cm, panjang 64 cm, tinggi 88 cm dengan kelengkapan meliputi tiang penopang (1), jaring-jaring (2), besi penyangga kayu (5), kayu tempat bertelur maggot (4), wadah tempat maggot dan sampah makanan (6), toples migrasi maggot (8), selang migrasi maggot (7) dan kancing perekat (3) yang dapat memudahkan dalam bongkar pasang media yang diintegrasikan sedemikian rupa sebagai habitat maggot untuk melaksanakan satu siklus kehidupan. Melalui biokonversi maggot yang mencakup dalam keseluruhan siklus umur maggot dari mulai telur, menetas, baby maggot, larva pre pupa, pupa, dewasa, lalat dan menjadi telur kembali dapat menampung hingga lebih dari 10 kg sampah dalam kurun waktu 18-36 hari. Bentuk dari invensi ini akan digunakan dalam menyederhanakan alat budidaya maggot konvensional yang besar dan mahal, sehingga pengelolaan sampah makanan dapat dilakukan dalam skala terkecil seperti rumah tangga.</t>
+  </si>
+  <si>
+    <t>Formula Film Balutan Primer Berkolagen Dari Gelembung Renang Ikan Cunang Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>PID201906111</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ono Suparno, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t>Luka adalah rusaknya jaringan pada kulit yang harus segera dirawat agar tidak menimbulkan kontaminasi. Metode penyembuhan luka dan kandungan zat yang terdapat dalam penyembuh luka juga menentukan cepatnya proses penyembuhan luka. Film balutan primer berkolagen dari gelembung renang ikan cunang adalah metode penyembuh luka dengan prinsip menjaga kelembapan daerah luka yang efektif dalam menyembuhkan luka. Film balutan primer berkolagen dari gelembung renang ikan cunang dibuat dengan formulasi bahan yang terdiri dari kolagen gelembung renang ikan cunang, PVA, propilenglikol, gliserin, nipagin, nipasol, dan air suling. Berdasarkan berat kering, formulasi tersebut dicirikan dengan 1-3% kolagen gelembung renang ikan cunang, 4% PVA, 5% propilenglikol, 10% gliserin, 0.2% nipagin, 0.1% nipasol, dan air suling maksimal 200 gram. Selain itu, kolagen yang terdapat pada film balutan primer rentan terhadap kondisi panas, sehingga proses pencetakan sulit untuk dilakukan pada suhu diatas 38oC, metode pengeringan bahan pembuat film balutan primer berkolagen dari gelembung renang ikan cunang dengan menggunakan metode freezing atau suhu dingin antara -5 sampai 0oC dapat menjadi solusi.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Komposit Zeolit Termodifikasi Besi dari Tanah Berbahan Vulkanik sebagai Penjerap dan Pendekomposisi Biru Metilena</t>
+  </si>
+  <si>
+    <t>01-May-2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202103280 </t>
+  </si>
+  <si>
+    <t>Adsorpsi merupakan metode sederhana yang paling umum digunakan untuk mengolah limbah senyawa pewarna organik, namun metode ini memiliki permasalahan dalam hal sulitnya mendekomposisi senyawa organik yang telah terjerap. Untuk mengatasi masalah tersebut, maka dibuat komposit zeolit termodifikasi besi dari tanah berbahan vulkanik yang bukan hanya bertindak sebagai penjerap, tetapi juga sebagai pendekomposisi senyawa organik melalui proses Fenton-like. Invensi ini menghasilkan suatu metode pembuatan komposit zeolit termodifikasi besi dari tanah berbahan vulkanik tanpa penambahan senyawa template atau proses kalsinasi. Komposit zeolit dibuat dengan mencampurkan tanah dan larutan sodium hidroksida melalui metode hidrotermal sederhana pada suhu 100 oC selama 24 jam. Hasil karakterisasi menggunakan FTIR dan XRD menunjukkan bahwa komposit zeolit termodifikasi besi berhasil terbentuk. Komposit ini memiliki kapasitas adsorpsi maksimum sebesar 14,30 mg/g dalam menjerap senyawa biru metilena. Menariknya, komposit ini bukan hanya berfungsi sebagai penjerap tetapi juga dapat mendekomposisi biru metilena (200 mg/L) yang telah terjerap melalui proses Fenton-like dengan persentase sebesar 98,85% selama 24 jam (suhu ruang, pH = 5).</t>
+  </si>
+  <si>
+    <t>Dr. drh. Dwi Utari Rahmiati, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Burhanuddin, M.M.</t>
+  </si>
+  <si>
+    <t>Ekstrak Air Campuran Daun Sirih, Daun Jambu Biji dan Sambiloto untuk Penanggulangan Penyakit MAS (Motile Aeromonad Septicaemia) pada Ikan</t>
+  </si>
+  <si>
+    <t>01-Dec-2004</t>
+  </si>
+  <si>
+    <t>P00200400603</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Lestari Angka, M.Sc.</t>
+  </si>
+  <si>
+    <t>Ika Resmeiliana, S.Hut., M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Jamu Berbahan Dasar Jahe, Meniran, Kencur, Dan Sambiloto Sebagai Antibiotik Pemacu Pertumbuhan Pada Ayam Broiler</t>
+  </si>
+  <si>
+    <t>18-Oct-2021</t>
+  </si>
+  <si>
+    <t>S00202108793</t>
+  </si>
+  <si>
+    <t>Tingkat konsumsi daging ayam per kapita tahun 2020 sebesar 12,79 kg meningkat dibandingkan tahun 2019 sebesar 5,683 kg. Tingginya kebutuhan daging ayam ini mendorong peternak menggunakan Antibiotic growth promotor (AGP) sebagai imbuhan pakan untuk meningkatkan produktivitas ayam. Penggunaan AGP telah dilarang oleh pemerintah karena menimbulkan bahaya residu. Invensi ini berkenaan dengan jamu sebagai antibiotik pemacu pertumbuhan pada ayam broiler. Komposisi Jamu sesuai invensi ini terdiri dari 10% sambiloto, 10% meniran, 20% gula merah, 30% jahe, dan 30% kencur. Bahan-bahan tersebut diproses dengan cara dihaluskan dan diambil sarinya melalui proses penyaringan hingga proses kristalisasi. Testimoni yang didapatkan dari para pengguna, pengaplikasian Jamu JEKO pada pakan ayam broiler membuat ayam terlihat lebih sehat dan nafsu makan semakin meningkat.</t>
+  </si>
+  <si>
+    <t>Alat Panen Kelapa Sawit Tipe Egrek Dengan Sistem Pegas Tarik Dan Sentak</t>
+  </si>
+  <si>
+    <t>13-Oct-2021</t>
+  </si>
+  <si>
+    <t>P00202108632</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan alat panen kelapa sawit tipe egrek dengan sistem pegas tarik dan sentak. Alat ini digunakan untuk memotong pelepah dan tandan buah segar kelapa sawit dengan cara ditarik dan sentak. Alat panen kelapa sawit tipe egrek sesuai invensi ini terdiri dari pisau egrek (1), sambungan ke pisau egrek (2), pipa (4 dan 15), ring penyentak (7), ring tersentak (12), pipa penyangga (8), rumah pelor (10), pelor (11), kupingan pengait pegas (3 dan 14), pegas tekan(9), pegas tarik (13), dan sambungan ke galah operator (16). Alat ini memanfaatkan mekanisme sentakan dan penyimpanan energi potensial melalui sistem tarikan pegas, ruang kerja sentak serta sistem penguncian pada rancangan (spring lock and snap system) sehingga mudah bagi operator panen dalam menggunakannya. Adapun pegas tarik yang digunakan terdiri dari pembebanan 10 kg hingga 30 kg. Uji kinerja yang dilakukan di kebun kelapa sawit Jonggol menunjukkan bahwa penggunaan alat panen kelapa sawit tipe egrek sesuai invensi ini 25,20 detik/pohon lebih cepat dibanding dengan egrek konvensional yang umum digunakan.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen</t>
+  </si>
+  <si>
+    <t>Rekombinan Viral Inhibitor Protein (VIP) Sebagai Pencegah Infeksi White Spot Syndrome Virus Pada Udang Vaname Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>23-Jun-2022</t>
+  </si>
+  <si>
+    <t>P00202206760</t>
+  </si>
+  <si>
+    <t>Rekombinan viral inhibitor protein dihasilkan oleh sel kompeten Eschericia coli BL21(DE3) yang telah disisipkan vektor berisi gen viral inhibitor protein udang. Konsentrasi rekombinan viral inhibitor protein yang dihasilkan adalah 2.5049&amp;plusmn;0.1018 mg mL-1. Uji potensi pencegahan infeksi whitespot syndrome virus yang dilakukan secara in vivo terhadap udang vaname Litopenaeus vannamei menunjukkan pemberian rekombinan viral inhibitor protein memiliki potensi untuk meningkatkan resistansi udang terhadap infeksi whitespot syndrome virus. Hasil dosis pemberian rekombinan viral inhibitor protein menunjukkan bahwa pemberian dengan dosis 10 &amp;mu;g g-1 mampu mempertahankan kelangsungan hidup udang vaname hingga 82,22% pada hari ke-14 pascainfeksi. Berdasarkan uji respons imun pada hemolim udang, diketahui adanya peningkatan nilai total hemocyte count dan aktivitas prophenoloxidase secara signifikan pada pemberian rekombinan viral inhibitor protein pemberian dengan dosis 10 &amp;mu;g g-1 udang.</t>
+  </si>
+  <si>
+    <t>Metode Penapisan Hewan Model Primata Untuk Vaksin Human Papilloma Virus</t>
+  </si>
+  <si>
+    <t>S00202102876</t>
+  </si>
+  <si>
+    <t>Dra Isti Kartikasari, MSi</t>
+  </si>
+  <si>
+    <t>Pemanfaatan primata dalam hal ini monyet ekor panjang atau Macaca fascicularis sebagai hewan model untuk uji vaksin Human Papilloma Virus harus melalui penapisan untuk mendapatkan hewan yang tepat. Jenis vaksin yang akan di uji menentukan jenis penapisan yang dilakukan. Metode penapisan model hewan primata untuk uji vaksin HPV secara garis besar terbagi menjadi 2 tahap, yaitu untuk vaksin pencegahan (profilaksis) dan vaksin pengobatan (terapeutik). Metode penapisan terdiri atas: mengambil sampel darah hewan model primata; menguji darah terhadap antibodi (SRV, SIV, dan STLV dan papillomavirus); mengambil sampel ulas serviks; melakukan amplikasi dengan mesin PCR Biorad dan reaksi semikuantitatif Realtime PCR; melakukan analisis urutan nukleotida primer; serta membuat dan menguji sel epitel serviks. Vaksin pencegahan atau profilaksis memerlukan hewan yang bebas dari virus-virus penekan kekebalan tubuh (immunosuppressive virus) SRV, SIV dan STLV agar tidak mengganggu hasil uji serta HPV nya sendiri agar antibodi yang terbentuk benar-benar berasal dari vaksin yang diujikan. Vaksin pengobatan atau terapeutik vaksin membutuhkan hewan yang terinfeksi oleh MfPV terutama MfPV 3 yang sangat mirip dengan HPV onkogenik pada manusia serta perubahan sel epitel serviks yang mirip dengan yang terjadi pada manusia.</t>
+  </si>
+  <si>
+    <t>Alat Ekstraktor Minyak Sawit Mentah Model Ulir Tekan Berukuran Kecil</t>
+  </si>
+  <si>
+    <t>23-May-2025</t>
+  </si>
+  <si>
+    <t>S00202504721</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  berkaitan  dengan  alat  ektraktor  minyak  sawit  mentah  model  ulir  tekan berukuran kecil yang merupakan inovasi teknologi dalam pengolahan buah kelapa sawit menjadi minyak yang diperuntukkan pada skala produksi kecil. Invensi ini akan sangat membantu  bagi  petani  sawit  rakyat  untuk  mewujudkan  petani  sawit  mandiri.  Alat  ini menggunakan prinsip tekanan mekanis yang dihasilkan dari sekrup yang diputar untuk memisahkan minyak sawit atau CPO dari daging buah secara efisien. Desain kecil yang kompak memungkinkan penggunaan di tingkat skala kecil seperti tingkat rumah tangga, kelompok  tani  dan/atau  badan  usaha  milik  desa  (BUMDES).  Alat  ini  akan  dapat memfasilitasi para petani atau produsen kecil untuk memproses tanda buah sawit atau bulir buah  sawit menjadi  CPO berkualitas tinggi.  Invensi  ini  memungkinkan  fleksibilitas dalam  pengaturan  tekanan,  dan  penyesuaian  dengan  kebutuhan  produksi.  Dengan pendekatan yang sederhana namun efektif, alat ektraktor minyak sawit mentah model ulir tekan berukuran kecil ini menjadi solusi yang hamat biaya dan ramah lingkungan untuk pengolahan minyak kelapa sawit pada skala yang lebih kecil.</t>
+  </si>
+  <si>
+    <t>Metode Untuk Mengidentifikasi Daerah Penangkapan Ikan</t>
+  </si>
+  <si>
+    <t>20-Nov-2021</t>
+  </si>
+  <si>
+    <t>S00202110441</t>
+  </si>
+  <si>
+    <t>Prihatin Ika Wahyuningrum, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini menghasilkan suatu metode untuk mengidentifikasi daerah penangkapan ikan. Invensi ini memanfaatkan big data processing berupa citra satelit real time data, logbook hasil tangkapan dan data VMS (vessel monitoring system) untuk memprediksi keberadaan daerah potensial penangkapan ikan. Citra yang digunakan yaitu citra data suhu permukaan laut dan konsentrasi klorofil-a dari Citra Aqua Modis dan tinggi paras laut dari citra satelit radar. Data tersebut kemudian diolah menggunakan software pengolah data spasial. Setelah itu data citra dioverlay dengan data VMS dan logbook dan dibuat sistem cerdas untuk pendugaan daerah potensial penangkapan ikan. Teknologi sistem cerdas tersebut divisualisasikan dalam perangkat lunak android agar mudah diakses oleh nelayan.</t>
+  </si>
+  <si>
+    <t>Dr. Dimas Andrianto, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Hasan Nasrullah</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Julie Ekasari, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Ridwan Siskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Tun Tedja Irawadi, M.S.</t>
+  </si>
+  <si>
+    <t>Metode Pemilahan Sampah Menggunakan Algoritma Berbasis Tingkat Keterampilan Pemain</t>
+  </si>
+  <si>
+    <t>04-Oct-2024</t>
+  </si>
+  <si>
+    <t>S00202410666</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rina Martini, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini memperkenalkan metode pemilahan sampah inovatif dengan menerapkan algoritma berbasis tingkat keterampilan pemain untuk meningkatkan kesadaran masyarakat tentang pentingnya pengelolaan limbah melalui permainan interaktif. Metode ini dimulai dengan inisialisasi yang menyiapkan lingkungan permainan, diikuti oleh fungsi awal yang menyambut pemain dan menjelaskan tujuan permainan. Penilaian keterampilan awal dilakukan untuk mengukur kemampuan dasar pemain dalam pemilahan sampah. Berdasarkan hasil penilaian, tantangan pemilahan yang sesuai, mencakup sampah organik, anorganik, dan B3, akan diberikan. Sistem ini mengadopsi penyesuaian kesulitan adaptif, di mana tingkat kesulitan tantangan disesuaikan berdasarkan performa pemain. Umpan balik konstruktif disampaikan setelah setiap tantangan, memungkinkan pemain untuk belajar dan meningkatkan keterampilan mereka. Proses permainan berlangsung dalam loop untuk menjaga keterlibatan pemain, hingga permainan diakhiri dengan tampilan total skor dan pesan motivasi. Dengan pendekatan ini, invensi ini tidak hanya mendidik pengguna tetapi juga menciptakan pengalaman belajar yang disesuaikan, mendorong perkembangan keterampilan dalam pengelolaan limbah.</t>
+  </si>
+  <si>
+    <t>Komposisi Biodegradable Pot</t>
+  </si>
+  <si>
+    <t>06-Dec-2023</t>
+  </si>
+  <si>
+    <t>S00202313551</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Wilarso Budi R., M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Silvikultur</t>
+  </si>
+  <si>
+    <t>Invensi ini menyediakan formulasi komposisi pot organik yang mudah terurai, ramah lingkungan yang berbahan dasar kertas koran bekas, kompos dan cocopeat serta ditambah dengan fosfat alam (rock phosphate) yang bersinergi dengan fungi mikoriza arbuskula. Pot organik ini dapat bertahan sampai 6 bulan di persemaian saat produksi bibit berlangsung. Pot organik ini dapat digunakan sebagai wadah media tanam dan dapat menggantikan fungsi polybag yang kurang ramah lingkungan. Pot organik ini dapat meningkatkan pertumbuhan dan serapan hara tanaman dan saat dipindahkan ke lapangan dapat meningkatkan usnur hara di dalam tanah sehingga sangat cocok untuk menambah kesuburan pada tanah-tanah marginal.</t>
+  </si>
+  <si>
+    <t>Komposisi dan Proses Pembuatan Pakan Predigestion untuk Benih Ikan Menggunakan Ekstrak Pankreas Ayam</t>
+  </si>
+  <si>
+    <t>22-Feb-2023</t>
+  </si>
+  <si>
+    <t>P00202301592</t>
+  </si>
+  <si>
+    <t>Dudi Muhammad Wildan, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Sumberdaya Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa komposisi dan proses pembuatan pakan predigestion untuk benih ikan menggunakan ekstrak pankreas ayam. Penggunaan pancreas ayam dapat menyederhanakan pakan ikan sehingga cocok bagi benih ikan. Komposisi pakan predigestion untuk benih ikan menggunakan ekstrak pankreas ayam terdiri dari tepung ikan, tepung rebon, tepung kedelai, tepung tapioka, tepung terigu, minyak ikan, minyak sayur, premix, CMC, dan ekstrak pankreas ayam. Proses pembuatan pakan predigestion untuk benih ikan menggunakan ekstrak pankreas ayam terdiri dari beberapa tahapan anatara lain proses pengayakan, pengadukan, pengadonan, inkubasi, pengukusan, pencetakan, pengovenan, dan pembuatan ekstrak pankreas. Hasil uji coba invensi ini terhadap benih ikan nila memberikan hasil antara lain laju pertumbuhan rata-rata harian mencapai 4.95%, yang menggambarkan lebih cepat hampir 2 kali lipat dari pakan biasa. Koefisien keragaman ikan rata-rata sebesar 16.07%, yang menggambarkan ukuran ikan hamper seragam. Efisiensi pakan rata-rata sebesar 80,4%, yang menggambarkan bahwa pakan yang diberikan termanfaatkan sebesar 80,4%. Nilai Limbah rata-rata hasil pemeliharaan sebesar 0,48%, yang menggambarkan pemberian pakan predigestion mampu menurunkan limbah hamper 2 kali lipat dari pakan biasa. Berdasarkan hasil berikut penggunaan pakan predigestion menggunakan ekstrak pankreas ayam sesuai untuk benih ikan.</t>
+  </si>
+  <si>
+    <t>Inovasi Kandang Baterai Sebagai Solusi Peningkatan Produksi pada Peternakan Ayam Ras Petelur</t>
+  </si>
+  <si>
+    <t>21-Dec-2017</t>
+  </si>
+  <si>
+    <t>P00201709374</t>
+  </si>
+  <si>
+    <t>Lindawati Kartika, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Kandang baterai pada umumnya masih memiliki kelemahan sehingga menyebabkan proses makan kurang efisien, dan juga meningkatkan potensi kematian akibat penyakit kanibal pada ayam. Fungsi kandang baterai adalah untuk kenyamanan ternak dan melindungi berbagai faktor yang menyebabkan hewan mendapatkan stres, seperti terkena langsung matahari, hujan, angin kencang, debu, dan udara dingin. MODEL SP adalah bentuk modifikasi dari kandang baterai. Desain khusus SP MODEL ini menambahkan pembagi sekat pada masing-masing kandang ayam. Tujuan dari inovasi ini untuk meminimalkan inefisiensi proses pemberian makan dan juga kematian ayam akibat kanibalisme. Bahan yang digunakan pada model ini mudah didapat seperti bambu, pipa air, kayu, dan multipleks untuk sekat. Dalam penelitian ini dilakukan perbandingan kualitas telur dan jumlah kematian akibat kanibalisme antara sangkar baterai biasa dan SP MODEL Baterry Cage. Ayam pada dua kandang model ini diperlakukan sama, dengan penyediaan air yang sama dan 120 gr makanan setiap hari. Kualitas telur dibandingkan dengan berat telur, dimensi telur, kunyit, dan telur greading. Sampel kualitas telur diambil setiap hari seiring penelitian berlangsung.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Sipil dan Lingkungan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teknologi Lubang Resapan Biopori untuk Peresapan Air dan Pemanfaatan Sampah Organik, serta Perbaikan Lingkungan   </t>
+  </si>
+  <si>
+    <t>P00201000717</t>
+  </si>
+  <si>
+    <t>Ir. Wahyu Purwakusuma, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Tanah dan Sumberdaya Lahan</t>
+  </si>
+  <si>
+    <t>Tenik Lubang Resapan Biopori (LRB) merupakan rekayasa teknologi tepat guna untuk meningkatkan laju peresapan air ke dalam tanah dan empermudah pemanfaatan sampah organik untuk proses pengomposan yang lebih akrab lingkungan melalui peningkatan keanekaragaman hayati di dalam tanah (biodiversitas tanah). Lubang resapan biopori (LRB) adalah lubang vertikal ke dalam tanah berdiameter 10 - 30 cm dan kedalaman ^ 100 atau tidak melebihi kedalaman air tanah. Lubang diisi sampah organik yang dapat menjadi makanan dan sekaligus pengatur kondisi lingkungan yang cocok bagi aktivitas dan perkembang-biakan biodiversitas tanah. Biodiversitas tanah secara alami bekerja memciptakan biopori dan melapukkan sampah organik menjadi kompos. Untuk mempermudah pembuatan LRB dan pemanenan kompos didesain alat yang diperkenalkan sebagai Bor Biopori dengan dimensi khusus sesuai dengan dimensi LRB yang efektif untuk meresapkan air dan mempermudah pemanfaatan sampah organik. Alat bor biopori merupakan kesatuan yang tidak terpisahkan dengan teknik Lubang Resapan Biopori</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. R. Nunung Nuryartono, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Anja Meryandini, M.S.</t>
+  </si>
+  <si>
+    <t>Metode Ekstraksi Senyawa Bioaktif Pada Bakteri Asam Laktat Lokal Sebagai Antikanker</t>
+  </si>
+  <si>
+    <t>03-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202009303</t>
+  </si>
+  <si>
+    <t>Dr. Cahyo Budiman, S.Pt., M.Eng.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Kanker merupakan salah satu penyakit paling mematikan di dunia. Beberapa jenis kanker yang paling sering dijumpai adalah kanker servix dan kolorektal. Pengobatan yang umum dilakukan adalah operasi, radioterapi, dan kemoterapi. Walaupun banyak terapi klinik yang tersedia saat ini, tingkat keberhasilan terapi tersebut bervariasi tergantung banyak faktor. Terlebih lagi, efek samping dari bebagai terapi (termasuk obat) juga menjadi masalah tersendiri dalam penanganan pasien kanker secara umum. Hal ini mendorong perlunya eksplorasi bahan-bahan alami yang memiliki potensi sifat anti kanker lebih jauh
+sebagai alternatif obat kanker yang aman. Salah satu upaya pengobatan kanker yang dapat dilakukan adalah dengan menggunakan bakteri asam laktat (BAL). Dua strain BAL indigenus asal Indonesia, Lactobacillus plantarum IIA-1A5 dan Lactobacillus acidophilus IIA-2B4, telah berhasil diisolasi dari daging sapi Peranakan Ongole (PO) dan telah memenuhi syarat untuk dikategorikan sebagai strain probiotik berdasarkan pengujian in vivo dan in vitro. Bakteri probiotik BAL lokal ini berpotensi sebagai antikanker karena hasil ekstraksi L. plantarum IIA-1A5 dan L. acidophilus IIA-2B4 menunjukkan kemampuan
+penghambatan proliferasi sel kanker.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Pupuk Organik Cair dari Limbah Rumput Laut</t>
+  </si>
+  <si>
+    <t>17-Dec-2019</t>
+  </si>
+  <si>
+    <t>P00201912012</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Elis Nina Herliyana, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pembuatan pupuk organik cair dari limbah rumput laut cair &amp;ldquo;SIWIDGROW&amp;rdquo; untuk tanaman pertanian, perkebunan dan kehutanan, komposisi beserta penggunaanya. Metode pembuatan pupuk organik cair dari limbah rumput laut &amp;ldquo;SIWIDGROW&amp;rdquo; terdiri dari: a. di dalam sebuah wadah tertutup dilakukan pencampuran bahan-bahan baku yaitu limbah rumput laut cair, urine sapi, air, kotoran hewan dari kambing atau sapi, molase, air beras, aktivator mikroba (Ke?r), Trichoderma sp. dan air degan; b. dilakukan fermentasi selama 30 hari; c. dilakukan pengadukan setiap hari selama fermentasi selama minimal 30 menit; d. dilakukan pengendapan dan penyaringan bahan pupuk; e. dilakukan pemberian asap cair grade 2 dan distabilisasi. Pupuk cair Rumput Laut ini mempunyai komposisi yang mengandung: limbah rumput laut cair, urine sapi, air, kotoran hewan dari kambing atau sapi, molase, air beras, aktivator mikroba (Ke?r), Trichoderma sp. dan air degan dan asap cair grade 2 dengan perbandingan berturut-turut 20-40%: 20-30%: 20-50%: 5-10%: 2-4%: 4-6%: 1-2%: 1-2%: 5-10%: 1-6%.</t>
+  </si>
+  <si>
+    <t>Lampu Pemikat Ikan Dengan Energi Baterai Air Laut</t>
+  </si>
+  <si>
+    <t>24-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406967</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Mulyono, M.Sc.</t>
+  </si>
+  <si>
+    <t>Baterai air laut dengan menggunakan material elektroda yang murah, tersedia, dan mudah ditemukan sebagai sumber energi lampu untuk kegiatan penangkapan ikan merupakan suatu inovasi dalam pemanfaatan sumber energi terbarukan pada bidang perikanan. Biaya BBM sebagai komponen utama biaya operasional penangkapan ikan dapat dikurangi dengan penggunaan invensi ini. Invensi baterai air laut menggunakan material yang murah, tersedia dan mudah ditemukan menjadi jawaban atas mahalnya elektroda baterai air laut yang selama ini dikembangkan, sehingga dapat dengan mudah diterapkan di lingkungan nelayan. Bahan katoda yang digunakan adalah tembaga dengan anoda seng galvanis. Penggunaan konstruksi elektroda berbentuk spiral memiliki arus keluaran yang lebih stabil dan dapat memenuhi kebutuhan energi untuk menyalakan lampu pemikat ikan pada perikanan bagan tancap. Pengujian penggunakan Lampu Penangkap ikan dengan baterai air laut telah berhasil diujicobakan di lapangan dengan hasil relative lebih cepat dalam mengumpulkan ikan namun memiliki keragaman ikan yang lebih sedikit bila dibandingkan dengan lampu yang digunakan nelayan yang menggunakan bahan bakar minyak (BBM).</t>
+  </si>
+  <si>
+    <t>Formulasi Mikrokapsul Sumsum Tulang Sapi Sebagai Makanan Tambahan Ibu Hamil Dan Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>P00202102883</t>
+  </si>
+  <si>
+    <t>Asupan zat gizi yang tidak memadai selama kehamilan akan mengganggu pertumbuhan dan perkembangan janin, termasuk pembentukan organ- organ tubuhnya. Akibatnya, anak akan memiliki resiko lebih besar mengalami stunting atau pendek. Anak dengan stunting tersebut beresiko lebih tinggi menderita penyakit degeneratif seperti diabetes mellitus, penyakit jantung koroner, hipertensi, dan stroke di masa dewasa. Invensi ini menghasilkan produk berupa mikrokapsul yang dibuat dari sumsum tulang sapi dengan komposisi sumsum tulang sapi, susu bubuk, maltodekstrin, gum arab, dan air dengan perbandingan 2:1:1:4 (b/b/b/v). Tahapan proses pembuatan mikrokapsul ini adalah memisahkan dan memotong tulang sapi, mengeluarkan sumsum tulang sapi dan mengukusnya, membuat larutan penyalut, mencampurkan sumsum tulang sapi dengan penyalut dan mengeringkannya dengan spray dryer. Mikrokapsul sumsum tulang sapi hadir sebagai inovasi ingredient produk makanan tambahan bagi ibu hamil. Mikrokapsul sumsum tulang sapi mengandung berbagai zat gizi seperti asam amino, kalsium, zink serta asam- asam lemak esensial (omega-3, omega-6, DHA dan EPA). Kandungan makro dan mikronutrien sumsum tulang sapi dapat membantu mengoptimalkan pertumbuhan berat dan tinggi badan janin melalui induksi produksi growth hormone. Mikrokapsul sumsum tulang sapi yang dihasilkan invensi memiliki karakteristik berukuran 1.171- 6.711 &amp;micro;m dengan warna putih sedikit krem.</t>
+  </si>
+  <si>
+    <t>Dr. Ridwan Siskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Pra-Penyusutan Kayu untuk Mempercepat Pengeringan dan Mencegah Cacat dalam proses Pengeringan dengan Kilang Pengering Sederhana</t>
+  </si>
+  <si>
+    <t>P00200500740</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Zahrial Coto, M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Mujizat Kawaroe, M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi dan Metode Pembuatan Permen Cokelat Berbasis Minyak Kelapa Virgin</t>
+  </si>
+  <si>
+    <t>28-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202212076</t>
+  </si>
+  <si>
+    <t>Dr. Nur Wulandari, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Produk pangan fungsional yang bermanfaat bagi kesehatan mulai menjadi fokus utama dalam kegiatan konsumsi pangan. Produk permen cokelat diharapkan selain memiliki sifat sensori yang digemari masyarakat, namun juga diproduksi dari bahan yang mengandung manfaat bagi kesehatan tubuh, yaitu melalui penggunakan bahan baku berupa minyak kelapa virgin dengan kandungan asam lemak rantai menengah yang tinggi. Keterbatasan minyak kelapa virgin yang berbentuk cair pada suhu kamar dapat diatasi dengan invensi yang mampu mengubahnya menjadi oleogel kelapa virgin yang berbentuk padat pada suhu kamar. Komposisi permen cokelat oleogel minyak kelapa virgin sesuai invensi ini yang berbeda adalah pada penggunaan bahan baku lemak yang terdiri atas oleogel minyak kelapa virgin dan lemak cocoa butter substitutes (CBS). Permen cokelat berbasis oleogel minyak kelapa virgin diproduksi dengan beberapa tahapan, seperti pembuatan oleogel, pencampuran bahan-bahan, pemanasan, pengadukan campuran, pencetakan, dan pendinginan cokelat. Permen cokelat yang terbuat dari oleogel minyak kelapa virgin dapat menjadi alternatif pangan fungsional yang bermanfaat bagi kesehatan dan menunjang sistem imun tubuh.</t>
+  </si>
+  <si>
+    <t>Pakaian yang Dilengkapi Ritsleting untuk Bayi dan Balita</t>
+  </si>
+  <si>
+    <t>18-Sep-2021</t>
+  </si>
+  <si>
+    <t>S00202107742</t>
+  </si>
+  <si>
+    <t>Dr. Feryanto, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Agribisnis</t>
+  </si>
+  <si>
+    <t>Orang tua memiliki cara sendiri dalam memakaikan baju dan celana kepada anaknya, terkadang memerlukan trik khusus dan kehati-hatian mengingat sang buah hati aktif bergerak sehingga kerap menimbulkan kesulitan. Seiring balita bertumbuh besar, balita perlu diajarkan untuk bisa mengenakan pakaian sendiri dan terkadang balita cukup kesulitan dan harus duduk saat memakai celana dan baju tanpa kancing depan. Adapun rumusan masalahnya yakni sulitnya menarik tangan bayi saat dimasukkan ke lubang baju dan risiko balita jatuh saat mengenakan atau melepas celana karena harus mengangkat salah satu kaki. Pakaian yang dilengkapi ritsleting dapat menjadi solusi meminimalisir penekukan lengan dan membantu Ibu saat memakaikan baju kepada buah hatinya terutama pemilik anak pertama. Spesifikasi dari produk ini yaituadanya ritsleting pada lengan baju bagian sisi kanan maupun sisi kiri. Ritsleting ini berfungsi supaya pada bagian lengan dapat terbelah, tentunyameminimalisir tangan anak tertekuk ketika memakai.Bagian celana dilengkapi dengan karet pinggang agar mudah menyesuaikan pinggang anak. Ritsleting, berada pada sisi kaki dan bagian bawah. Hal ini memudahkan ketika anak dipakaikan maupun memakai celana tanpa harus mengangkat 1 kaki nya.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Koekoeh Santoso</t>
+  </si>
+  <si>
+    <t>Mahesa Glagah Agung Satria, S.I.K., M.Si.</t>
+  </si>
+  <si>
+    <t>Sistem Angkat Gunting Hidrolik Untuk Tandan Buah Segar Kelapa Sawit</t>
+  </si>
+  <si>
+    <t>06-Sep-2022</t>
+  </si>
+  <si>
+    <t>S00202209568</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan sistem angkat gunting hidrolik (hydraulic scissor lift) untuk mengangkat tandan buah segar kelapa sawit dengan memanfaatkan bobot truk. sistem angkat gunting hidrolik sesuai invensi ini terdiri dari scissor lift (1), pijakan truk (2), sistem hidrolik (3), bak alat (4), titik pivot tengah pada lengan yang tidak tepat di tengah (5). Proses pengangkatan TBS ke truk dilakukan secara mekanis tanpa motor penggerak (bakar/listrik) tambahan pada peralatan. Alat bekerja dengan memanfaatkan energi potensial dari bobot truk yang terfokus pada ban belakangnya di pijakan truk. Energi disalurkan melalui sistem hidrolik dengan dua silinder-hidrolik di setiap ujungnya. Energi tersebut kemudian menggerakan mekanisme scissor lift untuk mengangkat TBS ke truk. Desain khusus kemiringan bak dari 11 derajat ke 20 derajat melalui desain titik pivot tengah pada lengan scissor lift menghasilkan perubahan kemiringan pada bak alat. Dengan begitu kemiringan bak alat dapat mencapai sudut jatuh TBS saat sudah mencapai ketinggian angkat maksimalnya.</t>
+  </si>
+  <si>
+    <t>Metode Ekstraksi Propolis Cair Trigona Leaviceps</t>
+  </si>
+  <si>
+    <t>06-Jan-2023</t>
+  </si>
+  <si>
+    <t>P00202300163</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan yang berasal dari lebah tanpa sengat Trigona laeviceps menggunakan teknik sonikasi dengan pelarut Polietilen gliko; 400 (PEG 400). Pembuatan propolis cair dari trigona leaviceps diawali dengan pembersihan propolis mentah trigona dari kotoran, penambahan pelarut polietilen glikol 400 (PEG 400) sebanyak 3 bagian propolis mentah, proses ekstraksi dalam alat sonikator pada suhu 70&amp;deg;C dengan siklus ekstraksi sebanyak 3 kali, pemisahan ampas propolis dengan penyaringan, penambahan gliserin 5% (b/v) dan homogenisasi serta melakukan penyaringan dengan menggunakan filter press sehingga menghasilkan propolis cair. Propolis yang dihasilkan memenuhi persyaratan yang ditetapkan oleh pemerintah melalui SNI 8490 tahun 2018 tentang propolis cair, dan masa simpan selama 2 tahun.</t>
+  </si>
+  <si>
+    <t>Komposisi Deterjen Kertas Yang Mengandung Ekstrak Buah Lerak</t>
+  </si>
+  <si>
+    <t>19-Oct-2021</t>
+  </si>
+  <si>
+    <t>S00202108897</t>
+  </si>
+  <si>
+    <t>Dr. Muhammad Findi Alexandi, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Ekonomi</t>
+  </si>
+  <si>
+    <t>Invensi ini menghasilkan produk deterjen berbahan dasar ekstrak buah lerak dengan bentuk kertas menggunakan media kertas larut air dengan ukuran 7 x 5 cm. Komposisi deterjen kertas sesuai invensi ini terdiri dari air, pengharum, dan ekstrak buah lerak. Deterjen kertas sesuai invensi ini memiliki keunggulan seperti ramah lingkungan, harga terjangkau, memiliki pilihan aroma yang bervariasi, tidak memiliki dampak negatif terhadap lingkungan, tidak merusak pakaian, mudah dibawa kemana saja, dan mudah digunakan. Proses pembuatan dimulai dari persiapan bahan baku, ekstraksi, filtrasi, pelapisan, pengeringan, hingga pengemasan. Adanya invensi ini maka dihasilkan deterjen kertas yang aman bagi lingkungan dan tidak meninggalkan sampah residu. Deterjen ini memiliki masa simpan selama 3 bulan.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Mia Setiawati, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ichsan Achmad Fauzi, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Robot Penyiram Tanaman Dalam Rumah Kaca</t>
+  </si>
+  <si>
+    <t>18-Aug-2021</t>
+  </si>
+  <si>
+    <t>P00202106399</t>
+  </si>
+  <si>
+    <t>Dr. Karlisa Priandana, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Komputer</t>
+  </si>
+  <si>
+    <t>Invensi ini bertujuan untuk meningkatkan minat generasi muda terhadap sektor pertanian dengan mengembangkan suatu robot penyiram tanaman yang menggunakan sensor pendeteksi garis (6) dan sensor ultrasonik (7) untuk diimplementasikan di dalam rumah kaca atau lingkungan terkendali. Robot bekerja secara otomatis dengan sistem navigasi pengikut garis dan mendeteksi keberadaan pot menggunakan sensor jarak ultrasonik. Penyiraman dilakukan secara otomatis dengan menggunakan pompa air DC yang dikendalikan dengan relay. Hasil pengujian robot penyiram dalam Rumah Kaca menunjukkan bahwa robot telah dapat melakukan fungsi-fungsi yang diharapkan, yaitu: (1) Robot dapat bergerak di sepanjang jalur hitam sesuai arah yang diinginkan; (2) Robot dapat mendeteksi objek berupa pot; (3) Robot dapat secara akurat menyemprotkan air pada tanaman untuk melakukan penyiraman secara otomatis; (4) Robot dapat dengan tepat memperhitungkan jarak antara pot dengan badan robot yang telah dilengkapi sensor ultrasonik.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Rokhani, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Erus Rustami, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. dr. Irma Herawati Suparto, M.S.</t>
+  </si>
+  <si>
+    <t>Andini Tribuana Tunggadewi, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Katrin Roosita, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Ir. Andi Sukendro, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Inda Setyawati, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Popi Asri Kurniatin, S.Si., Apt., M.Si.</t>
+  </si>
+  <si>
+    <t>Dra. Ella Salamah, M.Si.</t>
+  </si>
+  <si>
+    <t>Alat Bioreaktor Perbanyakan Mikroba Agens Hayati</t>
+  </si>
+  <si>
+    <t>12-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406486</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Giyanto, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan alat memperbanyak jumlah koloni mikroba yang digunakan di lingkup pertanian atau disebut agens hayati. Mikroba agens hayati diperbanyak di dalam sistem tertutup dan diberikan nutrisi serta kondisi lingkungan yang paling optimal bagi perkembangbiakan mikroba agens hayati tersebut. Proses tersebut terjadi di dalam tangki utama bioreaktor (6) dan diaduk menggunakan motor dinamo (1) yang terhubung dengan sistem pengaduk (3) sehingga pertumbuhan mikroba agens hayati berkembang secara rapid growth cycle atau siklus pertumbuhan yang dilakukan secara cepat. Alat bioreaktor ditujukan sebagai alat yang dapat meningkatkan efisiensi produksi perbanyakan mikroba agens hayati yang saat ini umum diproduksi secara konvensional serta memicu budidaya pertanian organik menjadi lebih banyak diadaptasi. Hal ini dikarenakan alat bioreaktor ini membutuhkan biaya investasi yang relatif murah sehingga banyak industri rumah tangga atau Gabungan Kelompok Tani (Gapoktan) dapat memproduksi mikroba agens hayati untuk kebutuhan komunitas tertentu atau keperluan usaha.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Arief Sabdo Yuwono, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Huda Shalahudin Darusman, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Feri Kusnandar, M.Sc.</t>
+  </si>
+  <si>
+    <t>Ir. Yaya Suryanata</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Endang Prangdimurti, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Fransisca Rungkat, M.Sc.</t>
+  </si>
+  <si>
+    <t>Alat Pemotong Kacang Tanah</t>
+  </si>
+  <si>
+    <t>13-Sep-2021</t>
+  </si>
+  <si>
+    <t>P00202107495</t>
+  </si>
+  <si>
+    <t>Dr. Lenny Saulia, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan alat pemotong kacang tanah. Alat pemotong kacang tanah terdiri dari hopper (1), metering device atau pengumpan (2), pisau pemotong (3), motor listrik (4) dan keluaran (5). Hopper (1) yang digunakan memiliki kapasitas 1 kg. Hopper (1) berfungsi sebagai tempat penampungan kacang tanah sebelum dialirkan ke dalam lubang putaran yang terdapat di pengumpan (2) kemudian langsung dipotong menggunakan pisau potong (cutting tool) (3). Pisau potong (3) berfungsi untuk memotong kacang tanah. Bentuk pisau yang digunakan berbentuk persegi panjang dan diposisikan berada dalam putaran pengumpan (2) sehingga hasil pemotongan presisi. Pengumpan (2) berfungsi sebagai pengatur butiran kacang tanah yang akan dipotong. Pengumpan (2) didesain berbentuk tabung yang memiliki lubang yang berfungsi untuk menampung butiran kacang tanah yang akan dipotong. Kacang tanah yang dimasukkan melalui hopper (1) akan masuk satu persatu pada lubang pada pengumpan melalui mekanisme lubang dan putaran (2) dan akan dihantarkan ke permukaan pisau potong (3). Motor listrik (4) digunakan sebagai penggerak poros tabung pengumpan. Alat pemotong ini terbuat dari besi pada bagian rangka dan alumunium pada bagian lainnya sehingga aman digunakan untuk proses pemotongan kacang tanah. Alat pemotong kacang tanah sesuai invensi ini memiliki kecepatan potong 15 kali lebih cepat dibandingkan dengan pemotongan secara manual.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Penyakit Hewan dan Kesehatan Masyarakat Veteriner</t>
+  </si>
+  <si>
+    <t>Komposisi Snackbar Dari Biji Rami (Linum usitatissimum) Dan Asam Jawa (Tamarindus indica)</t>
+  </si>
+  <si>
+    <t>S00202406423</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Didah Nur Faridah, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan camilan sehat berupa snackbar dengan komposisi tepung biji rami dan pasta asam jawa sebagai pencegah kanker payudara. Camilan ini terbuat dari tepung biji rami, tepung sorgum, pasta asam jawa, madu, minyak kelapa, kacang-kacangan, dan buah kering. Penggunaan tepung biji rami memiliki komponen utama lignan, Secoisolariciresinol diglucoside hormon estrogen sebagai zat yang diperlukan dalam pertumbuhan sel kanker sehingga memiliki efek perlindungan terhadap kanker yang bergantung pada hormon, terutama kanker payudara, dan mengandung asam lemak tak jenuh dan omega-3 yang membantu dalam penurunan risiko kanker payudara. Pasta asam jawa digunakan sebagai penambah rasa yang memiliki antioksidan yang tinggi, madu digunakan sebagai perekat adonan, minyak kelapa digunakan agar bahan bahan semakin tercampur dan tidak lengket, kacang-kacangan dan buah kering digunakan sebagai penambah cita rasa.</t>
+  </si>
+  <si>
+    <t>- Sejahtera, S.Si</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Syarifah Iis Aisyah, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. I Komang Gede Wiryawan</t>
+  </si>
+  <si>
+    <t>Boneka Untuk Menstimulasi Kecerdasan Emosi Pada Anak Usia Dini</t>
+  </si>
+  <si>
+    <t>17-Sep-2021</t>
+  </si>
+  <si>
+    <t>P00202107692</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Melly Latifah, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Keluarga dan Konsumen</t>
+  </si>
+  <si>
+    <t>Invensi merupakan sebuah boneka yang berfungsi sebagai alat stimulasi kecerdasan emosi pada anak usia dini berbasis deep learning system. Boneka sesuai invensi ini ini mampu mendeteksi ekspresi wajah anak dan memprediksi emosi apa yang sedang dirasakan anak dengan memberikan respon berupa ekspresi wajah boneka, perubahan warna pada tubuh boneka, dan respon suara yang disesuaikan dengan hasil prediksi ekspresi wajah anak. Boneka sesuai invensi ini terdiri dari kamera (1), LCD (2), LCD (2), speaker (3), lubang pengisi daya (5), kancing (6) sebagai identitas boneka dan terdapat lampu LED diletakkan tersebar dalam tubuh boneka, berfungsi untuk memberikan efek cahaya sebagai bentuk reaksi boneka terhadap hasil deteksi emosi pada anak, serta dilengkapi dengan komponen raspberry pi4 sebagai pusat data yang terhubung dengan LCD (2), lampu LED, dan speaker (3). Boneka ini menggunakan adaptor sebagai sumber energi dan memiliki tinggi 32 cm dengan berat kurang lebih 1 kg.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Tri Prartono, M.Sc.</t>
+  </si>
+  <si>
+    <t>Formula Aerogel Berbasis Selulosa Eceng Gondok Dan Nanokitosan Cangkang Udang Untuk Pemulihan Das Tercemar Logam Berat Dan Bakteri Coliform</t>
+  </si>
+  <si>
+    <t>26-Sep-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202410057 </t>
+  </si>
+  <si>
+    <t>Pencemaran sungai perkotaan oleh bakteri Coliform dan logam berat (Zn, Cu, Pb) menimbulkan risiko kesehatan yang parah sehingga memerlukan solusi pengelolaan air berkelanjutan yang selaras dengan SDGs 6. Invensi ini merupakan formula aerogel berbasis selulosa eceng gondok dan nanokitosan cangkang udang untuk pemulihan daerah aliran sungai (DAS) yang tercemar logam berat dan bakteri Coliform. Riset ini menghasilkan rendemen selulosa eceng gondok 12,46%, kitosan cangkang udang 11,23%, dan nano-kitosan 80%. Hidrogel F3 menunjukkan karakteristik fisik terbaik dengan nilai gel content 80,16%, rasio swelling, 143,41% dan viskositas 3630 cPs. Karakteristik aerogel menghasilkan nilai porositas 97% dengan luas permukaan 243,5 m&amp;sup2;/g dan densitas 0,07 g/cm&amp;sup3;. Hasil kapasitas adsorpsi Cu sebesar 99,5%, Zn 88,68%, dan Pb 7,33% serta reduksi total mikroba menunjukkan tingkat penurunan E.coli sebesar 30%. Berdasarkan hasil pengujian invensi ini efektif untuk menjerap logam berat dan menyaring bakteri Coliform</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Abdul Munif, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Antibodi Poliklonal Kelinci Anti-Coxiella Burnetii Untuk Diagnosis Penyakit Q Fever Pada Hewan Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>28-Apr-2021</t>
+  </si>
+  <si>
+    <t>P00202103144</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa produk antibodi poliklonal anti-Coxiella burnetii yang diproduksi dengancara menginduksi kelinci dengan isolat Coxiella burnetii galur Nine Mile phase II. Purifikasiantibodi dilakukan dengan menggunakan dua metode yaitu presipitasi pada amoniumsulfat dan filtrasi gel. Hasil purifikasi antibodi kemudian dikaji dengan metode WesternBlot dan SDS PAGE. Analisis SDSPAGE dan Western Blot menunjukkan adanya tiga pitaprotein yang terkandung didalamserumyaitu 35.5 kDa, 51.4 kDa dan 58.284 kDa. Pita35.5 kDa merupakan outer membrane protein (OMP) dari fraksi Coxiella burnetii galur NineMile II, pita 51.4 kDa merupakan hypothetical membrane protein Coxiella burnetii galurNine Mile II dan pita 58.284 kDa merupakan chaperonin soluble protein dari bakteriCoxiella burnetii galur Nine Mile II. Validasi potensi antibodi yang dihasilkan dilakukandengan metode imunohistokimia dengan menggunakan sampel jaringan organ ruminansiayang telah terbukti positif. Antibodi anti-Coxiella burnetii yang dihasilkan terbukti mampu mendeteksi keberadaan antigen bakteri Coxiella burnetii yang tampak dengan adanyawarnakecoklatan pada jaringan.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Liesbetini Haditjaroko, M.S.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Dwi Putro Tejo Baskoro, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Kamaruddin Abdullah, M.S.A.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Deni Noviana</t>
+  </si>
+  <si>
+    <t>Proses Efisiensi untuk Produksi Stek Mini dari Stek Mikro Tanaman Kentang</t>
+  </si>
+  <si>
+    <t>S0020000202</t>
+  </si>
+  <si>
+    <t>Komposisi Minyak Rambut Berbasis Sacha Inchi Dan Magnesium Oil Untuk Kesehatan Rambut</t>
+  </si>
+  <si>
+    <t>S00202406503</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan minyak rambut berbahan aktif minyak sacha inchi dan magnesium oil dalam upaya mengatasi masalah timbulnya ketombe, kerontokan, kerusakan pada rambut, serta rambut tidak lurus. Komposisi minyak rambut meliputi sacha inchi dan magnesium oil serta bahan pendukung. Tujuan dari invensi ini adalah untuk menyediakan sediaan minyak rambut berbahan baku alami, yaitu minyak sacha inchi yang kaya akan asam lemak, seperti omega-3. Asam lemak omega-3 memiliki sifat anti-inflamasi yang dapat membantu mengurangi peradangan di kulit kepala. Selain itu, sacha inchi oil juga mengandung vitamin E dan polifenol yang merupakan antioksidan. Antioksidan tersebut dapat membantu memperkuat akar rambut dan mengatasi ketombe. Magnesium adalah mineral penting yang dibutuhkan tubuh untuk berbagai fungsi, termasuk kesehatan rambut. Magnesium dapat membantu memperkuat akar rambut, mengurangi produksi minyak berlebih di kulit kepala</t>
+  </si>
+  <si>
+    <t>Formulasi Pembuatan Mie Instan Berbasis Ekstrak Daun Torbangun Sebagai Produk Stimulan ASI</t>
+  </si>
+  <si>
+    <t>05-May-2021</t>
+  </si>
+  <si>
+    <t>S00202103358</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi pembuatan mie instan berbasis ekstrak daun torbangun terdiri atas tepung terigu, ekstrak daun torbangun dengan perbandingan 1:10 (Setiap 10 kg daun basah menjadi 1 kg ekstrak daun torbangun), garam STPP, dan telur. Proses pembuatannya meliputi pencampuran bahan, pengadukan, pengepresan, pembentukan helaian mie, pengukusan, penggorengan dan penirisan. Hasil uji produk mie instan ekstrak daun torbangun secara in vivo menyatakan bahwa pemberian produk mie instan ekstrak daun torbangun terhadap tikus menyusi dapat meningkatkan produksi ASI sebesar 67% dari kontrol.</t>
+  </si>
+  <si>
+    <t>Alat Deteksi Cepat Vibrio Parahaemolyticus Berbasis Fluoresens Untuk Pencegahan Wabah Acute Hepatopancreatic Necrosis Disease Pada Tambak Udang Vaname</t>
+  </si>
+  <si>
+    <t>S00202410619</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Akhiruddin, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan alat deteksi Vibrio parahaemolyticus berbasis fluoeresens yang cepat dan akurat. Penyakit yang banyak menyebabkan kematian massal pada tambak udang vaname adalah acute hepatopancreatic necrosis disease (AHPND) yang disebabkan oleh bakteri jenis Vibrio parahaemolyticus. Alat Vibration dirancang untuk mempercepat proses deteksi Vibrio parahaemolyticus pada media pemeliharaan udang vaname. Dengan demikian, petambak udang vaname dapat mencegah wabah AHPND lebih dini. Alat ini memiliki beberapa komponen penyusun yaitu mikrokontroler (1) sebagai pusat pemrosesan alat dan data input yang masuk untuk diolah menjadi konsentrasi bakteri. Selain itu, alat ini sudah dilengkapi juga dengan Op-AMP (2) yang befungsi mempertahankan tegangan output dan baterai (3) sebagai sumber daya utama. Selain itu, terdapat holder kuvet yang dilengkapi dengan detector (4) dan LED UV 395 nm (5) yang sudah terpasang. Holder kuvet didesain untuk dapat menampung kuvet kuarsa dengan volume 3 mL sesuai dengan preparasi sampel deteksi yang diperlukan. Pada gambar 3, tampak atas alat yang terdiri dari saklar (6), tombol start (7), LCD (8), LED indicator (9), dudukan baterai (10), dan holder kuvet.</t>
+  </si>
+  <si>
+    <t>Alat Budidaya Cacing</t>
+  </si>
+  <si>
+    <t>31-Aug-2022</t>
+  </si>
+  <si>
+    <t>S00202209345</t>
+  </si>
+  <si>
+    <t>Verika Armansyah Mendrofa, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa alat budidaya cacing berbasis smart apartemen yang dibuat bertingkat dan dengan pengontrolan suhu serta kelembaban secara otomatis. Alat ini terdiri dari rak (1), sensor suhu (2), sensor kelembaban (3), kipas (4), misting nozzle (5) dan lampu (6). Alat ini mampu mengontrol suhu dan kelembaban media hidup cacing Lumbricus Sp yaitu kotoran sapi secara otomatis, ketika sensor suhu mendeteksi suhu media tumbuh hidup cacing (lumbricus sp) pada 25-30&amp;deg;C maka mikrokontroler arduino akan memerintahkan sesuai program yang sudah ada. Selain pengaturan suhu, alat ini mampu mengatur kelembaban media dimana jika kelembaban, ketika sensor kelembaban mendeteksi pada angka 60%-90% maka mikrokontroler arduino akan memberikan perintah sesuai program yang sudah ada dimana misting nozzle akan hidup, tetapi jika kelembaban pada angka 90% maka misting nozzle akan mati dan hidup lagi setelah mencapai 60%. Dengan adanya sistem seperti ini akan mendatangkan keuntungan yang lebih banyak untuk para peternak karena dengan adanya alat ini mampu menghasilkan bobot cacing yang lebih banyak serta waktu panen yang cepat.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sugeng Hari Wisudo, M.Si.</t>
+  </si>
+  <si>
+    <t>Alat Pengolah Biodiesel Berbasis Minyak Jelantah</t>
+  </si>
+  <si>
+    <t>26-Oct-2021</t>
+  </si>
+  <si>
+    <t>S00202109180</t>
+  </si>
+  <si>
+    <t>Lilis Sucahyo, S.TP., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini bertujuan menghasilkan alat pengolah biodiesel berbasis minyak jelantah yang teritegrasi dengan tungku bertekanan tinggi untuk kegiatan proses yang melibatkan sifat termal/panas. Bagian alat lat terdiri dari komponen utama yaitu reaktor, tungku, kerangka dan komponen pendukung yaitu panel kontrol, adaptor, selang tabung bahan bakar, tabung bahan bakar, keran gliserol. Kerangka berfungsi sebagai penahan massa beban dari tungku dan memudahkan dalam mobilisasi atau perpindahan tempat. Kerangka memiliki ukuran panjang 40 cm dan tinggi 118 cm. Reaktor biodiesel berfungsi sebagai tempat reaksi minyak jelantah menjadi crude biodiesel. Reaktor biodiesel memiliki ukuran diameter 35 cm dan tinggi 50 cm. Tabung bahan bakar Tungku dan burner berfungsi untuk menghasilkan api. Tungku memiliki ukuran diameter 10 cm dan tinggi 15 cm.</t>
+  </si>
+  <si>
+    <t>Alat Penduga Skor Marbling Sapi Berbasis Tomografi Impedansi Listrik Dan Machine Learning</t>
+  </si>
+  <si>
+    <t>08-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406224</t>
+  </si>
+  <si>
+    <t>Proses penentuan marbling sapi selama ini dilakukan pasca penyembelihan di rumah pemotongan hewan (RPH) sehingga peternak tidak dapat memilih dan mengetahui kualitas daging sebelum ternak dipotong dengan presisi. Hal ini juga berpotensi menghilangkan ternak bibit dalam program pemuliaan ternak. Metode pendugaan marbling pada sapi yang masih hidup dilakukan dengan metode ultrasonografi yang memerlukan pengoperasian perangkat yang kompleks. Invensi ini mempunyai kelebihan dibandingkan dengan prior art sebelumnya di mana dapat melakukan pendugaan skor marbling sapi dari grade 1 hingga 5 sebelum dilakukan proses penyembelihan berbasis tomografi impedansi listrik dengan konfigurasi elektroda Wenner. Invensi ini berupa perangkat untuk menduga skor marbling sapi dengan metode injeksi arus dan mengukur tegangan dari permukaan punggung sapi sehingga didapat data raw signal, lalu merekonstruksi gambar tomografi dari data voltase dan waktu deteksi dalam bentuk heatmap. Perangkat ini berupa gelang yang dapat dibawa dengan mudah (portable device) dan terintegrasi dengan aplikasi berbasis website dengan algoritma K-Nearest Neighbors (KNN) sehingga dapat merepresentasikan kualitas daging berdasarkan beef marble score (BMS) yang memiliki grade 1 (buruk) hingga 5 (sangat baik).</t>
+  </si>
+  <si>
+    <t>drh. Mokh. Fahrudin, Ph.D.</t>
+  </si>
+  <si>
+    <t>Dr. Andi Early Febrinda, S.T.P., M.P.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Muhammad Agus Suprayudi, M.Si.</t>
+  </si>
+  <si>
+    <t>Reaktor Biodisel Berpengaduk Statis Sistem Kontinyu Untuk Pengurangan Kebutuhan Katalis</t>
+  </si>
+  <si>
+    <t>P00201609151</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Armansyah Halomoan Tambunan, M.Agr.</t>
+  </si>
+  <si>
+    <t>Penggunaan pengaduk statis pada proses transesterikasi meningkatkan reaksi, bahkan dapat mengurangi penggunaan katalis. Penggunaan pengaduk statis juga memberi keuntungan terhadap penerapan sistem kontinyu karena hanya membutuhkan rancangan yang lebih rlngkas dan sederhana. Hasil rancang bangun reaktor berpengaduk statis terdiri atas 6 komponen utama, yaitu tangki methanol, tangki minyak, pompa pengalir methanol, pompa pengalir minyak, modul rekator yang didalamnya terdapat static mixer, serta pemanas listrik. Reaktor hasil rancangan yang terdiri dari 5 modul reactor dengan 12 elemen static mixer pada tiap modul,bekerja secara kontinyu dengan panjang pipa pereaksi yang dapat diubah sesuai kebutuhan. Rasio molar metanol terhadap minyak dapat diatur dengan pengaturan debit pompa. Pengujian terhadap reaktor berpengaduk statis hasil rancangan menunjukkan bahwa suhu campuran yang dapat dicapai disepanjang pipa pereaksi adalah 48 0c- 55 0c tergantung setting suhu bahan baku minyak. Model persamaan linear antara penggunaan static mixer dan penggunaan katalis menunjukkan bahwa pengurangan katalis 0,1% (w/w) dapat digantikan oleh 0,6 modul atau sama dengan 46 cm dari panjang elemen mixer. penurunan penggunaan katalis ini sangat penting untuk mempersingkat waktu proses dan mengurangi biaya produksi biodiesel.</t>
+  </si>
+  <si>
+    <t>Metode Deteksi Kualitas Daging Sapi Segar Dengan Menggunakan Portabel Near Infrared Spektrometer</t>
+  </si>
+  <si>
+    <t>15-Nov-2021</t>
+  </si>
+  <si>
+    <t>S00202110096</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dewi Apri Astuti, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan penggunaan portabel near infrared spektrometer dengan panjang gelombang 760-1050nm untuk mendeteksi secara cepat kualitas daging sapi segar. Sampel daging yang digunakan adalah 70 sampel. Selama proses penyimpanan di suhu ruang, parameter yang diamati adalah jumlah kandungan mikroba (Total Plate Count/TPC) dan pH. Spektra NIR diukur bersamaan dengan pengujian paramater kualitas daging. Data spektra diolah dengan menggunakan pre-treatment Multiple Scatter Correction (MSC) dan the first derivative (1D). Hasil yang diperoleh adalah untuk TPC nilai koefisien korelasi (r) = 0.81, Standard error calibration (SEC) = 0.59, strandard error prediction (SEP) = 0.66 dan Prediction to Deviation (RPD) = 1.54. Sedangkan untuk pH diperoleh nilai r= 0.83, SEC= 0.10, SEP = 0.11 dan RPD = 1.95. Hal ini dapat disimpulkan bahwa kualitas daging segar dapat dideteksi secara cepat dengan menggunakan portable spektrometer NIR dengan tingkat akurasi lebih dari 80%.</t>
+  </si>
+  <si>
+    <t>Dr. Fitra Aji Pamungkas, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Primer Spesifik Penanda Molekular Gen Prolaktin Terhadap Produksi Telur Ayam IPB-D1</t>
+  </si>
+  <si>
+    <t>04-May-2021</t>
+  </si>
+  <si>
+    <t>S00202103351</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Cece Sumantri, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan ekspresi gen Prolaktin terhadap sifat produksi telur pada ayam IPB-D1. Penanda genetik gen Prolaktin teridentifikasi yang diawali dengan tahapan koleksi sampel darah, ekstraksi DNA, dan divalidasi dalam reaksi Polymerase Chain Reaction (PCR), dan dianalisa menggunakan teknik direct sequencing beserta primer spesifik gen. Invensi ini menghasilkan primer spesifik gen Prolaktin yang digunakan untuk tahapan direct sequencing ekspresi DNA gen, yaitu F: 5&amp;rsquo;-TGGAGGAGGCCAAAAAGAGATG-3&amp;rsquo; dan R: 3&amp;rsquo;-CAGCCCACAGGTACTTAGCAA-5&amp;rsquo; dengan panjang produk 557 bp dan terletak pada ekson 5. Hasil asosiasi antara karakteristik fenotipik dan genotipik dapat digunakan untuk pengujian molekular menggunakan penanda gen dalam mendeteksi produksi telur harian pada ayam IPB-D1. Gen Prolaktin dengan titik mutasi g.8052 T&amp;gt;C memiliki perbedaan nyata (P&amp;lt;0,05) pada produksi telur ayam IPB-D1 yang menghasilkan nilai ekspresi gen kelompok produksi telur rendah, sedang dan tinggi sebesar 59,83&amp;plusmn;17,78a , 51,89&amp;plusmn;18,16ab dan 45,57&amp;plusmn;15,41b.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Tri Wiji Nurani, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Agik Suprayogi, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Y. Aris Purwanto, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Cecep Kusmana, M.S.</t>
+  </si>
+  <si>
+    <t>Nur Aziezah, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mega Safithri, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Henny Purwaningsih, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sutrisno, M.Agr.</t>
+  </si>
+  <si>
+    <t>Ir. Kamir Raziudin Brata, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Jakaria, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Rizfi Fariz Pari, S.T., M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Dr. Slamet Widodo, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Mohammad Imron, M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Produksi Umbi Bibit Kentang dari Stek Mini</t>
+  </si>
+  <si>
+    <t>S0020000200</t>
+  </si>
+  <si>
+    <t>Wattimena Paulina</t>
+  </si>
+  <si>
+    <t>Komposisi Masker Peel Off Berbasis Gelatin Ikan Sebagai Pengangkat Komedo</t>
+  </si>
+  <si>
+    <t>S00202010706</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mala Nurilmala, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan komposisi gelatin ikan sebagai masker peel off pengangkatkomedo. Berdasarkan hasil uji didapatkan bahwa gelatin tak berwarna dengan total yield+ 20%. Gelatin memiliki karakteristik dengan viskositas 50-62,33 mPs sehingga dapatmengangkat komedo namun tidak mencabut rambut-rambut pada permukaan wajah.Komposisi masker peel off berbasis gelatin ikan sesuai invensi ini terdiri dari gelatin ikanserbuk dan flavour. Penambahan essen juga dilakukan untuk memastikan hilangnya bauamis pada gelatin.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Bakteriofag Litik Untuk Mengurangi Penginfeksi Luka Bakar </t>
+  </si>
+  <si>
+    <t>PID201811174</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iman Rusmana, M.Si.</t>
+  </si>
+  <si>
+    <t>Bakteriofag litik merupakan salah satu agens mikrobiologi berupa virus yang dapat melisikan bakteri target. Bakteriofag litik dapat menjadi aplikasi dalam bidang kesehatan sebagai terapi pendamping antibiotik. Terapi menggunakan bakteriofag litik ini dikembangkan sebagai salah satu upaya untuk menangani masalah penyakit infeksi luka bakar oleh K. pneumoniae yang telah resistensi terhadap antibiotik, dengan cara yang lebih aman dan ramah lingkungan, serta tidak memberikan dampak negatif pada manusia. Dua macam bakteriofag litik yaitu FK1 dan FK4 yang digunakan masing-masing memiliki kemampuan untuk menurunkan populasi bakteri K. pneumoniae penginfeksi luka bakar yang telah resisten antibiotik.</t>
+  </si>
+  <si>
+    <t>Dr. dr. Husnawati, S.Ked., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Fadjar Satrija, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr.Ing. Azis Boing Sitanggang, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Asy Khofsah, S.K.Pm.</t>
+  </si>
+  <si>
+    <t>Bahan Penyusun Inhaler Berbasis Grafena Oksida Dan Senyawa Aktif Eucalyptol (1,8 – Cineole) Secara In Silico Sebagai Inhibitor Virus Sars-Cov-2</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202107741 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. R. Tony Ibnu Sumaryada Wijaya Puspita, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Pandemi Covid-19 yang disebabkan oleh virus SARS-CoV-2 memberikan dampak yang sangat besar terhadap masyarakat diseluruh dunia. Pada studi sebelumnya telah membuktikan eucalyptol memiliki sifat antibakteri, aktifungi dan antiviral sehingga eucalyptol potensial digunakan sebagai inhibitor spike glycoprotein. Grafena oksida memiliki fitur antimikroba, antistatik dan dapat merusak membran virus bermuatan positif, hal ini membuat grafena oksida sangat berpotensi digunakan dalam menghambat virus SARS-CoV-2. Studi secara in silico yang telah dilakukan menunjukkan bahwa kedua ligan yaitu senyawa aktif eucalyptol dan grafena oksida mampu berikatan secara spontan dengan spike glycoprotein SARS-CoV-2, dengan melihat perbandingan nilai energi ikatan dan konstanta inhibisi yang sangat baik dari proses molecular docking menggunakan software Autodock Vina, Autodock 4 dan PSO-Vina, penelitian lebih lanjut mengenai eucalyptol dilanjutkan dengan simulasi dinamika molekul dari ligan senyawa aktif eucalyptus dengan spike glycoprotein, hasil yang didapat melalui grafik RMSD dan RMSF menunjukkan ikatan struktur kompleks cukup stabil selama waktu simulasi dan visualisasi dinamika molekul. Hasil simulasi molecular docking dan dinamika molekul menunjukkan bahwa kedua ligan tersebut dapat menginhibisi spike glycoprotein sehingga kedua bahan tersebut berpotensi digunakan sebahai bahan pembuatan inhaler.</t>
+  </si>
+  <si>
+    <t>Dr. Tiurma Sinaga, M.F.S.A.</t>
+  </si>
+  <si>
+    <t>Rosyda Dianah, S.K.M., M.K.M.</t>
+  </si>
+  <si>
+    <t>Pakan Fitobiotik Untuk Mengatasi Helminthiasis Dan Bau Feses Pada Kucing Berbahan Tulang Ayam Dan Biji Pepaya</t>
+  </si>
+  <si>
+    <t>16-Nov-2023</t>
+  </si>
+  <si>
+    <t>S00202312284</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Yusuf Ridwan, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa pakan kucing dengan kandungan fitobiotik untuk mengatasi helminthiasis dan bau feses pada kucing berbahan tulang ayam dan biji pepaya. Pakan berbentuk pelet silindris dengan ukuran diameter 3 mm dan panjang 1,5-2,5 cm dengan komposisi tepung gandum, biji pepaya, tulang ayam, minyak jagung, minyak salmon, alfalfa, kacang tanah, tepung ikan, CGM, daging ayam, tepung jagung dan tepung mocaf. Proses pembuatan pakan meliputi beberapa proses yaitu pengovenan tulang ayam, biji pepaya, dan kacang tanah; penggilingan tulang ayam, biji pepaya, dan kacang tanah; pencampuran seluruh bahan, pencetakan, quality control, dan pengemasan produk. Setiap kemasan produk invensi ini mengandung protein 31,36%; karbohidrat 15,57%; lemak 10,28%; kalori 272,71 kcal; serat kasar 4,88%; Ca 3,53%; dan P 4,18%.</t>
+  </si>
+  <si>
+    <t>Dr. Siti Nikmatin, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Silmi Mariya, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. dr. Sri Budiarti</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Niken Ulupi, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Irma Isnafia Arief, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Jaket Untuk Terapi Penyembuhan Penderita Kifosis</t>
+  </si>
+  <si>
+    <t>23-Aug-2021</t>
+  </si>
+  <si>
+    <t>S00202106605</t>
+  </si>
+  <si>
+    <t>Annisa Kartinawati, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa jaket untuk terapi penyembuhan bagi penderita kifosis (Jaka Papi) dengan komponen fitur penyangga punggung (1), terapi tens (2), penyangga (brace) pinggang (3), dan sensor korektor (4). Mekanisme penggunaan jaket ini dipakai seperti jaket pada umumnya. Penyangga punggung (1) akan memperbaiki posisi tulang belakang secara konsisten. Kemudian penyangga (brace) pinggang (3) serta terapi tens (2) memberikan pelayanan infra merah dari batu turmalin dan tens memberikan pijat listrik secara bersamaan. Kemudian sensor korektor (4) menjadi pengingat pengguna apakah posisi badan telah sesuai atau tidak. Jaket terapi dengan satu kesatuan sistem dalam penggunaanya apabila dikenakan bagi penderita kifosis akan mencegah tingkat keparahan bungkuk dan menghilangkan rasa pegal secara bertahap.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Yayat Hidayat, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Agus Oman Sudrajat, M.Sc.</t>
+  </si>
+  <si>
+    <t>Fakultas Peternakan</t>
+  </si>
+  <si>
+    <t>Roni Nugraha, S.Si., M.Sc., Ph.D.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sri Darwati, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Drs. Rimbawan</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sulistiono, M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Totok Hestirianoto, M.Sc.</t>
+  </si>
+  <si>
+    <t>Formulasi Tablet Herbal Cepat Larut Ekstrak Daun Sirih Dan Rimpang Jahe Sebagai Antimastitis Ternak Perah</t>
+  </si>
+  <si>
+    <t>S00202406426</t>
+  </si>
+  <si>
+    <t>Tablet herbal ini mengembangkan formula tablet herbal cepat larut yang mengandung ekstrak daun sirih dan rimpang jahe untuk pencegahan mastitis pada ternak perah. Mastitis, yang disebabkan oleh infeksi bakteri patogen, merupakan masalah serius dalam industri peternakan susu, mengakibatkan penurunan kualitas dan kuantitas susu serta biaya perawatan yang meningkat. Antibiotik sintetik yang umum digunakan dapat menimbulkan resistensi dan residu berbahaya. Oleh karena itu, penggunaan fitobiotik seperti ekstrak tanaman herbal menawarkan alternatif yang lebih aman dan efektif. Ekstrak daun sirih (Piper betle) dan rimpang jahe (Zingiber officinale) dipilih karena kandungan aktifnya yang memiliki sifat antibakteri terbukti. Metode ekstraksi menggunakan maserasi dengan pelarut etanol menghasilkan ekstrak kental yang kemudian digunakan dalam pembuatan tablet. Formula tablet ini dirancang untuk larut dengan cepat dalam air hangat, memungkinkan aplikasi yang mudah setelah proses pemerahan.Proses formulasi tablet melibatkan penciptaan granul asam dan basa yang mengandung bahan pembentuk tablet seperti asam tartrat, asam sitrat, natrium bikarbonat, PVP, dan PEG 6000. Tablet yang dihasilkan memiliki berat dan komposisi yang konsisten untuk memastikan dosis yang tepat dalam aplikasi praktis. Studi ini menunjukkan bahwa penggunaan tablet herbal ini efektif dalam mengurangi jumlah bakteri penyebab mastitis, menawarkan solusi yang ramah lingkungan dan aman bagi kesehatan ternak perah.</t>
+  </si>
+  <si>
+    <t>Gilar Budi Pratama</t>
+  </si>
+  <si>
+    <t>Akeme Cyril Njume</t>
+  </si>
+  <si>
+    <t>Muhammad Mu’tashim Billah</t>
+  </si>
+  <si>
+    <t>Maulin Salwa Atikasari</t>
+  </si>
+  <si>
+    <t>Dr. H. Muh. Eddy Gozaly, SH, MH</t>
+  </si>
+  <si>
+    <t>Ir. Deden Hidayatullah</t>
+  </si>
+  <si>
+    <t>Nazer Hiddayah</t>
+  </si>
+  <si>
+    <t>Ruri Aruntika Sari</t>
+  </si>
+  <si>
+    <t>Salman Arib Rozan</t>
+  </si>
+  <si>
+    <t>Nyimas Rafiah Winda</t>
+  </si>
+  <si>
+    <t>Nira Pertiwi</t>
+  </si>
+  <si>
+    <t>Maulana Malik Yusuf</t>
+  </si>
+  <si>
+    <t>Affan Afrizal Gani</t>
+  </si>
+  <si>
+    <t>Dikki Hendra Pratama</t>
+  </si>
+  <si>
+    <t>Sanhaji</t>
+  </si>
+  <si>
+    <t>Tegar Nur Hidayat</t>
+  </si>
+  <si>
+    <t>Nurul Hikmatul Ain, SPi</t>
+  </si>
+  <si>
+    <t>Juhrotul Aeniah, SPi</t>
+  </si>
+  <si>
+    <t>Rifki Anugerah, SPi</t>
+  </si>
+  <si>
+    <t>Johan Iskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Ade Kurniawan, S.Si.</t>
+  </si>
+  <si>
+    <t>Ridwan Siskandar, S.Si.,M.Si</t>
+  </si>
+  <si>
+    <t>Aminullah, M.Si</t>
+  </si>
+  <si>
+    <t>Susi Susilawati</t>
+  </si>
+  <si>
+    <t>apt. Rachmi Ridho, S.Farm, M.Farm.</t>
+  </si>
+  <si>
+    <t>Drh. Ardi Sandriya, MSi.</t>
+  </si>
+  <si>
+    <t>Drh. Riski Rostantinata, MSi.</t>
+  </si>
+  <si>
+    <t>Khusnul Ma'rifah, SSi</t>
+  </si>
+  <si>
+    <t>Futhiha Hikmatul Husna, SSi</t>
+  </si>
+  <si>
+    <t>Makhrup</t>
+  </si>
+  <si>
+    <t>Dr. Endang Yuli Purwani</t>
+  </si>
+  <si>
+    <t>Essa Annisa Syadiah, SPd, MSi</t>
+  </si>
+  <si>
+    <t>Nazopatul Patonah Har, M.Si</t>
+  </si>
+  <si>
+    <t>Dr Ir Yaya Suryana,M.Sc</t>
+  </si>
+  <si>
+    <t>Dr. Renan Prasta Jenie, S.TP, M.T.</t>
+  </si>
+  <si>
+    <t>Ichsan Hardyanto, S.Si.</t>
+  </si>
+  <si>
+    <t>Arga Ardidarma, SSi, MT</t>
+  </si>
+  <si>
+    <t>Ir Titah Sihdjati Riadhie</t>
+  </si>
+  <si>
+    <t>Sabar Pambudi, PhD</t>
+  </si>
+  <si>
+    <t>Vania Rahmawaty, Ssi</t>
+  </si>
+  <si>
+    <t>Bayu Prastowo, Msi</t>
+  </si>
+  <si>
+    <t>Tika Widayanti, M.Biomed</t>
+  </si>
+  <si>
+    <t>Maria Sri Kristiana Rahayu, Msi</t>
+  </si>
+  <si>
+    <t>Qatrinada Radiyatul Jannah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Neli Muna </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Naufal Agusti </t>
+  </si>
+  <si>
+    <t>Della Kharisma, SPd, MSi</t>
+  </si>
+  <si>
+    <t>Achmad Gus Fahmi, S.Si, M.Si</t>
+  </si>
+  <si>
+    <t>Salma Shafrina Aulia</t>
+  </si>
+  <si>
+    <t>Drh. Elma Yuliani Yessa, MSi</t>
+  </si>
+  <si>
+    <t>Yudi Reynaldi</t>
+  </si>
+  <si>
+    <t>Irwan S. Kuriawan, ST</t>
+  </si>
+  <si>
+    <t>Muhammad Shopia ramdhan, ST</t>
+  </si>
+  <si>
+    <t>Sri Purnama Srai, STP, MSi</t>
+  </si>
+  <si>
+    <t>Akhmad Irfan, STP, MSi</t>
+  </si>
+  <si>
+    <t>Sigit E. Prasetya, ST</t>
+  </si>
+  <si>
+    <t>Inge Scorpi Tulliza, STP, MSi</t>
+  </si>
+  <si>
+    <t>Esdinawan Carakantara Satrija</t>
+  </si>
+  <si>
+    <t>Ulfa Rachmawati</t>
+  </si>
+  <si>
+    <t>Tekad U.P. Sujarnoko</t>
+  </si>
+  <si>
+    <t>Alat Pembakaran untuk Produksi Arang Sekam</t>
+  </si>
+  <si>
+    <t>S20000207</t>
+  </si>
+  <si>
+    <t>Edy Karyanto</t>
+  </si>
+  <si>
+    <t>Dr. Mohammad Khotib, M.Si</t>
+  </si>
+  <si>
+    <t>Soffi Syarofah, M.Si</t>
+  </si>
+  <si>
+    <t>Eka Nurul Qomaliyah, SPd, MSi</t>
+  </si>
+  <si>
+    <t>Tyara Puspaningrum, STP</t>
+  </si>
+  <si>
+    <t>Novi Dian Ruri Erlinda, STP</t>
+  </si>
+  <si>
+    <t>Nadya Fazira Islah Madania</t>
+  </si>
+  <si>
+    <t>Hanifa Farafisha</t>
+  </si>
+  <si>
+    <t>Faiz Harisa Ihsan</t>
+  </si>
+  <si>
+    <t>Mellania Chandra Dewi</t>
+  </si>
+  <si>
+    <t>Niken Hardiyanti</t>
+  </si>
+  <si>
+    <t>Dhimas Pramadhani</t>
+  </si>
+  <si>
+    <t>Awanda Wira Anggini</t>
+  </si>
+  <si>
+    <t>Ratih Afrida Lismana Sari</t>
+  </si>
+  <si>
+    <t>Gustri Handayani</t>
+  </si>
+  <si>
+    <t>Rafli Arya Fahrezi</t>
+  </si>
+  <si>
+    <t>Muhammad Rafly Ikhsan</t>
+  </si>
+  <si>
+    <t>Feby Abelina</t>
+  </si>
+  <si>
+    <t>Silvia Zalda Putri</t>
+  </si>
+  <si>
+    <t>Fadel Hafis Akbar</t>
+  </si>
+  <si>
+    <t>Aryo Kurnia Ramadhan</t>
+  </si>
+  <si>
+    <t>Endi Juniardi</t>
+  </si>
+  <si>
+    <t>Latifa Putri Fajr</t>
+  </si>
+  <si>
+    <t>Dina Nurzuliana</t>
+  </si>
+  <si>
+    <t>Ilham Yusuf Bachtiar</t>
+  </si>
+  <si>
+    <t>Erich Roganda Simarmata</t>
+  </si>
+  <si>
+    <t>Hendra Muhtar Telaumbanua</t>
+  </si>
+  <si>
+    <t>Atha Rizki Pangestu</t>
+  </si>
+  <si>
+    <t>Alfani Bisri</t>
+  </si>
+  <si>
+    <t>Amalia Vira Cahyani</t>
+  </si>
+  <si>
+    <t>Indri Susylawaty</t>
+  </si>
+  <si>
+    <t>Aprilia Tri Haryanti</t>
+  </si>
+  <si>
+    <t>Yosia Adityo Noviantoro</t>
+  </si>
+  <si>
+    <t>Talitha Alya Syaharani</t>
+  </si>
+  <si>
+    <t>Adrian Fadhillah</t>
+  </si>
+  <si>
+    <t>Widya Rahma</t>
+  </si>
+  <si>
+    <t>Khairunnisa</t>
+  </si>
+  <si>
+    <t>Rahul Malik Fajri</t>
+  </si>
+  <si>
+    <t>Antiek Widya Ningsih</t>
+  </si>
+  <si>
+    <t>Nidaa Fauziyyatun Nur Aziizah</t>
+  </si>
+  <si>
+    <t>Putri Rindyo Novitasari</t>
+  </si>
+  <si>
+    <t>Muhammad Aysar Ferdiansyah</t>
+  </si>
+  <si>
+    <t>Sari Rahmadonna</t>
+  </si>
+  <si>
+    <t>Asmaul Hasna</t>
+  </si>
+  <si>
+    <t>Gunafria Abdillah Toha</t>
+  </si>
+  <si>
+    <t>Fahmi Ramadhan</t>
+  </si>
+  <si>
+    <t>Aisyah Permata Byan</t>
+  </si>
+  <si>
+    <t>Rezha Wahyu Pratama</t>
+  </si>
+  <si>
+    <t>Reswan Frediansyah</t>
+  </si>
+  <si>
+    <t>Muhammad Islahul Islam</t>
+  </si>
+  <si>
+    <t>Salma Nabilah Ro’uf</t>
+  </si>
+  <si>
+    <t>Dania Khoirun Nisa</t>
+  </si>
+  <si>
+    <t>Dini Amalia</t>
+  </si>
+  <si>
+    <t>Mohammad Disam Alfain</t>
+  </si>
+  <si>
+    <t>Rizki Maulana Yusuf</t>
+  </si>
+  <si>
+    <t>Muhamad Zidan Rahmat</t>
+  </si>
+  <si>
+    <t>Angga Firmansyah</t>
+  </si>
+  <si>
+    <t>Deandarla Naoremisa</t>
+  </si>
+  <si>
+    <t>M Ikhsan</t>
+  </si>
+  <si>
+    <t>Dhiyaa Sanaya</t>
+  </si>
+  <si>
+    <t>Aldi Adi Pratama</t>
+  </si>
+  <si>
+    <t>Friska Alvionita Gilda</t>
+  </si>
+  <si>
+    <t>Darojatul Ulya</t>
+  </si>
+  <si>
+    <t>Teknologi Anti Layu Daun Otomatis Berbasis IoT Pada Tanaman Porang Dengan Ekstrak Daun Sirih</t>
+  </si>
+  <si>
+    <t>19-Jul-2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202105517 </t>
+  </si>
+  <si>
+    <t>Ahmad Hariri</t>
+  </si>
+  <si>
+    <t>Porang (Amorphophallus muelleri) merupakan tanaman umbi yang mempunyai potensi untuk dikembangkan. Dalam budidayanya terdapat beberapa kendala, salah satunya adalah serangan jamur yang dapat menyebabkan pembusukan pada bibit porang. Oleh karenanya inovasi berupa ANTEC (Automatic Anti Withered Leaves Technology) sebagai sistem kendali otomatis dalam mengatasi masalah serangan jamur berbasis IoT dengan menggunakan fungisida berbahan ekstrak daun sirih. Sistem ini dilengkapi dengan sensor DHT 11, Relay, pompa, tangki berisi fungisida dan smartphone. Sensor akan mendeteksi perubahan kelembaban di sekitar tanaman, kemudian sistem akan mengirim respon atau sinyal ke smartphone untuk mengatasi masalah jamur yang menyerang pada tanaman porang. Tombol ya pada system secara otomatis dapat menyiram tanaman dengan fungisida. Dengan adanya inovasi ini, para petani dapat dengan mudah mengontrol kondisi tanaman porang sehingga dapat memaksimalkan proses pertumbuhan.</t>
+  </si>
+  <si>
+    <t>Tresna Widiana</t>
+  </si>
+  <si>
+    <t>Lia Sa'adatul Ulfah</t>
+  </si>
+  <si>
+    <t>Halwa Fauziah Amini</t>
+  </si>
+  <si>
+    <t>Najma Amini</t>
+  </si>
+  <si>
+    <t>Lailatul Rohmah</t>
+  </si>
+  <si>
+    <t>Alifian Gigih Pangestu</t>
+  </si>
+  <si>
+    <t>Rahmatun Nisful Maghfiroh</t>
+  </si>
+  <si>
+    <t>Iffah Nabilah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hendriani Wijayanti </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sintia Intan Agsari </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ipik Julpikar </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vicky Prajaputra, M.Si </t>
+  </si>
+  <si>
+    <t>Drh. Eko Prasetyo Nugroho</t>
+  </si>
+  <si>
+    <t>Drh. Elok Puspita Rini</t>
+  </si>
+  <si>
+    <t>Drh. Handayu Untari</t>
+  </si>
+  <si>
+    <t>Drh Nina Herlina, MSi</t>
+  </si>
+  <si>
+    <t>Dr. I Made Tangkas, M.Kes</t>
+  </si>
+  <si>
+    <t>Umi Faza Rokhmah, S.Gz, M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ade Heri Mulyati, S.Si. M.Si </t>
+  </si>
+  <si>
+    <t>Apon Zaenal Mustopa</t>
+  </si>
+  <si>
+    <t>Ilham Rinaldi</t>
+  </si>
+  <si>
+    <t>Muthia Khairina</t>
+  </si>
+  <si>
+    <t>Isep Ramdhan</t>
+  </si>
+  <si>
+    <t>Heddy Julistiono</t>
+  </si>
+  <si>
+    <t>Tommy Abrar</t>
+  </si>
+  <si>
+    <t>Hartinah Pratiwi</t>
+  </si>
+  <si>
+    <t>E. Mulyati Effendi</t>
+  </si>
+  <si>
+    <t>Itsna A'ini Maysyaroh</t>
+  </si>
+  <si>
+    <t>Giga Genggam Garis Gusti</t>
+  </si>
+  <si>
+    <t>Amalia Riyanti, STP</t>
+  </si>
+  <si>
+    <t>Yatno, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Ma'aruf Tafsin, M.Si.</t>
+  </si>
+  <si>
+    <t>Muhamad Arifin, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Reza Adiyoga, S.Pt</t>
+  </si>
+  <si>
+    <t>Weny Dwi Ningtyas, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Muhamad Arifin, S.Pt</t>
+  </si>
+  <si>
+    <t>Naufal Muharam Nurdin, S.Ked.,M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hizkiandito Adiwijaya </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Puji Ambarwati, S.Si </t>
+  </si>
+  <si>
+    <t>Nur Setiawati Rahayu</t>
+  </si>
+  <si>
+    <t>Ananda Najwa Rizki</t>
+  </si>
+  <si>
+    <t>Rahmat Dzakwan</t>
+  </si>
+  <si>
+    <t>Nanda Amirah Luthfiyah</t>
+  </si>
+  <si>
+    <t>Panduk Wicaksono</t>
+  </si>
+  <si>
+    <t>Akhdan Ravi Andaman</t>
+  </si>
+  <si>
+    <t>Muhammad Fawwaz Naufal</t>
+  </si>
+  <si>
+    <t>Naila Nur Alifa</t>
+  </si>
+  <si>
+    <t>Nurdhuha Lil Firdausi Ismail</t>
+  </si>
+  <si>
+    <t>Ety Rusydiyati</t>
+  </si>
+  <si>
+    <t>Yusuf Habi Bulloh</t>
+  </si>
+  <si>
+    <t>Lalu Wira Candra Prana</t>
+  </si>
+  <si>
+    <t>Silvia Nuraini</t>
+  </si>
+  <si>
+    <t>Muhammad Dival</t>
+  </si>
+  <si>
+    <t>Asyfa Trinovalaila</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Azizah Luthfiyah Mumtaz Sidik </t>
+  </si>
+  <si>
+    <t>Muhammad Fauzan Al Baihaqi</t>
+  </si>
+  <si>
+    <t>Muhammad Ismail</t>
+  </si>
+  <si>
+    <t>Siti Anjani Putri</t>
+  </si>
+  <si>
+    <t>Lava Febrian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Saddam Al Husain </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr. Ir. Firdaus Basbeth,  M.M</t>
+  </si>
+  <si>
+    <t>Shidiq Lanang Prasetiyo, S.Pi</t>
+  </si>
+  <si>
+    <t>Aurelia Ransi Rahmadi</t>
+  </si>
+  <si>
+    <t>Mochammad Za’im Hakim</t>
+  </si>
+  <si>
+    <t>Anggun Wahyudi</t>
+  </si>
+  <si>
+    <t>Erma Siti Nur Robi’ah</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Khansa Fitri Az-Zahra</t>
+  </si>
+  <si>
+    <t>Eliza Nurul Azhar</t>
+  </si>
+  <si>
+    <t>Muhammad Ziyan Al Hanin</t>
+  </si>
+  <si>
+    <t>Farhan Ali Alfarizi</t>
+  </si>
+  <si>
+    <t>Sukma Dimas Mahesta</t>
+  </si>
+  <si>
+    <t>Dinar Dewinta Maharani</t>
+  </si>
+  <si>
+    <t>Amanda Febriyanti Nurdevi</t>
+  </si>
+  <si>
+    <t>Indiv Sultana Binavsi</t>
+  </si>
+  <si>
+    <t>Rakha Dwi Laksono</t>
+  </si>
+  <si>
+    <t>Laraissa Tabina</t>
+  </si>
+  <si>
+    <t>Dina Agustin</t>
+  </si>
+  <si>
+    <t>Zalviana Ika Nur Rizky</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Zakia Lailatu Rahma</t>
+  </si>
+  <si>
+    <t>Nur Cahyo Pepadang Bumi</t>
+  </si>
+  <si>
+    <t>Siti Sarah Aaliya Markum</t>
+  </si>
+  <si>
+    <t>Evania Aristaningsih</t>
+  </si>
+  <si>
+    <t>Erin Samantha</t>
+  </si>
+  <si>
+    <t>Rayne Shavira Sahdina</t>
+  </si>
+  <si>
+    <t>Qonitatun Marifah</t>
+  </si>
+  <si>
+    <t>Rachmah Rahayuningtyas</t>
+  </si>
+  <si>
+    <t>Triliyani Lesmana</t>
+  </si>
+  <si>
+    <t>Afriliani Tasya Larasti</t>
+  </si>
+  <si>
+    <t>Ahmad Rafly</t>
+  </si>
+  <si>
+    <t>I Dewa Gede Wicaksana Prabaswara</t>
+  </si>
+  <si>
+    <t>I Gusti Ngurah Sucahya Satria Adi Pratama</t>
+  </si>
+  <si>
+    <t>Putu Oki Wiradita Aryawan</t>
+  </si>
+  <si>
+    <t>Talita Shofa Adestia, S. Farm., M. Imun.</t>
+  </si>
+  <si>
+    <t>Sari Yanti Hayanti</t>
+  </si>
+  <si>
+    <t>Rahmawati</t>
+  </si>
+  <si>
+    <t>Dimas Firmanda Al Riza</t>
+  </si>
+  <si>
+    <t>Wulandari</t>
+  </si>
+  <si>
+    <t>Cahyo Wibowo</t>
+  </si>
+  <si>
+    <t>Asyfa Thalita Salsabillah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dewa Fahtiar Fisabila </t>
+  </si>
+  <si>
+    <t>Rahma Maulidya</t>
+  </si>
+  <si>
     <t>Adinda Kirana Murni Siregar</t>
   </si>
   <si>
-    <t>Departemen Sekolah Bisnis</t>
-[...5 lines deleted...]
-    <t>Hanifa Farafisha</t>
+    <t>Balqis Naila Ath-Thifa</t>
+  </si>
+  <si>
+    <t>Achmad Ibrahim</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arum Setiyo Wati </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Shella Febby Anggraini </t>
+  </si>
+  <si>
+    <t>Qibtiyatul Masruroh</t>
+  </si>
+  <si>
+    <t>Frederick Jeconiah Nebelson</t>
+  </si>
+  <si>
+    <t>Lady Olivia Sihaloho</t>
+  </si>
+  <si>
+    <t>Nuris Shokhifatul Aliyah</t>
+  </si>
+  <si>
+    <t>Cintana Dwi Pangestuti</t>
+  </si>
+  <si>
+    <t>Arlin Maulida</t>
+  </si>
+  <si>
+    <t>Demiati</t>
+  </si>
+  <si>
+    <t>Mohammad Hafiz</t>
+  </si>
+  <si>
+    <t>Andara Firdaus Saputra</t>
+  </si>
+  <si>
+    <t>Dewi Uswatun Khasanah, S.TP.</t>
+  </si>
+  <si>
+    <t>Hadi Guna Praja Kusuma</t>
+  </si>
+  <si>
+    <t>Daniar Nur Salsabila</t>
+  </si>
+  <si>
+    <t>Auditra Namira Pradani</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ridwan Affandi, DEA</t>
+  </si>
+  <si>
+    <t>Akram Mubarak</t>
+  </si>
+  <si>
+    <t>Siti Patimah Zahro Maulani</t>
+  </si>
+  <si>
+    <t>Edwin Hadiana</t>
+  </si>
+  <si>
+    <t>Rita Tri Puspitasari</t>
+  </si>
+  <si>
+    <t>M. Atta Bary, SP MSi</t>
+  </si>
+  <si>
+    <t>Thali'ah Putri Anisah</t>
+  </si>
+  <si>
+    <t>Afreza Tamimi HSB</t>
+  </si>
+  <si>
+    <t>Ilham Gilang Cahya Ahmada</t>
+  </si>
+  <si>
+    <t>Alifa Rahmania</t>
+  </si>
+  <si>
+    <t>Bustomi</t>
+  </si>
+  <si>
+    <t>Sri Familasari</t>
+  </si>
+  <si>
+    <t>Bintang Nurul Iman</t>
+  </si>
+  <si>
+    <t>Melpa Susanti Purba</t>
+  </si>
+  <si>
+    <t>Dwi Utari Rahmiati</t>
+  </si>
+  <si>
+    <t>Normalina Sandora</t>
   </si>
   <si>
     <t>Muhammad Arza Putra</t>
   </si>
   <si>
-    <t>Ruri Aruntika Sari</t>
-[...65 lines deleted...]
-    <t>Invensi ini berkaitan dengan formulasi pembuatan mie instan berbasis ekstrak daun torbangun terdiri atas tepung terigu, ekstrak daun torbangun dengan perbandingan 1:10 (Setiap 10 kg daun basah menjadi 1 kg ekstrak daun torbangun), garam STPP, dan telur. Proses pembuatannya meliputi pencampuran bahan, pengadukan, pengepresan, pembentukan helaian mie, pengukusan, penggorengan dan penirisan. Hasil uji produk mie instan ekstrak daun torbangun secara in vivo menyatakan bahwa pemberian produk mie instan ekstrak daun torbangun terhadap tikus menyusi dapat meningkatkan produksi ASI sebesar 67% dari kontrol.</t>
+    <t>Arnia Diana Fitri</t>
+  </si>
+  <si>
+    <t>Nindya Dwi Utami</t>
+  </si>
+  <si>
+    <t>Fitria Senja Murtiningrum</t>
+  </si>
+  <si>
+    <t>Gita Novita Sari</t>
+  </si>
+  <si>
+    <t>Luqiana Rizky</t>
+  </si>
+  <si>
+    <t>Desy Yusvita Sari</t>
+  </si>
+  <si>
+    <t>Andini Setianengsih</t>
+  </si>
+  <si>
+    <t>Primanisa Nurgravisi</t>
+  </si>
+  <si>
+    <t>Elsa Nurfadilla</t>
+  </si>
+  <si>
+    <t>Firanindyta Hade</t>
   </si>
   <si>
     <t>Patricia Yohaneta Gendis Kusmaningjati</t>
   </si>
   <si>
-    <t>Sukma Dimas Mahesta</t>
-[...17 lines deleted...]
-    <t xml:space="preserve">Azizah Luthfiyah Mumtaz Sidik </t>
+    <t>Dimas Panji Hasmoro</t>
+  </si>
+  <si>
+    <t>Adhiasta Faris Setiabudi</t>
+  </si>
+  <si>
+    <t>Dionisius Dwi Wicaksono</t>
+  </si>
+  <si>
+    <t>Azizah Lutfia Ningtyas</t>
+  </si>
+  <si>
+    <t>Siti Zanuba Aisyah</t>
+  </si>
+  <si>
+    <t>Kuntum Khaira Nadja</t>
+  </si>
+  <si>
+    <t>Safira Hajar Mutmainah</t>
+  </si>
+  <si>
+    <t>Putri Tazkia Milawati</t>
   </si>
   <si>
     <t>Fitri Isnia Nuryani</t>
   </si>
   <si>
-    <t>Proses Ekstraksi Senyawa Flavonoid dari Buah Kapulaga Sebagai Antioksidan</t>
-[...137 lines deleted...]
-    <t>Itsna A'ini Maysyaroh</t>
+    <t xml:space="preserve">Dydan Muhammad Al Basith </t>
+  </si>
+  <si>
+    <t>Achmad David</t>
   </si>
   <si>
     <t>Agustin Marlili Artika</t>
   </si>
   <si>
-    <t>Perangkat Simulasi untuk Menguji Label Indikator Pemantau Kerusakan Produk Pangan Segar Berbasis Pelepasan Senyawa Volatil</t>
-[...1113 lines deleted...]
-    <t>Nindya Dwi Utami</t>
+    <t>Restina Kutyaningrum</t>
+  </si>
+  <si>
+    <t>Salma Nur Aeni</t>
+  </si>
+  <si>
+    <t>Albert Setya Purcahya</t>
+  </si>
+  <si>
+    <t>Erniati, S.Si, M.Si</t>
   </si>
   <si>
     <t>Afif Abdurrahman</t>
   </si>
   <si>
-    <t>Daniar Nur Salsabila</t>
-[...20 lines deleted...]
-    <t>apt. Rachmi Ridho, S.Farm, M.Farm.</t>
+    <t>Rahmawati Nur Annisa</t>
+  </si>
+  <si>
+    <t>dr Matyani, M.Si, SpMK</t>
+  </si>
+  <si>
+    <t>Vincentius Yolanda Angger Raditya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dian Permana </t>
+  </si>
+  <si>
+    <t>Afriza Setiadi</t>
   </si>
   <si>
     <t>Nofiana Sholikhatun, S.Pi.</t>
   </si>
   <si>
-    <t>Rahma Maulidya</t>
-[...109 lines deleted...]
-  <si>
     <t>Ibrahim Kholilullah, S.Si., M.Si.</t>
-  </si>
-[...43 lines deleted...]
-    <t>Hartinah Pratiwi</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -3670,74 +4131,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J843" headerRowCount="1">
-  <autoFilter ref="A4:J843"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J942" headerRowCount="1">
+  <autoFilter ref="A4:J942"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J843"/>
+  <dimension ref="A1:J942"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -3774,21452 +4235,24026 @@
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="0" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>23</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="J7" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="H8" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="H10" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J10" s="0" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>11</v>
+        <v>33</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>12</v>
+        <v>37</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>40</v>
+        <v>14</v>
       </c>
       <c r="H12" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I12" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J12" s="0" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="0" t="s">
+      <c r="F13" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I13" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J13" s="0" t="s">
         <v>45</v>
-      </c>
-[...10 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C14" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="F14" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="H14" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="F14" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I14" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>54</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B15" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="F15" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="C15" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H15" s="0" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>11</v>
+        <v>55</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>12</v>
+        <v>56</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>60</v>
+        <v>49</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H17" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="0" t="s">
+      <c r="I17" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J17" s="0" t="s">
         <v>63</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>70</v>
+        <v>60</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>75</v>
+        <v>70</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>76</v>
+        <v>71</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="H20" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="I20" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J20" s="0" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B21" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C21" s="0" t="s">
         <v>79</v>
       </c>
-      <c r="C21" s="0" t="s">
+      <c r="F21" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" s="0" t="s">
         <v>80</v>
       </c>
-      <c r="F21" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G21" s="0" t="s">
+      <c r="H21" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="H21" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I21" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B22" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="C22" s="0" t="s">
         <v>84</v>
       </c>
-      <c r="C22" s="0" t="s">
+      <c r="F22" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="H22" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="F22" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="0" t="s">
+      <c r="I22" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J22" s="0" t="s">
         <v>86</v>
-      </c>
-[...7 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>89</v>
+        <v>80</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="I23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B24" s="0" t="s">
+      <c r="C24" s="0" t="s">
         <v>91</v>
       </c>
-      <c r="C24" s="0" t="s">
+      <c r="F24" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" s="0" t="s">
         <v>92</v>
       </c>
-      <c r="F24" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G24" s="0" t="s">
+      <c r="H24" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="I24" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J24" s="0" t="s">
         <v>93</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>72</v>
+        <v>94</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>73</v>
+        <v>95</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>74</v>
+        <v>96</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>76</v>
+        <v>97</v>
       </c>
       <c r="I25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>21</v>
+        <v>99</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="I26" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="F27" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" s="0" t="s">
         <v>101</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H27" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I27" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J27" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>37</v>
+        <v>111</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>38</v>
+        <v>112</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>39</v>
+        <v>113</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>42</v>
+        <v>116</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>43</v>
+        <v>117</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>45</v>
+        <v>118</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>90</v>
+        <v>119</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>91</v>
+        <v>120</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>29</v>
+        <v>123</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>113</v>
+        <v>125</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>114</v>
+        <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>115</v>
+        <v>126</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>116</v>
+        <v>127</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="I32" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>117</v>
+        <v>128</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>118</v>
+        <v>129</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>119</v>
+        <v>130</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I33" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>128</v>
+        <v>139</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>129</v>
+        <v>140</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>48</v>
+        <v>141</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>49</v>
+        <v>142</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>50</v>
+        <v>143</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>54</v>
+        <v>145</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>31</v>
+        <v>146</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>32</v>
+        <v>147</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>33</v>
+        <v>148</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>35</v>
+        <v>81</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>133</v>
+        <v>149</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>135</v>
+        <v>150</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I38" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>137</v>
+        <v>151</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>20</v>
+        <v>152</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>21</v>
+        <v>153</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>22</v>
+        <v>154</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>138</v>
+        <v>155</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>24</v>
+        <v>157</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>83</v>
+        <v>57</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>87</v>
+        <v>61</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>88</v>
+        <v>63</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>140</v>
+        <v>64</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>141</v>
+        <v>65</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>142</v>
+        <v>158</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>143</v>
+        <v>66</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>48</v>
+        <v>159</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>50</v>
+        <v>160</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>77</v>
+        <v>161</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>54</v>
+        <v>162</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>144</v>
+        <v>89</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>49</v>
+        <v>90</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>145</v>
+        <v>91</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>77</v>
+        <v>163</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>146</v>
+        <v>93</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>67</v>
+        <v>94</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>68</v>
+        <v>95</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>147</v>
+        <v>163</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>148</v>
+        <v>133</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>68</v>
+        <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>149</v>
+        <v>135</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>147</v>
+        <v>164</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>101</v>
+        <v>165</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>102</v>
+        <v>138</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>103</v>
+        <v>166</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>150</v>
+        <v>167</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J46" s="0" t="s">
+        <v>168</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>93</v>
+        <v>171</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="I47" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>156</v>
+        <v>52</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>157</v>
+        <v>174</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>158</v>
+        <v>172</v>
       </c>
       <c r="I48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>101</v>
+        <v>87</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>102</v>
+        <v>83</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>159</v>
+        <v>175</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>62</v>
+        <v>177</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>161</v>
+        <v>178</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J50" s="0" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>32</v>
+        <v>138</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>165</v>
+        <v>139</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>162</v>
+        <v>175</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>166</v>
+        <v>78</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>167</v>
+        <v>79</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>67</v>
+        <v>169</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>69</v>
+        <v>170</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>148</v>
+        <v>173</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>68</v>
+        <v>52</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>149</v>
+        <v>174</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="I54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>169</v>
+        <v>181</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>170</v>
+        <v>153</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>108</v>
+        <v>183</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J55" s="0" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>172</v>
+        <v>46</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>173</v>
+        <v>47</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>174</v>
+        <v>48</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I56" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>177</v>
+        <v>51</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>178</v>
+        <v>52</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>179</v>
+        <v>53</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>175</v>
+        <v>183</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>182</v>
+        <v>107</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>178</v>
+        <v>99</v>
       </c>
       <c r="C58" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="F58" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" s="0" t="s">
         <v>183</v>
       </c>
-      <c r="F58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H58" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>184</v>
+        <v>110</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>160</v>
+        <v>82</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>62</v>
+        <v>83</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>161</v>
+        <v>84</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>185</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="I59" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J59" s="0" t="s">
+        <v>86</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>164</v>
+        <v>87</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>32</v>
+        <v>83</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>165</v>
+        <v>88</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>185</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>118</v>
+        <v>10</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>120</v>
+        <v>12</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>186</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>122</v>
+        <v>17</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>187</v>
+        <v>18</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>188</v>
+        <v>19</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>189</v>
+        <v>20</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>186</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I62" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J62" s="0" t="s">
+        <v>21</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>190</v>
+        <v>22</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>84</v>
+        <v>23</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>191</v>
+        <v>24</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>186</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I63" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>193</v>
+        <v>25</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>194</v>
+        <v>27</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="0" t="s">
         <v>186</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>195</v>
+        <v>28</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>152</v>
+        <v>30</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>112</v>
+        <v>186</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="I65" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>154</v>
+        <v>31</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>196</v>
+        <v>32</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>197</v>
+        <v>34</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>116</v>
+        <v>186</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I66" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>198</v>
+        <v>35</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>199</v>
+        <v>36</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>200</v>
+        <v>37</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>116</v>
+        <v>186</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="I67" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J67" s="0" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>83</v>
+        <v>39</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>84</v>
+        <v>33</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>85</v>
+        <v>40</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>201</v>
+        <v>186</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="I68" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>88</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>56</v>
+        <v>44</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>131</v>
+        <v>186</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>202</v>
+        <v>46</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>203</v>
+        <v>47</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>204</v>
+        <v>48</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>132</v>
+        <v>187</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I70" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>206</v>
+        <v>188</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>207</v>
+        <v>47</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>208</v>
+        <v>189</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>210</v>
+        <v>191</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>211</v>
+        <v>192</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>212</v>
+        <v>193</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>132</v>
+        <v>194</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>213</v>
+        <v>51</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>214</v>
+        <v>52</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>215</v>
+        <v>53</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I73" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>217</v>
+        <v>54</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>214</v>
+        <v>55</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>218</v>
+        <v>56</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I74" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>134</v>
+        <v>197</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>221</v>
+        <v>198</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I75" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>135</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I76" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>134</v>
+        <v>99</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>224</v>
+        <v>108</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I77" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>225</v>
+        <v>110</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>226</v>
+        <v>152</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>228</v>
+        <v>154</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>41</v>
+        <v>156</v>
       </c>
       <c r="I78" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>229</v>
+        <v>157</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>230</v>
+        <v>181</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>231</v>
+        <v>153</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>232</v>
+        <v>182</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>233</v>
+        <v>195</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J79" s="0" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>96</v>
+        <v>199</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>21</v>
+        <v>58</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>97</v>
+        <v>200</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>234</v>
+        <v>201</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>99</v>
+        <v>202</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>100</v>
+        <v>203</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>235</v>
+        <v>46</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>236</v>
+        <v>48</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>237</v>
+        <v>204</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I81" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>223</v>
+        <v>119</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>134</v>
+        <v>120</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>224</v>
+        <v>121</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>136</v>
+        <v>205</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="I82" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>225</v>
+        <v>124</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>31</v>
+        <v>206</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>32</v>
+        <v>207</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>33</v>
+        <v>208</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>136</v>
+        <v>209</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I83" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J83" s="0" t="s">
+        <v>211</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>202</v>
+        <v>103</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>203</v>
+        <v>104</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>204</v>
+        <v>105</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>136</v>
+        <v>212</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I84" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>205</v>
+        <v>106</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>238</v>
+        <v>213</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>239</v>
+        <v>214</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>138</v>
+        <v>215</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J85" s="0" t="s">
+        <v>216</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>240</v>
+        <v>133</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>241</v>
+        <v>135</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>142</v>
+        <v>217</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>43</v>
+        <v>218</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>44</v>
+        <v>138</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>45</v>
+        <v>219</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>242</v>
+        <v>220</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J87" s="0" t="s">
+        <v>221</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>246</v>
+        <v>220</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="I88" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>247</v>
+        <v>225</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>248</v>
+        <v>226</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>249</v>
+        <v>223</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>250</v>
+        <v>227</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>251</v>
+        <v>220</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I89" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>252</v>
+        <v>228</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>253</v>
+        <v>229</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>21</v>
+        <v>192</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>254</v>
+        <v>230</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>255</v>
+        <v>231</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I90" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>256</v>
+        <v>232</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>196</v>
+        <v>233</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>114</v>
+        <v>147</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>197</v>
+        <v>234</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>257</v>
+        <v>231</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>169</v>
+        <v>39</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>170</v>
+        <v>33</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>171</v>
+        <v>40</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>258</v>
+        <v>235</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I92" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J92" s="0" t="s">
+        <v>41</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>96</v>
+        <v>236</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>97</v>
+        <v>237</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>259</v>
+        <v>235</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>99</v>
+        <v>238</v>
       </c>
       <c r="I93" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>240</v>
+        <v>10</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>62</v>
+        <v>11</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>241</v>
+        <v>12</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="I94" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J94" s="0" t="s">
+        <v>17</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>261</v>
+        <v>239</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>134</v>
+        <v>43</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>262</v>
+        <v>240</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>263</v>
+        <v>241</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>158</v>
+        <v>81</v>
       </c>
       <c r="I95" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>264</v>
+        <v>242</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>265</v>
+        <v>243</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>266</v>
+        <v>244</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>267</v>
+        <v>245</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>268</v>
+        <v>246</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>269</v>
+        <v>97</v>
       </c>
       <c r="I96" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>271</v>
+        <v>64</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>272</v>
+        <v>58</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>273</v>
+        <v>65</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>274</v>
+        <v>247</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>275</v>
+        <v>61</v>
       </c>
       <c r="I97" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>276</v>
+        <v>66</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>277</v>
+        <v>141</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>32</v>
+        <v>142</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>278</v>
+        <v>143</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>279</v>
+        <v>247</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="I98" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J98" s="0" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>271</v>
+        <v>199</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>272</v>
+        <v>58</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>273</v>
+        <v>200</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>280</v>
+        <v>247</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>275</v>
+        <v>202</v>
       </c>
       <c r="I99" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>276</v>
+        <v>203</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>101</v>
+        <v>152</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>102</v>
+        <v>153</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>103</v>
+        <v>154</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>281</v>
+        <v>248</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>15</v>
+        <v>156</v>
       </c>
       <c r="I100" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J100" s="0" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>282</v>
+        <v>181</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>283</v>
+        <v>153</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>284</v>
+        <v>182</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>285</v>
+        <v>248</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I101" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J101" s="0" t="s">
+        <v>184</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>261</v>
+        <v>51</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>134</v>
+        <v>52</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>262</v>
+        <v>53</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>286</v>
+        <v>248</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="I102" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>238</v>
+        <v>133</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>239</v>
+        <v>135</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>287</v>
+        <v>248</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="I103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>61</v>
+        <v>206</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>62</v>
+        <v>207</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>63</v>
+        <v>208</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>288</v>
+        <v>249</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>65</v>
+        <v>210</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>66</v>
+        <v>211</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>85</v>
+        <v>118</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>289</v>
+        <v>250</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="I105" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>190</v>
+        <v>173</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>191</v>
+        <v>174</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>290</v>
+        <v>251</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>291</v>
+        <v>236</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>292</v>
+        <v>52</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>293</v>
+        <v>237</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>294</v>
+        <v>14</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>29</v>
+        <v>238</v>
       </c>
       <c r="I107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>295</v>
+        <v>72</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>296</v>
+        <v>73</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>297</v>
+        <v>74</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>298</v>
+        <v>49</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>299</v>
+        <v>76</v>
       </c>
       <c r="I108" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>300</v>
+        <v>77</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>160</v>
+        <v>199</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>301</v>
+        <v>60</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="I109" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J109" s="0" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>199</v>
+        <v>51</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>73</v>
+        <v>52</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>200</v>
+        <v>53</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>302</v>
+        <v>252</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>158</v>
+        <v>50</v>
       </c>
       <c r="I110" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>144</v>
+        <v>253</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>49</v>
+        <v>254</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>145</v>
+        <v>255</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>303</v>
+        <v>256</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>52</v>
+        <v>15</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>146</v>
+        <v>257</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>79</v>
+        <v>95</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>304</v>
+        <v>258</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="I112" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>305</v>
+        <v>259</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>306</v>
+        <v>95</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>307</v>
+        <v>260</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>287</v>
+        <v>261</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="I113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>101</v>
+        <v>119</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>102</v>
+        <v>120</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>103</v>
+        <v>121</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>287</v>
+        <v>263</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>15</v>
+        <v>123</v>
       </c>
       <c r="I114" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J114" s="0" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>20</v>
+        <v>264</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>22</v>
+        <v>265</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>15</v>
+        <v>267</v>
       </c>
       <c r="I115" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>24</v>
+        <v>268</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>90</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>81</v>
+      </c>
+      <c r="I116" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J116" s="0" t="s">
         <v>271</v>
-      </c>
-[...19 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>308</v>
+        <v>272</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>309</v>
+        <v>274</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>287</v>
+        <v>275</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>310</v>
+        <v>62</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>193</v>
+        <v>276</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>84</v>
+        <v>277</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>194</v>
+        <v>278</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>290</v>
+        <v>279</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>29</v>
+        <v>280</v>
       </c>
       <c r="I118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J118" s="0" t="s">
-        <v>195</v>
+        <v>281</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>164</v>
+        <v>282</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>32</v>
+        <v>283</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>165</v>
+        <v>284</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>301</v>
+        <v>285</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="I119" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>311</v>
+        <v>103</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>312</v>
+        <v>104</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>313</v>
+        <v>105</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>314</v>
+        <v>132</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>130</v>
+        <v>81</v>
       </c>
       <c r="I120" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
+      </c>
+      <c r="J120" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>315</v>
+        <v>176</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>227</v>
+        <v>177</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>316</v>
+        <v>178</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>317</v>
+        <v>140</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I121" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J121" s="0" t="s">
-        <v>318</v>
+        <v>179</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>271</v>
+        <v>213</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>272</v>
+        <v>120</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>273</v>
+        <v>214</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>23</v>
+        <v>144</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>275</v>
+        <v>81</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>308</v>
+        <v>199</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>272</v>
+        <v>58</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>309</v>
+        <v>200</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>23</v>
+        <v>158</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J123" s="0" t="s">
-        <v>310</v>
+        <v>203</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>277</v>
+        <v>286</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>32</v>
+        <v>287</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>23</v>
+        <v>289</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I124" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J124" s="0" t="s">
+        <v>290</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>101</v>
+        <v>269</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>103</v>
+        <v>270</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I125" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J125" s="0" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>203</v>
+        <v>134</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>204</v>
+        <v>135</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>34</v>
+        <v>291</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>206</v>
+        <v>125</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>207</v>
+        <v>99</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>208</v>
+        <v>126</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>34</v>
+        <v>292</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="I127" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>209</v>
+        <v>128</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>210</v>
+        <v>293</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>211</v>
+        <v>294</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>212</v>
+        <v>295</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>34</v>
+        <v>167</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J128" s="0" t="s">
+        <v>296</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>213</v>
+        <v>264</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>215</v>
+        <v>265</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>34</v>
+        <v>297</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>41</v>
+        <v>267</v>
       </c>
       <c r="I129" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>216</v>
+        <v>268</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>217</v>
+        <v>141</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>214</v>
+        <v>142</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>218</v>
+        <v>143</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>34</v>
+        <v>298</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>41</v>
+        <v>15</v>
       </c>
       <c r="I130" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>219</v>
+        <v>145</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>220</v>
+        <v>82</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>134</v>
+        <v>83</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>221</v>
+        <v>84</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>34</v>
+        <v>175</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="I131" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>222</v>
+        <v>86</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>133</v>
+        <v>64</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>134</v>
+        <v>58</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>135</v>
+        <v>65</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>34</v>
+        <v>299</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>41</v>
+        <v>61</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>137</v>
+        <v>66</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>223</v>
+        <v>152</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>224</v>
+        <v>154</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>34</v>
+        <v>183</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>41</v>
+        <v>156</v>
       </c>
       <c r="I133" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>225</v>
+        <v>157</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>226</v>
+        <v>300</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>227</v>
+        <v>33</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>228</v>
+        <v>301</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>34</v>
+        <v>302</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>41</v>
+        <v>97</v>
       </c>
       <c r="I134" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>229</v>
+        <v>303</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="B135" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C135" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="F135" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="H135" s="0" t="s">
         <v>238</v>
-      </c>
-[...13 lines deleted...]
-        <v>47</v>
       </c>
       <c r="I135" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>144</v>
+        <v>129</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>49</v>
+        <v>130</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>51</v>
+        <v>304</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>52</v>
+        <v>81</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>16</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>51</v>
+        <v>187</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>55</v>
+        <v>282</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>49</v>
+        <v>283</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>51</v>
+        <v>305</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>59</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>48</v>
+        <v>119</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>50</v>
+        <v>121</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>57</v>
+        <v>306</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>54</v>
+        <v>124</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>49</v>
+        <v>99</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>57</v>
+        <v>307</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>146</v>
+        <v>128</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>238</v>
+        <v>119</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>62</v>
+        <v>120</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>239</v>
+        <v>121</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>60</v>
+        <v>308</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>47</v>
+        <v>123</v>
       </c>
       <c r="I141" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J141" s="0" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>32</v>
+        <v>254</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>60</v>
+        <v>309</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="I142" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J142" s="0" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>282</v>
+        <v>46</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>283</v>
+        <v>47</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>284</v>
+        <v>48</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>60</v>
+        <v>195</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I143" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>148</v>
+        <v>57</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>149</v>
+        <v>59</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>70</v>
+        <v>201</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>29</v>
+        <v>61</v>
       </c>
       <c r="I144" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J144" s="0" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>243</v>
+        <v>310</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>244</v>
+        <v>311</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>245</v>
+        <v>312</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>70</v>
+        <v>313</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I145" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>173</v>
+        <v>207</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>70</v>
+        <v>209</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I146" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J146" s="0" t="s">
+        <v>316</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>166</v>
+        <v>54</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>32</v>
+        <v>55</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>167</v>
+        <v>56</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>70</v>
+        <v>317</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>29</v>
+        <v>50</v>
       </c>
       <c r="I147" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>83</v>
+        <v>149</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>84</v>
+        <v>120</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>85</v>
+        <v>150</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>322</v>
+        <v>215</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="I148" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>88</v>
+        <v>151</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>323</v>
+        <v>72</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>231</v>
+        <v>73</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>324</v>
+        <v>74</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>255</v>
+        <v>217</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I149" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J149" s="0" t="s">
-        <v>325</v>
+        <v>77</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>326</v>
+        <v>318</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>188</v>
+        <v>99</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>327</v>
+        <v>319</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>255</v>
+        <v>231</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="I150" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J150" s="0" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>199</v>
+        <v>36</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>73</v>
+        <v>33</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>200</v>
+        <v>37</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="I151" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J151" s="0" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>113</v>
+        <v>300</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>114</v>
+        <v>33</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>115</v>
+        <v>301</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>257</v>
+        <v>321</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>29</v>
+        <v>97</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>117</v>
+        <v>303</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>105</v>
+        <v>133</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>106</v>
+        <v>134</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I153" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>329</v>
+        <v>259</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>330</v>
+        <v>95</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>331</v>
+        <v>260</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>260</v>
+        <v>246</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>29</v>
+        <v>262</v>
       </c>
       <c r="I154" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>101</v>
+        <v>323</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>102</v>
+        <v>324</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>103</v>
+        <v>325</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I155" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J155" s="0" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>10</v>
+        <v>57</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>12</v>
+        <v>59</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>333</v>
+        <v>247</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J156" s="0" t="s">
-        <v>17</v>
+        <v>63</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>308</v>
+        <v>259</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>272</v>
+        <v>95</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>309</v>
+        <v>260</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>280</v>
+        <v>328</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>47</v>
+        <v>262</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>238</v>
+        <v>107</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>239</v>
+        <v>108</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>280</v>
+        <v>248</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J158" s="0" t="s">
+        <v>110</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>277</v>
+        <v>329</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>32</v>
+        <v>273</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>278</v>
+        <v>330</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>280</v>
+        <v>331</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="I159" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>20</v>
+        <v>314</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>21</v>
+        <v>207</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>22</v>
+        <v>315</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>280</v>
+        <v>249</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>15</v>
+        <v>81</v>
       </c>
       <c r="I160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>24</v>
+        <v>316</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>32</v>
+        <v>283</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>287</v>
+        <v>332</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="I161" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>282</v>
+        <v>333</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>283</v>
+        <v>95</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>284</v>
+        <v>334</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>287</v>
+        <v>250</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>47</v>
+        <v>81</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J162" s="0" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>20</v>
+        <v>336</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>21</v>
+        <v>337</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>22</v>
+        <v>338</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>15</v>
+        <v>340</v>
       </c>
       <c r="I163" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>24</v>
+        <v>341</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>335</v>
+        <v>169</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>336</v>
+        <v>170</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>337</v>
+        <v>251</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>29</v>
+        <v>172</v>
       </c>
       <c r="I164" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>105</v>
+        <v>323</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>106</v>
+        <v>324</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>107</v>
+        <v>325</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>29</v>
+        <v>81</v>
       </c>
       <c r="I165" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>109</v>
+        <v>327</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>339</v>
+        <v>72</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>170</v>
+        <v>73</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>340</v>
+        <v>74</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I166" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>342</v>
+        <v>77</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>320</v>
+        <v>72</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>321</v>
+        <v>74</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>246</v>
+        <v>344</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J167" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>343</v>
+        <v>72</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>344</v>
+        <v>74</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>251</v>
+        <v>345</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="I168" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>345</v>
+        <v>77</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="0" t="s">
         <v>346</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I169" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>10</v>
+        <v>72</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>11</v>
+        <v>73</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="0" t="s">
         <v>347</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I170" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>17</v>
+        <v>77</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
         <v>348</v>
       </c>
       <c r="B171" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C171" s="0" t="s">
         <v>349</v>
       </c>
-      <c r="C171" s="0" t="s">
+      <c r="F171" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" s="0" t="s">
         <v>350</v>
       </c>
-      <c r="F171" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G171" s="0" t="s">
+      <c r="H171" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I171" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J171" s="0" t="s">
         <v>351</v>
-      </c>
-[...7 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B172" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C172" s="0" t="s">
         <v>354</v>
       </c>
-      <c r="B172" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C172" s="0" t="s">
+      <c r="F172" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" s="0" t="s">
+        <v>350</v>
+      </c>
+      <c r="H172" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I172" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J172" s="0" t="s">
         <v>355</v>
-      </c>
-[...13 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>357</v>
+        <v>10</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>358</v>
+        <v>11</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>359</v>
+        <v>12</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>360</v>
+        <v>14</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>65</v>
+        <v>238</v>
       </c>
       <c r="I173" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J173" s="0" t="s">
-        <v>361</v>
+        <v>17</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>362</v>
+        <v>18</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>363</v>
+        <v>19</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>364</v>
+        <v>20</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>365</v>
+        <v>14</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>366</v>
+        <v>238</v>
       </c>
       <c r="I174" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>367</v>
+        <v>21</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>368</v>
+        <v>22</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>369</v>
+        <v>23</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>370</v>
+        <v>24</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>371</v>
+        <v>14</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>372</v>
+        <v>238</v>
       </c>
       <c r="I175" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>16</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>375</v>
+        <v>357</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>377</v>
+        <v>14</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>378</v>
+        <v>238</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>380</v>
+        <v>25</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>381</v>
+        <v>26</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>382</v>
+        <v>27</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>383</v>
+        <v>14</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>65</v>
+        <v>238</v>
       </c>
       <c r="I177" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J177" s="0" t="s">
-        <v>384</v>
+        <v>28</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>385</v>
+        <v>29</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>386</v>
+        <v>26</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>387</v>
+        <v>30</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>388</v>
+        <v>14</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>65</v>
+        <v>238</v>
       </c>
       <c r="I178" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>389</v>
+        <v>31</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>390</v>
+        <v>32</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>391</v>
+        <v>33</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>392</v>
+        <v>34</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>393</v>
+        <v>14</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>352</v>
+        <v>238</v>
       </c>
       <c r="I179" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J179" s="0" t="s">
-        <v>394</v>
+        <v>35</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>395</v>
+        <v>36</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>396</v>
+        <v>33</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>397</v>
+        <v>37</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>398</v>
+        <v>14</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>399</v>
+        <v>238</v>
       </c>
       <c r="I180" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J180" s="0" t="s">
-        <v>400</v>
+        <v>38</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>401</v>
+        <v>39</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>402</v>
+        <v>33</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>403</v>
+        <v>40</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>404</v>
+        <v>14</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>163</v>
+        <v>238</v>
       </c>
       <c r="I181" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J181" s="0" t="s">
-        <v>405</v>
+        <v>41</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>406</v>
+        <v>42</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>407</v>
+        <v>43</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>408</v>
+        <v>44</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>409</v>
+        <v>14</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>163</v>
+        <v>238</v>
       </c>
       <c r="I182" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J182" s="0" t="s">
-        <v>410</v>
+        <v>45</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>401</v>
+        <v>359</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>402</v>
+        <v>360</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>403</v>
+        <v>361</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>411</v>
+        <v>362</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>163</v>
+        <v>115</v>
       </c>
       <c r="I183" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J183" s="0" t="s">
-        <v>405</v>
+        <v>363</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>412</v>
+        <v>46</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>413</v>
+        <v>47</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>414</v>
+        <v>48</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>415</v>
+        <v>49</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>163</v>
+        <v>76</v>
       </c>
       <c r="I184" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>16</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>417</v>
+        <v>51</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>418</v>
+        <v>52</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>419</v>
+        <v>53</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>420</v>
+        <v>49</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I185" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>421</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>422</v>
+        <v>54</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>423</v>
+        <v>55</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>424</v>
+        <v>56</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>425</v>
+        <v>49</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>65</v>
+        <v>365</v>
       </c>
       <c r="I186" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>427</v>
+        <v>366</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>428</v>
+        <v>367</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>429</v>
+        <v>368</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>430</v>
+        <v>369</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>431</v>
+        <v>85</v>
       </c>
       <c r="I187" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J187" s="0" t="s">
-        <v>432</v>
+        <v>370</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>433</v>
+        <v>57</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>434</v>
+        <v>59</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>435</v>
+        <v>60</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>436</v>
+        <v>202</v>
       </c>
       <c r="I188" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J188" s="0" t="s">
-        <v>437</v>
+        <v>63</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>438</v>
+        <v>64</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>439</v>
+        <v>58</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>440</v>
+        <v>65</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>441</v>
+        <v>60</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>436</v>
+        <v>202</v>
       </c>
       <c r="I189" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J189" s="0" t="s">
-        <v>442</v>
+        <v>66</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>443</v>
+        <v>67</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>444</v>
+        <v>68</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>445</v>
+        <v>69</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>446</v>
+        <v>70</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>180</v>
+        <v>371</v>
       </c>
       <c r="I190" s="0" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>447</v>
+        <v>62</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>448</v>
+        <v>72</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>449</v>
+        <v>73</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>450</v>
+        <v>74</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>451</v>
+        <v>75</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>180</v>
+        <v>372</v>
       </c>
       <c r="I191" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J191" s="0" t="s">
-        <v>452</v>
+        <v>77</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>10</v>
+        <v>373</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>11</v>
+        <v>153</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>12</v>
+        <v>374</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>453</v>
+        <v>76</v>
       </c>
       <c r="I192" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J192" s="0" t="s">
-        <v>17</v>
+        <v>375</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B193" s="0" t="s">
+        <v>324</v>
+      </c>
+      <c r="C193" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="F193" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="H193" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I193" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J193" s="0" t="s">
         <v>380</v>
-      </c>
-[...19 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>455</v>
+        <v>78</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>456</v>
+        <v>52</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>457</v>
+        <v>79</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>458</v>
+        <v>80</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>459</v>
+        <v>85</v>
       </c>
       <c r="I194" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>362</v>
+        <v>82</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>363</v>
+        <v>83</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>364</v>
+        <v>84</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>461</v>
+        <v>80</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>366</v>
+        <v>81</v>
       </c>
       <c r="I195" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J195" s="0" t="s">
-        <v>367</v>
+        <v>86</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>348</v>
+        <v>87</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>349</v>
+        <v>83</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>350</v>
+        <v>88</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>462</v>
+        <v>80</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>352</v>
+        <v>85</v>
       </c>
       <c r="I196" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>349</v>
+        <v>382</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>462</v>
+        <v>384</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="I197" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J197" s="0" t="s">
-        <v>356</v>
+        <v>386</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>463</v>
+        <v>387</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>464</v>
+        <v>388</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>465</v>
+        <v>389</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>466</v>
+        <v>390</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>436</v>
+        <v>385</v>
       </c>
       <c r="I198" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J198" s="0" t="s">
-        <v>467</v>
+        <v>391</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>412</v>
+        <v>392</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>413</v>
+        <v>393</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>414</v>
+        <v>394</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>468</v>
+        <v>390</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>163</v>
+        <v>395</v>
       </c>
       <c r="I199" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J199" s="0" t="s">
-        <v>416</v>
+        <v>396</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>469</v>
+        <v>392</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>470</v>
+        <v>393</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>471</v>
+        <v>394</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>472</v>
+        <v>397</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>473</v>
+        <v>395</v>
       </c>
       <c r="I200" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J200" s="0" t="s">
-        <v>474</v>
+        <v>396</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>475</v>
+        <v>398</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>476</v>
+        <v>399</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>477</v>
+        <v>400</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>478</v>
+        <v>397</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>269</v>
+        <v>401</v>
       </c>
       <c r="I201" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J201" s="0" t="s">
-        <v>479</v>
+        <v>402</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>480</v>
+        <v>359</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>481</v>
+        <v>360</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>482</v>
+        <v>361</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>483</v>
+        <v>397</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I202" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J202" s="0" t="s">
-        <v>485</v>
+        <v>363</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>368</v>
+        <v>403</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>369</v>
+        <v>404</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>370</v>
+        <v>405</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>486</v>
+        <v>406</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="I203" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J203" s="0" t="s">
-        <v>373</v>
+        <v>407</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>348</v>
+        <v>89</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>349</v>
+        <v>90</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>350</v>
+        <v>91</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>487</v>
+        <v>92</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="I204" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J204" s="0" t="s">
-        <v>353</v>
+        <v>93</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>354</v>
+        <v>94</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>349</v>
+        <v>95</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>355</v>
+        <v>96</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>487</v>
+        <v>92</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="I205" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>16</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>362</v>
+        <v>408</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>363</v>
+        <v>409</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>364</v>
+        <v>410</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>488</v>
+        <v>411</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>366</v>
+        <v>76</v>
       </c>
       <c r="I206" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J206" s="0" t="s">
-        <v>367</v>
+        <v>412</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>489</v>
+        <v>413</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>490</v>
+        <v>409</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>491</v>
+        <v>414</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>492</v>
+        <v>411</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="I207" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J207" s="0" t="s">
-        <v>493</v>
+        <v>415</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>494</v>
+        <v>416</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>495</v>
+        <v>417</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>496</v>
+        <v>418</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>497</v>
+        <v>101</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I208" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J208" s="0" t="s">
-        <v>498</v>
+        <v>419</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>368</v>
+        <v>98</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>369</v>
+        <v>99</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>370</v>
+        <v>100</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>499</v>
+        <v>101</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>372</v>
+        <v>115</v>
       </c>
       <c r="I209" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J209" s="0" t="s">
-        <v>373</v>
+        <v>102</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>412</v>
+        <v>103</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>413</v>
+        <v>104</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>414</v>
+        <v>105</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>500</v>
+        <v>101</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="I210" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J210" s="0" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="B211" s="0" t="s">
+        <v>421</v>
+      </c>
+      <c r="C211" s="0" t="s">
         <v>422</v>
       </c>
-      <c r="B211" s="0" t="s">
+      <c r="F211" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G211" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="H211" s="0" t="s">
+        <v>364</v>
+      </c>
+      <c r="I211" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J211" s="0" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>502</v>
+        <v>107</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>503</v>
+        <v>99</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>504</v>
+        <v>108</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>505</v>
+        <v>109</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>484</v>
+        <v>156</v>
       </c>
       <c r="I212" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J212" s="0" t="s">
-        <v>506</v>
+        <v>110</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>354</v>
+        <v>424</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>349</v>
+        <v>425</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>355</v>
+        <v>426</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>507</v>
+        <v>114</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I213" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J213" s="0" t="s">
-        <v>356</v>
+        <v>427</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>417</v>
+        <v>111</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>418</v>
+        <v>112</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>419</v>
+        <v>113</v>
       </c>
       <c r="F214" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>508</v>
+        <v>114</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>180</v>
+        <v>81</v>
       </c>
       <c r="I214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J214" s="0" t="s">
-        <v>421</v>
+        <v>116</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>509</v>
+        <v>117</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>510</v>
+        <v>47</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>511</v>
+        <v>118</v>
       </c>
       <c r="F215" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>512</v>
+        <v>114</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I215" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>16</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>401</v>
+        <v>119</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>402</v>
+        <v>120</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>403</v>
+        <v>121</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>514</v>
+        <v>122</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="I216" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J216" s="0" t="s">
-        <v>405</v>
+        <v>124</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>515</v>
+        <v>428</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>516</v>
+        <v>429</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>517</v>
+        <v>430</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>518</v>
+        <v>431</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I217" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J217" s="0" t="s">
-        <v>519</v>
+        <v>432</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>520</v>
+        <v>392</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>521</v>
+        <v>393</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>522</v>
+        <v>394</v>
       </c>
       <c r="F218" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>523</v>
+        <v>433</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I218" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J218" s="0" t="s">
-        <v>524</v>
+        <v>396</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>412</v>
+        <v>125</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>413</v>
+        <v>99</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>414</v>
+        <v>126</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>525</v>
+        <v>127</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I219" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J219" s="0" t="s">
-        <v>416</v>
+        <v>128</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>368</v>
+        <v>129</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>369</v>
+        <v>130</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>370</v>
+        <v>131</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>526</v>
+        <v>132</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>372</v>
+        <v>210</v>
       </c>
       <c r="I220" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>373</v>
+        <v>16</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>401</v>
+        <v>133</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>402</v>
+        <v>134</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>403</v>
+        <v>135</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>527</v>
+        <v>136</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="I221" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>16</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>443</v>
+        <v>137</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>444</v>
+        <v>138</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>445</v>
+        <v>139</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>528</v>
+        <v>140</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I222" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>529</v>
+        <v>434</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>530</v>
+        <v>120</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>531</v>
+        <v>435</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>532</v>
+        <v>144</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="I223" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J223" s="0" t="s">
-        <v>533</v>
+        <v>436</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>534</v>
+        <v>141</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>535</v>
+        <v>142</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>536</v>
+        <v>143</v>
       </c>
       <c r="F224" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>537</v>
+        <v>144</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>378</v>
+        <v>202</v>
       </c>
       <c r="I224" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J224" s="0" t="s">
-        <v>538</v>
+        <v>145</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>539</v>
+        <v>146</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>540</v>
+        <v>147</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>541</v>
+        <v>148</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>542</v>
+        <v>144</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="I225" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>16</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>539</v>
+        <v>437</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>540</v>
+        <v>438</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>541</v>
+        <v>439</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>544</v>
+        <v>144</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="I226" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J226" s="0" t="s">
-        <v>543</v>
+        <v>440</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>545</v>
+        <v>149</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>546</v>
+        <v>120</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>547</v>
+        <v>150</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>548</v>
+        <v>144</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="I227" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J227" s="0" t="s">
-        <v>549</v>
+        <v>151</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>390</v>
+        <v>441</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>391</v>
+        <v>442</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>392</v>
+        <v>443</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>550</v>
+        <v>155</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>352</v>
+        <v>267</v>
       </c>
       <c r="I228" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J228" s="0" t="s">
-        <v>394</v>
+        <v>444</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>551</v>
+        <v>152</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>552</v>
+        <v>153</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>553</v>
+        <v>154</v>
       </c>
       <c r="F229" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>554</v>
+        <v>155</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I229" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J229" s="0" t="s">
-        <v>555</v>
+        <v>157</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>357</v>
+        <v>416</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>358</v>
+        <v>417</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>359</v>
+        <v>418</v>
       </c>
       <c r="F230" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>556</v>
+        <v>445</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I230" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J230" s="0" t="s">
-        <v>361</v>
+        <v>419</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>557</v>
+        <v>446</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>102</v>
+        <v>447</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>558</v>
+        <v>448</v>
       </c>
       <c r="F231" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>559</v>
+        <v>445</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>378</v>
+        <v>115</v>
       </c>
       <c r="I231" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J231" s="0" t="s">
-        <v>560</v>
+        <v>449</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>561</v>
+        <v>450</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>562</v>
+        <v>442</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>563</v>
+        <v>451</v>
       </c>
       <c r="F232" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>564</v>
+        <v>452</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>58</v>
+        <v>267</v>
       </c>
       <c r="I232" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J232" s="0" t="s">
-        <v>565</v>
+        <v>453</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>566</v>
+        <v>454</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>567</v>
+        <v>455</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>568</v>
+        <v>456</v>
       </c>
       <c r="F233" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>569</v>
+        <v>452</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>15</v>
+        <v>457</v>
       </c>
       <c r="I233" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J233" s="0" t="s">
-        <v>570</v>
+        <v>458</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>438</v>
+        <v>57</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>439</v>
+        <v>58</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>440</v>
+        <v>59</v>
       </c>
       <c r="F234" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>571</v>
+        <v>158</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>436</v>
+        <v>202</v>
       </c>
       <c r="I234" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J234" s="0" t="s">
-        <v>442</v>
+        <v>63</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>572</v>
+        <v>64</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>573</v>
+        <v>58</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>574</v>
+        <v>65</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>575</v>
+        <v>158</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>153</v>
+        <v>202</v>
       </c>
       <c r="I235" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J235" s="0" t="s">
-        <v>576</v>
+        <v>66</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>509</v>
+        <v>159</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>510</v>
+        <v>130</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>511</v>
+        <v>160</v>
       </c>
       <c r="F236" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>577</v>
+        <v>161</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>352</v>
+        <v>202</v>
       </c>
       <c r="I236" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J236" s="0" t="s">
-        <v>513</v>
+        <v>162</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>578</v>
+        <v>89</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>495</v>
+        <v>90</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>579</v>
+        <v>91</v>
       </c>
       <c r="F237" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>580</v>
+        <v>163</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>99</v>
+        <v>210</v>
       </c>
       <c r="I237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J237" s="0" t="s">
-        <v>581</v>
+        <v>93</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>582</v>
+        <v>94</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>583</v>
+        <v>95</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>584</v>
+        <v>96</v>
       </c>
       <c r="F238" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>585</v>
+        <v>163</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>586</v>
+        <v>210</v>
       </c>
       <c r="I238" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>390</v>
+        <v>459</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>391</v>
+        <v>460</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>392</v>
+        <v>461</v>
       </c>
       <c r="F239" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>588</v>
+        <v>462</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="I239" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J239" s="0" t="s">
-        <v>394</v>
+        <v>463</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>357</v>
+        <v>464</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>358</v>
+        <v>460</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>359</v>
+        <v>465</v>
       </c>
       <c r="F240" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>589</v>
+        <v>462</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>65</v>
+        <v>379</v>
       </c>
       <c r="I240" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J240" s="0" t="s">
-        <v>361</v>
+        <v>466</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>427</v>
+        <v>381</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>428</v>
+        <v>382</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>429</v>
+        <v>383</v>
       </c>
       <c r="F241" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>590</v>
+        <v>467</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>431</v>
+        <v>385</v>
       </c>
       <c r="I241" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J241" s="0" t="s">
-        <v>432</v>
+        <v>386</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>591</v>
+        <v>468</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>84</v>
+        <v>469</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>592</v>
+        <v>470</v>
       </c>
       <c r="F242" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>593</v>
+        <v>467</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>99</v>
+        <v>385</v>
       </c>
       <c r="I242" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J242" s="0" t="s">
-        <v>594</v>
+        <v>471</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>595</v>
+        <v>472</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>596</v>
+        <v>134</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>597</v>
+        <v>473</v>
       </c>
       <c r="F243" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>598</v>
+        <v>467</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>58</v>
+        <v>385</v>
       </c>
       <c r="I243" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J243" s="0" t="s">
-        <v>599</v>
+        <v>474</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>600</v>
+        <v>475</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>601</v>
+        <v>476</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>602</v>
+        <v>477</v>
       </c>
       <c r="F244" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>603</v>
+        <v>467</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>378</v>
+        <v>385</v>
       </c>
       <c r="I244" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J244" s="0" t="s">
-        <v>604</v>
+        <v>478</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>489</v>
+        <v>133</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>490</v>
+        <v>134</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>491</v>
+        <v>135</v>
       </c>
       <c r="F245" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>605</v>
+        <v>164</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>180</v>
+        <v>50</v>
       </c>
       <c r="I245" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>16</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>433</v>
+        <v>392</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>434</v>
+        <v>394</v>
       </c>
       <c r="F246" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>606</v>
+        <v>479</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>436</v>
+        <v>395</v>
       </c>
       <c r="I246" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J246" s="0" t="s">
-        <v>437</v>
+        <v>396</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>607</v>
+        <v>480</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>608</v>
+        <v>481</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>609</v>
+        <v>482</v>
       </c>
       <c r="F247" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>610</v>
+        <v>479</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>99</v>
+        <v>395</v>
       </c>
       <c r="I247" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J247" s="0" t="s">
-        <v>611</v>
+        <v>483</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>612</v>
+        <v>484</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>613</v>
+        <v>134</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>614</v>
+        <v>485</v>
       </c>
       <c r="F248" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>615</v>
+        <v>479</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>153</v>
+        <v>395</v>
       </c>
       <c r="I248" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J248" s="0" t="s">
-        <v>616</v>
+        <v>486</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="F249" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>617</v>
+        <v>490</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>180</v>
+        <v>491</v>
       </c>
       <c r="I249" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J249" s="0" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>348</v>
+        <v>493</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>349</v>
+        <v>393</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>350</v>
+        <v>494</v>
       </c>
       <c r="F250" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>618</v>
+        <v>490</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>352</v>
+        <v>491</v>
       </c>
       <c r="I250" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J250" s="0" t="s">
-        <v>353</v>
+        <v>495</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>354</v>
+        <v>450</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>349</v>
+        <v>442</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>355</v>
+        <v>451</v>
       </c>
       <c r="F251" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>618</v>
+        <v>496</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>352</v>
+        <v>267</v>
       </c>
       <c r="I251" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J251" s="0" t="s">
-        <v>356</v>
+        <v>453</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>455</v>
+        <v>497</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>456</v>
+        <v>498</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>457</v>
+        <v>499</v>
       </c>
       <c r="F252" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>619</v>
+        <v>496</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>459</v>
+        <v>267</v>
       </c>
       <c r="I252" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J252" s="0" t="s">
-        <v>460</v>
+        <v>500</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>539</v>
+        <v>501</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>540</v>
+        <v>502</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>541</v>
+        <v>503</v>
       </c>
       <c r="F253" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="0" t="s">
-        <v>620</v>
+        <v>496</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>76</v>
+        <v>267</v>
       </c>
       <c r="I253" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J253" s="0" t="s">
-        <v>543</v>
+        <v>504</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>380</v>
+        <v>505</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>381</v>
+        <v>506</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>382</v>
+        <v>507</v>
       </c>
       <c r="F254" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>621</v>
+        <v>496</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>65</v>
+        <v>267</v>
       </c>
       <c r="I254" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J254" s="0" t="s">
-        <v>384</v>
+        <v>508</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>622</v>
+        <v>509</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>623</v>
+        <v>506</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>624</v>
+        <v>510</v>
       </c>
       <c r="F255" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>625</v>
+        <v>496</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>15</v>
+        <v>267</v>
       </c>
       <c r="I255" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J255" s="0" t="s">
-        <v>626</v>
+        <v>511</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>582</v>
+        <v>446</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>583</v>
+        <v>447</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>584</v>
+        <v>448</v>
       </c>
       <c r="F256" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="0" t="s">
-        <v>627</v>
+        <v>512</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>586</v>
+        <v>115</v>
       </c>
       <c r="I256" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J256" s="0" t="s">
-        <v>587</v>
+        <v>449</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>348</v>
+        <v>352</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>349</v>
+        <v>353</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="F257" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>628</v>
+        <v>513</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="I257" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J257" s="0" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>354</v>
+        <v>165</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>349</v>
+        <v>138</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>355</v>
+        <v>166</v>
       </c>
       <c r="F258" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>628</v>
+        <v>167</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>352</v>
+        <v>81</v>
       </c>
       <c r="I258" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J258" s="0" t="s">
-        <v>356</v>
+        <v>168</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>348</v>
+        <v>514</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>349</v>
+        <v>447</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>350</v>
+        <v>515</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>629</v>
+        <v>171</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>352</v>
+        <v>172</v>
       </c>
       <c r="I259" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J259" s="0" t="s">
-        <v>353</v>
+        <v>516</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>354</v>
+        <v>169</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>355</v>
+        <v>170</v>
       </c>
       <c r="F260" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>629</v>
+        <v>171</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="I260" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>16</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>502</v>
+        <v>173</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>503</v>
+        <v>52</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>504</v>
+        <v>174</v>
       </c>
       <c r="F261" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>630</v>
+        <v>171</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>484</v>
+        <v>50</v>
       </c>
       <c r="I261" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>16</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>480</v>
+        <v>87</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>481</v>
+        <v>83</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>482</v>
+        <v>88</v>
       </c>
       <c r="F262" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>630</v>
+        <v>175</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>484</v>
+        <v>85</v>
       </c>
       <c r="I262" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>485</v>
+        <v>16</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>443</v>
+        <v>176</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>444</v>
+        <v>177</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>445</v>
+        <v>178</v>
       </c>
       <c r="F263" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>631</v>
+        <v>175</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I263" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J263" s="0" t="s">
-        <v>447</v>
+        <v>179</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>632</v>
+        <v>137</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>633</v>
+        <v>138</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>634</v>
+        <v>139</v>
       </c>
       <c r="F264" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>635</v>
+        <v>175</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I264" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>16</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>443</v>
+        <v>517</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>444</v>
+        <v>95</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>445</v>
+        <v>518</v>
       </c>
       <c r="F265" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>637</v>
+        <v>175</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I265" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J265" s="0" t="s">
-        <v>447</v>
+        <v>355</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>10</v>
+        <v>78</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>11</v>
+        <v>52</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>12</v>
+        <v>79</v>
       </c>
       <c r="F266" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>18</v>
+        <v>175</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>453</v>
+        <v>85</v>
       </c>
       <c r="I266" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>502</v>
+        <v>519</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>503</v>
+        <v>520</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>504</v>
+        <v>521</v>
       </c>
       <c r="F267" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>638</v>
+        <v>522</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>484</v>
+        <v>76</v>
       </c>
       <c r="I267" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J267" s="0" t="s">
-        <v>506</v>
+        <v>523</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>489</v>
+        <v>524</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>490</v>
+        <v>525</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>491</v>
+        <v>526</v>
       </c>
       <c r="F268" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>639</v>
+        <v>180</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="I268" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J268" s="0" t="s">
-        <v>493</v>
+        <v>527</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>463</v>
+        <v>169</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>464</v>
+        <v>47</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>465</v>
+        <v>170</v>
       </c>
       <c r="F269" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>640</v>
+        <v>180</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>436</v>
+        <v>50</v>
       </c>
       <c r="I269" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>16</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>475</v>
+        <v>173</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>476</v>
+        <v>52</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>477</v>
+        <v>174</v>
       </c>
       <c r="F270" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>641</v>
+        <v>180</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>269</v>
+        <v>50</v>
       </c>
       <c r="I270" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>16</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>494</v>
+        <v>528</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>495</v>
+        <v>58</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>496</v>
+        <v>529</v>
       </c>
       <c r="F271" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>642</v>
+        <v>180</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="I271" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J271" s="0" t="s">
-        <v>498</v>
+        <v>530</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>354</v>
+        <v>181</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>349</v>
+        <v>153</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>355</v>
+        <v>182</v>
       </c>
       <c r="F272" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>643</v>
+        <v>183</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>352</v>
+        <v>76</v>
       </c>
       <c r="I272" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J272" s="0" t="s">
-        <v>356</v>
+        <v>184</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>348</v>
+        <v>46</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>350</v>
+        <v>48</v>
       </c>
       <c r="F273" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>643</v>
+        <v>183</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>352</v>
+        <v>76</v>
       </c>
       <c r="I273" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>644</v>
+        <v>51</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>645</v>
+        <v>52</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>646</v>
+        <v>53</v>
       </c>
       <c r="F274" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>647</v>
+        <v>183</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I274" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>648</v>
+        <v>16</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>362</v>
+        <v>107</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>363</v>
+        <v>99</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>364</v>
+        <v>108</v>
       </c>
       <c r="F275" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>649</v>
+        <v>183</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>366</v>
+        <v>156</v>
       </c>
       <c r="I275" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J275" s="0" t="s">
-        <v>367</v>
+        <v>110</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>406</v>
+        <v>82</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>407</v>
+        <v>83</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>408</v>
+        <v>84</v>
       </c>
       <c r="F276" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>650</v>
+        <v>185</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I276" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J276" s="0" t="s">
-        <v>410</v>
+        <v>86</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>412</v>
+        <v>87</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>413</v>
+        <v>83</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>414</v>
+        <v>88</v>
       </c>
       <c r="F277" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>651</v>
+        <v>185</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="I277" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>16</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>652</v>
+        <v>366</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>349</v>
+        <v>367</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>653</v>
+        <v>368</v>
       </c>
       <c r="F278" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>654</v>
+        <v>185</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>484</v>
+        <v>85</v>
       </c>
       <c r="I278" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J278" s="0" t="s">
-        <v>655</v>
+        <v>370</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>390</v>
+        <v>441</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>391</v>
+        <v>442</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>392</v>
+        <v>443</v>
       </c>
       <c r="F279" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>656</v>
+        <v>531</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>352</v>
+        <v>267</v>
       </c>
       <c r="I279" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J279" s="0" t="s">
-        <v>394</v>
+        <v>444</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>10</v>
+        <v>532</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>11</v>
+        <v>533</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>12</v>
+        <v>534</v>
       </c>
       <c r="F280" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>19</v>
+        <v>535</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>453</v>
+        <v>202</v>
       </c>
       <c r="I280" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J280" s="0" t="s">
-        <v>17</v>
+        <v>536</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>657</v>
+        <v>10</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>658</v>
+        <v>11</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>659</v>
+        <v>12</v>
       </c>
       <c r="F281" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>660</v>
+        <v>186</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>661</v>
+        <v>238</v>
       </c>
       <c r="I281" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J281" s="0" t="s">
-        <v>662</v>
+        <v>17</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>520</v>
+        <v>18</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>521</v>
+        <v>19</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>522</v>
+        <v>20</v>
       </c>
       <c r="F282" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>663</v>
+        <v>186</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="I282" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J282" s="0" t="s">
-        <v>524</v>
+        <v>21</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>463</v>
+        <v>22</v>
       </c>
       <c r="B283" s="0" t="s">
-        <v>464</v>
+        <v>23</v>
       </c>
       <c r="C283" s="0" t="s">
-        <v>465</v>
+        <v>24</v>
       </c>
       <c r="F283" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G283" s="0" t="s">
-        <v>664</v>
+        <v>186</v>
       </c>
       <c r="H283" s="0" t="s">
-        <v>436</v>
+        <v>238</v>
       </c>
       <c r="I283" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>16</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>385</v>
+        <v>537</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>386</v>
+        <v>538</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>387</v>
+        <v>539</v>
       </c>
       <c r="F284" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>665</v>
+        <v>186</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>65</v>
+        <v>238</v>
       </c>
       <c r="I284" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J284" s="0" t="s">
-        <v>389</v>
+        <v>540</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>578</v>
+        <v>25</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>495</v>
+        <v>26</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>579</v>
+        <v>27</v>
       </c>
       <c r="F285" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>665</v>
+        <v>186</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>99</v>
+        <v>238</v>
       </c>
       <c r="I285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J285" s="0" t="s">
-        <v>581</v>
+        <v>28</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>666</v>
+        <v>29</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>667</v>
+        <v>26</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>668</v>
+        <v>30</v>
       </c>
       <c r="F286" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>669</v>
+        <v>186</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>670</v>
+        <v>238</v>
       </c>
       <c r="I286" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J286" s="0" t="s">
-        <v>671</v>
+        <v>31</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>672</v>
+        <v>32</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>673</v>
+        <v>33</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>674</v>
+        <v>34</v>
       </c>
       <c r="F287" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>675</v>
+        <v>186</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>58</v>
+        <v>238</v>
       </c>
       <c r="I287" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J287" s="0" t="s">
-        <v>676</v>
+        <v>35</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>551</v>
+        <v>36</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>552</v>
+        <v>33</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>553</v>
+        <v>37</v>
       </c>
       <c r="F288" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="0" t="s">
-        <v>677</v>
+        <v>186</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="I288" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J288" s="0" t="s">
-        <v>555</v>
+        <v>38</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>448</v>
+        <v>39</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>449</v>
+        <v>33</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>450</v>
+        <v>40</v>
       </c>
       <c r="F289" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>678</v>
+        <v>186</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="I289" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J289" s="0" t="s">
-        <v>452</v>
+        <v>41</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>520</v>
+        <v>42</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>521</v>
+        <v>43</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>522</v>
+        <v>44</v>
       </c>
       <c r="F290" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="0" t="s">
-        <v>679</v>
+        <v>186</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>180</v>
+        <v>238</v>
       </c>
       <c r="I290" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J290" s="0" t="s">
-        <v>524</v>
+        <v>45</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>607</v>
+        <v>541</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>608</v>
+        <v>542</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>609</v>
+        <v>543</v>
       </c>
       <c r="F291" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>680</v>
+        <v>544</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>99</v>
+        <v>202</v>
       </c>
       <c r="I291" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J291" s="0" t="s">
-        <v>611</v>
+        <v>545</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>348</v>
+        <v>46</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>350</v>
+        <v>48</v>
       </c>
       <c r="F292" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>681</v>
+        <v>187</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>352</v>
+        <v>76</v>
       </c>
       <c r="I292" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>480</v>
+        <v>546</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>481</v>
+        <v>58</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>482</v>
+        <v>547</v>
       </c>
       <c r="F293" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>682</v>
+        <v>548</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>484</v>
+        <v>457</v>
       </c>
       <c r="I293" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J293" s="0" t="s">
-        <v>485</v>
+        <v>549</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>354</v>
+        <v>550</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>349</v>
+        <v>551</v>
       </c>
       <c r="C294" s="0" t="s">
+        <v>552</v>
+      </c>
+      <c r="F294" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G294" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="H294" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="I294" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J294" s="0" t="s">
         <v>355</v>
-      </c>
-[...13 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>683</v>
+        <v>555</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>684</v>
+        <v>556</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>685</v>
+        <v>557</v>
       </c>
       <c r="F295" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>686</v>
+        <v>190</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>153</v>
+        <v>85</v>
       </c>
       <c r="I295" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J295" s="0" t="s">
-        <v>687</v>
+        <v>558</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>515</v>
+        <v>188</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>516</v>
+        <v>47</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>517</v>
+        <v>189</v>
       </c>
       <c r="F296" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>688</v>
+        <v>190</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I296" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>16</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>539</v>
+        <v>366</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>540</v>
+        <v>367</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>541</v>
+        <v>368</v>
       </c>
       <c r="F297" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>689</v>
+        <v>559</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>76</v>
+        <v>85</v>
       </c>
       <c r="I297" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J297" s="0" t="s">
-        <v>543</v>
+        <v>370</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>357</v>
+        <v>560</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>358</v>
+        <v>561</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>359</v>
+        <v>562</v>
       </c>
       <c r="F298" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>690</v>
+        <v>194</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>65</v>
+        <v>210</v>
       </c>
       <c r="I298" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J298" s="0" t="s">
-        <v>361</v>
+        <v>563</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>489</v>
+        <v>191</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>490</v>
+        <v>192</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>491</v>
+        <v>193</v>
       </c>
       <c r="F299" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>691</v>
+        <v>194</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="I299" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>16</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>406</v>
+        <v>484</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>407</v>
+        <v>134</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>408</v>
+        <v>485</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>692</v>
+        <v>564</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>163</v>
+        <v>395</v>
       </c>
       <c r="I300" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J300" s="0" t="s">
-        <v>410</v>
+        <v>486</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>463</v>
+        <v>51</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>464</v>
+        <v>52</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>465</v>
+        <v>53</v>
       </c>
       <c r="F301" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>693</v>
+        <v>195</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>436</v>
+        <v>364</v>
       </c>
       <c r="I301" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>16</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>539</v>
+        <v>54</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>540</v>
+        <v>55</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>541</v>
+        <v>56</v>
       </c>
       <c r="F302" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>694</v>
+        <v>195</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>76</v>
+        <v>365</v>
       </c>
       <c r="I302" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>16</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>657</v>
+        <v>196</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>658</v>
+        <v>197</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>659</v>
+        <v>198</v>
       </c>
       <c r="F303" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>695</v>
+        <v>195</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>661</v>
+        <v>76</v>
       </c>
       <c r="I303" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>662</v>
+        <v>16</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>395</v>
+        <v>565</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>396</v>
+        <v>566</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>397</v>
+        <v>567</v>
       </c>
       <c r="F304" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>696</v>
+        <v>195</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>399</v>
+        <v>172</v>
       </c>
       <c r="I304" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J304" s="0" t="s">
-        <v>400</v>
+        <v>568</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>697</v>
+        <v>133</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>49</v>
+        <v>134</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>698</v>
+        <v>135</v>
       </c>
       <c r="F305" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>699</v>
+        <v>195</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>163</v>
+        <v>50</v>
       </c>
       <c r="I305" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>700</v>
+        <v>16</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>701</v>
+        <v>107</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>702</v>
+        <v>99</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>703</v>
+        <v>108</v>
       </c>
       <c r="F306" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>704</v>
+        <v>195</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>705</v>
+        <v>156</v>
       </c>
       <c r="I306" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J306" s="0" t="s">
-        <v>706</v>
+        <v>110</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>707</v>
+        <v>152</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>673</v>
+        <v>153</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>708</v>
+        <v>154</v>
       </c>
       <c r="F307" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>709</v>
+        <v>195</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>99</v>
+        <v>364</v>
       </c>
       <c r="I307" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J307" s="0" t="s">
-        <v>710</v>
+        <v>157</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>406</v>
+        <v>181</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>407</v>
+        <v>153</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>408</v>
+        <v>182</v>
       </c>
       <c r="F308" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>711</v>
+        <v>195</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>163</v>
+        <v>76</v>
       </c>
       <c r="I308" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J308" s="0" t="s">
-        <v>410</v>
+        <v>184</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>448</v>
+        <v>569</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>449</v>
+        <v>570</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>450</v>
+        <v>571</v>
       </c>
       <c r="F309" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>712</v>
+        <v>201</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
       <c r="I309" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J309" s="0" t="s">
-        <v>452</v>
+        <v>572</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>520</v>
+        <v>199</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>521</v>
+        <v>58</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>522</v>
+        <v>200</v>
       </c>
       <c r="F310" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>713</v>
+        <v>201</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>180</v>
+        <v>61</v>
       </c>
       <c r="I310" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J310" s="0" t="s">
-        <v>524</v>
+        <v>203</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>561</v>
+        <v>573</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>562</v>
+        <v>574</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>563</v>
+        <v>575</v>
       </c>
       <c r="F311" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="0" t="s">
-        <v>714</v>
+        <v>576</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>58</v>
+        <v>577</v>
       </c>
       <c r="I311" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J311" s="0" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>715</v>
+        <v>381</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>716</v>
+        <v>382</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>717</v>
+        <v>383</v>
       </c>
       <c r="F312" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>718</v>
+        <v>204</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>719</v>
+        <v>385</v>
       </c>
       <c r="I312" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J312" s="0" t="s">
-        <v>720</v>
+        <v>386</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>443</v>
+        <v>46</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>444</v>
+        <v>47</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>445</v>
+        <v>48</v>
       </c>
       <c r="F313" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="0" t="s">
-        <v>721</v>
+        <v>204</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="I313" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>447</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B314" s="0" t="s">
         <v>417</v>
       </c>
-      <c r="B314" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C314" s="0" t="s">
-        <v>419</v>
+        <v>580</v>
       </c>
       <c r="F314" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="0" t="s">
-        <v>722</v>
+        <v>204</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="I314" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J314" s="0" t="s">
-        <v>421</v>
+        <v>581</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>357</v>
+        <v>505</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>358</v>
+        <v>506</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>359</v>
+        <v>507</v>
       </c>
       <c r="F315" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>723</v>
+        <v>204</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>65</v>
+        <v>267</v>
       </c>
       <c r="I315" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J315" s="0" t="s">
-        <v>361</v>
+        <v>508</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>348</v>
+        <v>119</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>349</v>
+        <v>120</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>350</v>
+        <v>121</v>
       </c>
       <c r="F316" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>724</v>
+        <v>205</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>352</v>
+        <v>15</v>
       </c>
       <c r="I316" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J316" s="0" t="s">
-        <v>353</v>
+        <v>124</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>354</v>
+        <v>468</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>349</v>
+        <v>469</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>355</v>
+        <v>470</v>
       </c>
       <c r="F317" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>724</v>
+        <v>582</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="I317" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J317" s="0" t="s">
-        <v>356</v>
+        <v>471</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>632</v>
+        <v>464</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>633</v>
+        <v>460</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>634</v>
+        <v>465</v>
       </c>
       <c r="F318" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>725</v>
+        <v>583</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>35</v>
+        <v>379</v>
       </c>
       <c r="I318" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J318" s="0" t="s">
-        <v>636</v>
+        <v>466</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>726</v>
+        <v>454</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>727</v>
+        <v>455</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>728</v>
+        <v>456</v>
       </c>
       <c r="F319" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>729</v>
+        <v>584</v>
       </c>
       <c r="H319" s="0" t="s">
-        <v>99</v>
+        <v>457</v>
       </c>
       <c r="I319" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J319" s="0" t="s">
-        <v>730</v>
+        <v>458</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>731</v>
+        <v>206</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>732</v>
+        <v>207</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>733</v>
+        <v>208</v>
       </c>
       <c r="F320" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>734</v>
+        <v>209</v>
       </c>
       <c r="H320" s="0" t="s">
-        <v>352</v>
+        <v>81</v>
       </c>
       <c r="I320" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J320" s="0" t="s">
-        <v>735</v>
+        <v>211</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>578</v>
+        <v>514</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>495</v>
+        <v>447</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>579</v>
+        <v>515</v>
       </c>
       <c r="F321" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>736</v>
+        <v>585</v>
       </c>
       <c r="H321" s="0" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="I321" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J321" s="0" t="s">
-        <v>581</v>
+        <v>516</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>683</v>
+        <v>586</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>684</v>
+        <v>587</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>685</v>
+        <v>588</v>
       </c>
       <c r="F322" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>737</v>
+        <v>212</v>
       </c>
       <c r="H322" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I322" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J322" s="0" t="s">
-        <v>687</v>
+        <v>589</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>412</v>
+        <v>103</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>413</v>
+        <v>104</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>414</v>
+        <v>105</v>
       </c>
       <c r="F323" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>738</v>
+        <v>212</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="I323" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J323" s="0" t="s">
-        <v>416</v>
+        <v>106</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>672</v>
+        <v>213</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>673</v>
+        <v>120</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>674</v>
+        <v>214</v>
       </c>
       <c r="F324" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>739</v>
+        <v>215</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="I324" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J324" s="0" t="s">
-        <v>676</v>
+        <v>216</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>561</v>
+        <v>434</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>562</v>
+        <v>120</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>563</v>
+        <v>435</v>
       </c>
       <c r="F325" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>740</v>
+        <v>215</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="I325" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J325" s="0" t="s">
-        <v>565</v>
+        <v>436</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>348</v>
+        <v>565</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>349</v>
+        <v>566</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>350</v>
+        <v>567</v>
       </c>
       <c r="F326" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="0" t="s">
-        <v>741</v>
+        <v>217</v>
       </c>
       <c r="H326" s="0" t="s">
-        <v>352</v>
+        <v>172</v>
       </c>
       <c r="I326" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J326" s="0" t="s">
-        <v>353</v>
+        <v>568</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>354</v>
+        <v>133</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>349</v>
+        <v>134</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>355</v>
+        <v>135</v>
       </c>
       <c r="F327" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>741</v>
+        <v>217</v>
       </c>
       <c r="H327" s="0" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="I327" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>16</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>515</v>
+        <v>590</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>516</v>
+        <v>591</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>517</v>
+        <v>592</v>
       </c>
       <c r="F328" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>742</v>
+        <v>217</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="I328" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J328" s="0" t="s">
-        <v>519</v>
+        <v>593</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>412</v>
+        <v>546</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>413</v>
+        <v>58</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>414</v>
+        <v>547</v>
       </c>
       <c r="F329" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>743</v>
+        <v>217</v>
       </c>
       <c r="H329" s="0" t="s">
-        <v>163</v>
+        <v>457</v>
       </c>
       <c r="I329" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J329" s="0" t="s">
-        <v>416</v>
+        <v>549</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>475</v>
+        <v>528</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>476</v>
+        <v>58</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>477</v>
+        <v>529</v>
       </c>
       <c r="F330" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>744</v>
+        <v>217</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>269</v>
+        <v>172</v>
       </c>
       <c r="I330" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J330" s="0" t="s">
-        <v>479</v>
+        <v>530</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>745</v>
+        <v>348</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>746</v>
+        <v>58</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>747</v>
+        <v>349</v>
       </c>
       <c r="F331" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>748</v>
+        <v>217</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>15</v>
+        <v>172</v>
       </c>
       <c r="I331" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J331" s="0" t="s">
-        <v>749</v>
+        <v>351</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>750</v>
+        <v>594</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>79</v>
+        <v>595</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>751</v>
+        <v>596</v>
       </c>
       <c r="F332" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="0" t="s">
-        <v>752</v>
+        <v>217</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>753</v>
+        <v>554</v>
       </c>
       <c r="I332" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J332" s="0" t="s">
-        <v>754</v>
+        <v>597</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>755</v>
+        <v>524</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>756</v>
+        <v>525</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>757</v>
+        <v>526</v>
       </c>
       <c r="F333" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>758</v>
+        <v>217</v>
       </c>
       <c r="H333" s="0" t="s">
-        <v>163</v>
+        <v>172</v>
       </c>
       <c r="I333" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J333" s="0" t="s">
-        <v>759</v>
+        <v>527</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>657</v>
+        <v>218</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>658</v>
+        <v>138</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>659</v>
+        <v>219</v>
       </c>
       <c r="F334" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>760</v>
+        <v>220</v>
       </c>
       <c r="H334" s="0" t="s">
-        <v>661</v>
+        <v>115</v>
       </c>
       <c r="I334" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J334" s="0" t="s">
-        <v>662</v>
+        <v>221</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>401</v>
+        <v>222</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>402</v>
+        <v>223</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>403</v>
+        <v>224</v>
       </c>
       <c r="F335" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="0" t="s">
-        <v>761</v>
+        <v>220</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>163</v>
+        <v>81</v>
       </c>
       <c r="I335" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J335" s="0" t="s">
-        <v>405</v>
+        <v>225</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>21</v>
+        <v>223</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>22</v>
+        <v>227</v>
       </c>
       <c r="F336" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>23</v>
+        <v>220</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>275</v>
+        <v>115</v>
       </c>
       <c r="I336" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J336" s="0" t="s">
-        <v>24</v>
+        <v>228</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>762</v>
+        <v>598</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>763</v>
+        <v>599</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>764</v>
+        <v>600</v>
       </c>
       <c r="F337" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>765</v>
+        <v>220</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>436</v>
+        <v>115</v>
       </c>
       <c r="I337" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J337" s="0" t="s">
-        <v>766</v>
+        <v>601</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>767</v>
+        <v>602</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>768</v>
+        <v>417</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>769</v>
+        <v>603</v>
       </c>
       <c r="F338" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="0" t="s">
-        <v>770</v>
+        <v>220</v>
       </c>
       <c r="H338" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I338" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J338" s="0" t="s">
-        <v>771</v>
+        <v>604</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>25</v>
+        <v>416</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>26</v>
+        <v>417</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>27</v>
+        <v>418</v>
       </c>
       <c r="F339" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>28</v>
+        <v>220</v>
       </c>
       <c r="H339" s="0" t="s">
-        <v>772</v>
+        <v>115</v>
       </c>
       <c r="I339" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J339" s="0" t="s">
-        <v>30</v>
+        <v>419</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>773</v>
+        <v>605</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>413</v>
+        <v>606</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>774</v>
+        <v>607</v>
       </c>
       <c r="F340" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>775</v>
+        <v>220</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I340" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J340" s="0" t="s">
-        <v>776</v>
+        <v>355</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>31</v>
+        <v>229</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>32</v>
+        <v>192</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>33</v>
+        <v>230</v>
       </c>
       <c r="F341" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>34</v>
+        <v>231</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>41</v>
+        <v>85</v>
       </c>
       <c r="I341" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J341" s="0" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>10</v>
+        <v>233</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>11</v>
+        <v>147</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>12</v>
+        <v>234</v>
       </c>
       <c r="F342" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="0" t="s">
-        <v>36</v>
+        <v>231</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>453</v>
+        <v>85</v>
       </c>
       <c r="I342" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>534</v>
+        <v>39</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>535</v>
+        <v>33</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>536</v>
+        <v>40</v>
       </c>
       <c r="F343" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>777</v>
+        <v>235</v>
       </c>
       <c r="H343" s="0" t="s">
-        <v>378</v>
+        <v>238</v>
       </c>
       <c r="I343" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J343" s="0" t="s">
-        <v>538</v>
+        <v>41</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>412</v>
+        <v>236</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>413</v>
+        <v>52</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>414</v>
+        <v>237</v>
       </c>
       <c r="F344" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>778</v>
+        <v>235</v>
       </c>
       <c r="H344" s="0" t="s">
-        <v>163</v>
+        <v>15</v>
       </c>
       <c r="I344" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>416</v>
+        <v>16</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>779</v>
+        <v>10</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>781</v>
+        <v>12</v>
       </c>
       <c r="F345" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G345" s="0" t="s">
-        <v>782</v>
+        <v>235</v>
       </c>
       <c r="H345" s="0" t="s">
-        <v>153</v>
+        <v>238</v>
       </c>
       <c r="I345" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J345" s="0" t="s">
-        <v>783</v>
+        <v>17</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>784</v>
+        <v>608</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>785</v>
+        <v>609</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>786</v>
+        <v>610</v>
       </c>
       <c r="F346" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G346" s="0" t="s">
-        <v>787</v>
+        <v>235</v>
       </c>
       <c r="H346" s="0" t="s">
-        <v>719</v>
+        <v>238</v>
       </c>
       <c r="I346" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J346" s="0" t="s">
-        <v>788</v>
+        <v>611</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>37</v>
+        <v>537</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>38</v>
+        <v>538</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>39</v>
+        <v>539</v>
       </c>
       <c r="F347" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="0" t="s">
-        <v>40</v>
+        <v>235</v>
       </c>
       <c r="H347" s="0" t="s">
-        <v>719</v>
+        <v>238</v>
       </c>
       <c r="I347" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J347" s="0" t="s">
-        <v>42</v>
+        <v>540</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>767</v>
+        <v>493</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>768</v>
+        <v>393</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>769</v>
+        <v>494</v>
       </c>
       <c r="F348" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G348" s="0" t="s">
-        <v>789</v>
+        <v>235</v>
       </c>
       <c r="H348" s="0" t="s">
-        <v>180</v>
+        <v>491</v>
       </c>
       <c r="I348" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J348" s="0" t="s">
-        <v>771</v>
+        <v>495</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>790</v>
+        <v>464</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>791</v>
+        <v>460</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>792</v>
+        <v>465</v>
       </c>
       <c r="F349" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>793</v>
+        <v>612</v>
       </c>
       <c r="H349" s="0" t="s">
-        <v>794</v>
+        <v>379</v>
       </c>
       <c r="I349" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J349" s="0" t="s">
-        <v>795</v>
+        <v>466</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>796</v>
+        <v>239</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>797</v>
+        <v>43</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>798</v>
+        <v>240</v>
       </c>
       <c r="F350" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>799</v>
+        <v>241</v>
       </c>
       <c r="H350" s="0" t="s">
-        <v>58</v>
+        <v>210</v>
       </c>
       <c r="I350" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J350" s="0" t="s">
-        <v>800</v>
+        <v>242</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>402</v>
+        <v>393</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>403</v>
+        <v>394</v>
       </c>
       <c r="F351" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>801</v>
+        <v>613</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>163</v>
+        <v>395</v>
       </c>
       <c r="I351" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J351" s="0" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>802</v>
+        <v>243</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>375</v>
+        <v>244</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>803</v>
+        <v>245</v>
       </c>
       <c r="F352" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="0" t="s">
-        <v>319</v>
+        <v>246</v>
       </c>
       <c r="H352" s="0" t="s">
-        <v>378</v>
+        <v>262</v>
       </c>
       <c r="I352" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>16</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>43</v>
+        <v>614</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>44</v>
+        <v>393</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>45</v>
+        <v>615</v>
       </c>
       <c r="F353" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="0" t="s">
-        <v>46</v>
+        <v>616</v>
       </c>
       <c r="H353" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="I353" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J353" s="0" t="s">
+        <v>617</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="B354" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C354" s="0" t="s">
+        <v>394</v>
+      </c>
+      <c r="F354" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G354" s="0" t="s">
+        <v>616</v>
+      </c>
+      <c r="H354" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="B354" s="0" t="s">
+      <c r="I354" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J354" s="0" t="s">
         <v>396</v>
-      </c>
-[...16 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>48</v>
+        <v>618</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>50</v>
+        <v>619</v>
       </c>
       <c r="F355" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="0" t="s">
-        <v>51</v>
+        <v>616</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>58</v>
+        <v>364</v>
       </c>
       <c r="I355" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J355" s="0" t="s">
-        <v>54</v>
+        <v>620</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="F356" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="0" t="s">
-        <v>57</v>
+        <v>247</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>52</v>
+        <v>202</v>
       </c>
       <c r="I356" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J356" s="0" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>545</v>
+        <v>621</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>546</v>
+        <v>622</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>547</v>
+        <v>623</v>
       </c>
       <c r="F357" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="0" t="s">
-        <v>806</v>
+        <v>247</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="I357" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J357" s="0" t="s">
-        <v>549</v>
+        <v>624</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>807</v>
+        <v>141</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>808</v>
+        <v>142</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>809</v>
+        <v>143</v>
       </c>
       <c r="F358" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>810</v>
+        <v>247</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>811</v>
+        <v>202</v>
       </c>
       <c r="I358" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J358" s="0" t="s">
-        <v>812</v>
+        <v>145</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>362</v>
+        <v>625</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>363</v>
+        <v>626</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>364</v>
+        <v>627</v>
       </c>
       <c r="F359" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="0" t="s">
-        <v>813</v>
+        <v>247</v>
       </c>
       <c r="H359" s="0" t="s">
-        <v>366</v>
+        <v>202</v>
       </c>
       <c r="I359" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J359" s="0" t="s">
-        <v>367</v>
+        <v>628</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>10</v>
+        <v>199</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>11</v>
+        <v>58</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>12</v>
+        <v>200</v>
       </c>
       <c r="F360" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>60</v>
+        <v>247</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>453</v>
+        <v>61</v>
       </c>
       <c r="I360" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J360" s="0" t="s">
-        <v>17</v>
+        <v>203</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>814</v>
+        <v>152</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>608</v>
+        <v>153</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>815</v>
+        <v>154</v>
       </c>
       <c r="F361" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="0" t="s">
-        <v>816</v>
+        <v>248</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>15</v>
+        <v>364</v>
       </c>
       <c r="I361" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J361" s="0" t="s">
-        <v>817</v>
+        <v>157</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>818</v>
+        <v>181</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>819</v>
+        <v>153</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>820</v>
+        <v>182</v>
       </c>
       <c r="F362" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="0" t="s">
-        <v>821</v>
+        <v>248</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="I362" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J362" s="0" t="s">
-        <v>474</v>
+        <v>184</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>438</v>
+        <v>51</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>439</v>
+        <v>52</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>440</v>
+        <v>53</v>
       </c>
       <c r="F363" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>822</v>
+        <v>248</v>
       </c>
       <c r="H363" s="0" t="s">
-        <v>436</v>
+        <v>364</v>
       </c>
       <c r="I363" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>61</v>
+        <v>133</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>62</v>
+        <v>134</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>63</v>
+        <v>135</v>
       </c>
       <c r="F364" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>64</v>
+        <v>248</v>
       </c>
       <c r="H364" s="0" t="s">
-        <v>130</v>
+        <v>50</v>
       </c>
       <c r="I364" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>529</v>
+        <v>206</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>530</v>
+        <v>207</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>531</v>
+        <v>208</v>
       </c>
       <c r="F365" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="0" t="s">
-        <v>823</v>
+        <v>249</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="I365" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J365" s="0" t="s">
-        <v>533</v>
+        <v>211</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>354</v>
+        <v>117</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>349</v>
+        <v>47</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>355</v>
+        <v>118</v>
       </c>
       <c r="F366" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>824</v>
+        <v>250</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I366" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>16</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>354</v>
+        <v>173</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>349</v>
+        <v>52</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>355</v>
+        <v>174</v>
       </c>
       <c r="F367" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>825</v>
+        <v>251</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
       <c r="I367" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>356</v>
+        <v>16</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="F368" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G368" s="0" t="s">
-        <v>826</v>
+        <v>629</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>180</v>
+        <v>267</v>
       </c>
       <c r="I368" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J368" s="0" t="s">
-        <v>452</v>
+        <v>444</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>779</v>
+        <v>630</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>780</v>
+        <v>631</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>781</v>
+        <v>632</v>
       </c>
       <c r="F369" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G369" s="0" t="s">
-        <v>827</v>
+        <v>633</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="I369" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J369" s="0" t="s">
-        <v>783</v>
+        <v>634</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>534</v>
+        <v>621</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>535</v>
+        <v>622</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>536</v>
+        <v>623</v>
       </c>
       <c r="F370" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G370" s="0" t="s">
-        <v>828</v>
+        <v>635</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>378</v>
+        <v>202</v>
       </c>
       <c r="I370" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J370" s="0" t="s">
-        <v>538</v>
+        <v>624</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>701</v>
+        <v>546</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>702</v>
+        <v>58</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>703</v>
+        <v>547</v>
       </c>
       <c r="F371" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G371" s="0" t="s">
-        <v>829</v>
+        <v>350</v>
       </c>
       <c r="H371" s="0" t="s">
-        <v>705</v>
+        <v>457</v>
       </c>
       <c r="I371" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J371" s="0" t="s">
-        <v>706</v>
+        <v>549</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>796</v>
+        <v>236</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>797</v>
+        <v>52</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>798</v>
+        <v>237</v>
       </c>
       <c r="F372" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G372" s="0" t="s">
-        <v>830</v>
+        <v>14</v>
       </c>
       <c r="H372" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I372" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>800</v>
+        <v>16</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>67</v>
+        <v>398</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>68</v>
+        <v>399</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>69</v>
+        <v>400</v>
       </c>
       <c r="F373" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G373" s="0" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="H373" s="0" t="s">
-        <v>99</v>
+        <v>401</v>
       </c>
       <c r="I373" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J373" s="0" t="s">
-        <v>71</v>
+        <v>402</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B374" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C374" s="0" t="s">
         <v>74</v>
       </c>
       <c r="F374" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G374" s="0" t="s">
-        <v>75</v>
+        <v>49</v>
       </c>
       <c r="H374" s="0" t="s">
-        <v>158</v>
+        <v>372</v>
       </c>
       <c r="I374" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J374" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>831</v>
+        <v>636</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>375</v>
+        <v>570</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>832</v>
+        <v>637</v>
       </c>
       <c r="F375" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G375" s="0" t="s">
-        <v>833</v>
+        <v>369</v>
       </c>
       <c r="H375" s="0" t="s">
-        <v>484</v>
+        <v>85</v>
       </c>
       <c r="I375" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J375" s="0" t="s">
-        <v>834</v>
+        <v>638</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>779</v>
+        <v>579</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>780</v>
+        <v>417</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>781</v>
+        <v>580</v>
       </c>
       <c r="F376" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G376" s="0" t="s">
-        <v>835</v>
+        <v>639</v>
       </c>
       <c r="H376" s="0" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="I376" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J376" s="0" t="s">
-        <v>783</v>
+        <v>581</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>509</v>
+        <v>640</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>510</v>
+        <v>641</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>511</v>
+        <v>642</v>
       </c>
       <c r="F377" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>836</v>
+        <v>643</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>352</v>
+        <v>457</v>
       </c>
       <c r="I377" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J377" s="0" t="s">
-        <v>513</v>
+        <v>644</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>566</v>
+        <v>199</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>567</v>
+        <v>58</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>568</v>
+        <v>200</v>
       </c>
       <c r="F378" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>837</v>
+        <v>60</v>
       </c>
       <c r="H378" s="0" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="I378" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J378" s="0" t="s">
-        <v>570</v>
+        <v>203</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>354</v>
+        <v>645</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>349</v>
+        <v>646</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>355</v>
+        <v>647</v>
       </c>
       <c r="F379" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>838</v>
+        <v>70</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>352</v>
+        <v>371</v>
       </c>
       <c r="I379" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J379" s="0" t="s">
-        <v>356</v>
+        <v>648</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>839</v>
+        <v>51</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>840</v>
+        <v>52</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>841</v>
+        <v>53</v>
       </c>
       <c r="F380" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>322</v>
+        <v>252</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>87</v>
+        <v>364</v>
       </c>
       <c r="I380" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>842</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>843</v>
+        <v>636</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>423</v>
+        <v>570</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>844</v>
+        <v>637</v>
       </c>
       <c r="F381" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G381" s="0" t="s">
-        <v>845</v>
+        <v>649</v>
       </c>
       <c r="H381" s="0" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="I381" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J381" s="0" t="s">
-        <v>846</v>
+        <v>638</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>762</v>
+        <v>546</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>763</v>
+        <v>58</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>764</v>
+        <v>547</v>
       </c>
       <c r="F382" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>847</v>
+        <v>650</v>
       </c>
       <c r="H382" s="0" t="s">
-        <v>436</v>
+        <v>457</v>
       </c>
       <c r="I382" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J382" s="0" t="s">
-        <v>766</v>
+        <v>549</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>55</v>
+        <v>651</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>49</v>
+        <v>652</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>56</v>
+        <v>653</v>
       </c>
       <c r="F383" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="0" t="s">
-        <v>77</v>
+        <v>654</v>
       </c>
       <c r="H383" s="0" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="I383" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J383" s="0" t="s">
-        <v>59</v>
+        <v>655</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>463</v>
+        <v>656</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>464</v>
+        <v>657</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>465</v>
+        <v>658</v>
       </c>
       <c r="F384" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="0" t="s">
-        <v>848</v>
+        <v>659</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>436</v>
+        <v>660</v>
       </c>
       <c r="I384" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J384" s="0" t="s">
-        <v>467</v>
+        <v>355</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>779</v>
+        <v>579</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>780</v>
+        <v>417</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>781</v>
+        <v>580</v>
       </c>
       <c r="F385" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="0" t="s">
-        <v>849</v>
+        <v>75</v>
       </c>
       <c r="H385" s="0" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="I385" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J385" s="0" t="s">
-        <v>783</v>
+        <v>581</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
-        <v>850</v>
+        <v>661</v>
       </c>
       <c r="B386" s="0" t="s">
-        <v>369</v>
+        <v>662</v>
       </c>
       <c r="C386" s="0" t="s">
-        <v>851</v>
+        <v>663</v>
       </c>
       <c r="F386" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G386" s="0" t="s">
-        <v>852</v>
+        <v>664</v>
       </c>
       <c r="H386" s="0" t="s">
-        <v>352</v>
+        <v>665</v>
       </c>
       <c r="I386" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J386" s="0" t="s">
-        <v>853</v>
+        <v>666</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>578</v>
+        <v>667</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>495</v>
+        <v>668</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>579</v>
+        <v>669</v>
       </c>
       <c r="F387" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="0" t="s">
-        <v>854</v>
+        <v>670</v>
       </c>
       <c r="H387" s="0" t="s">
-        <v>99</v>
+        <v>340</v>
       </c>
       <c r="I387" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J387" s="0" t="s">
-        <v>581</v>
+        <v>671</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>78</v>
+        <v>672</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>79</v>
+        <v>520</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>80</v>
+        <v>673</v>
       </c>
       <c r="F388" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>81</v>
+        <v>674</v>
       </c>
       <c r="H388" s="0" t="s">
-        <v>99</v>
+        <v>365</v>
       </c>
       <c r="I388" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J388" s="0" t="s">
-        <v>82</v>
+        <v>675</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>855</v>
+        <v>253</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>73</v>
+        <v>254</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>856</v>
+        <v>255</v>
       </c>
       <c r="F389" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="H389" s="0" t="s">
-        <v>99</v>
+        <v>491</v>
       </c>
       <c r="I389" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J389" s="0" t="s">
-        <v>474</v>
+        <v>257</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>857</v>
+        <v>676</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>413</v>
+        <v>677</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>858</v>
+        <v>678</v>
       </c>
       <c r="F390" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="0" t="s">
-        <v>859</v>
+        <v>679</v>
       </c>
       <c r="H390" s="0" t="s">
-        <v>670</v>
+        <v>115</v>
       </c>
       <c r="I390" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J390" s="0" t="s">
-        <v>860</v>
+        <v>680</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>539</v>
+        <v>681</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>540</v>
+        <v>244</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>541</v>
+        <v>682</v>
       </c>
       <c r="F391" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>861</v>
+        <v>683</v>
       </c>
       <c r="H391" s="0" t="s">
-        <v>76</v>
+        <v>210</v>
       </c>
       <c r="I391" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J391" s="0" t="s">
-        <v>543</v>
+        <v>355</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>862</v>
+        <v>684</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>863</v>
+        <v>685</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>864</v>
+        <v>686</v>
       </c>
       <c r="F392" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="0" t="s">
-        <v>865</v>
+        <v>687</v>
       </c>
       <c r="H392" s="0" t="s">
-        <v>866</v>
+        <v>172</v>
       </c>
       <c r="I392" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J392" s="0" t="s">
-        <v>474</v>
+        <v>688</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>779</v>
+        <v>94</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>780</v>
+        <v>95</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>781</v>
+        <v>96</v>
       </c>
       <c r="F393" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>867</v>
+        <v>258</v>
       </c>
       <c r="H393" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I393" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>783</v>
+        <v>16</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>545</v>
+        <v>259</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>546</v>
+        <v>95</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>547</v>
+        <v>260</v>
       </c>
       <c r="F394" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>150</v>
+        <v>261</v>
       </c>
       <c r="H394" s="0" t="s">
-        <v>163</v>
+        <v>97</v>
       </c>
       <c r="I394" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>549</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>83</v>
+        <v>689</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>84</v>
+        <v>690</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>85</v>
+        <v>691</v>
       </c>
       <c r="F395" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="0" t="s">
-        <v>86</v>
+        <v>692</v>
       </c>
       <c r="H395" s="0" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
       <c r="I395" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J395" s="0" t="s">
-        <v>88</v>
+        <v>693</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>600</v>
+        <v>464</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>601</v>
+        <v>460</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>602</v>
+        <v>465</v>
       </c>
       <c r="F396" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="0" t="s">
-        <v>868</v>
+        <v>378</v>
       </c>
       <c r="H396" s="0" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="I396" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J396" s="0" t="s">
-        <v>604</v>
+        <v>466</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>839</v>
+        <v>694</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>840</v>
+        <v>695</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>841</v>
+        <v>696</v>
       </c>
       <c r="F397" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>869</v>
+        <v>697</v>
       </c>
       <c r="H397" s="0" t="s">
-        <v>87</v>
+        <v>210</v>
       </c>
       <c r="I397" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J397" s="0" t="s">
-        <v>842</v>
+        <v>698</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>715</v>
+        <v>517</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>716</v>
+        <v>95</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>717</v>
+        <v>518</v>
       </c>
       <c r="F398" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>870</v>
+        <v>80</v>
       </c>
       <c r="H398" s="0" t="s">
-        <v>719</v>
+        <v>85</v>
       </c>
       <c r="I398" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J398" s="0" t="s">
-        <v>720</v>
+        <v>355</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>871</v>
+        <v>699</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>872</v>
+        <v>700</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>873</v>
+        <v>701</v>
       </c>
       <c r="F399" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>874</v>
+        <v>702</v>
       </c>
       <c r="H399" s="0" t="s">
-        <v>180</v>
+        <v>703</v>
       </c>
       <c r="I399" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J399" s="0" t="s">
-        <v>875</v>
+        <v>704</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>857</v>
+        <v>359</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>413</v>
+        <v>360</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>858</v>
+        <v>361</v>
       </c>
       <c r="F400" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>876</v>
+        <v>705</v>
       </c>
       <c r="H400" s="0" t="s">
-        <v>670</v>
+        <v>115</v>
       </c>
       <c r="I400" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J400" s="0" t="s">
-        <v>860</v>
+        <v>363</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>72</v>
+        <v>119</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>73</v>
+        <v>120</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>74</v>
+        <v>121</v>
       </c>
       <c r="F401" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G401" s="0" t="s">
-        <v>89</v>
+        <v>263</v>
       </c>
       <c r="H401" s="0" t="s">
-        <v>158</v>
+        <v>15</v>
       </c>
       <c r="I401" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J401" s="0" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>90</v>
+        <v>694</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>91</v>
+        <v>695</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>92</v>
+        <v>696</v>
       </c>
       <c r="F402" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G402" s="0" t="s">
-        <v>93</v>
+        <v>384</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I402" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J402" s="0" t="s">
-        <v>94</v>
+        <v>698</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>72</v>
+        <v>706</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>73</v>
+        <v>707</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>74</v>
+        <v>708</v>
       </c>
       <c r="F403" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G403" s="0" t="s">
-        <v>95</v>
+        <v>709</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>158</v>
+        <v>665</v>
       </c>
       <c r="I403" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J403" s="0" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>96</v>
+        <v>711</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>21</v>
+        <v>712</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>97</v>
+        <v>713</v>
       </c>
       <c r="F404" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>98</v>
+        <v>714</v>
       </c>
       <c r="H404" s="0" t="s">
-        <v>29</v>
+        <v>665</v>
       </c>
       <c r="I404" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J404" s="0" t="s">
-        <v>100</v>
+        <v>715</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>652</v>
+        <v>359</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>349</v>
+        <v>360</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>653</v>
+        <v>361</v>
       </c>
       <c r="F405" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G405" s="0" t="s">
-        <v>877</v>
+        <v>716</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I405" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J405" s="0" t="s">
-        <v>655</v>
+        <v>363</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>545</v>
+        <v>717</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>546</v>
+        <v>718</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>547</v>
+        <v>719</v>
       </c>
       <c r="F406" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G406" s="0" t="s">
-        <v>159</v>
+        <v>390</v>
       </c>
       <c r="H406" s="0" t="s">
-        <v>163</v>
+        <v>385</v>
       </c>
       <c r="I406" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J406" s="0" t="s">
-        <v>549</v>
+        <v>720</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>101</v>
+        <v>721</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>102</v>
+        <v>556</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>103</v>
+        <v>722</v>
       </c>
       <c r="F407" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>104</v>
+        <v>723</v>
       </c>
       <c r="H407" s="0" t="s">
-        <v>47</v>
+        <v>76</v>
       </c>
       <c r="I407" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J407" s="0" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>767</v>
+        <v>672</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>768</v>
+        <v>520</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>769</v>
+        <v>673</v>
       </c>
       <c r="F408" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>878</v>
+        <v>725</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>180</v>
+        <v>365</v>
       </c>
       <c r="I408" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J408" s="0" t="s">
-        <v>771</v>
+        <v>675</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>779</v>
+        <v>264</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>780</v>
+        <v>47</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>781</v>
+        <v>265</v>
       </c>
       <c r="F409" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="0" t="s">
-        <v>879</v>
+        <v>266</v>
       </c>
       <c r="H409" s="0" t="s">
-        <v>153</v>
+        <v>71</v>
       </c>
       <c r="I409" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J409" s="0" t="s">
-        <v>783</v>
+        <v>268</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>354</v>
+        <v>454</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>349</v>
+        <v>455</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>355</v>
+        <v>456</v>
       </c>
       <c r="F410" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="0" t="s">
-        <v>880</v>
+        <v>726</v>
       </c>
       <c r="H410" s="0" t="s">
-        <v>352</v>
+        <v>457</v>
       </c>
       <c r="I410" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J410" s="0" t="s">
-        <v>356</v>
+        <v>458</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>657</v>
+        <v>614</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>658</v>
+        <v>393</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>659</v>
+        <v>615</v>
       </c>
       <c r="F411" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="0" t="s">
-        <v>881</v>
+        <v>397</v>
       </c>
       <c r="H411" s="0" t="s">
-        <v>661</v>
+        <v>395</v>
       </c>
       <c r="I411" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J411" s="0" t="s">
-        <v>662</v>
+        <v>617</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>401</v>
+        <v>711</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>402</v>
+        <v>712</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>403</v>
+        <v>713</v>
       </c>
       <c r="F412" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="0" t="s">
-        <v>162</v>
+        <v>727</v>
       </c>
       <c r="H412" s="0" t="s">
-        <v>163</v>
+        <v>665</v>
       </c>
       <c r="I412" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J412" s="0" t="s">
-        <v>405</v>
+        <v>715</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>855</v>
+        <v>728</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>73</v>
+        <v>729</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>856</v>
+        <v>730</v>
       </c>
       <c r="F413" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="0" t="s">
-        <v>168</v>
+        <v>406</v>
       </c>
       <c r="H413" s="0" t="s">
-        <v>99</v>
+        <v>365</v>
       </c>
       <c r="I413" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J413" s="0" t="s">
-        <v>474</v>
+        <v>731</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>105</v>
+        <v>711</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>106</v>
+        <v>712</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>107</v>
+        <v>713</v>
       </c>
       <c r="F414" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>108</v>
+        <v>732</v>
       </c>
       <c r="H414" s="0" t="s">
-        <v>153</v>
+        <v>665</v>
       </c>
       <c r="I414" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J414" s="0" t="s">
-        <v>109</v>
+        <v>715</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>37</v>
+        <v>733</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>38</v>
+        <v>734</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>39</v>
+        <v>735</v>
       </c>
       <c r="F415" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>110</v>
+        <v>736</v>
       </c>
       <c r="H415" s="0" t="s">
-        <v>719</v>
+        <v>737</v>
       </c>
       <c r="I415" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J415" s="0" t="s">
-        <v>42</v>
+        <v>738</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>773</v>
+        <v>739</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>413</v>
+        <v>425</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>774</v>
+        <v>740</v>
       </c>
       <c r="F416" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="0" t="s">
-        <v>175</v>
+        <v>741</v>
       </c>
       <c r="H416" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I416" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J416" s="0" t="s">
-        <v>776</v>
+        <v>742</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>455</v>
+        <v>269</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>456</v>
+        <v>90</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>457</v>
+        <v>270</v>
       </c>
       <c r="F417" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="0" t="s">
-        <v>882</v>
+        <v>92</v>
       </c>
       <c r="H417" s="0" t="s">
-        <v>459</v>
+        <v>210</v>
       </c>
       <c r="I417" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J417" s="0" t="s">
-        <v>460</v>
+        <v>271</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>644</v>
+        <v>743</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>645</v>
+        <v>744</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>646</v>
+        <v>745</v>
       </c>
       <c r="F418" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="0" t="s">
-        <v>883</v>
+        <v>411</v>
       </c>
       <c r="H418" s="0" t="s">
-        <v>180</v>
+        <v>76</v>
       </c>
       <c r="I418" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J418" s="0" t="s">
-        <v>648</v>
+        <v>746</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>707</v>
+        <v>272</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>673</v>
+        <v>273</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>708</v>
+        <v>274</v>
       </c>
       <c r="F419" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="0" t="s">
-        <v>884</v>
+        <v>275</v>
       </c>
       <c r="H419" s="0" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="I419" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>62</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>582</v>
+        <v>640</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>583</v>
+        <v>641</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>584</v>
+        <v>642</v>
       </c>
       <c r="F420" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="0" t="s">
-        <v>885</v>
+        <v>747</v>
       </c>
       <c r="H420" s="0" t="s">
-        <v>586</v>
+        <v>457</v>
       </c>
       <c r="I420" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J420" s="0" t="s">
-        <v>587</v>
+        <v>644</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>43</v>
+        <v>694</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>44</v>
+        <v>695</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>45</v>
+        <v>696</v>
       </c>
       <c r="F421" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="0" t="s">
-        <v>111</v>
+        <v>748</v>
       </c>
       <c r="H421" s="0" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="I421" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J421" s="0" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>886</v>
+        <v>602</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>887</v>
+        <v>417</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>888</v>
+        <v>603</v>
       </c>
       <c r="F422" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G422" s="0" t="s">
-        <v>889</v>
+        <v>101</v>
       </c>
       <c r="H422" s="0" t="s">
-        <v>753</v>
+        <v>115</v>
       </c>
       <c r="I422" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J422" s="0" t="s">
-        <v>890</v>
+        <v>604</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>891</v>
+        <v>749</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>49</v>
+        <v>750</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>892</v>
+        <v>751</v>
       </c>
       <c r="F423" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G423" s="0" t="s">
-        <v>185</v>
+        <v>752</v>
       </c>
       <c r="H423" s="0" t="s">
-        <v>163</v>
+        <v>123</v>
       </c>
       <c r="I423" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J423" s="0" t="s">
-        <v>893</v>
+        <v>355</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>591</v>
+        <v>711</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>84</v>
+        <v>712</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>592</v>
+        <v>713</v>
       </c>
       <c r="F424" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="0" t="s">
-        <v>186</v>
+        <v>753</v>
       </c>
       <c r="H424" s="0" t="s">
-        <v>99</v>
+        <v>665</v>
       </c>
       <c r="I424" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J424" s="0" t="s">
-        <v>594</v>
+        <v>715</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>672</v>
+        <v>754</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>673</v>
+        <v>755</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>674</v>
+        <v>756</v>
       </c>
       <c r="F425" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="0" t="s">
-        <v>894</v>
+        <v>109</v>
       </c>
       <c r="H425" s="0" t="s">
-        <v>58</v>
+        <v>364</v>
       </c>
       <c r="I425" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J425" s="0" t="s">
-        <v>676</v>
+        <v>757</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>90</v>
+        <v>758</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>91</v>
+        <v>759</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>92</v>
+        <v>760</v>
       </c>
       <c r="F426" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="0" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="H426" s="0" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="I426" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J426" s="0" t="s">
-        <v>94</v>
+        <v>761</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>895</v>
+        <v>276</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>896</v>
+        <v>277</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>897</v>
+        <v>278</v>
       </c>
       <c r="F427" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>898</v>
+        <v>279</v>
       </c>
       <c r="H427" s="0" t="s">
-        <v>15</v>
+        <v>762</v>
       </c>
       <c r="I427" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J427" s="0" t="s">
-        <v>899</v>
+        <v>281</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>802</v>
+        <v>282</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>375</v>
+        <v>283</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>803</v>
+        <v>284</v>
       </c>
       <c r="F428" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="0" t="s">
-        <v>900</v>
+        <v>285</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="I428" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>804</v>
+        <v>16</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>901</v>
+        <v>763</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>902</v>
+        <v>764</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>903</v>
+        <v>765</v>
       </c>
       <c r="F429" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="0" t="s">
-        <v>904</v>
+        <v>122</v>
       </c>
       <c r="H429" s="0" t="s">
-        <v>753</v>
+        <v>123</v>
       </c>
       <c r="I429" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J429" s="0" t="s">
-        <v>905</v>
+        <v>766</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>113</v>
+        <v>767</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>114</v>
+        <v>382</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>115</v>
+        <v>768</v>
       </c>
       <c r="F430" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="0" t="s">
-        <v>116</v>
+        <v>769</v>
       </c>
       <c r="H430" s="0" t="s">
-        <v>153</v>
+        <v>364</v>
       </c>
       <c r="I430" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J430" s="0" t="s">
-        <v>117</v>
+        <v>770</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>118</v>
+        <v>771</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>119</v>
+        <v>772</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>120</v>
+        <v>773</v>
       </c>
       <c r="F431" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="0" t="s">
-        <v>121</v>
+        <v>431</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I431" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J431" s="0" t="s">
-        <v>122</v>
+        <v>774</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>123</v>
+        <v>775</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>124</v>
+        <v>776</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>125</v>
+        <v>777</v>
       </c>
       <c r="F432" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G432" s="0" t="s">
-        <v>126</v>
+        <v>778</v>
       </c>
       <c r="H432" s="0" t="s">
-        <v>99</v>
+        <v>491</v>
       </c>
       <c r="I432" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
+      </c>
+      <c r="J432" s="0" t="s">
+        <v>779</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>906</v>
+        <v>684</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>746</v>
+        <v>685</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>907</v>
+        <v>686</v>
       </c>
       <c r="F433" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G433" s="0" t="s">
-        <v>908</v>
+        <v>780</v>
       </c>
       <c r="H433" s="0" t="s">
-        <v>670</v>
+        <v>172</v>
       </c>
       <c r="I433" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J433" s="0" t="s">
-        <v>909</v>
+        <v>688</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>910</v>
+        <v>614</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>911</v>
+        <v>393</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>912</v>
+        <v>615</v>
       </c>
       <c r="F434" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G434" s="0" t="s">
-        <v>913</v>
+        <v>433</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I434" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J434" s="0" t="s">
-        <v>914</v>
+        <v>617</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>779</v>
+        <v>763</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>780</v>
+        <v>764</v>
       </c>
       <c r="C435" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="F435" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G435" s="0" t="s">
         <v>781</v>
       </c>
-      <c r="F435" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H435" s="0" t="s">
-        <v>153</v>
+        <v>123</v>
       </c>
       <c r="I435" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J435" s="0" t="s">
-        <v>783</v>
+        <v>766</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>916</v>
+        <v>636</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>917</v>
+        <v>570</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>918</v>
+        <v>637</v>
       </c>
       <c r="F436" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>919</v>
+        <v>127</v>
       </c>
       <c r="H436" s="0" t="s">
-        <v>473</v>
+        <v>85</v>
       </c>
       <c r="I436" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J436" s="0" t="s">
-        <v>920</v>
+        <v>638</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>127</v>
+        <v>103</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>124</v>
+        <v>104</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>128</v>
+        <v>105</v>
       </c>
       <c r="F437" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G437" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="H437" s="0" t="s">
-        <v>921</v>
+        <v>210</v>
       </c>
       <c r="I437" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J437" s="0" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>715</v>
+        <v>689</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>716</v>
+        <v>690</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>717</v>
+        <v>691</v>
       </c>
       <c r="F438" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>922</v>
+        <v>782</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>719</v>
+        <v>123</v>
       </c>
       <c r="I438" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J438" s="0" t="s">
-        <v>720</v>
+        <v>693</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>923</v>
+        <v>392</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>106</v>
+        <v>393</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>924</v>
+        <v>394</v>
       </c>
       <c r="F439" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G439" s="0" t="s">
-        <v>925</v>
+        <v>783</v>
       </c>
       <c r="H439" s="0" t="s">
-        <v>926</v>
+        <v>395</v>
       </c>
       <c r="I439" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J439" s="0" t="s">
-        <v>927</v>
+        <v>396</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>839</v>
+        <v>565</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>840</v>
+        <v>566</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>841</v>
+        <v>567</v>
       </c>
       <c r="F440" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G440" s="0" t="s">
-        <v>201</v>
+        <v>136</v>
       </c>
       <c r="H440" s="0" t="s">
-        <v>87</v>
+        <v>172</v>
       </c>
       <c r="I440" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J440" s="0" t="s">
-        <v>842</v>
+        <v>568</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>784</v>
+        <v>176</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>785</v>
+        <v>177</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>786</v>
+        <v>178</v>
       </c>
       <c r="F441" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G441" s="0" t="s">
-        <v>928</v>
+        <v>140</v>
       </c>
       <c r="H441" s="0" t="s">
-        <v>719</v>
+        <v>85</v>
       </c>
       <c r="I441" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J441" s="0" t="s">
-        <v>788</v>
+        <v>179</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>48</v>
+        <v>213</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>49</v>
+        <v>120</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>50</v>
+        <v>214</v>
       </c>
       <c r="F442" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="0" t="s">
-        <v>131</v>
+        <v>144</v>
       </c>
       <c r="H442" s="0" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="I442" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J442" s="0" t="s">
-        <v>54</v>
+        <v>216</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>31</v>
+        <v>651</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>32</v>
+        <v>652</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>33</v>
+        <v>653</v>
       </c>
       <c r="F443" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>132</v>
+        <v>784</v>
       </c>
       <c r="H443" s="0" t="s">
-        <v>41</v>
+        <v>76</v>
       </c>
       <c r="I443" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J443" s="0" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>929</v>
+        <v>509</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>930</v>
+        <v>506</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>931</v>
+        <v>510</v>
       </c>
       <c r="F444" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>932</v>
+        <v>155</v>
       </c>
       <c r="H444" s="0" t="s">
-        <v>35</v>
+        <v>267</v>
       </c>
       <c r="I444" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J444" s="0" t="s">
-        <v>474</v>
+        <v>511</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>933</v>
+        <v>785</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>934</v>
+        <v>786</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>935</v>
+        <v>787</v>
       </c>
       <c r="F445" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>936</v>
+        <v>788</v>
       </c>
       <c r="H445" s="0" t="s">
-        <v>753</v>
+        <v>665</v>
       </c>
       <c r="I445" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J445" s="0" t="s">
-        <v>937</v>
+        <v>789</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>582</v>
+        <v>790</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>583</v>
+        <v>791</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>584</v>
+        <v>792</v>
       </c>
       <c r="F446" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="0" t="s">
-        <v>938</v>
+        <v>793</v>
       </c>
       <c r="H446" s="0" t="s">
-        <v>586</v>
+        <v>794</v>
       </c>
       <c r="I446" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J446" s="0" t="s">
-        <v>587</v>
+        <v>795</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>818</v>
+        <v>796</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>819</v>
+        <v>797</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>820</v>
+        <v>798</v>
       </c>
       <c r="F447" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="0" t="s">
-        <v>939</v>
+        <v>799</v>
       </c>
       <c r="H447" s="0" t="s">
-        <v>153</v>
+        <v>800</v>
       </c>
       <c r="I447" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J447" s="0" t="s">
-        <v>474</v>
+        <v>801</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>572</v>
+        <v>602</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>573</v>
+        <v>417</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>574</v>
+        <v>603</v>
       </c>
       <c r="F448" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="0" t="s">
-        <v>233</v>
+        <v>445</v>
       </c>
       <c r="H448" s="0" t="s">
-        <v>153</v>
+        <v>115</v>
       </c>
       <c r="I448" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J448" s="0" t="s">
-        <v>576</v>
+        <v>604</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>401</v>
+        <v>505</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>402</v>
+        <v>506</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>403</v>
+        <v>507</v>
       </c>
       <c r="F449" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="0" t="s">
-        <v>940</v>
+        <v>452</v>
       </c>
       <c r="H449" s="0" t="s">
-        <v>163</v>
+        <v>267</v>
       </c>
       <c r="I449" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J449" s="0" t="s">
-        <v>405</v>
+        <v>508</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>612</v>
+        <v>199</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>613</v>
+        <v>58</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>614</v>
+        <v>200</v>
       </c>
       <c r="F450" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G450" s="0" t="s">
-        <v>941</v>
+        <v>158</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>153</v>
+        <v>61</v>
       </c>
       <c r="I450" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J450" s="0" t="s">
-        <v>616</v>
+        <v>203</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>745</v>
+        <v>802</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>746</v>
+        <v>803</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>747</v>
+        <v>804</v>
       </c>
       <c r="F451" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="0" t="s">
-        <v>942</v>
+        <v>805</v>
       </c>
       <c r="H451" s="0" t="s">
-        <v>15</v>
+        <v>762</v>
       </c>
       <c r="I451" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J451" s="0" t="s">
-        <v>749</v>
+        <v>806</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>707</v>
+        <v>621</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>673</v>
+        <v>622</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>708</v>
+        <v>623</v>
       </c>
       <c r="F452" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="0" t="s">
-        <v>234</v>
+        <v>161</v>
       </c>
       <c r="H452" s="0" t="s">
-        <v>99</v>
+        <v>202</v>
       </c>
       <c r="I452" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J452" s="0" t="s">
-        <v>710</v>
+        <v>624</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>779</v>
+        <v>286</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>780</v>
+        <v>287</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>781</v>
+        <v>288</v>
       </c>
       <c r="F453" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>943</v>
+        <v>289</v>
       </c>
       <c r="H453" s="0" t="s">
-        <v>153</v>
+        <v>807</v>
       </c>
       <c r="I453" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J453" s="0" t="s">
-        <v>783</v>
+        <v>290</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>944</v>
+        <v>269</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>272</v>
+        <v>90</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>945</v>
+        <v>270</v>
       </c>
       <c r="F454" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>946</v>
+        <v>163</v>
       </c>
       <c r="H454" s="0" t="s">
-        <v>15</v>
+        <v>210</v>
       </c>
       <c r="I454" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J454" s="0" t="s">
-        <v>947</v>
+        <v>271</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>818</v>
+        <v>133</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>819</v>
+        <v>134</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>820</v>
+        <v>135</v>
       </c>
       <c r="F455" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>948</v>
+        <v>291</v>
       </c>
       <c r="H455" s="0" t="s">
-        <v>153</v>
+        <v>50</v>
       </c>
       <c r="I455" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>489</v>
+        <v>694</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>490</v>
+        <v>695</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>491</v>
+        <v>696</v>
       </c>
       <c r="F456" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>949</v>
+        <v>462</v>
       </c>
       <c r="H456" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="I456" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J456" s="0" t="s">
-        <v>493</v>
+        <v>698</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>607</v>
+        <v>808</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>608</v>
+        <v>104</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>609</v>
+        <v>809</v>
       </c>
       <c r="F457" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>237</v>
+        <v>810</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>99</v>
+        <v>811</v>
       </c>
       <c r="I457" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J457" s="0" t="s">
-        <v>611</v>
+        <v>812</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>950</v>
+        <v>694</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>951</v>
+        <v>695</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>952</v>
+        <v>696</v>
       </c>
       <c r="F458" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="0" t="s">
-        <v>953</v>
+        <v>813</v>
       </c>
       <c r="H458" s="0" t="s">
-        <v>58</v>
+        <v>210</v>
       </c>
       <c r="I458" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J458" s="0" t="s">
-        <v>954</v>
+        <v>698</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>534</v>
+        <v>403</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>535</v>
+        <v>404</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>536</v>
+        <v>405</v>
       </c>
       <c r="F459" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G459" s="0" t="s">
-        <v>955</v>
+        <v>814</v>
       </c>
       <c r="H459" s="0" t="s">
-        <v>378</v>
+        <v>365</v>
       </c>
       <c r="I459" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J459" s="0" t="s">
-        <v>538</v>
+        <v>407</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>956</v>
+        <v>815</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>957</v>
+        <v>816</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>958</v>
+        <v>817</v>
       </c>
       <c r="F460" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>959</v>
+        <v>818</v>
       </c>
       <c r="H460" s="0" t="s">
-        <v>431</v>
+        <v>340</v>
       </c>
       <c r="I460" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J460" s="0" t="s">
-        <v>960</v>
+        <v>819</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>956</v>
+        <v>820</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>957</v>
+        <v>821</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>958</v>
+        <v>822</v>
       </c>
       <c r="F461" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G461" s="0" t="s">
-        <v>961</v>
+        <v>823</v>
       </c>
       <c r="H461" s="0" t="s">
-        <v>431</v>
+        <v>794</v>
       </c>
       <c r="I461" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J461" s="0" t="s">
-        <v>960</v>
+        <v>824</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>475</v>
+        <v>825</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>476</v>
+        <v>826</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>477</v>
+        <v>827</v>
       </c>
       <c r="F462" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="0" t="s">
-        <v>962</v>
+        <v>828</v>
       </c>
       <c r="H462" s="0" t="s">
-        <v>269</v>
+        <v>491</v>
       </c>
       <c r="I462" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J462" s="0" t="s">
-        <v>479</v>
+        <v>829</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>133</v>
+        <v>830</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>134</v>
+        <v>382</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>135</v>
+        <v>831</v>
       </c>
       <c r="F463" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G463" s="0" t="s">
-        <v>136</v>
+        <v>467</v>
       </c>
       <c r="H463" s="0" t="s">
-        <v>35</v>
+        <v>385</v>
       </c>
       <c r="I463" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J463" s="0" t="s">
-        <v>137</v>
+        <v>832</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>807</v>
+        <v>771</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>808</v>
+        <v>772</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>809</v>
+        <v>773</v>
       </c>
       <c r="F464" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G464" s="0" t="s">
-        <v>963</v>
+        <v>833</v>
       </c>
       <c r="H464" s="0" t="s">
-        <v>811</v>
+        <v>395</v>
       </c>
       <c r="I464" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J464" s="0" t="s">
-        <v>812</v>
+        <v>774</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>964</v>
+        <v>834</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>965</v>
+        <v>130</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>966</v>
+        <v>835</v>
       </c>
       <c r="F465" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G465" s="0" t="s">
-        <v>967</v>
+        <v>836</v>
       </c>
       <c r="H465" s="0" t="s">
-        <v>58</v>
+        <v>267</v>
       </c>
       <c r="I465" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J465" s="0" t="s">
-        <v>968</v>
+        <v>355</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>20</v>
+        <v>356</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>22</v>
+        <v>358</v>
       </c>
       <c r="F466" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="0" t="s">
-        <v>138</v>
+        <v>837</v>
       </c>
       <c r="H466" s="0" t="s">
-        <v>275</v>
+        <v>238</v>
       </c>
       <c r="I466" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J466" s="0" t="s">
-        <v>24</v>
+        <v>355</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>520</v>
+        <v>838</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>521</v>
+        <v>839</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>522</v>
+        <v>840</v>
       </c>
       <c r="F467" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="0" t="s">
-        <v>969</v>
+        <v>841</v>
       </c>
       <c r="H467" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="I467" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J467" s="0" t="s">
-        <v>524</v>
+        <v>842</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>970</v>
+        <v>843</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>971</v>
+        <v>844</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>972</v>
+        <v>845</v>
       </c>
       <c r="F468" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G468" s="0" t="s">
-        <v>973</v>
+        <v>846</v>
       </c>
       <c r="H468" s="0" t="s">
-        <v>35</v>
+        <v>847</v>
       </c>
       <c r="I468" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J468" s="0" t="s">
-        <v>974</v>
+        <v>848</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>975</v>
+        <v>565</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>976</v>
+        <v>566</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>977</v>
+        <v>567</v>
       </c>
       <c r="F469" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G469" s="0" t="s">
-        <v>978</v>
+        <v>164</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>431</v>
+        <v>172</v>
       </c>
       <c r="I469" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J469" s="0" t="s">
-        <v>979</v>
+        <v>568</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>901</v>
+        <v>618</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>902</v>
+        <v>393</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>903</v>
+        <v>619</v>
       </c>
       <c r="F470" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>980</v>
+        <v>849</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>753</v>
+        <v>364</v>
       </c>
       <c r="I470" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J470" s="0" t="s">
-        <v>905</v>
+        <v>620</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>956</v>
+        <v>614</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>957</v>
+        <v>393</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>958</v>
+        <v>615</v>
       </c>
       <c r="F471" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G471" s="0" t="s">
-        <v>981</v>
+        <v>479</v>
       </c>
       <c r="H471" s="0" t="s">
-        <v>431</v>
+        <v>395</v>
       </c>
       <c r="I471" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J471" s="0" t="s">
-        <v>960</v>
+        <v>617</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>433</v>
+        <v>694</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>49</v>
+        <v>695</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>434</v>
+        <v>696</v>
       </c>
       <c r="F472" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="0" t="s">
-        <v>982</v>
+        <v>490</v>
       </c>
       <c r="H472" s="0" t="s">
-        <v>436</v>
+        <v>210</v>
       </c>
       <c r="I472" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J472" s="0" t="s">
-        <v>437</v>
+        <v>698</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>983</v>
+        <v>441</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>156</v>
+        <v>442</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>984</v>
+        <v>443</v>
       </c>
       <c r="F473" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="0" t="s">
-        <v>985</v>
+        <v>496</v>
       </c>
       <c r="H473" s="0" t="s">
-        <v>153</v>
+        <v>267</v>
       </c>
       <c r="I473" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J473" s="0" t="s">
-        <v>474</v>
+        <v>444</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>831</v>
+        <v>537</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>375</v>
+        <v>538</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>832</v>
+        <v>539</v>
       </c>
       <c r="F474" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>986</v>
+        <v>850</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>484</v>
+        <v>238</v>
       </c>
       <c r="I474" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J474" s="0" t="s">
-        <v>834</v>
+        <v>540</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>987</v>
+        <v>851</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>988</v>
+        <v>852</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>989</v>
+        <v>853</v>
       </c>
       <c r="F475" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>990</v>
+        <v>512</v>
       </c>
       <c r="H475" s="0" t="s">
-        <v>87</v>
+        <v>115</v>
       </c>
       <c r="I475" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J475" s="0" t="s">
-        <v>474</v>
+        <v>854</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>348</v>
+        <v>855</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>349</v>
+        <v>856</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>350</v>
+        <v>857</v>
       </c>
       <c r="F476" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>991</v>
+        <v>513</v>
       </c>
       <c r="H476" s="0" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="I476" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J476" s="0" t="s">
-        <v>353</v>
+        <v>858</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>992</v>
+        <v>859</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>170</v>
+        <v>860</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>993</v>
+        <v>861</v>
       </c>
       <c r="F477" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="0" t="s">
-        <v>994</v>
+        <v>862</v>
       </c>
       <c r="H477" s="0" t="s">
-        <v>65</v>
+        <v>863</v>
       </c>
       <c r="I477" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J477" s="0" t="s">
-        <v>474</v>
+        <v>864</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>910</v>
+        <v>689</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>911</v>
+        <v>690</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>912</v>
+        <v>691</v>
       </c>
       <c r="F478" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="0" t="s">
-        <v>995</v>
+        <v>865</v>
       </c>
       <c r="H478" s="0" t="s">
-        <v>180</v>
+        <v>123</v>
       </c>
       <c r="I478" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J478" s="0" t="s">
-        <v>914</v>
+        <v>693</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>83</v>
+        <v>125</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>85</v>
+        <v>126</v>
       </c>
       <c r="F479" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="0" t="s">
-        <v>139</v>
+        <v>292</v>
       </c>
       <c r="H479" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="I479" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J479" s="0" t="s">
-        <v>88</v>
+        <v>128</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>644</v>
+        <v>293</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>645</v>
+        <v>294</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>646</v>
+        <v>295</v>
       </c>
       <c r="F480" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="0" t="s">
-        <v>996</v>
+        <v>167</v>
       </c>
       <c r="H480" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I480" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J480" s="0" t="s">
-        <v>648</v>
+        <v>296</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>354</v>
+        <v>689</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>349</v>
+        <v>690</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>355</v>
+        <v>691</v>
       </c>
       <c r="F481" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G481" s="0" t="s">
-        <v>997</v>
+        <v>866</v>
       </c>
       <c r="H481" s="0" t="s">
-        <v>352</v>
+        <v>123</v>
       </c>
       <c r="I481" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J481" s="0" t="s">
-        <v>356</v>
+        <v>693</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>998</v>
+        <v>867</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>470</v>
+        <v>868</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>999</v>
+        <v>869</v>
       </c>
       <c r="F482" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G482" s="0" t="s">
-        <v>1000</v>
+        <v>870</v>
       </c>
       <c r="H482" s="0" t="s">
-        <v>772</v>
+        <v>871</v>
       </c>
       <c r="I482" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J482" s="0" t="s">
-        <v>474</v>
+        <v>872</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>140</v>
+        <v>694</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>73</v>
+        <v>695</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>141</v>
+        <v>696</v>
       </c>
       <c r="F483" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G483" s="0" t="s">
-        <v>142</v>
+        <v>873</v>
       </c>
       <c r="H483" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="I483" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J483" s="0" t="s">
-        <v>143</v>
+        <v>698</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>427</v>
+        <v>398</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>428</v>
+        <v>399</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>429</v>
+        <v>400</v>
       </c>
       <c r="F484" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="0" t="s">
-        <v>1001</v>
+        <v>874</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>431</v>
+        <v>401</v>
       </c>
       <c r="I484" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J484" s="0" t="s">
-        <v>432</v>
+        <v>402</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>1002</v>
+        <v>684</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>1003</v>
+        <v>685</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>1004</v>
+        <v>686</v>
       </c>
       <c r="F485" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="0" t="s">
-        <v>845</v>
+        <v>171</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>65</v>
+        <v>172</v>
       </c>
       <c r="I485" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J485" s="0" t="s">
-        <v>1005</v>
+        <v>688</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>1006</v>
+        <v>373</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>1003</v>
+        <v>153</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>1007</v>
+        <v>374</v>
       </c>
       <c r="F486" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="0" t="s">
-        <v>845</v>
+        <v>875</v>
       </c>
       <c r="H486" s="0" t="s">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="I486" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J486" s="0" t="s">
-        <v>1008</v>
+        <v>375</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>48</v>
+        <v>785</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>49</v>
+        <v>786</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>50</v>
+        <v>787</v>
       </c>
       <c r="F487" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="0" t="s">
-        <v>77</v>
+        <v>876</v>
       </c>
       <c r="H487" s="0" t="s">
-        <v>58</v>
+        <v>665</v>
       </c>
       <c r="I487" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J487" s="0" t="s">
-        <v>54</v>
+        <v>789</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>144</v>
+        <v>387</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>49</v>
+        <v>388</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>145</v>
+        <v>389</v>
       </c>
       <c r="F488" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="0" t="s">
-        <v>77</v>
+        <v>877</v>
       </c>
       <c r="H488" s="0" t="s">
-        <v>58</v>
+        <v>385</v>
       </c>
       <c r="I488" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J488" s="0" t="s">
-        <v>146</v>
+        <v>391</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>67</v>
+        <v>790</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>68</v>
+        <v>791</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>69</v>
+        <v>792</v>
       </c>
       <c r="F489" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="0" t="s">
-        <v>147</v>
+        <v>878</v>
       </c>
       <c r="H489" s="0" t="s">
-        <v>99</v>
+        <v>794</v>
       </c>
       <c r="I489" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J489" s="0" t="s">
-        <v>71</v>
+        <v>795</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>148</v>
+        <v>264</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>149</v>
+        <v>265</v>
       </c>
       <c r="F490" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="0" t="s">
-        <v>147</v>
+        <v>297</v>
       </c>
       <c r="H490" s="0" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
       <c r="I490" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J490" s="0" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>1009</v>
+        <v>684</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>1010</v>
+        <v>685</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>1011</v>
+        <v>686</v>
       </c>
       <c r="F491" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G491" s="0" t="s">
-        <v>147</v>
+        <v>879</v>
       </c>
       <c r="H491" s="0" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="I491" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J491" s="0" t="s">
-        <v>1012</v>
+        <v>688</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>101</v>
+        <v>141</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>102</v>
+        <v>142</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>103</v>
+        <v>143</v>
       </c>
       <c r="F492" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="0" t="s">
-        <v>150</v>
+        <v>298</v>
       </c>
       <c r="H492" s="0" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="I492" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J492" s="0" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>773</v>
+        <v>82</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>413</v>
+        <v>83</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>774</v>
+        <v>84</v>
       </c>
       <c r="F493" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="0" t="s">
-        <v>874</v>
+        <v>175</v>
       </c>
       <c r="H493" s="0" t="s">
-        <v>180</v>
+        <v>81</v>
       </c>
       <c r="I493" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J493" s="0" t="s">
-        <v>776</v>
+        <v>86</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>151</v>
+        <v>651</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>91</v>
+        <v>652</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>152</v>
+        <v>653</v>
       </c>
       <c r="F494" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="0" t="s">
-        <v>93</v>
+        <v>522</v>
       </c>
       <c r="H494" s="0" t="s">
-        <v>29</v>
+        <v>76</v>
       </c>
       <c r="I494" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J494" s="0" t="s">
-        <v>154</v>
+        <v>655</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>155</v>
+        <v>565</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>156</v>
+        <v>566</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>157</v>
+        <v>567</v>
       </c>
       <c r="F495" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G495" s="0" t="s">
-        <v>95</v>
+        <v>880</v>
       </c>
       <c r="H495" s="0" t="s">
-        <v>76</v>
+        <v>172</v>
       </c>
       <c r="I495" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J495" s="0" t="s">
+        <v>568</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>101</v>
+        <v>569</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>102</v>
+        <v>570</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>103</v>
+        <v>571</v>
       </c>
       <c r="F496" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G496" s="0" t="s">
-        <v>159</v>
+        <v>881</v>
       </c>
       <c r="H496" s="0" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="I496" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J496" s="0" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>412</v>
+        <v>882</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>413</v>
+        <v>883</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>414</v>
+        <v>884</v>
       </c>
       <c r="F497" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G497" s="0" t="s">
-        <v>162</v>
+        <v>885</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>163</v>
+        <v>262</v>
       </c>
       <c r="I497" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J497" s="0" t="s">
-        <v>416</v>
+        <v>886</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>160</v>
+        <v>359</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>62</v>
+        <v>360</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>161</v>
+        <v>361</v>
       </c>
       <c r="F498" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G498" s="0" t="s">
-        <v>162</v>
+        <v>887</v>
       </c>
       <c r="H498" s="0" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="I498" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J498" s="0" t="s">
+        <v>363</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>164</v>
+        <v>64</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>32</v>
+        <v>58</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>165</v>
+        <v>65</v>
       </c>
       <c r="F499" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G499" s="0" t="s">
-        <v>162</v>
+        <v>299</v>
       </c>
       <c r="H499" s="0" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="I499" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J499" s="0" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>166</v>
+        <v>767</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>32</v>
+        <v>382</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>167</v>
+        <v>768</v>
       </c>
       <c r="F500" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G500" s="0" t="s">
-        <v>168</v>
+        <v>888</v>
       </c>
       <c r="H500" s="0" t="s">
-        <v>99</v>
+        <v>364</v>
       </c>
       <c r="I500" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J500" s="0" t="s">
+        <v>770</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>67</v>
+        <v>348</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>68</v>
+        <v>58</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>69</v>
+        <v>349</v>
       </c>
       <c r="F501" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G501" s="0" t="s">
-        <v>168</v>
+        <v>180</v>
       </c>
       <c r="H501" s="0" t="s">
-        <v>99</v>
+        <v>172</v>
       </c>
       <c r="I501" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J501" s="0" t="s">
-        <v>71</v>
+        <v>351</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>68</v>
+        <v>153</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F502" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G502" s="0" t="s">
-        <v>168</v>
+        <v>183</v>
       </c>
       <c r="H502" s="0" t="s">
-        <v>99</v>
+        <v>364</v>
       </c>
       <c r="I502" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J502" s="0" t="s">
+        <v>157</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>169</v>
+        <v>694</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>170</v>
+        <v>695</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>171</v>
+        <v>696</v>
       </c>
       <c r="F503" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="0" t="s">
-        <v>108</v>
+        <v>889</v>
       </c>
       <c r="H503" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I503" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J503" s="0" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>172</v>
+        <v>614</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>173</v>
+        <v>393</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>174</v>
+        <v>615</v>
       </c>
       <c r="F504" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G504" s="0" t="s">
-        <v>175</v>
+        <v>890</v>
       </c>
       <c r="H504" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I504" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J504" s="0" t="s">
-        <v>176</v>
+        <v>617</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>177</v>
+        <v>352</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>179</v>
+        <v>354</v>
       </c>
       <c r="F505" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G505" s="0" t="s">
-        <v>175</v>
+        <v>891</v>
       </c>
       <c r="H505" s="0" t="s">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="I505" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J505" s="0" t="s">
-        <v>181</v>
+        <v>355</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>182</v>
+        <v>352</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>178</v>
+        <v>353</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>183</v>
+        <v>354</v>
       </c>
       <c r="F506" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G506" s="0" t="s">
-        <v>175</v>
+        <v>892</v>
       </c>
       <c r="H506" s="0" t="s">
-        <v>180</v>
+        <v>210</v>
       </c>
       <c r="I506" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J506" s="0" t="s">
-        <v>184</v>
+        <v>355</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>551</v>
+        <v>517</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>552</v>
+        <v>95</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>553</v>
+        <v>518</v>
       </c>
       <c r="F507" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>175</v>
+        <v>185</v>
       </c>
       <c r="H507" s="0" t="s">
-        <v>180</v>
+        <v>85</v>
       </c>
       <c r="I507" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J507" s="0" t="s">
-        <v>555</v>
+        <v>355</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>871</v>
+        <v>893</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>872</v>
+        <v>894</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>873</v>
+        <v>895</v>
       </c>
       <c r="F508" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>175</v>
+        <v>896</v>
       </c>
       <c r="H508" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I508" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J508" s="0" t="s">
-        <v>875</v>
+        <v>897</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>1013</v>
+        <v>300</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>1014</v>
+        <v>33</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>1015</v>
+        <v>301</v>
       </c>
       <c r="F509" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="0" t="s">
-        <v>175</v>
+        <v>302</v>
       </c>
       <c r="H509" s="0" t="s">
-        <v>180</v>
+        <v>898</v>
       </c>
       <c r="I509" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J509" s="0" t="s">
-        <v>474</v>
+        <v>303</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>1016</v>
+        <v>899</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>887</v>
+        <v>718</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>1017</v>
+        <v>900</v>
       </c>
       <c r="F510" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="0" t="s">
-        <v>889</v>
+        <v>901</v>
       </c>
       <c r="H510" s="0" t="s">
-        <v>753</v>
+        <v>210</v>
       </c>
       <c r="I510" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J510" s="0" t="s">
-        <v>1018</v>
+        <v>902</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>755</v>
+        <v>487</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>756</v>
+        <v>488</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>757</v>
+        <v>489</v>
       </c>
       <c r="F511" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="0" t="s">
-        <v>185</v>
+        <v>903</v>
       </c>
       <c r="H511" s="0" t="s">
-        <v>163</v>
+        <v>491</v>
       </c>
       <c r="I511" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J511" s="0" t="s">
-        <v>759</v>
+        <v>492</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>160</v>
+        <v>594</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>62</v>
+        <v>595</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>161</v>
+        <v>596</v>
       </c>
       <c r="F512" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="0" t="s">
-        <v>185</v>
+        <v>904</v>
       </c>
       <c r="H512" s="0" t="s">
-        <v>47</v>
+        <v>554</v>
       </c>
       <c r="I512" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J512" s="0" t="s">
+        <v>597</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>164</v>
+        <v>509</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>32</v>
+        <v>506</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>165</v>
+        <v>510</v>
       </c>
       <c r="F513" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="0" t="s">
-        <v>185</v>
+        <v>531</v>
       </c>
       <c r="H513" s="0" t="s">
-        <v>47</v>
+        <v>267</v>
       </c>
       <c r="I513" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J513" s="0" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>697</v>
+        <v>541</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>49</v>
+        <v>542</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>698</v>
+        <v>543</v>
       </c>
       <c r="F514" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="0" t="s">
-        <v>185</v>
+        <v>535</v>
       </c>
       <c r="H514" s="0" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="I514" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J514" s="0" t="s">
-        <v>700</v>
+        <v>545</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>118</v>
+        <v>236</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>119</v>
+        <v>52</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>120</v>
+        <v>237</v>
       </c>
       <c r="F515" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="0" t="s">
         <v>186</v>
       </c>
       <c r="H515" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="I515" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>187</v>
+        <v>376</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>188</v>
+        <v>324</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>189</v>
+        <v>377</v>
       </c>
       <c r="F516" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G516" s="0" t="s">
-        <v>186</v>
+        <v>905</v>
       </c>
       <c r="H516" s="0" t="s">
-        <v>99</v>
+        <v>379</v>
       </c>
       <c r="I516" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J516" s="0" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>726</v>
+        <v>906</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>727</v>
+        <v>907</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>728</v>
+        <v>908</v>
       </c>
       <c r="F517" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G517" s="0" t="s">
-        <v>186</v>
+        <v>909</v>
       </c>
       <c r="H517" s="0" t="s">
-        <v>99</v>
+        <v>910</v>
       </c>
       <c r="I517" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J517" s="0" t="s">
-        <v>730</v>
+        <v>911</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>190</v>
+        <v>694</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>84</v>
+        <v>695</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>191</v>
+        <v>696</v>
       </c>
       <c r="F518" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="0" t="s">
-        <v>186</v>
+        <v>912</v>
       </c>
       <c r="H518" s="0" t="s">
-        <v>99</v>
+        <v>210</v>
       </c>
       <c r="I518" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J518" s="0" t="s">
-        <v>192</v>
+        <v>698</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>193</v>
+        <v>129</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>84</v>
+        <v>130</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>194</v>
+        <v>131</v>
       </c>
       <c r="F519" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="0" t="s">
-        <v>186</v>
+        <v>304</v>
       </c>
       <c r="H519" s="0" t="s">
-        <v>99</v>
+        <v>210</v>
       </c>
       <c r="I519" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>151</v>
+        <v>913</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>91</v>
+        <v>914</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>152</v>
+        <v>915</v>
       </c>
       <c r="F520" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="0" t="s">
-        <v>112</v>
+        <v>544</v>
       </c>
       <c r="H520" s="0" t="s">
-        <v>29</v>
+        <v>202</v>
       </c>
       <c r="I520" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J520" s="0" t="s">
-        <v>154</v>
+        <v>916</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>600</v>
+        <v>107</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>601</v>
+        <v>99</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>602</v>
+        <v>108</v>
       </c>
       <c r="F521" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G521" s="0" t="s">
-        <v>900</v>
+        <v>187</v>
       </c>
       <c r="H521" s="0" t="s">
-        <v>378</v>
+        <v>156</v>
       </c>
       <c r="I521" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J521" s="0" t="s">
-        <v>604</v>
+        <v>110</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>557</v>
+        <v>820</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>102</v>
+        <v>821</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>558</v>
+        <v>822</v>
       </c>
       <c r="F522" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="0" t="s">
-        <v>900</v>
+        <v>917</v>
       </c>
       <c r="H522" s="0" t="s">
-        <v>378</v>
+        <v>794</v>
       </c>
       <c r="I522" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J522" s="0" t="s">
-        <v>560</v>
+        <v>824</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>374</v>
+        <v>282</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>375</v>
+        <v>283</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>376</v>
+        <v>284</v>
       </c>
       <c r="F523" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="0" t="s">
-        <v>900</v>
+        <v>305</v>
       </c>
       <c r="H523" s="0" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="I523" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>933</v>
+        <v>918</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>934</v>
+        <v>919</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
       <c r="F524" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="0" t="s">
-        <v>904</v>
+        <v>548</v>
       </c>
       <c r="H524" s="0" t="s">
-        <v>753</v>
+        <v>457</v>
       </c>
       <c r="I524" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J524" s="0" t="s">
-        <v>937</v>
+        <v>921</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>196</v>
+        <v>119</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>197</v>
+        <v>121</v>
       </c>
       <c r="F525" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="0" t="s">
-        <v>116</v>
+        <v>306</v>
       </c>
       <c r="H525" s="0" t="s">
-        <v>153</v>
+        <v>15</v>
       </c>
       <c r="I525" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J525" s="0" t="s">
-        <v>198</v>
+        <v>124</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>199</v>
+        <v>437</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>73</v>
+        <v>438</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>200</v>
+        <v>439</v>
       </c>
       <c r="F526" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="0" t="s">
-        <v>116</v>
+        <v>922</v>
       </c>
       <c r="H526" s="0" t="s">
-        <v>153</v>
+        <v>85</v>
       </c>
       <c r="I526" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J526" s="0" t="s">
+        <v>440</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>375</v>
+        <v>104</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="F527" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="0" t="s">
-        <v>915</v>
+        <v>923</v>
       </c>
       <c r="H527" s="0" t="s">
-        <v>378</v>
+        <v>811</v>
       </c>
       <c r="I527" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J527" s="0" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>83</v>
+        <v>676</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>84</v>
+        <v>677</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>85</v>
+        <v>678</v>
       </c>
       <c r="F528" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G528" s="0" t="s">
-        <v>201</v>
+        <v>924</v>
       </c>
       <c r="H528" s="0" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
       <c r="I528" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J528" s="0" t="s">
-        <v>88</v>
+        <v>680</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>672</v>
+        <v>125</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>673</v>
+        <v>99</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>674</v>
+        <v>126</v>
       </c>
       <c r="F529" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="0" t="s">
-        <v>131</v>
+        <v>307</v>
       </c>
       <c r="H529" s="0" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="I529" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J529" s="0" t="s">
-        <v>676</v>
+        <v>128</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>55</v>
+        <v>640</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>49</v>
+        <v>641</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>56</v>
+        <v>642</v>
       </c>
       <c r="F530" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="0" t="s">
-        <v>131</v>
+        <v>925</v>
       </c>
       <c r="H530" s="0" t="s">
-        <v>52</v>
+        <v>457</v>
       </c>
       <c r="I530" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J530" s="0" t="s">
-        <v>59</v>
+        <v>644</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>202</v>
+        <v>926</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>203</v>
+        <v>551</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>204</v>
+        <v>927</v>
       </c>
       <c r="F531" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G531" s="0" t="s">
-        <v>132</v>
+        <v>553</v>
       </c>
       <c r="H531" s="0" t="s">
-        <v>35</v>
+        <v>554</v>
       </c>
       <c r="I531" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J531" s="0" t="s">
-        <v>205</v>
+        <v>355</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>206</v>
+        <v>928</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>207</v>
+        <v>599</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>208</v>
+        <v>929</v>
       </c>
       <c r="F532" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G532" s="0" t="s">
-        <v>132</v>
+        <v>190</v>
       </c>
       <c r="H532" s="0" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I532" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J532" s="0" t="s">
-        <v>209</v>
+        <v>930</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>210</v>
+        <v>119</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>211</v>
+        <v>120</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>212</v>
+        <v>121</v>
       </c>
       <c r="F533" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="0" t="s">
-        <v>132</v>
+        <v>308</v>
       </c>
       <c r="H533" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="I533" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J533" s="0" t="s">
+        <v>124</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="F534" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="0" t="s">
-        <v>132</v>
+        <v>559</v>
       </c>
       <c r="H534" s="0" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I534" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J534" s="0" t="s">
-        <v>474</v>
+        <v>934</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>213</v>
+        <v>586</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>214</v>
+        <v>587</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>215</v>
+        <v>588</v>
       </c>
       <c r="F535" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G535" s="0" t="s">
-        <v>132</v>
+        <v>194</v>
       </c>
       <c r="H535" s="0" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I535" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J535" s="0" t="s">
-        <v>216</v>
+        <v>589</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
-        <v>217</v>
+        <v>935</v>
       </c>
       <c r="B536" s="0" t="s">
-        <v>214</v>
+        <v>729</v>
       </c>
       <c r="C536" s="0" t="s">
-        <v>218</v>
+        <v>936</v>
       </c>
       <c r="F536" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G536" s="0" t="s">
-        <v>132</v>
+        <v>937</v>
       </c>
       <c r="H536" s="0" t="s">
-        <v>35</v>
+        <v>395</v>
       </c>
       <c r="I536" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J536" s="0" t="s">
-        <v>219</v>
+        <v>938</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>134</v>
+        <v>254</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>221</v>
+        <v>255</v>
       </c>
       <c r="F537" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G537" s="0" t="s">
-        <v>132</v>
+        <v>309</v>
       </c>
       <c r="H537" s="0" t="s">
-        <v>35</v>
+        <v>491</v>
       </c>
       <c r="I537" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J537" s="0" t="s">
-        <v>222</v>
+        <v>257</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>133</v>
+        <v>771</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>134</v>
+        <v>772</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>135</v>
+        <v>773</v>
       </c>
       <c r="F538" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="0" t="s">
-        <v>132</v>
+        <v>564</v>
       </c>
       <c r="H538" s="0" t="s">
-        <v>35</v>
+        <v>395</v>
       </c>
       <c r="I538" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J538" s="0" t="s">
-        <v>137</v>
+        <v>774</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>223</v>
+        <v>939</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>134</v>
+        <v>940</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>224</v>
+        <v>941</v>
       </c>
       <c r="F539" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G539" s="0" t="s">
-        <v>132</v>
+        <v>942</v>
       </c>
       <c r="H539" s="0" t="s">
-        <v>35</v>
+        <v>340</v>
       </c>
       <c r="I539" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J539" s="0" t="s">
-        <v>225</v>
+        <v>943</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>226</v>
+        <v>46</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>227</v>
+        <v>47</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>228</v>
+        <v>48</v>
       </c>
       <c r="F540" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="0" t="s">
-        <v>132</v>
+        <v>195</v>
       </c>
       <c r="H540" s="0" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="I540" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>1019</v>
+        <v>57</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>418</v>
+        <v>58</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>1020</v>
+        <v>59</v>
       </c>
       <c r="F541" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="0" t="s">
-        <v>233</v>
+        <v>201</v>
       </c>
       <c r="H541" s="0" t="s">
-        <v>153</v>
+        <v>202</v>
       </c>
       <c r="I541" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J541" s="0" t="s">
-        <v>1021</v>
+        <v>63</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>230</v>
+        <v>825</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>231</v>
+        <v>826</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>232</v>
+        <v>827</v>
       </c>
       <c r="F542" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="0" t="s">
-        <v>233</v>
+        <v>944</v>
       </c>
       <c r="H542" s="0" t="s">
-        <v>153</v>
+        <v>491</v>
       </c>
       <c r="I542" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J542" s="0" t="s">
+        <v>829</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>96</v>
+        <v>945</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>21</v>
+        <v>946</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>97</v>
+        <v>947</v>
       </c>
       <c r="F543" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="0" t="s">
-        <v>234</v>
+        <v>948</v>
       </c>
       <c r="H543" s="0" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="I543" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J543" s="0" t="s">
-        <v>100</v>
+        <v>949</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>235</v>
+        <v>950</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>62</v>
+        <v>951</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>236</v>
+        <v>952</v>
       </c>
       <c r="F544" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="0" t="s">
-        <v>237</v>
+        <v>576</v>
       </c>
       <c r="H544" s="0" t="s">
-        <v>99</v>
+        <v>577</v>
       </c>
       <c r="I544" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J544" s="0" t="s">
+        <v>953</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>223</v>
+        <v>475</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>134</v>
+        <v>476</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>224</v>
+        <v>477</v>
       </c>
       <c r="F545" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="0" t="s">
-        <v>136</v>
+        <v>954</v>
       </c>
       <c r="H545" s="0" t="s">
-        <v>35</v>
+        <v>385</v>
       </c>
       <c r="I545" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J545" s="0" t="s">
-        <v>225</v>
+        <v>478</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>31</v>
+        <v>450</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>32</v>
+        <v>442</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>33</v>
+        <v>451</v>
       </c>
       <c r="F546" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="0" t="s">
-        <v>136</v>
+        <v>204</v>
       </c>
       <c r="H546" s="0" t="s">
-        <v>41</v>
+        <v>267</v>
       </c>
       <c r="I546" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J546" s="0" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>202</v>
+        <v>763</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>203</v>
+        <v>764</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>204</v>
+        <v>765</v>
       </c>
       <c r="F547" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="0" t="s">
-        <v>136</v>
+        <v>205</v>
       </c>
       <c r="H547" s="0" t="s">
-        <v>35</v>
+        <v>123</v>
       </c>
       <c r="I547" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J547" s="0" t="s">
-        <v>205</v>
+        <v>766</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>632</v>
+        <v>310</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>633</v>
+        <v>311</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>634</v>
+        <v>312</v>
       </c>
       <c r="F548" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="0" t="s">
-        <v>136</v>
+        <v>313</v>
       </c>
       <c r="H548" s="0" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I548" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>636</v>
+        <v>16</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>970</v>
+        <v>661</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>971</v>
+        <v>662</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>972</v>
+        <v>663</v>
       </c>
       <c r="F549" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G549" s="0" t="s">
-        <v>136</v>
+        <v>955</v>
       </c>
       <c r="H549" s="0" t="s">
-        <v>35</v>
+        <v>665</v>
       </c>
       <c r="I549" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J549" s="0" t="s">
-        <v>974</v>
+        <v>666</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1022</v>
+        <v>475</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>349</v>
+        <v>476</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>1023</v>
+        <v>477</v>
       </c>
       <c r="F550" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G550" s="0" t="s">
-        <v>136</v>
+        <v>582</v>
       </c>
       <c r="H550" s="0" t="s">
-        <v>719</v>
+        <v>385</v>
       </c>
       <c r="I550" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J550" s="0" t="s">
-        <v>1024</v>
+        <v>478</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>238</v>
+        <v>459</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>62</v>
+        <v>460</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>239</v>
+        <v>461</v>
       </c>
       <c r="F551" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G551" s="0" t="s">
-        <v>138</v>
+        <v>583</v>
       </c>
       <c r="H551" s="0" t="s">
-        <v>15</v>
+        <v>379</v>
       </c>
       <c r="I551" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J551" s="0" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>348</v>
+        <v>689</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>349</v>
+        <v>690</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>350</v>
+        <v>691</v>
       </c>
       <c r="F552" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G552" s="0" t="s">
-        <v>997</v>
+        <v>956</v>
       </c>
       <c r="H552" s="0" t="s">
-        <v>352</v>
+        <v>123</v>
       </c>
       <c r="I552" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J552" s="0" t="s">
-        <v>353</v>
+        <v>693</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>240</v>
+        <v>957</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>62</v>
+        <v>561</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>241</v>
+        <v>958</v>
       </c>
       <c r="F553" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G553" s="0" t="s">
-        <v>142</v>
+        <v>959</v>
       </c>
       <c r="H553" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I553" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J553" s="0" t="s">
+        <v>960</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>463</v>
+        <v>961</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>464</v>
+        <v>962</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>465</v>
+        <v>963</v>
       </c>
       <c r="F554" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G554" s="0" t="s">
-        <v>1025</v>
+        <v>964</v>
       </c>
       <c r="H554" s="0" t="s">
-        <v>436</v>
+        <v>115</v>
       </c>
       <c r="I554" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J554" s="0" t="s">
-        <v>467</v>
+        <v>965</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>839</v>
+        <v>950</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>840</v>
+        <v>951</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>841</v>
+        <v>952</v>
       </c>
       <c r="F555" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="0" t="s">
-        <v>1026</v>
+        <v>966</v>
       </c>
       <c r="H555" s="0" t="s">
-        <v>87</v>
+        <v>577</v>
       </c>
       <c r="I555" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J555" s="0" t="s">
-        <v>842</v>
+        <v>953</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>561</v>
+        <v>967</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>562</v>
+        <v>968</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>563</v>
+        <v>969</v>
       </c>
       <c r="F556" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="0" t="s">
-        <v>1027</v>
+        <v>970</v>
       </c>
       <c r="H556" s="0" t="s">
-        <v>58</v>
+        <v>340</v>
       </c>
       <c r="I556" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J556" s="0" t="s">
-        <v>565</v>
+        <v>971</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>1028</v>
+        <v>775</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>1029</v>
+        <v>776</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>1030</v>
+        <v>777</v>
       </c>
       <c r="F557" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G557" s="0" t="s">
-        <v>1031</v>
+        <v>972</v>
       </c>
       <c r="H557" s="0" t="s">
-        <v>719</v>
+        <v>491</v>
       </c>
       <c r="I557" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J557" s="0" t="s">
-        <v>1032</v>
+        <v>779</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>644</v>
+        <v>573</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>645</v>
+        <v>574</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>646</v>
+        <v>575</v>
       </c>
       <c r="F558" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="0" t="s">
-        <v>1033</v>
+        <v>584</v>
       </c>
       <c r="H558" s="0" t="s">
-        <v>180</v>
+        <v>577</v>
       </c>
       <c r="I558" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J558" s="0" t="s">
-        <v>648</v>
+        <v>578</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>652</v>
+        <v>314</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>349</v>
+        <v>207</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>653</v>
+        <v>315</v>
       </c>
       <c r="F559" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="0" t="s">
-        <v>1034</v>
+        <v>209</v>
       </c>
       <c r="H559" s="0" t="s">
-        <v>484</v>
+        <v>210</v>
       </c>
       <c r="I559" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J559" s="0" t="s">
-        <v>655</v>
+        <v>316</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>731</v>
+        <v>618</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>732</v>
+        <v>393</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>733</v>
+        <v>619</v>
       </c>
       <c r="F560" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="0" t="s">
-        <v>1035</v>
+        <v>973</v>
       </c>
       <c r="H560" s="0" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="I560" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J560" s="0" t="s">
-        <v>735</v>
+        <v>620</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>438</v>
+        <v>961</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>439</v>
+        <v>962</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>440</v>
+        <v>963</v>
       </c>
       <c r="F561" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="0" t="s">
-        <v>1036</v>
+        <v>974</v>
       </c>
       <c r="H561" s="0" t="s">
-        <v>436</v>
+        <v>115</v>
       </c>
       <c r="I561" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J561" s="0" t="s">
-        <v>442</v>
+        <v>965</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
       <c r="F562" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="0" t="s">
-        <v>242</v>
+        <v>317</v>
       </c>
       <c r="H562" s="0" t="s">
-        <v>15</v>
+        <v>365</v>
       </c>
       <c r="I562" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>715</v>
+        <v>413</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>716</v>
+        <v>409</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>717</v>
+        <v>414</v>
       </c>
       <c r="F563" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="0" t="s">
-        <v>1037</v>
+        <v>975</v>
       </c>
       <c r="H563" s="0" t="s">
-        <v>719</v>
+        <v>76</v>
       </c>
       <c r="I563" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J563" s="0" t="s">
-        <v>720</v>
+        <v>415</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>1038</v>
+        <v>785</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>102</v>
+        <v>786</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>1039</v>
+        <v>787</v>
       </c>
       <c r="F564" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G564" s="0" t="s">
-        <v>1040</v>
+        <v>976</v>
       </c>
       <c r="H564" s="0" t="s">
-        <v>352</v>
+        <v>665</v>
       </c>
       <c r="I564" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J564" s="0" t="s">
-        <v>1041</v>
+        <v>789</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>368</v>
+        <v>684</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>369</v>
+        <v>685</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>370</v>
+        <v>686</v>
       </c>
       <c r="F565" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G565" s="0" t="s">
-        <v>1042</v>
+        <v>977</v>
       </c>
       <c r="H565" s="0" t="s">
-        <v>372</v>
+        <v>172</v>
       </c>
       <c r="I565" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J565" s="0" t="s">
-        <v>373</v>
+        <v>688</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>502</v>
+        <v>918</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>503</v>
+        <v>919</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>504</v>
+        <v>920</v>
       </c>
       <c r="F566" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G566" s="0" t="s">
-        <v>334</v>
+        <v>585</v>
       </c>
       <c r="H566" s="0" t="s">
-        <v>484</v>
+        <v>457</v>
       </c>
       <c r="I566" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J566" s="0" t="s">
-        <v>506</v>
+        <v>921</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>572</v>
+        <v>694</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>573</v>
+        <v>695</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>574</v>
+        <v>696</v>
       </c>
       <c r="F567" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G567" s="0" t="s">
-        <v>1043</v>
+        <v>212</v>
       </c>
       <c r="H567" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I567" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J567" s="0" t="s">
-        <v>576</v>
+        <v>698</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>779</v>
+        <v>519</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>780</v>
+        <v>520</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>781</v>
+        <v>521</v>
       </c>
       <c r="F568" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G568" s="0" t="s">
-        <v>1044</v>
+        <v>978</v>
       </c>
       <c r="H568" s="0" t="s">
-        <v>153</v>
+        <v>76</v>
       </c>
       <c r="I568" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J568" s="0" t="s">
-        <v>783</v>
+        <v>523</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>750</v>
+        <v>149</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>79</v>
+        <v>120</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>751</v>
+        <v>150</v>
       </c>
       <c r="F569" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G569" s="0" t="s">
-        <v>1045</v>
+        <v>215</v>
       </c>
       <c r="H569" s="0" t="s">
-        <v>753</v>
+        <v>85</v>
       </c>
       <c r="I569" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J569" s="0" t="s">
-        <v>754</v>
+        <v>151</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>871</v>
+        <v>72</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>872</v>
+        <v>73</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>873</v>
+        <v>74</v>
       </c>
       <c r="F570" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G570" s="0" t="s">
-        <v>337</v>
+        <v>217</v>
       </c>
       <c r="H570" s="0" t="s">
-        <v>180</v>
+        <v>372</v>
       </c>
       <c r="I570" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J570" s="0" t="s">
-        <v>875</v>
+        <v>77</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>515</v>
+        <v>446</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>516</v>
+        <v>447</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>517</v>
+        <v>448</v>
       </c>
       <c r="F571" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G571" s="0" t="s">
-        <v>1046</v>
+        <v>220</v>
       </c>
       <c r="H571" s="0" t="s">
-        <v>180</v>
+        <v>115</v>
       </c>
       <c r="I571" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J571" s="0" t="s">
-        <v>519</v>
+        <v>449</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>1047</v>
+        <v>446</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>470</v>
+        <v>447</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>1048</v>
+        <v>448</v>
       </c>
       <c r="F572" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G572" s="0" t="s">
-        <v>1049</v>
+        <v>979</v>
       </c>
       <c r="H572" s="0" t="s">
-        <v>473</v>
+        <v>115</v>
       </c>
       <c r="I572" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J572" s="0" t="s">
-        <v>474</v>
+        <v>449</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>463</v>
+        <v>808</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>464</v>
+        <v>104</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>465</v>
+        <v>809</v>
       </c>
       <c r="F573" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="0" t="s">
-        <v>1050</v>
+        <v>980</v>
       </c>
       <c r="H573" s="0" t="s">
-        <v>436</v>
+        <v>811</v>
       </c>
       <c r="I573" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J573" s="0" t="s">
-        <v>467</v>
+        <v>812</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>923</v>
+        <v>950</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>106</v>
+        <v>951</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>924</v>
+        <v>952</v>
       </c>
       <c r="F574" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="0" t="s">
-        <v>1051</v>
+        <v>981</v>
       </c>
       <c r="H574" s="0" t="s">
-        <v>926</v>
+        <v>577</v>
       </c>
       <c r="I574" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J574" s="0" t="s">
-        <v>927</v>
+        <v>953</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>666</v>
+        <v>318</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>667</v>
+        <v>99</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>668</v>
+        <v>319</v>
       </c>
       <c r="F575" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="0" t="s">
-        <v>1052</v>
+        <v>231</v>
       </c>
       <c r="H575" s="0" t="s">
-        <v>670</v>
+        <v>85</v>
       </c>
       <c r="I575" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J575" s="0" t="s">
-        <v>671</v>
+        <v>320</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>666</v>
+        <v>541</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>667</v>
+        <v>542</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>668</v>
+        <v>543</v>
       </c>
       <c r="F576" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="0" t="s">
-        <v>1053</v>
+        <v>982</v>
       </c>
       <c r="H576" s="0" t="s">
-        <v>670</v>
+        <v>202</v>
       </c>
       <c r="I576" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J576" s="0" t="s">
-        <v>671</v>
+        <v>545</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>906</v>
+        <v>36</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>746</v>
+        <v>33</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>907</v>
+        <v>37</v>
       </c>
       <c r="F577" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="0" t="s">
-        <v>1054</v>
+        <v>235</v>
       </c>
       <c r="H577" s="0" t="s">
-        <v>670</v>
+        <v>238</v>
       </c>
       <c r="I577" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J577" s="0" t="s">
-        <v>909</v>
+        <v>38</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>529</v>
+        <v>300</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>530</v>
+        <v>33</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>531</v>
+        <v>301</v>
       </c>
       <c r="F578" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G578" s="0" t="s">
-        <v>341</v>
+        <v>321</v>
       </c>
       <c r="H578" s="0" t="s">
-        <v>58</v>
+        <v>898</v>
       </c>
       <c r="I578" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J578" s="0" t="s">
-        <v>533</v>
+        <v>303</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>600</v>
+        <v>961</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>601</v>
+        <v>962</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>602</v>
+        <v>963</v>
       </c>
       <c r="F579" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="0" t="s">
-        <v>1055</v>
+        <v>983</v>
       </c>
       <c r="H579" s="0" t="s">
-        <v>378</v>
+        <v>115</v>
       </c>
       <c r="I579" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J579" s="0" t="s">
-        <v>604</v>
+        <v>965</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>923</v>
+        <v>825</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>106</v>
+        <v>826</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>924</v>
+        <v>827</v>
       </c>
       <c r="F580" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="0" t="s">
-        <v>1056</v>
+        <v>984</v>
       </c>
       <c r="H580" s="0" t="s">
-        <v>926</v>
+        <v>491</v>
       </c>
       <c r="I580" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J580" s="0" t="s">
-        <v>927</v>
+        <v>829</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>243</v>
+        <v>985</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>244</v>
+        <v>551</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>245</v>
+        <v>986</v>
       </c>
       <c r="F581" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="0" t="s">
-        <v>246</v>
+        <v>987</v>
       </c>
       <c r="H581" s="0" t="s">
-        <v>99</v>
+        <v>807</v>
       </c>
       <c r="I581" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J581" s="0" t="s">
-        <v>247</v>
+        <v>355</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>248</v>
+        <v>459</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>249</v>
+        <v>460</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>250</v>
+        <v>461</v>
       </c>
       <c r="F582" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="0" t="s">
-        <v>251</v>
+        <v>612</v>
       </c>
       <c r="H582" s="0" t="s">
-        <v>99</v>
+        <v>379</v>
       </c>
       <c r="I582" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J582" s="0" t="s">
-        <v>252</v>
+        <v>463</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>417</v>
+        <v>988</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>418</v>
+        <v>58</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>419</v>
+        <v>989</v>
       </c>
       <c r="F583" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="0" t="s">
-        <v>1057</v>
+        <v>990</v>
       </c>
       <c r="H583" s="0" t="s">
-        <v>180</v>
+        <v>202</v>
       </c>
       <c r="I583" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J583" s="0" t="s">
-        <v>421</v>
+        <v>991</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>253</v>
+        <v>560</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>21</v>
+        <v>561</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>254</v>
+        <v>562</v>
       </c>
       <c r="F584" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="0" t="s">
-        <v>255</v>
+        <v>241</v>
       </c>
       <c r="H584" s="0" t="s">
-        <v>99</v>
+        <v>210</v>
       </c>
       <c r="I584" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J584" s="0" t="s">
-        <v>256</v>
+        <v>563</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>196</v>
+        <v>992</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>114</v>
+        <v>447</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>197</v>
+        <v>993</v>
       </c>
       <c r="F585" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="0" t="s">
-        <v>257</v>
+        <v>994</v>
       </c>
       <c r="H585" s="0" t="s">
-        <v>153</v>
+        <v>365</v>
       </c>
       <c r="I585" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J585" s="0" t="s">
-        <v>198</v>
+        <v>995</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>779</v>
+        <v>514</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>780</v>
+        <v>447</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>781</v>
+        <v>515</v>
       </c>
       <c r="F586" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G586" s="0" t="s">
-        <v>328</v>
+        <v>996</v>
       </c>
       <c r="H586" s="0" t="s">
-        <v>153</v>
+        <v>172</v>
       </c>
       <c r="I586" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J586" s="0" t="s">
-        <v>783</v>
+        <v>516</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>169</v>
+        <v>480</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>170</v>
+        <v>481</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>171</v>
+        <v>482</v>
       </c>
       <c r="F587" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G587" s="0" t="s">
-        <v>258</v>
+        <v>997</v>
       </c>
       <c r="H587" s="0" t="s">
-        <v>153</v>
+        <v>395</v>
       </c>
       <c r="I587" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J587" s="0" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>534</v>
+        <v>614</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>535</v>
+        <v>393</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>536</v>
+        <v>615</v>
       </c>
       <c r="F588" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G588" s="0" t="s">
-        <v>1058</v>
+        <v>613</v>
       </c>
       <c r="H588" s="0" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="I588" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J588" s="0" t="s">
-        <v>538</v>
+        <v>617</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>1022</v>
+        <v>133</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>349</v>
+        <v>134</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>1023</v>
+        <v>135</v>
       </c>
       <c r="F589" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G589" s="0" t="s">
-        <v>1059</v>
+        <v>322</v>
       </c>
       <c r="H589" s="0" t="s">
-        <v>719</v>
+        <v>50</v>
       </c>
       <c r="I589" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>1024</v>
+        <v>16</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>96</v>
+        <v>586</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>21</v>
+        <v>587</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>97</v>
+        <v>588</v>
       </c>
       <c r="F590" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G590" s="0" t="s">
-        <v>259</v>
+        <v>998</v>
       </c>
       <c r="H590" s="0" t="s">
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="I590" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J590" s="0" t="s">
-        <v>100</v>
+        <v>589</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>895</v>
+        <v>387</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>896</v>
+        <v>388</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>897</v>
+        <v>389</v>
       </c>
       <c r="F591" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G591" s="0" t="s">
-        <v>1060</v>
+        <v>999</v>
       </c>
       <c r="H591" s="0" t="s">
-        <v>15</v>
+        <v>385</v>
       </c>
       <c r="I591" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J591" s="0" t="s">
-        <v>899</v>
+        <v>391</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>240</v>
+        <v>1000</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>62</v>
+        <v>844</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>241</v>
+        <v>1001</v>
       </c>
       <c r="F592" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G592" s="0" t="s">
-        <v>260</v>
+        <v>1002</v>
       </c>
       <c r="H592" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I592" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J592" s="0" t="s">
+        <v>1003</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>261</v>
+        <v>468</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>134</v>
+        <v>469</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>262</v>
+        <v>470</v>
       </c>
       <c r="F593" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G593" s="0" t="s">
-        <v>263</v>
+        <v>1004</v>
       </c>
       <c r="H593" s="0" t="s">
-        <v>1061</v>
+        <v>385</v>
       </c>
       <c r="I593" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J593" s="0" t="s">
-        <v>264</v>
+        <v>471</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>433</v>
+        <v>785</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>49</v>
+        <v>786</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>434</v>
+        <v>787</v>
       </c>
       <c r="F594" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G594" s="0" t="s">
-        <v>1062</v>
+        <v>1005</v>
       </c>
       <c r="H594" s="0" t="s">
-        <v>436</v>
+        <v>665</v>
       </c>
       <c r="I594" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J594" s="0" t="s">
-        <v>437</v>
+        <v>789</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>779</v>
+        <v>1006</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>780</v>
+        <v>1007</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>781</v>
+        <v>1008</v>
       </c>
       <c r="F595" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G595" s="0" t="s">
-        <v>1063</v>
+        <v>1009</v>
       </c>
       <c r="H595" s="0" t="s">
-        <v>153</v>
+        <v>665</v>
       </c>
       <c r="I595" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J595" s="0" t="s">
-        <v>783</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>265</v>
+        <v>771</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>266</v>
+        <v>772</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>267</v>
+        <v>773</v>
       </c>
       <c r="F596" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G596" s="0" t="s">
-        <v>268</v>
+        <v>1011</v>
       </c>
       <c r="H596" s="0" t="s">
-        <v>1064</v>
+        <v>395</v>
       </c>
       <c r="I596" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J596" s="0" t="s">
-        <v>270</v>
+        <v>774</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>1016</v>
+        <v>259</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>887</v>
+        <v>95</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>1017</v>
+        <v>260</v>
       </c>
       <c r="F597" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="0" t="s">
-        <v>1065</v>
+        <v>246</v>
       </c>
       <c r="H597" s="0" t="s">
-        <v>753</v>
+        <v>97</v>
       </c>
       <c r="I597" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>1018</v>
+        <v>16</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>271</v>
+        <v>767</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>272</v>
+        <v>382</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>273</v>
+        <v>768</v>
       </c>
       <c r="F598" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="0" t="s">
-        <v>274</v>
+        <v>1012</v>
       </c>
       <c r="H598" s="0" t="s">
-        <v>484</v>
+        <v>364</v>
       </c>
       <c r="I598" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J598" s="0" t="s">
-        <v>276</v>
+        <v>770</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>545</v>
+        <v>323</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>546</v>
+        <v>324</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>547</v>
+        <v>325</v>
       </c>
       <c r="F599" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="0" t="s">
-        <v>333</v>
+        <v>326</v>
       </c>
       <c r="H599" s="0" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="I599" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J599" s="0" t="s">
-        <v>549</v>
+        <v>327</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>895</v>
+        <v>992</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>896</v>
+        <v>447</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>897</v>
+        <v>993</v>
       </c>
       <c r="F600" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="0" t="s">
-        <v>1066</v>
+        <v>1013</v>
       </c>
       <c r="H600" s="0" t="s">
-        <v>15</v>
+        <v>365</v>
       </c>
       <c r="I600" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J600" s="0" t="s">
-        <v>899</v>
+        <v>995</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>277</v>
+        <v>694</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>32</v>
+        <v>695</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>278</v>
+        <v>696</v>
       </c>
       <c r="F601" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="0" t="s">
-        <v>279</v>
+        <v>616</v>
       </c>
       <c r="H601" s="0" t="s">
-        <v>484</v>
+        <v>210</v>
       </c>
       <c r="I601" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J601" s="0" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>923</v>
+        <v>57</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>106</v>
+        <v>58</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>924</v>
+        <v>59</v>
       </c>
       <c r="F602" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="0" t="s">
-        <v>1067</v>
+        <v>247</v>
       </c>
       <c r="H602" s="0" t="s">
-        <v>926</v>
+        <v>202</v>
       </c>
       <c r="I602" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J602" s="0" t="s">
-        <v>927</v>
+        <v>63</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>271</v>
+        <v>259</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>272</v>
+        <v>95</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>273</v>
+        <v>260</v>
       </c>
       <c r="F603" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="0" t="s">
-        <v>280</v>
+        <v>328</v>
       </c>
       <c r="H603" s="0" t="s">
-        <v>484</v>
+        <v>97</v>
       </c>
       <c r="I603" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>276</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>831</v>
+        <v>967</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>375</v>
+        <v>968</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>832</v>
+        <v>969</v>
       </c>
       <c r="F604" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="0" t="s">
-        <v>1068</v>
+        <v>1014</v>
       </c>
       <c r="H604" s="0" t="s">
-        <v>484</v>
+        <v>340</v>
       </c>
       <c r="I604" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J604" s="0" t="s">
-        <v>834</v>
+        <v>971</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>390</v>
+        <v>107</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>391</v>
+        <v>99</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>392</v>
+        <v>108</v>
       </c>
       <c r="F605" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="0" t="s">
-        <v>1069</v>
+        <v>248</v>
       </c>
       <c r="H605" s="0" t="s">
-        <v>352</v>
+        <v>156</v>
       </c>
       <c r="I605" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J605" s="0" t="s">
-        <v>394</v>
+        <v>110</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>683</v>
+        <v>329</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>684</v>
+        <v>273</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>685</v>
+        <v>330</v>
       </c>
       <c r="F606" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="0" t="s">
-        <v>1070</v>
+        <v>331</v>
       </c>
       <c r="H606" s="0" t="s">
-        <v>153</v>
+        <v>371</v>
       </c>
       <c r="I606" s="0" t="s">
-        <v>53</v>
-[...2 lines deleted...]
-        <v>687</v>
+        <v>16</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>901</v>
+        <v>314</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>902</v>
+        <v>207</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>903</v>
+        <v>315</v>
       </c>
       <c r="F607" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="0" t="s">
-        <v>1071</v>
+        <v>249</v>
       </c>
       <c r="H607" s="0" t="s">
-        <v>753</v>
+        <v>210</v>
       </c>
       <c r="I607" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J607" s="0" t="s">
-        <v>905</v>
+        <v>316</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>886</v>
+        <v>815</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>887</v>
+        <v>816</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>888</v>
+        <v>817</v>
       </c>
       <c r="F608" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="0" t="s">
-        <v>1072</v>
+        <v>1015</v>
       </c>
       <c r="H608" s="0" t="s">
-        <v>753</v>
+        <v>340</v>
       </c>
       <c r="I608" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J608" s="0" t="s">
-        <v>890</v>
+        <v>819</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>101</v>
+        <v>1016</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>102</v>
+        <v>1017</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>103</v>
+        <v>1018</v>
       </c>
       <c r="F609" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="0" t="s">
-        <v>281</v>
+        <v>1019</v>
       </c>
       <c r="H609" s="0" t="s">
-        <v>47</v>
+        <v>665</v>
       </c>
       <c r="I609" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J609" s="0" t="s">
+        <v>1020</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
         <v>282</v>
       </c>
       <c r="B610" s="0" t="s">
         <v>283</v>
       </c>
       <c r="C610" s="0" t="s">
         <v>284</v>
       </c>
       <c r="F610" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G610" s="0" t="s">
-        <v>285</v>
+        <v>332</v>
       </c>
       <c r="H610" s="0" t="s">
-        <v>670</v>
+        <v>76</v>
       </c>
       <c r="I610" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>956</v>
+        <v>808</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>957</v>
+        <v>104</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>958</v>
+        <v>809</v>
       </c>
       <c r="F611" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G611" s="0" t="s">
-        <v>1073</v>
+        <v>1021</v>
       </c>
       <c r="H611" s="0" t="s">
-        <v>431</v>
+        <v>811</v>
       </c>
       <c r="I611" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J611" s="0" t="s">
-        <v>960</v>
+        <v>812</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>1002</v>
+        <v>333</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>1003</v>
+        <v>95</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>1004</v>
+        <v>334</v>
       </c>
       <c r="F612" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G612" s="0" t="s">
-        <v>1074</v>
+        <v>250</v>
       </c>
       <c r="H612" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I612" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J612" s="0" t="s">
-        <v>1005</v>
+        <v>335</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>261</v>
+        <v>763</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>134</v>
+        <v>764</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>262</v>
+        <v>765</v>
       </c>
       <c r="F613" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G613" s="0" t="s">
-        <v>286</v>
+        <v>1022</v>
       </c>
       <c r="H613" s="0" t="s">
-        <v>1061</v>
+        <v>123</v>
       </c>
       <c r="I613" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J613" s="0" t="s">
-        <v>264</v>
+        <v>766</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>238</v>
+        <v>336</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>62</v>
+        <v>337</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>239</v>
+        <v>338</v>
       </c>
       <c r="F614" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="0" t="s">
-        <v>287</v>
+        <v>339</v>
       </c>
       <c r="H614" s="0" t="s">
-        <v>15</v>
+        <v>1023</v>
       </c>
       <c r="I614" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J614" s="0" t="s">
+        <v>341</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>61</v>
+        <v>532</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>62</v>
+        <v>533</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>63</v>
+        <v>534</v>
       </c>
       <c r="F615" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="0" t="s">
-        <v>288</v>
+        <v>1024</v>
       </c>
       <c r="H615" s="0" t="s">
-        <v>130</v>
+        <v>202</v>
       </c>
       <c r="I615" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J615" s="0" t="s">
-        <v>66</v>
+        <v>536</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>83</v>
+        <v>169</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>85</v>
+        <v>170</v>
       </c>
       <c r="F616" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="0" t="s">
-        <v>289</v>
+        <v>251</v>
       </c>
       <c r="H616" s="0" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I616" s="0" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>88</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>190</v>
+        <v>967</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>84</v>
+        <v>968</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>191</v>
+        <v>969</v>
       </c>
       <c r="F617" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="0" t="s">
-        <v>290</v>
+        <v>1025</v>
       </c>
       <c r="H617" s="0" t="s">
-        <v>99</v>
+        <v>340</v>
       </c>
       <c r="I617" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J617" s="0" t="s">
-        <v>192</v>
+        <v>971</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>291</v>
+        <v>387</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>292</v>
+        <v>388</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>293</v>
+        <v>389</v>
       </c>
       <c r="F618" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="0" t="s">
-        <v>294</v>
+        <v>1026</v>
       </c>
       <c r="H618" s="0" t="s">
-        <v>153</v>
+        <v>385</v>
       </c>
       <c r="I618" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J618" s="0" t="s">
+        <v>391</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>1006</v>
+        <v>509</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>1003</v>
+        <v>506</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>1007</v>
+        <v>510</v>
       </c>
       <c r="F619" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="0" t="s">
-        <v>1075</v>
+        <v>629</v>
       </c>
       <c r="H619" s="0" t="s">
-        <v>65</v>
+        <v>267</v>
       </c>
       <c r="I619" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J619" s="0" t="s">
-        <v>1008</v>
+        <v>511</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>295</v>
+        <v>796</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>296</v>
+        <v>797</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>297</v>
+        <v>798</v>
       </c>
       <c r="F620" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="0" t="s">
-        <v>298</v>
+        <v>1027</v>
       </c>
       <c r="H620" s="0" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="I620" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J620" s="0" t="s">
-        <v>300</v>
+        <v>801</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>726</v>
+        <v>493</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>727</v>
+        <v>393</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>728</v>
+        <v>494</v>
       </c>
       <c r="F621" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="0" t="s">
-        <v>1076</v>
+        <v>1028</v>
       </c>
       <c r="H621" s="0" t="s">
-        <v>99</v>
+        <v>491</v>
       </c>
       <c r="I621" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J621" s="0" t="s">
-        <v>730</v>
+        <v>495</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>160</v>
+        <v>1029</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>62</v>
+        <v>718</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>161</v>
+        <v>1030</v>
       </c>
       <c r="F622" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="0" t="s">
-        <v>301</v>
+        <v>633</v>
       </c>
       <c r="H622" s="0" t="s">
-        <v>47</v>
+        <v>379</v>
       </c>
       <c r="I622" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J622" s="0" t="s">
+        <v>1031</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>199</v>
+        <v>323</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>73</v>
+        <v>324</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>200</v>
+        <v>325</v>
       </c>
       <c r="F623" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="0" t="s">
-        <v>302</v>
+        <v>342</v>
       </c>
       <c r="H623" s="0" t="s">
-        <v>153</v>
+        <v>85</v>
       </c>
       <c r="I623" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J623" s="0" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>144</v>
+        <v>775</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>49</v>
+        <v>776</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>145</v>
+        <v>777</v>
       </c>
       <c r="F624" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="0" t="s">
-        <v>303</v>
+        <v>1032</v>
       </c>
       <c r="H624" s="0" t="s">
-        <v>58</v>
+        <v>491</v>
       </c>
       <c r="I624" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J624" s="0" t="s">
-        <v>146</v>
+        <v>779</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>1077</v>
+        <v>961</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>1078</v>
+        <v>962</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>1079</v>
+        <v>963</v>
       </c>
       <c r="F625" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="0" t="s">
-        <v>314</v>
+        <v>1033</v>
       </c>
       <c r="H625" s="0" t="s">
-        <v>921</v>
+        <v>115</v>
       </c>
       <c r="I625" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J625" s="0" t="s">
-        <v>1080</v>
+        <v>965</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>1006</v>
+        <v>945</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>1003</v>
+        <v>946</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>1007</v>
+        <v>947</v>
       </c>
       <c r="F626" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="0" t="s">
-        <v>1081</v>
+        <v>1034</v>
       </c>
       <c r="H626" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I626" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J626" s="0" t="s">
-        <v>1008</v>
+        <v>949</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>707</v>
+        <v>945</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>673</v>
+        <v>946</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>708</v>
+        <v>947</v>
       </c>
       <c r="F627" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="0" t="s">
-        <v>1082</v>
+        <v>1035</v>
       </c>
       <c r="H627" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="I627" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J627" s="0" t="s">
-        <v>710</v>
+        <v>949</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>78</v>
+        <v>820</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>79</v>
+        <v>821</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>80</v>
+        <v>822</v>
       </c>
       <c r="F628" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="0" t="s">
-        <v>304</v>
+        <v>1036</v>
       </c>
       <c r="H628" s="0" t="s">
-        <v>99</v>
+        <v>794</v>
       </c>
       <c r="I628" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J628" s="0" t="s">
-        <v>82</v>
+        <v>824</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>1019</v>
+        <v>820</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>418</v>
+        <v>821</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>1020</v>
+        <v>822</v>
       </c>
       <c r="F629" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G629" s="0" t="s">
-        <v>317</v>
+        <v>1037</v>
       </c>
       <c r="H629" s="0" t="s">
-        <v>153</v>
+        <v>794</v>
       </c>
       <c r="I629" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J629" s="0" t="s">
-        <v>1021</v>
+        <v>824</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>1083</v>
+        <v>501</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>1084</v>
+        <v>502</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>1085</v>
+        <v>503</v>
       </c>
       <c r="F630" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G630" s="0" t="s">
-        <v>1086</v>
+        <v>1038</v>
       </c>
       <c r="H630" s="0" t="s">
-        <v>269</v>
+        <v>267</v>
       </c>
       <c r="I630" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J630" s="0" t="s">
-        <v>1087</v>
+        <v>504</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>622</v>
+        <v>501</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>623</v>
+        <v>502</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>624</v>
+        <v>503</v>
       </c>
       <c r="F631" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G631" s="0" t="s">
-        <v>1088</v>
+        <v>1039</v>
       </c>
       <c r="H631" s="0" t="s">
-        <v>15</v>
+        <v>267</v>
       </c>
       <c r="I631" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J631" s="0" t="s">
-        <v>626</v>
+        <v>504</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>401</v>
+        <v>501</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>402</v>
+        <v>502</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>403</v>
+        <v>503</v>
       </c>
       <c r="F632" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G632" s="0" t="s">
-        <v>1089</v>
+        <v>1040</v>
       </c>
       <c r="H632" s="0" t="s">
-        <v>163</v>
+        <v>267</v>
       </c>
       <c r="I632" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J632" s="0" t="s">
-        <v>405</v>
+        <v>504</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>305</v>
+        <v>739</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>306</v>
+        <v>425</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>307</v>
+        <v>740</v>
       </c>
       <c r="F633" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G633" s="0" t="s">
-        <v>287</v>
+        <v>1041</v>
       </c>
       <c r="H633" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I633" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J633" s="0" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>545</v>
+        <v>739</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>546</v>
+        <v>425</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>547</v>
+        <v>740</v>
       </c>
       <c r="F634" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G634" s="0" t="s">
-        <v>287</v>
+        <v>1042</v>
       </c>
       <c r="H634" s="0" t="s">
-        <v>163</v>
+        <v>85</v>
       </c>
       <c r="I634" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J634" s="0" t="s">
-        <v>549</v>
+        <v>742</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>101</v>
+        <v>739</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>102</v>
+        <v>425</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>103</v>
+        <v>740</v>
       </c>
       <c r="F635" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G635" s="0" t="s">
-        <v>287</v>
+        <v>1039</v>
       </c>
       <c r="H635" s="0" t="s">
-        <v>47</v>
+        <v>85</v>
       </c>
       <c r="I635" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J635" s="0" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>20</v>
+        <v>424</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>21</v>
+        <v>425</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>22</v>
+        <v>426</v>
       </c>
       <c r="F636" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G636" s="0" t="s">
-        <v>287</v>
+        <v>1043</v>
       </c>
       <c r="H636" s="0" t="s">
-        <v>275</v>
+        <v>115</v>
       </c>
       <c r="I636" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J636" s="0" t="s">
-        <v>24</v>
+        <v>427</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>271</v>
+        <v>424</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>272</v>
+        <v>425</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>273</v>
+        <v>426</v>
       </c>
       <c r="F637" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G637" s="0" t="s">
-        <v>287</v>
+        <v>1044</v>
       </c>
       <c r="H637" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I637" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J637" s="0" t="s">
-        <v>276</v>
+        <v>427</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>308</v>
+        <v>424</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>272</v>
+        <v>425</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>309</v>
+        <v>426</v>
       </c>
       <c r="F638" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G638" s="0" t="s">
-        <v>287</v>
+        <v>1045</v>
       </c>
       <c r="H638" s="0" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="I638" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J638" s="0" t="s">
-        <v>310</v>
+        <v>427</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>193</v>
+        <v>424</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>84</v>
+        <v>425</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>194</v>
+        <v>426</v>
       </c>
       <c r="F639" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G639" s="0" t="s">
-        <v>290</v>
+        <v>1046</v>
       </c>
       <c r="H639" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="I639" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J639" s="0" t="s">
-        <v>195</v>
+        <v>427</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>591</v>
+        <v>424</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>84</v>
+        <v>425</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>592</v>
+        <v>426</v>
       </c>
       <c r="F640" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G640" s="0" t="s">
-        <v>290</v>
+        <v>1047</v>
       </c>
       <c r="H640" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="I640" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J640" s="0" t="s">
-        <v>594</v>
+        <v>427</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>843</v>
+        <v>621</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>423</v>
+        <v>622</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>844</v>
+        <v>623</v>
       </c>
       <c r="F641" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G641" s="0" t="s">
-        <v>1075</v>
+        <v>1048</v>
       </c>
       <c r="H641" s="0" t="s">
-        <v>65</v>
+        <v>202</v>
       </c>
       <c r="I641" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J641" s="0" t="s">
-        <v>846</v>
+        <v>624</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>164</v>
+        <v>569</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>32</v>
+        <v>570</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>165</v>
+        <v>571</v>
       </c>
       <c r="F642" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G642" s="0" t="s">
-        <v>301</v>
+        <v>1049</v>
       </c>
       <c r="H642" s="0" t="s">
-        <v>47</v>
+        <v>202</v>
       </c>
       <c r="I642" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J642" s="0" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>311</v>
+        <v>569</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>312</v>
+        <v>570</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>313</v>
+        <v>571</v>
       </c>
       <c r="F643" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G643" s="0" t="s">
-        <v>314</v>
+        <v>1050</v>
       </c>
       <c r="H643" s="0" t="s">
-        <v>921</v>
+        <v>202</v>
       </c>
       <c r="I643" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
+      </c>
+      <c r="J643" s="0" t="s">
+        <v>572</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>843</v>
+        <v>72</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>423</v>
+        <v>73</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>844</v>
+        <v>74</v>
       </c>
       <c r="F644" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G644" s="0" t="s">
-        <v>1081</v>
+        <v>343</v>
       </c>
       <c r="H644" s="0" t="s">
-        <v>65</v>
+        <v>372</v>
       </c>
       <c r="I644" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J644" s="0" t="s">
-        <v>846</v>
+        <v>77</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>1009</v>
+        <v>72</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>1010</v>
+        <v>73</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>1011</v>
+        <v>74</v>
       </c>
       <c r="F645" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G645" s="0" t="s">
-        <v>1082</v>
+        <v>344</v>
       </c>
       <c r="H645" s="0" t="s">
-        <v>99</v>
+        <v>372</v>
       </c>
       <c r="I645" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J645" s="0" t="s">
-        <v>1012</v>
+        <v>77</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>315</v>
+        <v>72</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>227</v>
+        <v>73</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>316</v>
+        <v>74</v>
       </c>
       <c r="F646" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G646" s="0" t="s">
-        <v>317</v>
+        <v>345</v>
       </c>
       <c r="H646" s="0" t="s">
-        <v>153</v>
+        <v>372</v>
       </c>
       <c r="I646" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J646" s="0" t="s">
-        <v>318</v>
+        <v>77</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>271</v>
+        <v>72</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>272</v>
+        <v>73</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>273</v>
+        <v>74</v>
       </c>
       <c r="F647" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G647" s="0" t="s">
-        <v>23</v>
+        <v>346</v>
       </c>
       <c r="H647" s="0" t="s">
-        <v>484</v>
+        <v>372</v>
       </c>
       <c r="I647" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J647" s="0" t="s">
-        <v>276</v>
+        <v>77</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>308</v>
+        <v>72</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>272</v>
+        <v>73</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>309</v>
+        <v>74</v>
       </c>
       <c r="F648" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="0" t="s">
-        <v>23</v>
+        <v>347</v>
       </c>
       <c r="H648" s="0" t="s">
-        <v>15</v>
+        <v>372</v>
       </c>
       <c r="I648" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J648" s="0" t="s">
-        <v>310</v>
+        <v>77</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>277</v>
+        <v>614</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>32</v>
+        <v>393</v>
       </c>
       <c r="C649" s="0" t="s">
-        <v>278</v>
+        <v>615</v>
       </c>
       <c r="F649" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G649" s="0" t="s">
-        <v>23</v>
+        <v>1051</v>
       </c>
       <c r="H649" s="0" t="s">
-        <v>484</v>
+        <v>395</v>
       </c>
       <c r="I649" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J649" s="0" t="s">
+        <v>617</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>101</v>
+        <v>614</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>102</v>
+        <v>393</v>
       </c>
       <c r="C650" s="0" t="s">
-        <v>103</v>
+        <v>615</v>
       </c>
       <c r="F650" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G650" s="0" t="s">
-        <v>23</v>
+        <v>1052</v>
       </c>
       <c r="H650" s="0" t="s">
-        <v>47</v>
+        <v>395</v>
       </c>
       <c r="I650" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J650" s="0" t="s">
+        <v>617</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>202</v>
+        <v>614</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>203</v>
+        <v>393</v>
       </c>
       <c r="C651" s="0" t="s">
-        <v>204</v>
+        <v>615</v>
       </c>
       <c r="F651" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G651" s="0" t="s">
-        <v>34</v>
+        <v>1053</v>
       </c>
       <c r="H651" s="0" t="s">
-        <v>35</v>
+        <v>395</v>
       </c>
       <c r="I651" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J651" s="0" t="s">
-        <v>205</v>
+        <v>617</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>206</v>
+        <v>614</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>207</v>
+        <v>393</v>
       </c>
       <c r="C652" s="0" t="s">
-        <v>208</v>
+        <v>615</v>
       </c>
       <c r="F652" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G652" s="0" t="s">
-        <v>34</v>
+        <v>1054</v>
       </c>
       <c r="H652" s="0" t="s">
-        <v>35</v>
+        <v>395</v>
       </c>
       <c r="I652" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J652" s="0" t="s">
-        <v>209</v>
+        <v>617</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>210</v>
+        <v>988</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>211</v>
+        <v>58</v>
       </c>
       <c r="C653" s="0" t="s">
-        <v>212</v>
+        <v>989</v>
       </c>
       <c r="F653" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G653" s="0" t="s">
-        <v>34</v>
+        <v>1055</v>
       </c>
       <c r="H653" s="0" t="s">
-        <v>35</v>
+        <v>202</v>
       </c>
       <c r="I653" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J653" s="0" t="s">
+        <v>991</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>970</v>
+        <v>546</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>971</v>
+        <v>58</v>
       </c>
       <c r="C654" s="0" t="s">
-        <v>972</v>
+        <v>547</v>
       </c>
       <c r="F654" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G654" s="0" t="s">
-        <v>34</v>
+        <v>1056</v>
       </c>
       <c r="H654" s="0" t="s">
-        <v>35</v>
+        <v>457</v>
       </c>
       <c r="I654" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J654" s="0" t="s">
-        <v>974</v>
+        <v>549</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>213</v>
+        <v>546</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
       <c r="C655" s="0" t="s">
-        <v>215</v>
+        <v>547</v>
       </c>
       <c r="F655" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G655" s="0" t="s">
-        <v>34</v>
+        <v>1057</v>
       </c>
       <c r="H655" s="0" t="s">
-        <v>35</v>
+        <v>457</v>
       </c>
       <c r="I655" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J655" s="0" t="s">
-        <v>216</v>
+        <v>549</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>217</v>
+        <v>546</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>214</v>
+        <v>58</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>218</v>
+        <v>547</v>
       </c>
       <c r="F656" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G656" s="0" t="s">
-        <v>34</v>
+        <v>1058</v>
       </c>
       <c r="H656" s="0" t="s">
-        <v>35</v>
+        <v>457</v>
       </c>
       <c r="I656" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J656" s="0" t="s">
-        <v>219</v>
+        <v>549</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>220</v>
+        <v>528</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>134</v>
+        <v>58</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>221</v>
+        <v>529</v>
       </c>
       <c r="F657" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G657" s="0" t="s">
-        <v>34</v>
+        <v>1059</v>
       </c>
       <c r="H657" s="0" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="I657" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J657" s="0" t="s">
-        <v>222</v>
+        <v>530</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>133</v>
+        <v>348</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>134</v>
+        <v>58</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>135</v>
+        <v>349</v>
       </c>
       <c r="F658" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G658" s="0" t="s">
-        <v>34</v>
+        <v>1060</v>
       </c>
       <c r="H658" s="0" t="s">
-        <v>35</v>
+        <v>172</v>
       </c>
       <c r="I658" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J658" s="0" t="s">
-        <v>137</v>
+        <v>351</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>223</v>
+        <v>721</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>134</v>
+        <v>556</v>
       </c>
       <c r="C659" s="0" t="s">
-        <v>224</v>
+        <v>722</v>
       </c>
       <c r="F659" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G659" s="0" t="s">
-        <v>34</v>
+        <v>1061</v>
       </c>
       <c r="H659" s="0" t="s">
-        <v>35</v>
+        <v>76</v>
       </c>
       <c r="I659" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J659" s="0" t="s">
-        <v>225</v>
+        <v>724</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>226</v>
+        <v>586</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>227</v>
+        <v>587</v>
       </c>
       <c r="C660" s="0" t="s">
-        <v>228</v>
+        <v>588</v>
       </c>
       <c r="F660" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G660" s="0" t="s">
-        <v>34</v>
+        <v>1062</v>
       </c>
       <c r="H660" s="0" t="s">
-        <v>35</v>
+        <v>210</v>
       </c>
       <c r="I660" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J660" s="0" t="s">
-        <v>229</v>
+        <v>589</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>944</v>
+        <v>437</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>272</v>
+        <v>438</v>
       </c>
       <c r="C661" s="0" t="s">
-        <v>945</v>
+        <v>439</v>
       </c>
       <c r="F661" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G661" s="0" t="s">
-        <v>36</v>
+        <v>1063</v>
       </c>
       <c r="H661" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I661" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J661" s="0" t="s">
-        <v>947</v>
+        <v>440</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>348</v>
+        <v>392</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>349</v>
+        <v>393</v>
       </c>
       <c r="C662" s="0" t="s">
-        <v>350</v>
+        <v>394</v>
       </c>
       <c r="F662" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G662" s="0" t="s">
-        <v>777</v>
+        <v>1054</v>
       </c>
       <c r="H662" s="0" t="s">
-        <v>352</v>
+        <v>395</v>
       </c>
       <c r="I662" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J662" s="0" t="s">
-        <v>353</v>
+        <v>396</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>1028</v>
+        <v>392</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>1029</v>
+        <v>393</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>1030</v>
+        <v>394</v>
       </c>
       <c r="F663" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G663" s="0" t="s">
-        <v>782</v>
+        <v>1064</v>
       </c>
       <c r="H663" s="0" t="s">
-        <v>719</v>
+        <v>395</v>
       </c>
       <c r="I663" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J663" s="0" t="s">
-        <v>1032</v>
+        <v>396</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>1022</v>
+        <v>392</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>349</v>
+        <v>393</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>1023</v>
+        <v>394</v>
       </c>
       <c r="F664" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G664" s="0" t="s">
-        <v>782</v>
+        <v>1065</v>
       </c>
       <c r="H664" s="0" t="s">
-        <v>719</v>
+        <v>395</v>
       </c>
       <c r="I664" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J664" s="0" t="s">
-        <v>1024</v>
+        <v>396</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>595</v>
+        <v>392</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>596</v>
+        <v>393</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>597</v>
+        <v>394</v>
       </c>
       <c r="F665" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G665" s="0" t="s">
-        <v>799</v>
+        <v>1066</v>
       </c>
       <c r="H665" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I665" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J665" s="0" t="s">
-        <v>599</v>
+        <v>396</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>238</v>
+        <v>392</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>62</v>
+        <v>393</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>239</v>
+        <v>394</v>
       </c>
       <c r="F666" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G666" s="0" t="s">
-        <v>319</v>
+        <v>1067</v>
       </c>
       <c r="H666" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="I666" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J666" s="0" t="s">
+        <v>396</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>1002</v>
+        <v>392</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>1003</v>
+        <v>393</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>1004</v>
+        <v>394</v>
       </c>
       <c r="F667" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G667" s="0" t="s">
-        <v>319</v>
+        <v>1051</v>
       </c>
       <c r="H667" s="0" t="s">
-        <v>65</v>
+        <v>395</v>
       </c>
       <c r="I667" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J667" s="0" t="s">
-        <v>1005</v>
+        <v>396</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>422</v>
+        <v>392</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>423</v>
+        <v>393</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>424</v>
+        <v>394</v>
       </c>
       <c r="F668" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G668" s="0" t="s">
-        <v>319</v>
+        <v>1052</v>
       </c>
       <c r="H668" s="0" t="s">
-        <v>65</v>
+        <v>395</v>
       </c>
       <c r="I668" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J668" s="0" t="s">
-        <v>426</v>
+        <v>396</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>144</v>
+        <v>392</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>145</v>
+        <v>394</v>
       </c>
       <c r="F669" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G669" s="0" t="s">
-        <v>51</v>
+        <v>1068</v>
       </c>
       <c r="H669" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I669" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J669" s="0" t="s">
-        <v>146</v>
+        <v>396</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>529</v>
+        <v>392</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>530</v>
+        <v>393</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>531</v>
+        <v>394</v>
       </c>
       <c r="F670" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G670" s="0" t="s">
-        <v>51</v>
+        <v>1069</v>
       </c>
       <c r="H670" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I670" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J670" s="0" t="s">
-        <v>533</v>
+        <v>396</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>118</v>
+        <v>392</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>119</v>
+        <v>393</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>120</v>
+        <v>394</v>
       </c>
       <c r="F671" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G671" s="0" t="s">
-        <v>51</v>
+        <v>1070</v>
       </c>
       <c r="H671" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I671" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J671" s="0" t="s">
-        <v>122</v>
+        <v>396</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>55</v>
+        <v>392</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>56</v>
+        <v>394</v>
       </c>
       <c r="F672" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G672" s="0" t="s">
-        <v>51</v>
+        <v>1071</v>
       </c>
       <c r="H672" s="0" t="s">
-        <v>52</v>
+        <v>395</v>
       </c>
       <c r="I672" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J672" s="0" t="s">
-        <v>59</v>
+        <v>396</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>48</v>
+        <v>392</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>50</v>
+        <v>394</v>
       </c>
       <c r="F673" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G673" s="0" t="s">
-        <v>57</v>
+        <v>1072</v>
       </c>
       <c r="H673" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I673" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J673" s="0" t="s">
-        <v>54</v>
+        <v>396</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>144</v>
+        <v>392</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>49</v>
+        <v>393</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>145</v>
+        <v>394</v>
       </c>
       <c r="F674" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G674" s="0" t="s">
-        <v>57</v>
+        <v>1073</v>
       </c>
       <c r="H674" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I674" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J674" s="0" t="s">
-        <v>146</v>
+        <v>396</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>767</v>
+        <v>392</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>768</v>
+        <v>393</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>769</v>
+        <v>394</v>
       </c>
       <c r="F675" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G675" s="0" t="s">
-        <v>810</v>
+        <v>1074</v>
       </c>
       <c r="H675" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I675" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J675" s="0" t="s">
-        <v>771</v>
+        <v>396</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>238</v>
+        <v>555</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>62</v>
+        <v>556</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>239</v>
+        <v>557</v>
       </c>
       <c r="F676" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G676" s="0" t="s">
-        <v>60</v>
+        <v>1075</v>
       </c>
       <c r="H676" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I676" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J676" s="0" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>277</v>
+        <v>555</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>32</v>
+        <v>556</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>278</v>
+        <v>557</v>
       </c>
       <c r="F677" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G677" s="0" t="s">
-        <v>60</v>
+        <v>1076</v>
       </c>
       <c r="H677" s="0" t="s">
-        <v>484</v>
+        <v>85</v>
       </c>
       <c r="I677" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J677" s="0" t="s">
+        <v>558</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>282</v>
+        <v>618</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>283</v>
+        <v>393</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>284</v>
+        <v>619</v>
       </c>
       <c r="F678" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G678" s="0" t="s">
-        <v>60</v>
+        <v>1077</v>
       </c>
       <c r="H678" s="0" t="s">
-        <v>670</v>
+        <v>364</v>
       </c>
       <c r="I678" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J678" s="0" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>433</v>
+        <v>408</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>49</v>
+        <v>409</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>434</v>
+        <v>410</v>
       </c>
       <c r="F679" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G679" s="0" t="s">
-        <v>822</v>
+        <v>1078</v>
       </c>
       <c r="H679" s="0" t="s">
-        <v>436</v>
+        <v>76</v>
       </c>
       <c r="I679" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J679" s="0" t="s">
-        <v>437</v>
+        <v>412</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>348</v>
+        <v>413</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>349</v>
+        <v>409</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>350</v>
+        <v>414</v>
       </c>
       <c r="F680" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G680" s="0" t="s">
-        <v>824</v>
+        <v>1079</v>
       </c>
       <c r="H680" s="0" t="s">
-        <v>352</v>
+        <v>76</v>
       </c>
       <c r="I680" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J680" s="0" t="s">
-        <v>353</v>
+        <v>415</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>348</v>
+        <v>468</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>349</v>
+        <v>469</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>350</v>
+        <v>470</v>
       </c>
       <c r="F681" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G681" s="0" t="s">
-        <v>825</v>
+        <v>1080</v>
       </c>
       <c r="H681" s="0" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="I681" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J681" s="0" t="s">
-        <v>353</v>
+        <v>471</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>807</v>
+        <v>454</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>808</v>
+        <v>455</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>809</v>
+        <v>456</v>
       </c>
       <c r="F682" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G682" s="0" t="s">
-        <v>825</v>
+        <v>1081</v>
       </c>
       <c r="H682" s="0" t="s">
-        <v>811</v>
+        <v>457</v>
       </c>
       <c r="I682" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J682" s="0" t="s">
-        <v>812</v>
+        <v>458</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>767</v>
+        <v>565</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>768</v>
+        <v>566</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>769</v>
+        <v>567</v>
       </c>
       <c r="F683" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G683" s="0" t="s">
-        <v>825</v>
+        <v>1082</v>
       </c>
       <c r="H683" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="I683" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J683" s="0" t="s">
-        <v>771</v>
+        <v>568</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>354</v>
+        <v>957</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>349</v>
+        <v>561</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>355</v>
+        <v>958</v>
       </c>
       <c r="F684" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G684" s="0" t="s">
-        <v>827</v>
+        <v>1083</v>
       </c>
       <c r="H684" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I684" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J684" s="0" t="s">
-        <v>356</v>
+        <v>960</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>348</v>
+        <v>957</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>349</v>
+        <v>561</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>350</v>
+        <v>958</v>
       </c>
       <c r="F685" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G685" s="0" t="s">
-        <v>827</v>
+        <v>1084</v>
       </c>
       <c r="H685" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I685" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J685" s="0" t="s">
-        <v>353</v>
+        <v>960</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>652</v>
+        <v>957</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>349</v>
+        <v>561</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>653</v>
+        <v>958</v>
       </c>
       <c r="F686" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G686" s="0" t="s">
-        <v>827</v>
+        <v>1085</v>
       </c>
       <c r="H686" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I686" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J686" s="0" t="s">
-        <v>655</v>
+        <v>960</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>595</v>
+        <v>957</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>596</v>
+        <v>561</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>597</v>
+        <v>958</v>
       </c>
       <c r="F687" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G687" s="0" t="s">
-        <v>830</v>
+        <v>1086</v>
       </c>
       <c r="H687" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I687" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J687" s="0" t="s">
-        <v>599</v>
+        <v>960</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>950</v>
+        <v>957</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>951</v>
+        <v>561</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>952</v>
+        <v>958</v>
       </c>
       <c r="F688" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G688" s="0" t="s">
-        <v>830</v>
+        <v>1087</v>
       </c>
       <c r="H688" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I688" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J688" s="0" t="s">
-        <v>954</v>
+        <v>960</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>965</v>
+        <v>561</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="F689" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G689" s="0" t="s">
-        <v>830</v>
+        <v>1088</v>
       </c>
       <c r="H689" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I689" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J689" s="0" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>148</v>
+        <v>480</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>68</v>
+        <v>481</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>149</v>
+        <v>482</v>
       </c>
       <c r="F690" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G690" s="0" t="s">
-        <v>70</v>
+        <v>1089</v>
       </c>
       <c r="H690" s="0" t="s">
-        <v>99</v>
+        <v>395</v>
       </c>
       <c r="I690" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J690" s="0" t="s">
+        <v>483</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>243</v>
+        <v>472</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>244</v>
+        <v>134</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>245</v>
+        <v>473</v>
       </c>
       <c r="F691" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G691" s="0" t="s">
-        <v>70</v>
+        <v>1090</v>
       </c>
       <c r="H691" s="0" t="s">
-        <v>99</v>
+        <v>385</v>
       </c>
       <c r="I691" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J691" s="0" t="s">
-        <v>247</v>
+        <v>474</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>320</v>
+        <v>459</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>173</v>
+        <v>460</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>321</v>
+        <v>461</v>
       </c>
       <c r="F692" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G692" s="0" t="s">
-        <v>70</v>
+        <v>1091</v>
       </c>
       <c r="H692" s="0" t="s">
-        <v>99</v>
+        <v>379</v>
       </c>
       <c r="I692" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J692" s="0" t="s">
+        <v>463</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>855</v>
+        <v>1092</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>73</v>
+        <v>551</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>856</v>
+        <v>1093</v>
       </c>
       <c r="F693" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G693" s="0" t="s">
-        <v>70</v>
+        <v>1094</v>
       </c>
       <c r="H693" s="0" t="s">
-        <v>99</v>
+        <v>554</v>
       </c>
       <c r="I693" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J693" s="0" t="s">
-        <v>474</v>
+        <v>355</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>166</v>
+        <v>519</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>32</v>
+        <v>520</v>
       </c>
       <c r="C694" s="0" t="s">
-        <v>167</v>
+        <v>521</v>
       </c>
       <c r="F694" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G694" s="0" t="s">
-        <v>70</v>
+        <v>1095</v>
       </c>
       <c r="H694" s="0" t="s">
-        <v>99</v>
+        <v>76</v>
       </c>
       <c r="I694" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J694" s="0" t="s">
+        <v>523</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>1090</v>
+        <v>519</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>623</v>
+        <v>520</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>1091</v>
+        <v>521</v>
       </c>
       <c r="F695" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G695" s="0" t="s">
-        <v>837</v>
+        <v>1096</v>
       </c>
       <c r="H695" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="I695" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J695" s="0" t="s">
-        <v>1092</v>
+        <v>523</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>622</v>
+        <v>524</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>623</v>
+        <v>525</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>624</v>
+        <v>526</v>
       </c>
       <c r="F696" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G696" s="0" t="s">
-        <v>837</v>
+        <v>1097</v>
       </c>
       <c r="H696" s="0" t="s">
-        <v>15</v>
+        <v>172</v>
       </c>
       <c r="I696" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J696" s="0" t="s">
-        <v>626</v>
+        <v>527</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>348</v>
+        <v>636</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>349</v>
+        <v>570</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>350</v>
+        <v>637</v>
       </c>
       <c r="F697" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G697" s="0" t="s">
-        <v>838</v>
+        <v>1098</v>
       </c>
       <c r="H697" s="0" t="s">
-        <v>352</v>
+        <v>85</v>
       </c>
       <c r="I697" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J697" s="0" t="s">
-        <v>353</v>
+        <v>638</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>731</v>
+        <v>636</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>732</v>
+        <v>570</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>733</v>
+        <v>637</v>
       </c>
       <c r="F698" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G698" s="0" t="s">
-        <v>838</v>
+        <v>1099</v>
       </c>
       <c r="H698" s="0" t="s">
-        <v>352</v>
+        <v>85</v>
       </c>
       <c r="I698" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J698" s="0" t="s">
-        <v>735</v>
+        <v>638</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>1038</v>
+        <v>945</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>102</v>
+        <v>946</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>1039</v>
+        <v>947</v>
       </c>
       <c r="F699" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G699" s="0" t="s">
-        <v>838</v>
+        <v>1100</v>
       </c>
       <c r="H699" s="0" t="s">
-        <v>352</v>
+        <v>115</v>
       </c>
       <c r="I699" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J699" s="0" t="s">
-        <v>1041</v>
+        <v>949</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>83</v>
+        <v>945</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>84</v>
+        <v>946</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>85</v>
+        <v>947</v>
       </c>
       <c r="F700" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G700" s="0" t="s">
-        <v>322</v>
+        <v>1101</v>
       </c>
       <c r="H700" s="0" t="s">
-        <v>41</v>
+        <v>115</v>
       </c>
       <c r="I700" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J700" s="0" t="s">
-        <v>88</v>
+        <v>949</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>422</v>
+        <v>945</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>423</v>
+        <v>946</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>424</v>
+        <v>947</v>
       </c>
       <c r="F701" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G701" s="0" t="s">
-        <v>845</v>
+        <v>1102</v>
       </c>
       <c r="H701" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I701" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J701" s="0" t="s">
-        <v>426</v>
+        <v>949</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>357</v>
+        <v>497</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>358</v>
+        <v>498</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>359</v>
+        <v>499</v>
       </c>
       <c r="F702" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G702" s="0" t="s">
-        <v>845</v>
+        <v>1103</v>
       </c>
       <c r="H702" s="0" t="s">
-        <v>65</v>
+        <v>267</v>
       </c>
       <c r="I702" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J702" s="0" t="s">
-        <v>361</v>
+        <v>500</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>385</v>
+        <v>497</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>386</v>
+        <v>498</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>387</v>
+        <v>499</v>
       </c>
       <c r="F703" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G703" s="0" t="s">
-        <v>845</v>
+        <v>1104</v>
       </c>
       <c r="H703" s="0" t="s">
-        <v>65</v>
+        <v>267</v>
       </c>
       <c r="I703" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J703" s="0" t="s">
-        <v>389</v>
+        <v>500</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>323</v>
+        <v>497</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>231</v>
+        <v>498</v>
       </c>
       <c r="C704" s="0" t="s">
-        <v>324</v>
+        <v>499</v>
       </c>
       <c r="F704" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G704" s="0" t="s">
-        <v>255</v>
+        <v>1105</v>
       </c>
       <c r="H704" s="0" t="s">
-        <v>99</v>
+        <v>267</v>
       </c>
       <c r="I704" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J704" s="0" t="s">
-        <v>325</v>
+        <v>500</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>326</v>
+        <v>497</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>188</v>
+        <v>498</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>327</v>
+        <v>499</v>
       </c>
       <c r="F705" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G705" s="0" t="s">
-        <v>255</v>
+        <v>1106</v>
       </c>
       <c r="H705" s="0" t="s">
-        <v>29</v>
+        <v>267</v>
       </c>
       <c r="I705" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J705" s="0" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>199</v>
+        <v>497</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>73</v>
+        <v>498</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>200</v>
+        <v>499</v>
       </c>
       <c r="F706" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G706" s="0" t="s">
-        <v>257</v>
+        <v>1107</v>
       </c>
       <c r="H706" s="0" t="s">
-        <v>153</v>
+        <v>267</v>
       </c>
       <c r="I706" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J706" s="0" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>113</v>
+        <v>859</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>114</v>
+        <v>860</v>
       </c>
       <c r="C707" s="0" t="s">
-        <v>115</v>
+        <v>861</v>
       </c>
       <c r="F707" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G707" s="0" t="s">
-        <v>257</v>
+        <v>1108</v>
       </c>
       <c r="H707" s="0" t="s">
-        <v>153</v>
+        <v>863</v>
       </c>
       <c r="I707" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J707" s="0" t="s">
-        <v>117</v>
+        <v>864</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>572</v>
+        <v>859</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>573</v>
+        <v>860</v>
       </c>
       <c r="C708" s="0" t="s">
-        <v>574</v>
+        <v>861</v>
       </c>
       <c r="F708" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G708" s="0" t="s">
-        <v>328</v>
+        <v>1109</v>
       </c>
       <c r="H708" s="0" t="s">
-        <v>153</v>
+        <v>863</v>
       </c>
       <c r="I708" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J708" s="0" t="s">
-        <v>576</v>
+        <v>864</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>105</v>
+        <v>859</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>106</v>
+        <v>860</v>
       </c>
       <c r="C709" s="0" t="s">
-        <v>107</v>
+        <v>861</v>
       </c>
       <c r="F709" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G709" s="0" t="s">
-        <v>328</v>
+        <v>1110</v>
       </c>
       <c r="H709" s="0" t="s">
-        <v>153</v>
+        <v>863</v>
       </c>
       <c r="I709" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J709" s="0" t="s">
-        <v>109</v>
+        <v>864</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>745</v>
+        <v>859</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>746</v>
+        <v>860</v>
       </c>
       <c r="C710" s="0" t="s">
-        <v>747</v>
+        <v>861</v>
       </c>
       <c r="F710" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G710" s="0" t="s">
-        <v>1060</v>
+        <v>1111</v>
       </c>
       <c r="H710" s="0" t="s">
-        <v>15</v>
+        <v>863</v>
       </c>
       <c r="I710" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J710" s="0" t="s">
-        <v>749</v>
+        <v>864</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>443</v>
+        <v>859</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>444</v>
+        <v>860</v>
       </c>
       <c r="C711" s="0" t="s">
-        <v>445</v>
+        <v>861</v>
       </c>
       <c r="F711" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G711" s="0" t="s">
-        <v>260</v>
+        <v>1112</v>
       </c>
       <c r="H711" s="0" t="s">
-        <v>180</v>
+        <v>863</v>
       </c>
       <c r="I711" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J711" s="0" t="s">
-        <v>447</v>
+        <v>864</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>494</v>
+        <v>754</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>495</v>
+        <v>755</v>
       </c>
       <c r="C712" s="0" t="s">
-        <v>496</v>
+        <v>756</v>
       </c>
       <c r="F712" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G712" s="0" t="s">
-        <v>260</v>
+        <v>1113</v>
       </c>
       <c r="H712" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I712" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J712" s="0" t="s">
-        <v>498</v>
+        <v>757</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>329</v>
+        <v>754</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>330</v>
+        <v>755</v>
       </c>
       <c r="C713" s="0" t="s">
-        <v>331</v>
+        <v>756</v>
       </c>
       <c r="F713" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G713" s="0" t="s">
-        <v>260</v>
+        <v>1114</v>
       </c>
       <c r="H713" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I713" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J713" s="0" t="s">
-        <v>332</v>
+        <v>757</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>891</v>
+        <v>754</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>49</v>
+        <v>755</v>
       </c>
       <c r="C714" s="0" t="s">
-        <v>892</v>
+        <v>756</v>
       </c>
       <c r="F714" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G714" s="0" t="s">
-        <v>1062</v>
+        <v>1115</v>
       </c>
       <c r="H714" s="0" t="s">
-        <v>163</v>
+        <v>364</v>
       </c>
       <c r="I714" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J714" s="0" t="s">
-        <v>893</v>
+        <v>757</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>818</v>
+        <v>754</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>819</v>
+        <v>755</v>
       </c>
       <c r="C715" s="0" t="s">
-        <v>820</v>
+        <v>756</v>
       </c>
       <c r="F715" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G715" s="0" t="s">
-        <v>1062</v>
+        <v>1116</v>
       </c>
       <c r="H715" s="0" t="s">
-        <v>153</v>
+        <v>364</v>
       </c>
       <c r="I715" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J715" s="0" t="s">
-        <v>474</v>
+        <v>757</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>79</v>
+        <v>755</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="F716" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G716" s="0" t="s">
-        <v>1065</v>
+        <v>1117</v>
       </c>
       <c r="H716" s="0" t="s">
-        <v>753</v>
+        <v>364</v>
       </c>
       <c r="I716" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J716" s="0" t="s">
-        <v>754</v>
+        <v>757</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>1006</v>
+        <v>758</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>1003</v>
+        <v>759</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>1007</v>
+        <v>760</v>
       </c>
       <c r="F717" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G717" s="0" t="s">
-        <v>274</v>
+        <v>1118</v>
       </c>
       <c r="H717" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I717" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J717" s="0" t="s">
-        <v>1008</v>
+        <v>761</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>843</v>
+        <v>758</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>423</v>
+        <v>759</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>844</v>
+        <v>760</v>
       </c>
       <c r="F718" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G718" s="0" t="s">
-        <v>274</v>
+        <v>1045</v>
       </c>
       <c r="H718" s="0" t="s">
-        <v>65</v>
+        <v>115</v>
       </c>
       <c r="I718" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J718" s="0" t="s">
-        <v>846</v>
+        <v>761</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>101</v>
+        <v>758</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>102</v>
+        <v>759</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>103</v>
+        <v>760</v>
       </c>
       <c r="F719" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G719" s="0" t="s">
-        <v>333</v>
+        <v>1119</v>
       </c>
       <c r="H719" s="0" t="s">
-        <v>47</v>
+        <v>115</v>
       </c>
       <c r="I719" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J719" s="0" t="s">
+        <v>761</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>406</v>
+        <v>758</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>407</v>
+        <v>759</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>408</v>
+        <v>760</v>
       </c>
       <c r="F720" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G720" s="0" t="s">
-        <v>333</v>
+        <v>1120</v>
       </c>
       <c r="H720" s="0" t="s">
-        <v>163</v>
+        <v>115</v>
       </c>
       <c r="I720" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J720" s="0" t="s">
-        <v>410</v>
+        <v>761</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>433</v>
+        <v>758</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>49</v>
+        <v>759</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>434</v>
+        <v>760</v>
       </c>
       <c r="F721" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G721" s="0" t="s">
-        <v>333</v>
+        <v>1121</v>
       </c>
       <c r="H721" s="0" t="s">
-        <v>436</v>
+        <v>115</v>
       </c>
       <c r="I721" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J721" s="0" t="s">
-        <v>437</v>
+        <v>761</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>697</v>
+        <v>843</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>49</v>
+        <v>844</v>
       </c>
       <c r="C722" s="0" t="s">
-        <v>698</v>
+        <v>845</v>
       </c>
       <c r="F722" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G722" s="0" t="s">
-        <v>333</v>
+        <v>1122</v>
       </c>
       <c r="H722" s="0" t="s">
-        <v>163</v>
+        <v>847</v>
       </c>
       <c r="I722" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J722" s="0" t="s">
-        <v>700</v>
+        <v>848</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>891</v>
+        <v>843</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>49</v>
+        <v>844</v>
       </c>
       <c r="C723" s="0" t="s">
-        <v>892</v>
+        <v>845</v>
       </c>
       <c r="F723" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G723" s="0" t="s">
-        <v>333</v>
+        <v>1123</v>
       </c>
       <c r="H723" s="0" t="s">
-        <v>163</v>
+        <v>847</v>
       </c>
       <c r="I723" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J723" s="0" t="s">
-        <v>893</v>
+        <v>848</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>916</v>
+        <v>843</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>917</v>
+        <v>844</v>
       </c>
       <c r="C724" s="0" t="s">
-        <v>918</v>
+        <v>845</v>
       </c>
       <c r="F724" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G724" s="0" t="s">
-        <v>333</v>
+        <v>1124</v>
       </c>
       <c r="H724" s="0" t="s">
-        <v>473</v>
+        <v>847</v>
       </c>
       <c r="I724" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J724" s="0" t="s">
-        <v>920</v>
+        <v>848</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>755</v>
+        <v>843</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>756</v>
+        <v>844</v>
       </c>
       <c r="C725" s="0" t="s">
-        <v>757</v>
+        <v>845</v>
       </c>
       <c r="F725" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G725" s="0" t="s">
-        <v>333</v>
+        <v>1125</v>
       </c>
       <c r="H725" s="0" t="s">
-        <v>163</v>
+        <v>847</v>
       </c>
       <c r="I725" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J725" s="0" t="s">
-        <v>759</v>
+        <v>848</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>10</v>
+        <v>1000</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>11</v>
+        <v>844</v>
       </c>
       <c r="C726" s="0" t="s">
-        <v>12</v>
+        <v>1001</v>
       </c>
       <c r="F726" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G726" s="0" t="s">
-        <v>333</v>
+        <v>1126</v>
       </c>
       <c r="H726" s="0" t="s">
-        <v>453</v>
+        <v>395</v>
       </c>
       <c r="I726" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J726" s="0" t="s">
-        <v>17</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>308</v>
+        <v>1000</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>272</v>
+        <v>844</v>
       </c>
       <c r="C727" s="0" t="s">
-        <v>309</v>
+        <v>1001</v>
       </c>
       <c r="F727" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G727" s="0" t="s">
-        <v>280</v>
+        <v>1127</v>
       </c>
       <c r="H727" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="I727" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J727" s="0" t="s">
-        <v>310</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>238</v>
+        <v>1000</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>62</v>
+        <v>844</v>
       </c>
       <c r="C728" s="0" t="s">
-        <v>239</v>
+        <v>1001</v>
       </c>
       <c r="F728" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G728" s="0" t="s">
-        <v>280</v>
+        <v>1128</v>
       </c>
       <c r="H728" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="I728" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J728" s="0" t="s">
+        <v>1003</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>277</v>
+        <v>1000</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>32</v>
+        <v>844</v>
       </c>
       <c r="C729" s="0" t="s">
-        <v>278</v>
+        <v>1001</v>
       </c>
       <c r="F729" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G729" s="0" t="s">
-        <v>280</v>
+        <v>1129</v>
       </c>
       <c r="H729" s="0" t="s">
-        <v>484</v>
+        <v>395</v>
       </c>
       <c r="I729" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
+      </c>
+      <c r="J729" s="0" t="s">
+        <v>1003</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>20</v>
+        <v>906</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>21</v>
+        <v>907</v>
       </c>
       <c r="C730" s="0" t="s">
-        <v>22</v>
+        <v>908</v>
       </c>
       <c r="F730" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G730" s="0" t="s">
-        <v>280</v>
+        <v>1130</v>
       </c>
       <c r="H730" s="0" t="s">
-        <v>275</v>
+        <v>910</v>
       </c>
       <c r="I730" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J730" s="0" t="s">
-        <v>24</v>
+        <v>911</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>1009</v>
+        <v>906</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>1010</v>
+        <v>907</v>
       </c>
       <c r="C731" s="0" t="s">
-        <v>1011</v>
+        <v>908</v>
       </c>
       <c r="F731" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G731" s="0" t="s">
-        <v>1070</v>
+        <v>1131</v>
       </c>
       <c r="H731" s="0" t="s">
-        <v>99</v>
+        <v>910</v>
       </c>
       <c r="I731" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J731" s="0" t="s">
-        <v>1012</v>
+        <v>911</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>1016</v>
+        <v>906</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>887</v>
+        <v>907</v>
       </c>
       <c r="C732" s="0" t="s">
-        <v>1017</v>
+        <v>908</v>
       </c>
       <c r="F732" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G732" s="0" t="s">
-        <v>1072</v>
+        <v>1132</v>
       </c>
       <c r="H732" s="0" t="s">
-        <v>753</v>
+        <v>910</v>
       </c>
       <c r="I732" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J732" s="0" t="s">
-        <v>1018</v>
+        <v>911</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>422</v>
+        <v>906</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>423</v>
+        <v>907</v>
       </c>
       <c r="C733" s="0" t="s">
-        <v>424</v>
+        <v>908</v>
       </c>
       <c r="F733" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G733" s="0" t="s">
-        <v>1074</v>
+        <v>1133</v>
       </c>
       <c r="H733" s="0" t="s">
-        <v>65</v>
+        <v>910</v>
       </c>
       <c r="I733" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J733" s="0" t="s">
-        <v>426</v>
+        <v>911</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>762</v>
+        <v>906</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>763</v>
+        <v>907</v>
       </c>
       <c r="C734" s="0" t="s">
-        <v>764</v>
+        <v>908</v>
       </c>
       <c r="F734" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G734" s="0" t="s">
-        <v>1074</v>
+        <v>1134</v>
       </c>
       <c r="H734" s="0" t="s">
-        <v>436</v>
+        <v>910</v>
       </c>
       <c r="I734" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J734" s="0" t="s">
-        <v>766</v>
+        <v>911</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>277</v>
+        <v>893</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>32</v>
+        <v>894</v>
       </c>
       <c r="C735" s="0" t="s">
-        <v>278</v>
+        <v>895</v>
       </c>
       <c r="F735" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G735" s="0" t="s">
-        <v>287</v>
+        <v>1135</v>
       </c>
       <c r="H735" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I735" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J735" s="0" t="s">
+        <v>897</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>282</v>
+        <v>893</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>283</v>
+        <v>894</v>
       </c>
       <c r="C736" s="0" t="s">
-        <v>284</v>
+        <v>895</v>
       </c>
       <c r="F736" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G736" s="0" t="s">
-        <v>287</v>
+        <v>1136</v>
       </c>
       <c r="H736" s="0" t="s">
-        <v>670</v>
+        <v>115</v>
       </c>
       <c r="I736" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J736" s="0" t="s">
+        <v>897</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>950</v>
+        <v>893</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>951</v>
+        <v>894</v>
       </c>
       <c r="C737" s="0" t="s">
-        <v>952</v>
+        <v>895</v>
       </c>
       <c r="F737" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G737" s="0" t="s">
-        <v>1027</v>
+        <v>1137</v>
       </c>
       <c r="H737" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I737" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J737" s="0" t="s">
-        <v>954</v>
+        <v>897</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>964</v>
+        <v>893</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>965</v>
+        <v>894</v>
       </c>
       <c r="C738" s="0" t="s">
-        <v>966</v>
+        <v>895</v>
       </c>
       <c r="F738" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G738" s="0" t="s">
-        <v>1027</v>
+        <v>1138</v>
       </c>
       <c r="H738" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I738" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J738" s="0" t="s">
-        <v>968</v>
+        <v>897</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>412</v>
+        <v>893</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>413</v>
+        <v>894</v>
       </c>
       <c r="C739" s="0" t="s">
-        <v>414</v>
+        <v>895</v>
       </c>
       <c r="F739" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G739" s="0" t="s">
-        <v>1036</v>
+        <v>1139</v>
       </c>
       <c r="H739" s="0" t="s">
-        <v>163</v>
+        <v>115</v>
       </c>
       <c r="I739" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J739" s="0" t="s">
-        <v>416</v>
+        <v>897</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>480</v>
+        <v>420</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>481</v>
+        <v>421</v>
       </c>
       <c r="C740" s="0" t="s">
-        <v>482</v>
+        <v>422</v>
       </c>
       <c r="F740" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G740" s="0" t="s">
-        <v>334</v>
+        <v>1140</v>
       </c>
       <c r="H740" s="0" t="s">
-        <v>484</v>
+        <v>364</v>
       </c>
       <c r="I740" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J740" s="0" t="s">
-        <v>485</v>
+        <v>423</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>20</v>
+        <v>420</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>21</v>
+        <v>421</v>
       </c>
       <c r="C741" s="0" t="s">
-        <v>22</v>
+        <v>422</v>
       </c>
       <c r="F741" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G741" s="0" t="s">
-        <v>334</v>
+        <v>1141</v>
       </c>
       <c r="H741" s="0" t="s">
-        <v>275</v>
+        <v>364</v>
       </c>
       <c r="I741" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J741" s="0" t="s">
-        <v>24</v>
+        <v>423</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>886</v>
+        <v>420</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>887</v>
+        <v>421</v>
       </c>
       <c r="C742" s="0" t="s">
-        <v>888</v>
+        <v>422</v>
       </c>
       <c r="F742" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G742" s="0" t="s">
-        <v>1044</v>
+        <v>1142</v>
       </c>
       <c r="H742" s="0" t="s">
-        <v>753</v>
+        <v>364</v>
       </c>
       <c r="I742" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J742" s="0" t="s">
-        <v>890</v>
+        <v>423</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>1016</v>
+        <v>420</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>887</v>
+        <v>421</v>
       </c>
       <c r="C743" s="0" t="s">
-        <v>1017</v>
+        <v>422</v>
       </c>
       <c r="F743" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G743" s="0" t="s">
-        <v>1044</v>
+        <v>1143</v>
       </c>
       <c r="H743" s="0" t="s">
-        <v>753</v>
+        <v>364</v>
       </c>
       <c r="I743" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J743" s="0" t="s">
-        <v>1018</v>
+        <v>423</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>335</v>
+        <v>420</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>21</v>
+        <v>421</v>
       </c>
       <c r="C744" s="0" t="s">
-        <v>336</v>
+        <v>422</v>
       </c>
       <c r="F744" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G744" s="0" t="s">
-        <v>337</v>
+        <v>1117</v>
       </c>
       <c r="H744" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I744" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J744" s="0" t="s">
-        <v>338</v>
+        <v>423</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>105</v>
+        <v>428</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>106</v>
+        <v>429</v>
       </c>
       <c r="C745" s="0" t="s">
-        <v>107</v>
+        <v>430</v>
       </c>
       <c r="F745" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G745" s="0" t="s">
-        <v>337</v>
+        <v>1144</v>
       </c>
       <c r="H745" s="0" t="s">
-        <v>153</v>
+        <v>395</v>
       </c>
       <c r="I745" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J745" s="0" t="s">
-        <v>109</v>
+        <v>432</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>773</v>
+        <v>428</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>413</v>
+        <v>429</v>
       </c>
       <c r="C746" s="0" t="s">
-        <v>774</v>
+        <v>430</v>
       </c>
       <c r="F746" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G746" s="0" t="s">
-        <v>1046</v>
+        <v>1145</v>
       </c>
       <c r="H746" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I746" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J746" s="0" t="s">
-        <v>776</v>
+        <v>432</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>1093</v>
+        <v>428</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>470</v>
+        <v>429</v>
       </c>
       <c r="C747" s="0" t="s">
-        <v>1094</v>
+        <v>430</v>
       </c>
       <c r="F747" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G747" s="0" t="s">
-        <v>1049</v>
+        <v>1146</v>
       </c>
       <c r="H747" s="0" t="s">
-        <v>473</v>
+        <v>395</v>
       </c>
       <c r="I747" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J747" s="0" t="s">
-        <v>474</v>
+        <v>432</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>339</v>
+        <v>630</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>170</v>
+        <v>631</v>
       </c>
       <c r="C748" s="0" t="s">
-        <v>340</v>
+        <v>632</v>
       </c>
       <c r="F748" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G748" s="0" t="s">
-        <v>341</v>
+        <v>1147</v>
       </c>
       <c r="H748" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I748" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J748" s="0" t="s">
-        <v>342</v>
+        <v>634</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>320</v>
+        <v>630</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>173</v>
+        <v>631</v>
       </c>
       <c r="C749" s="0" t="s">
-        <v>321</v>
+        <v>632</v>
       </c>
       <c r="F749" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G749" s="0" t="s">
-        <v>246</v>
+        <v>1148</v>
       </c>
       <c r="H749" s="0" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="I749" s="0" t="s">
         <v>16</v>
+      </c>
+      <c r="J749" s="0" t="s">
+        <v>634</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>343</v>
+        <v>630</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>173</v>
+        <v>631</v>
       </c>
       <c r="C750" s="0" t="s">
-        <v>344</v>
+        <v>632</v>
       </c>
       <c r="F750" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G750" s="0" t="s">
-        <v>251</v>
+        <v>1149</v>
       </c>
       <c r="H750" s="0" t="s">
-        <v>29</v>
+        <v>115</v>
       </c>
       <c r="I750" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J750" s="0" t="s">
-        <v>345</v>
+        <v>634</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>502</v>
+        <v>630</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>503</v>
+        <v>631</v>
       </c>
       <c r="C751" s="0" t="s">
-        <v>504</v>
+        <v>632</v>
       </c>
       <c r="F751" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G751" s="0" t="s">
-        <v>1095</v>
+        <v>1150</v>
       </c>
       <c r="H751" s="0" t="s">
-        <v>484</v>
+        <v>115</v>
       </c>
       <c r="I751" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J751" s="0" t="s">
-        <v>506</v>
+        <v>634</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>561</v>
+        <v>630</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>562</v>
+        <v>631</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>563</v>
+        <v>632</v>
       </c>
       <c r="F752" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G752" s="0" t="s">
-        <v>1096</v>
+        <v>1151</v>
       </c>
       <c r="H752" s="0" t="s">
-        <v>58</v>
+        <v>115</v>
       </c>
       <c r="I752" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J752" s="0" t="s">
-        <v>565</v>
+        <v>634</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>475</v>
+        <v>1016</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>476</v>
+        <v>1017</v>
       </c>
       <c r="C753" s="0" t="s">
-        <v>477</v>
+        <v>1018</v>
       </c>
       <c r="F753" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G753" s="0" t="s">
-        <v>1097</v>
+        <v>1152</v>
       </c>
       <c r="H753" s="0" t="s">
-        <v>269</v>
+        <v>665</v>
       </c>
       <c r="I753" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J753" s="0" t="s">
-        <v>479</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1090</v>
+        <v>1016</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>623</v>
+        <v>1017</v>
       </c>
       <c r="C754" s="0" t="s">
-        <v>1091</v>
+        <v>1018</v>
       </c>
       <c r="F754" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G754" s="0" t="s">
-        <v>1098</v>
+        <v>1153</v>
       </c>
       <c r="H754" s="0" t="s">
-        <v>15</v>
+        <v>665</v>
       </c>
       <c r="I754" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J754" s="0" t="s">
-        <v>1092</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>480</v>
+        <v>1016</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>481</v>
+        <v>1017</v>
       </c>
       <c r="C755" s="0" t="s">
-        <v>482</v>
+        <v>1018</v>
       </c>
       <c r="F755" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G755" s="0" t="s">
-        <v>1099</v>
+        <v>1154</v>
       </c>
       <c r="H755" s="0" t="s">
-        <v>484</v>
+        <v>665</v>
       </c>
       <c r="I755" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J755" s="0" t="s">
-        <v>485</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>975</v>
+        <v>867</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>976</v>
+        <v>868</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>977</v>
+        <v>869</v>
       </c>
       <c r="F756" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G756" s="0" t="s">
-        <v>1100</v>
+        <v>1155</v>
       </c>
       <c r="H756" s="0" t="s">
-        <v>431</v>
+        <v>871</v>
       </c>
       <c r="I756" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J756" s="0" t="s">
-        <v>979</v>
+        <v>872</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>422</v>
+        <v>403</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>424</v>
+        <v>405</v>
       </c>
       <c r="F757" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G757" s="0" t="s">
-        <v>360</v>
+        <v>1156</v>
       </c>
       <c r="H757" s="0" t="s">
-        <v>65</v>
+        <v>365</v>
       </c>
       <c r="I757" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J757" s="0" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>683</v>
+        <v>1157</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>684</v>
+        <v>1158</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>685</v>
+        <v>1159</v>
       </c>
       <c r="F758" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G758" s="0" t="s">
-        <v>1101</v>
+        <v>1160</v>
       </c>
       <c r="H758" s="0" t="s">
-        <v>153</v>
+        <v>267</v>
       </c>
       <c r="I758" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J758" s="0" t="s">
-        <v>687</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>417</v>
+        <v>1157</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>418</v>
+        <v>1158</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>419</v>
+        <v>1159</v>
       </c>
       <c r="F759" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G759" s="0" t="s">
-        <v>1102</v>
+        <v>1162</v>
       </c>
       <c r="H759" s="0" t="s">
-        <v>180</v>
+        <v>267</v>
       </c>
       <c r="I759" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J759" s="0" t="s">
-        <v>421</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>515</v>
+        <v>1157</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>516</v>
+        <v>1158</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>517</v>
+        <v>1159</v>
       </c>
       <c r="F760" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G760" s="0" t="s">
-        <v>1103</v>
+        <v>1163</v>
       </c>
       <c r="H760" s="0" t="s">
-        <v>180</v>
+        <v>267</v>
       </c>
       <c r="I760" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J760" s="0" t="s">
-        <v>519</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>10</v>
+        <v>1157</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>11</v>
+        <v>1158</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>12</v>
+        <v>1159</v>
       </c>
       <c r="F761" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G761" s="0" t="s">
-        <v>346</v>
+        <v>1164</v>
       </c>
       <c r="H761" s="0" t="s">
-        <v>453</v>
+        <v>267</v>
       </c>
       <c r="I761" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J761" s="0" t="s">
-        <v>17</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>374</v>
+        <v>1157</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>375</v>
+        <v>1158</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>376</v>
+        <v>1159</v>
       </c>
       <c r="F762" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G762" s="0" t="s">
-        <v>1104</v>
+        <v>1165</v>
       </c>
       <c r="H762" s="0" t="s">
-        <v>378</v>
+        <v>267</v>
       </c>
       <c r="I762" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J762" s="0" t="s">
-        <v>379</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>850</v>
+        <v>967</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>369</v>
+        <v>968</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>851</v>
+        <v>969</v>
       </c>
       <c r="F763" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G763" s="0" t="s">
-        <v>1105</v>
+        <v>1166</v>
       </c>
       <c r="H763" s="0" t="s">
-        <v>352</v>
+        <v>340</v>
       </c>
       <c r="I763" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J763" s="0" t="s">
-        <v>853</v>
+        <v>971</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>406</v>
+        <v>931</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>407</v>
+        <v>932</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>408</v>
+        <v>933</v>
       </c>
       <c r="F764" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G764" s="0" t="s">
-        <v>1106</v>
+        <v>1167</v>
       </c>
       <c r="H764" s="0" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="I764" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J764" s="0" t="s">
-        <v>410</v>
+        <v>934</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>683</v>
+        <v>931</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>684</v>
+        <v>932</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>685</v>
+        <v>933</v>
       </c>
       <c r="F765" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G765" s="0" t="s">
-        <v>1107</v>
+        <v>1168</v>
       </c>
       <c r="H765" s="0" t="s">
-        <v>153</v>
+        <v>210</v>
       </c>
       <c r="I765" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J765" s="0" t="s">
-        <v>687</v>
+        <v>934</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>657</v>
+        <v>931</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>658</v>
+        <v>932</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>659</v>
+        <v>933</v>
       </c>
       <c r="F766" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G766" s="0" t="s">
-        <v>1108</v>
+        <v>1169</v>
       </c>
       <c r="H766" s="0" t="s">
-        <v>661</v>
+        <v>210</v>
       </c>
       <c r="I766" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J766" s="0" t="s">
-        <v>662</v>
+        <v>934</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>463</v>
+        <v>931</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>464</v>
+        <v>932</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>465</v>
+        <v>933</v>
       </c>
       <c r="F767" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G767" s="0" t="s">
-        <v>1109</v>
+        <v>1170</v>
       </c>
       <c r="H767" s="0" t="s">
-        <v>436</v>
+        <v>210</v>
       </c>
       <c r="I767" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J767" s="0" t="s">
-        <v>467</v>
+        <v>934</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>427</v>
+        <v>931</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>428</v>
+        <v>932</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>429</v>
+        <v>933</v>
       </c>
       <c r="F768" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G768" s="0" t="s">
-        <v>1110</v>
+        <v>1171</v>
       </c>
       <c r="H768" s="0" t="s">
-        <v>431</v>
+        <v>210</v>
       </c>
       <c r="I768" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J768" s="0" t="s">
-        <v>432</v>
+        <v>934</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>850</v>
+        <v>931</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>369</v>
+        <v>932</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>851</v>
+        <v>933</v>
       </c>
       <c r="F769" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G769" s="0" t="s">
-        <v>1111</v>
+        <v>1172</v>
       </c>
       <c r="H769" s="0" t="s">
-        <v>352</v>
+        <v>210</v>
       </c>
       <c r="I769" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J769" s="0" t="s">
-        <v>853</v>
+        <v>934</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>802</v>
+        <v>743</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>375</v>
+        <v>744</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>803</v>
+        <v>745</v>
       </c>
       <c r="F770" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G770" s="0" t="s">
-        <v>1112</v>
+        <v>1173</v>
       </c>
       <c r="H770" s="0" t="s">
-        <v>378</v>
+        <v>76</v>
       </c>
       <c r="I770" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J770" s="0" t="s">
-        <v>804</v>
+        <v>746</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>831</v>
+        <v>918</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>375</v>
+        <v>919</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>832</v>
+        <v>920</v>
       </c>
       <c r="F771" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G771" s="0" t="s">
-        <v>1113</v>
+        <v>1174</v>
       </c>
       <c r="H771" s="0" t="s">
-        <v>484</v>
+        <v>457</v>
       </c>
       <c r="I771" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J771" s="0" t="s">
-        <v>834</v>
+        <v>921</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>362</v>
+        <v>918</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>363</v>
+        <v>919</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>364</v>
+        <v>920</v>
       </c>
       <c r="F772" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G772" s="0" t="s">
-        <v>1114</v>
+        <v>1175</v>
       </c>
       <c r="H772" s="0" t="s">
-        <v>366</v>
+        <v>457</v>
       </c>
       <c r="I772" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J772" s="0" t="s">
-        <v>367</v>
+        <v>921</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>509</v>
+        <v>918</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>510</v>
+        <v>919</v>
       </c>
       <c r="C773" s="0" t="s">
-        <v>511</v>
+        <v>920</v>
       </c>
       <c r="F773" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G773" s="0" t="s">
-        <v>1115</v>
+        <v>1176</v>
       </c>
       <c r="H773" s="0" t="s">
-        <v>352</v>
+        <v>457</v>
       </c>
       <c r="I773" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J773" s="0" t="s">
-        <v>513</v>
+        <v>921</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>463</v>
+        <v>918</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>464</v>
+        <v>919</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>465</v>
+        <v>920</v>
       </c>
       <c r="F774" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G774" s="0" t="s">
-        <v>1116</v>
+        <v>1177</v>
       </c>
       <c r="H774" s="0" t="s">
-        <v>436</v>
+        <v>457</v>
       </c>
       <c r="I774" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J774" s="0" t="s">
-        <v>467</v>
+        <v>921</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>840</v>
+        <v>382</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
       <c r="F775" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G775" s="0" t="s">
-        <v>1117</v>
+        <v>1178</v>
       </c>
       <c r="H775" s="0" t="s">
-        <v>87</v>
+        <v>385</v>
       </c>
       <c r="I775" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J775" s="0" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>964</v>
+        <v>830</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>965</v>
+        <v>382</v>
       </c>
       <c r="C776" s="0" t="s">
-        <v>966</v>
+        <v>831</v>
       </c>
       <c r="F776" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G776" s="0" t="s">
-        <v>1118</v>
+        <v>1179</v>
       </c>
       <c r="H776" s="0" t="s">
-        <v>58</v>
+        <v>385</v>
       </c>
       <c r="I776" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J776" s="0" t="s">
-        <v>968</v>
+        <v>832</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>354</v>
+        <v>381</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>349</v>
+        <v>382</v>
       </c>
       <c r="C777" s="0" t="s">
-        <v>355</v>
+        <v>383</v>
       </c>
       <c r="F777" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G777" s="0" t="s">
-        <v>1119</v>
+        <v>1180</v>
       </c>
       <c r="H777" s="0" t="s">
-        <v>352</v>
+        <v>385</v>
       </c>
       <c r="I777" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J777" s="0" t="s">
-        <v>356</v>
+        <v>386</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>448</v>
+        <v>767</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>449</v>
+        <v>382</v>
       </c>
       <c r="C778" s="0" t="s">
-        <v>450</v>
+        <v>768</v>
       </c>
       <c r="F778" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G778" s="0" t="s">
-        <v>1120</v>
+        <v>1181</v>
       </c>
       <c r="H778" s="0" t="s">
-        <v>180</v>
+        <v>364</v>
       </c>
       <c r="I778" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J778" s="0" t="s">
-        <v>452</v>
+        <v>770</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>463</v>
+        <v>514</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>464</v>
+        <v>447</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>465</v>
+        <v>515</v>
       </c>
       <c r="F779" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G779" s="0" t="s">
-        <v>1121</v>
+        <v>1182</v>
       </c>
       <c r="H779" s="0" t="s">
-        <v>436</v>
+        <v>172</v>
       </c>
       <c r="I779" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J779" s="0" t="s">
-        <v>467</v>
+        <v>516</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>438</v>
+        <v>514</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="C780" s="0" t="s">
-        <v>440</v>
+        <v>515</v>
       </c>
       <c r="F780" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G780" s="0" t="s">
-        <v>1122</v>
+        <v>1183</v>
       </c>
       <c r="H780" s="0" t="s">
-        <v>436</v>
+        <v>172</v>
       </c>
       <c r="I780" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J780" s="0" t="s">
-        <v>442</v>
+        <v>516</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>354</v>
+        <v>514</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>349</v>
+        <v>447</v>
       </c>
       <c r="C781" s="0" t="s">
-        <v>355</v>
+        <v>515</v>
       </c>
       <c r="F781" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G781" s="0" t="s">
-        <v>1123</v>
+        <v>1184</v>
       </c>
       <c r="H781" s="0" t="s">
-        <v>352</v>
+        <v>172</v>
       </c>
       <c r="I781" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J781" s="0" t="s">
-        <v>356</v>
+        <v>516</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>348</v>
+        <v>514</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>349</v>
+        <v>447</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>350</v>
+        <v>515</v>
       </c>
       <c r="F782" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G782" s="0" t="s">
-        <v>1123</v>
+        <v>1185</v>
       </c>
       <c r="H782" s="0" t="s">
-        <v>352</v>
+        <v>172</v>
       </c>
       <c r="I782" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J782" s="0" t="s">
-        <v>353</v>
+        <v>516</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>489</v>
+        <v>514</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>490</v>
+        <v>447</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>491</v>
+        <v>515</v>
       </c>
       <c r="F783" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G783" s="0" t="s">
-        <v>1124</v>
+        <v>1186</v>
       </c>
       <c r="H783" s="0" t="s">
-        <v>180</v>
+        <v>172</v>
       </c>
       <c r="I783" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J783" s="0" t="s">
-        <v>493</v>
+        <v>516</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>433</v>
+        <v>514</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>49</v>
+        <v>447</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>434</v>
+        <v>515</v>
       </c>
       <c r="F784" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G784" s="0" t="s">
-        <v>1125</v>
+        <v>1187</v>
       </c>
       <c r="H784" s="0" t="s">
-        <v>436</v>
+        <v>172</v>
       </c>
       <c r="I784" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J784" s="0" t="s">
-        <v>437</v>
+        <v>516</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="B785" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C785" s="0" t="s">
         <v>515</v>
       </c>
-      <c r="B785" s="0" t="s">
+      <c r="F785" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G785" s="0" t="s">
+        <v>1188</v>
+      </c>
+      <c r="H785" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I785" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J785" s="0" t="s">
         <v>516</v>
-      </c>
-[...16 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>1028</v>
+        <v>514</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>1029</v>
+        <v>447</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>1030</v>
+        <v>515</v>
       </c>
       <c r="F786" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G786" s="0" t="s">
-        <v>1126</v>
+        <v>1189</v>
       </c>
       <c r="H786" s="0" t="s">
-        <v>719</v>
+        <v>172</v>
       </c>
       <c r="I786" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J786" s="0" t="s">
-        <v>1032</v>
+        <v>516</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>657</v>
+        <v>514</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>658</v>
+        <v>447</v>
       </c>
       <c r="C787" s="0" t="s">
-        <v>659</v>
+        <v>515</v>
       </c>
       <c r="F787" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G787" s="0" t="s">
-        <v>1127</v>
+        <v>1190</v>
       </c>
       <c r="H787" s="0" t="s">
-        <v>661</v>
+        <v>172</v>
       </c>
       <c r="I787" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J787" s="0" t="s">
-        <v>662</v>
+        <v>516</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>463</v>
+        <v>434</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>464</v>
+        <v>120</v>
       </c>
       <c r="C788" s="0" t="s">
-        <v>465</v>
+        <v>435</v>
       </c>
       <c r="F788" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G788" s="0" t="s">
-        <v>1128</v>
+        <v>1191</v>
       </c>
       <c r="H788" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="I788" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J788" s="0" t="s">
         <v>436</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>422</v>
+        <v>376</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>423</v>
+        <v>324</v>
       </c>
       <c r="C789" s="0" t="s">
-        <v>424</v>
+        <v>377</v>
       </c>
       <c r="F789" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G789" s="0" t="s">
-        <v>1129</v>
+        <v>1192</v>
       </c>
       <c r="H789" s="0" t="s">
-        <v>65</v>
+        <v>379</v>
       </c>
       <c r="I789" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J789" s="0" t="s">
-        <v>426</v>
+        <v>380</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>348</v>
+        <v>376</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>349</v>
+        <v>324</v>
       </c>
       <c r="C790" s="0" t="s">
-        <v>350</v>
+        <v>377</v>
       </c>
       <c r="F790" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G790" s="0" t="s">
-        <v>1130</v>
+        <v>1193</v>
       </c>
       <c r="H790" s="0" t="s">
-        <v>352</v>
+        <v>379</v>
       </c>
       <c r="I790" s="0" t="s">
-        <v>53</v>
+        <v>16</v>
       </c>
       <c r="J790" s="0" t="s">
-        <v>353</v>
+        <v>380</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>412</v>
+        <v>815</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>413</v>
+        <v>816</v>
       </c>
       <c r="C791" s="0" t="s">
-        <v>414</v>
+        <v>817</v>
       </c>
       <c r="F791" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G791" s="0" t="s">
-        <v>1131</v>
+        <v>1194</v>
       </c>
       <c r="H791" s="0" t="s">
-        <v>163</v>
+        <v>340</v>
       </c>
       <c r="I791" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J791" s="0" t="s">
-        <v>416</v>
+        <v>819</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>857</v>
+        <v>815</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>413</v>
+        <v>816</v>
       </c>
       <c r="C792" s="0" t="s">
-        <v>858</v>
+        <v>817</v>
       </c>
       <c r="F792" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G792" s="0" t="s">
-        <v>1132</v>
+        <v>1195</v>
       </c>
       <c r="H792" s="0" t="s">
-        <v>670</v>
+        <v>340</v>
       </c>
       <c r="I792" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J792" s="0" t="s">
-        <v>860</v>
+        <v>819</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>494</v>
+        <v>815</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>495</v>
+        <v>816</v>
       </c>
       <c r="C793" s="0" t="s">
-        <v>496</v>
+        <v>817</v>
       </c>
       <c r="F793" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G793" s="0" t="s">
-        <v>1133</v>
+        <v>1196</v>
       </c>
       <c r="H793" s="0" t="s">
-        <v>180</v>
+        <v>340</v>
       </c>
       <c r="I793" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J793" s="0" t="s">
-        <v>498</v>
+        <v>819</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>891</v>
+        <v>815</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>49</v>
+        <v>816</v>
       </c>
       <c r="C794" s="0" t="s">
-        <v>892</v>
+        <v>817</v>
       </c>
       <c r="F794" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G794" s="0" t="s">
-        <v>1134</v>
+        <v>1197</v>
       </c>
       <c r="H794" s="0" t="s">
-        <v>163</v>
+        <v>340</v>
       </c>
       <c r="I794" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J794" s="0" t="s">
-        <v>893</v>
+        <v>819</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>455</v>
+        <v>614</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>456</v>
+        <v>393</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>457</v>
+        <v>615</v>
       </c>
       <c r="F795" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G795" s="0" t="s">
-        <v>1135</v>
+        <v>1066</v>
       </c>
       <c r="H795" s="0" t="s">
-        <v>459</v>
+        <v>395</v>
       </c>
       <c r="I795" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J795" s="0" t="s">
-        <v>460</v>
+        <v>617</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
+        <v>614</v>
+      </c>
+      <c r="B796" s="0" t="s">
+        <v>393</v>
+      </c>
+      <c r="C796" s="0" t="s">
+        <v>615</v>
+      </c>
+      <c r="F796" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G796" s="0" t="s">
+        <v>1068</v>
+      </c>
+      <c r="H796" s="0" t="s">
         <v>395</v>
       </c>
-      <c r="B796" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I796" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J796" s="0" t="s">
-        <v>400</v>
+        <v>617</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>818</v>
+        <v>614</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>819</v>
+        <v>393</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>820</v>
+        <v>615</v>
       </c>
       <c r="F797" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G797" s="0" t="s">
-        <v>1137</v>
+        <v>1070</v>
       </c>
       <c r="H797" s="0" t="s">
-        <v>153</v>
+        <v>395</v>
       </c>
       <c r="I797" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J797" s="0" t="s">
-        <v>474</v>
+        <v>617</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>750</v>
+        <v>614</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>79</v>
+        <v>393</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>751</v>
+        <v>615</v>
       </c>
       <c r="F798" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G798" s="0" t="s">
-        <v>1138</v>
+        <v>1073</v>
       </c>
       <c r="H798" s="0" t="s">
-        <v>753</v>
+        <v>395</v>
       </c>
       <c r="I798" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J798" s="0" t="s">
-        <v>754</v>
+        <v>617</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>814</v>
+        <v>614</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>608</v>
+        <v>393</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>815</v>
+        <v>615</v>
       </c>
       <c r="F799" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G799" s="0" t="s">
-        <v>1139</v>
+        <v>1074</v>
       </c>
       <c r="H799" s="0" t="s">
-        <v>15</v>
+        <v>395</v>
       </c>
       <c r="I799" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J799" s="0" t="s">
-        <v>817</v>
+        <v>617</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>455</v>
+        <v>614</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>456</v>
+        <v>393</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>457</v>
+        <v>615</v>
       </c>
       <c r="F800" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G800" s="0" t="s">
-        <v>1140</v>
+        <v>1069</v>
       </c>
       <c r="H800" s="0" t="s">
-        <v>459</v>
+        <v>395</v>
       </c>
       <c r="I800" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J800" s="0" t="s">
-        <v>460</v>
+        <v>617</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>683</v>
+        <v>614</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>684</v>
+        <v>393</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>685</v>
+        <v>615</v>
       </c>
       <c r="F801" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G801" s="0" t="s">
-        <v>1141</v>
+        <v>1072</v>
       </c>
       <c r="H801" s="0" t="s">
-        <v>153</v>
+        <v>395</v>
       </c>
       <c r="I801" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J801" s="0" t="s">
-        <v>687</v>
+        <v>617</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>871</v>
+        <v>614</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>872</v>
+        <v>393</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>873</v>
+        <v>615</v>
       </c>
       <c r="F802" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G802" s="0" t="s">
-        <v>1142</v>
+        <v>1067</v>
       </c>
       <c r="H802" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I802" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J802" s="0" t="s">
-        <v>875</v>
+        <v>617</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>561</v>
+        <v>614</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>562</v>
+        <v>393</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>563</v>
+        <v>615</v>
       </c>
       <c r="F803" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G803" s="0" t="s">
-        <v>1143</v>
+        <v>1198</v>
       </c>
       <c r="H803" s="0" t="s">
-        <v>58</v>
+        <v>395</v>
       </c>
       <c r="I803" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J803" s="0" t="s">
-        <v>565</v>
+        <v>617</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>385</v>
+        <v>614</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>387</v>
+        <v>615</v>
       </c>
       <c r="F804" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G804" s="0" t="s">
-        <v>1144</v>
+        <v>1071</v>
       </c>
       <c r="H804" s="0" t="s">
-        <v>65</v>
+        <v>395</v>
       </c>
       <c r="I804" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J804" s="0" t="s">
-        <v>389</v>
+        <v>617</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>380</v>
+        <v>614</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>381</v>
+        <v>393</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>382</v>
+        <v>615</v>
       </c>
       <c r="F805" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G805" s="0" t="s">
-        <v>1145</v>
+        <v>1064</v>
       </c>
       <c r="H805" s="0" t="s">
-        <v>65</v>
+        <v>395</v>
       </c>
       <c r="I805" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J805" s="0" t="s">
-        <v>384</v>
+        <v>617</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>401</v>
+        <v>771</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>402</v>
+        <v>772</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>403</v>
+        <v>773</v>
       </c>
       <c r="F806" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G806" s="0" t="s">
-        <v>1146</v>
+        <v>1199</v>
       </c>
       <c r="H806" s="0" t="s">
-        <v>163</v>
+        <v>395</v>
       </c>
       <c r="I806" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J806" s="0" t="s">
-        <v>405</v>
+        <v>774</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>494</v>
+        <v>771</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>495</v>
+        <v>772</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>496</v>
+        <v>773</v>
       </c>
       <c r="F807" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G807" s="0" t="s">
-        <v>631</v>
+        <v>1200</v>
       </c>
       <c r="H807" s="0" t="s">
-        <v>180</v>
+        <v>395</v>
       </c>
       <c r="I807" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J807" s="0" t="s">
-        <v>498</v>
+        <v>774</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>975</v>
+        <v>475</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>976</v>
+        <v>476</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>977</v>
+        <v>477</v>
       </c>
       <c r="F808" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G808" s="0" t="s">
-        <v>1147</v>
+        <v>1201</v>
       </c>
       <c r="H808" s="0" t="s">
-        <v>431</v>
+        <v>385</v>
       </c>
       <c r="I808" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J808" s="0" t="s">
-        <v>979</v>
+        <v>478</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>707</v>
+        <v>785</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>673</v>
+        <v>786</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>708</v>
+        <v>787</v>
       </c>
       <c r="F809" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G809" s="0" t="s">
-        <v>1148</v>
+        <v>1202</v>
       </c>
       <c r="H809" s="0" t="s">
-        <v>99</v>
+        <v>665</v>
       </c>
       <c r="I809" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J809" s="0" t="s">
-        <v>710</v>
+        <v>789</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>520</v>
+        <v>785</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>521</v>
+        <v>786</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>522</v>
+        <v>787</v>
       </c>
       <c r="F810" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G810" s="0" t="s">
-        <v>1149</v>
+        <v>1203</v>
       </c>
       <c r="H810" s="0" t="s">
-        <v>180</v>
+        <v>665</v>
       </c>
       <c r="I810" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J810" s="0" t="s">
-        <v>524</v>
+        <v>789</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>886</v>
+        <v>785</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>887</v>
+        <v>786</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>888</v>
+        <v>787</v>
       </c>
       <c r="F811" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G811" s="0" t="s">
-        <v>1150</v>
+        <v>1204</v>
       </c>
       <c r="H811" s="0" t="s">
-        <v>753</v>
+        <v>665</v>
       </c>
       <c r="I811" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J811" s="0" t="s">
-        <v>890</v>
+        <v>789</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>417</v>
+        <v>785</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>418</v>
+        <v>786</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>419</v>
+        <v>787</v>
       </c>
       <c r="F812" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G812" s="0" t="s">
-        <v>1151</v>
+        <v>1205</v>
       </c>
       <c r="H812" s="0" t="s">
-        <v>180</v>
+        <v>665</v>
       </c>
       <c r="I812" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J812" s="0" t="s">
-        <v>421</v>
+        <v>789</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>455</v>
+        <v>785</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>456</v>
+        <v>786</v>
       </c>
       <c r="C813" s="0" t="s">
-        <v>457</v>
+        <v>787</v>
       </c>
       <c r="F813" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G813" s="0" t="s">
-        <v>1152</v>
+        <v>1206</v>
       </c>
       <c r="H813" s="0" t="s">
-        <v>459</v>
+        <v>665</v>
       </c>
       <c r="I813" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J813" s="0" t="s">
-        <v>460</v>
+        <v>789</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>10</v>
+        <v>785</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>11</v>
+        <v>786</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>12</v>
+        <v>787</v>
       </c>
       <c r="F814" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G814" s="0" t="s">
-        <v>347</v>
+        <v>1207</v>
       </c>
       <c r="H814" s="0" t="s">
-        <v>453</v>
+        <v>665</v>
       </c>
       <c r="I814" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J814" s="0" t="s">
-        <v>17</v>
+        <v>789</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>715</v>
+        <v>935</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>716</v>
+        <v>729</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>717</v>
+        <v>936</v>
       </c>
       <c r="F815" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G815" s="0" t="s">
-        <v>1153</v>
+        <v>1208</v>
       </c>
       <c r="H815" s="0" t="s">
-        <v>719</v>
+        <v>395</v>
       </c>
       <c r="I815" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J815" s="0" t="s">
-        <v>720</v>
+        <v>938</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>857</v>
+        <v>935</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>413</v>
+        <v>729</v>
       </c>
       <c r="C816" s="0" t="s">
-        <v>858</v>
+        <v>936</v>
       </c>
       <c r="F816" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G816" s="0" t="s">
-        <v>1154</v>
+        <v>1209</v>
       </c>
       <c r="H816" s="0" t="s">
-        <v>670</v>
+        <v>395</v>
       </c>
       <c r="I816" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J816" s="0" t="s">
-        <v>860</v>
+        <v>938</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>390</v>
+        <v>935</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>391</v>
+        <v>729</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>392</v>
+        <v>936</v>
       </c>
       <c r="F817" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G817" s="0" t="s">
-        <v>1155</v>
+        <v>1210</v>
       </c>
       <c r="H817" s="0" t="s">
-        <v>352</v>
+        <v>395</v>
       </c>
       <c r="I817" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J817" s="0" t="s">
-        <v>394</v>
+        <v>938</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>784</v>
+        <v>935</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>785</v>
+        <v>729</v>
       </c>
       <c r="C818" s="0" t="s">
-        <v>786</v>
+        <v>936</v>
       </c>
       <c r="F818" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G818" s="0" t="s">
-        <v>1156</v>
+        <v>1211</v>
       </c>
       <c r="H818" s="0" t="s">
-        <v>719</v>
+        <v>395</v>
       </c>
       <c r="I818" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J818" s="0" t="s">
-        <v>788</v>
+        <v>938</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>380</v>
+        <v>935</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>381</v>
+        <v>729</v>
       </c>
       <c r="C819" s="0" t="s">
-        <v>382</v>
+        <v>936</v>
       </c>
       <c r="F819" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G819" s="0" t="s">
-        <v>1157</v>
+        <v>1212</v>
       </c>
       <c r="H819" s="0" t="s">
-        <v>65</v>
+        <v>395</v>
       </c>
       <c r="I819" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J819" s="0" t="s">
-        <v>384</v>
+        <v>938</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>448</v>
+        <v>728</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>449</v>
+        <v>729</v>
       </c>
       <c r="C820" s="0" t="s">
-        <v>450</v>
+        <v>730</v>
       </c>
       <c r="F820" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G820" s="0" t="s">
-        <v>1158</v>
+        <v>1213</v>
       </c>
       <c r="H820" s="0" t="s">
-        <v>180</v>
+        <v>365</v>
       </c>
       <c r="I820" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J820" s="0" t="s">
-        <v>452</v>
+        <v>731</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>354</v>
+        <v>728</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>349</v>
+        <v>729</v>
       </c>
       <c r="C821" s="0" t="s">
-        <v>355</v>
+        <v>730</v>
       </c>
       <c r="F821" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G821" s="0" t="s">
-        <v>1159</v>
+        <v>1214</v>
       </c>
       <c r="H821" s="0" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="I821" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J821" s="0" t="s">
-        <v>356</v>
+        <v>731</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>348</v>
+        <v>728</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>349</v>
+        <v>729</v>
       </c>
       <c r="C822" s="0" t="s">
-        <v>350</v>
+        <v>730</v>
       </c>
       <c r="F822" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G822" s="0" t="s">
-        <v>1159</v>
+        <v>1215</v>
       </c>
       <c r="H822" s="0" t="s">
-        <v>352</v>
+        <v>365</v>
       </c>
       <c r="I822" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J822" s="0" t="s">
-        <v>353</v>
+        <v>731</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>502</v>
+        <v>728</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>503</v>
+        <v>729</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>504</v>
+        <v>730</v>
       </c>
       <c r="F823" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G823" s="0" t="s">
-        <v>1160</v>
+        <v>1216</v>
       </c>
       <c r="H823" s="0" t="s">
-        <v>484</v>
+        <v>365</v>
       </c>
       <c r="I823" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J823" s="0" t="s">
-        <v>506</v>
+        <v>731</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>683</v>
+        <v>913</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>684</v>
+        <v>914</v>
       </c>
       <c r="C824" s="0" t="s">
-        <v>685</v>
+        <v>915</v>
       </c>
       <c r="F824" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G824" s="0" t="s">
-        <v>1161</v>
+        <v>1217</v>
       </c>
       <c r="H824" s="0" t="s">
-        <v>153</v>
+        <v>202</v>
       </c>
       <c r="I824" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J824" s="0" t="s">
-        <v>687</v>
+        <v>916</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>480</v>
+        <v>913</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>481</v>
+        <v>914</v>
       </c>
       <c r="C825" s="0" t="s">
-        <v>482</v>
+        <v>915</v>
       </c>
       <c r="F825" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G825" s="0" t="s">
-        <v>1162</v>
+        <v>1218</v>
       </c>
       <c r="H825" s="0" t="s">
-        <v>484</v>
+        <v>202</v>
       </c>
       <c r="I825" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J825" s="0" t="s">
-        <v>485</v>
+        <v>916</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>796</v>
+        <v>913</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>797</v>
+        <v>914</v>
       </c>
       <c r="C826" s="0" t="s">
-        <v>798</v>
+        <v>915</v>
       </c>
       <c r="F826" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G826" s="0" t="s">
-        <v>1163</v>
+        <v>1219</v>
       </c>
       <c r="H826" s="0" t="s">
-        <v>58</v>
+        <v>202</v>
       </c>
       <c r="I826" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J826" s="0" t="s">
-        <v>800</v>
+        <v>916</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>1028</v>
+        <v>913</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>1029</v>
+        <v>914</v>
       </c>
       <c r="C827" s="0" t="s">
-        <v>1030</v>
+        <v>915</v>
       </c>
       <c r="F827" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G827" s="0" t="s">
-        <v>1164</v>
+        <v>1220</v>
       </c>
       <c r="H827" s="0" t="s">
-        <v>719</v>
+        <v>202</v>
       </c>
       <c r="I827" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J827" s="0" t="s">
-        <v>1032</v>
+        <v>916</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>475</v>
+        <v>913</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>476</v>
+        <v>914</v>
       </c>
       <c r="C828" s="0" t="s">
-        <v>477</v>
+        <v>915</v>
       </c>
       <c r="F828" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G828" s="0" t="s">
-        <v>1165</v>
+        <v>1221</v>
       </c>
       <c r="H828" s="0" t="s">
-        <v>269</v>
+        <v>202</v>
       </c>
       <c r="I828" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J828" s="0" t="s">
-        <v>479</v>
+        <v>916</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>762</v>
+        <v>825</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>763</v>
+        <v>826</v>
       </c>
       <c r="C829" s="0" t="s">
-        <v>764</v>
+        <v>827</v>
       </c>
       <c r="F829" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G829" s="0" t="s">
-        <v>1166</v>
+        <v>1222</v>
       </c>
       <c r="H829" s="0" t="s">
-        <v>436</v>
+        <v>491</v>
       </c>
       <c r="I829" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J829" s="0" t="s">
-        <v>766</v>
+        <v>829</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>417</v>
+        <v>825</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>418</v>
+        <v>826</v>
       </c>
       <c r="C830" s="0" t="s">
-        <v>419</v>
+        <v>827</v>
       </c>
       <c r="F830" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G830" s="0" t="s">
-        <v>1167</v>
+        <v>1223</v>
       </c>
       <c r="H830" s="0" t="s">
-        <v>180</v>
+        <v>491</v>
       </c>
       <c r="I830" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J830" s="0" t="s">
-        <v>421</v>
+        <v>829</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>895</v>
+        <v>928</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>896</v>
+        <v>599</v>
       </c>
       <c r="C831" s="0" t="s">
-        <v>897</v>
+        <v>929</v>
       </c>
       <c r="F831" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G831" s="0" t="s">
-        <v>1168</v>
+        <v>1224</v>
       </c>
       <c r="H831" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I831" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J831" s="0" t="s">
-        <v>899</v>
+        <v>930</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>632</v>
+        <v>928</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>633</v>
+        <v>599</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>634</v>
+        <v>929</v>
       </c>
       <c r="F832" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G832" s="0" t="s">
-        <v>1169</v>
+        <v>1225</v>
       </c>
       <c r="H832" s="0" t="s">
-        <v>35</v>
+        <v>85</v>
       </c>
       <c r="I832" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J832" s="0" t="s">
-        <v>636</v>
+        <v>930</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>850</v>
+        <v>928</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>369</v>
+        <v>599</v>
       </c>
       <c r="C833" s="0" t="s">
-        <v>851</v>
+        <v>929</v>
       </c>
       <c r="F833" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G833" s="0" t="s">
-        <v>1170</v>
+        <v>1226</v>
       </c>
       <c r="H833" s="0" t="s">
-        <v>352</v>
+        <v>85</v>
       </c>
       <c r="I833" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J833" s="0" t="s">
-        <v>853</v>
+        <v>930</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>850</v>
+        <v>928</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>369</v>
+        <v>599</v>
       </c>
       <c r="C834" s="0" t="s">
-        <v>851</v>
+        <v>929</v>
       </c>
       <c r="F834" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G834" s="0" t="s">
-        <v>1171</v>
+        <v>1227</v>
       </c>
       <c r="H834" s="0" t="s">
-        <v>352</v>
+        <v>85</v>
       </c>
       <c r="I834" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J834" s="0" t="s">
-        <v>853</v>
+        <v>930</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>745</v>
+        <v>928</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>746</v>
+        <v>599</v>
       </c>
       <c r="C835" s="0" t="s">
-        <v>747</v>
+        <v>929</v>
       </c>
       <c r="F835" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G835" s="0" t="s">
-        <v>1172</v>
+        <v>1228</v>
       </c>
       <c r="H835" s="0" t="s">
-        <v>15</v>
+        <v>85</v>
       </c>
       <c r="I835" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J835" s="0" t="s">
-        <v>749</v>
+        <v>930</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>395</v>
+        <v>598</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>396</v>
+        <v>599</v>
       </c>
       <c r="C836" s="0" t="s">
-        <v>397</v>
+        <v>600</v>
       </c>
       <c r="F836" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G836" s="0" t="s">
-        <v>1173</v>
+        <v>1229</v>
       </c>
       <c r="H836" s="0" t="s">
-        <v>399</v>
+        <v>115</v>
       </c>
       <c r="I836" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J836" s="0" t="s">
-        <v>400</v>
+        <v>601</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>933</v>
+        <v>598</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>934</v>
+        <v>599</v>
       </c>
       <c r="C837" s="0" t="s">
-        <v>935</v>
+        <v>600</v>
       </c>
       <c r="F837" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G837" s="0" t="s">
-        <v>1174</v>
+        <v>1230</v>
       </c>
       <c r="H837" s="0" t="s">
-        <v>753</v>
+        <v>115</v>
       </c>
       <c r="I837" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J837" s="0" t="s">
-        <v>937</v>
+        <v>601</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>348</v>
+        <v>882</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>349</v>
+        <v>883</v>
       </c>
       <c r="C838" s="0" t="s">
-        <v>350</v>
+        <v>884</v>
       </c>
       <c r="F838" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G838" s="0" t="s">
-        <v>1175</v>
+        <v>1231</v>
       </c>
       <c r="H838" s="0" t="s">
-        <v>352</v>
+        <v>262</v>
       </c>
       <c r="I838" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J838" s="0" t="s">
-        <v>353</v>
+        <v>886</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>354</v>
+        <v>882</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>349</v>
+        <v>883</v>
       </c>
       <c r="C839" s="0" t="s">
-        <v>355</v>
+        <v>884</v>
       </c>
       <c r="F839" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G839" s="0" t="s">
-        <v>1175</v>
+        <v>1232</v>
       </c>
       <c r="H839" s="0" t="s">
-        <v>352</v>
+        <v>262</v>
       </c>
       <c r="I839" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J839" s="0" t="s">
-        <v>356</v>
+        <v>886</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>534</v>
+        <v>882</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>535</v>
+        <v>883</v>
       </c>
       <c r="C840" s="0" t="s">
-        <v>536</v>
+        <v>884</v>
       </c>
       <c r="F840" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G840" s="0" t="s">
-        <v>1176</v>
+        <v>1233</v>
       </c>
       <c r="H840" s="0" t="s">
-        <v>378</v>
+        <v>262</v>
       </c>
       <c r="I840" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J840" s="0" t="s">
-        <v>538</v>
+        <v>886</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>1006</v>
+        <v>882</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>1003</v>
+        <v>883</v>
       </c>
       <c r="C841" s="0" t="s">
-        <v>1007</v>
+        <v>884</v>
       </c>
       <c r="F841" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G841" s="0" t="s">
-        <v>1177</v>
+        <v>1234</v>
       </c>
       <c r="H841" s="0" t="s">
-        <v>65</v>
+        <v>262</v>
       </c>
       <c r="I841" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J841" s="0" t="s">
-        <v>1008</v>
+        <v>886</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>438</v>
+        <v>882</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>439</v>
+        <v>883</v>
       </c>
       <c r="C842" s="0" t="s">
-        <v>440</v>
+        <v>884</v>
       </c>
       <c r="F842" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G842" s="0" t="s">
-        <v>1178</v>
+        <v>1235</v>
       </c>
       <c r="H842" s="0" t="s">
-        <v>436</v>
+        <v>262</v>
       </c>
       <c r="I842" s="0" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="J842" s="0" t="s">
-        <v>442</v>
+        <v>886</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>412</v>
+        <v>899</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>413</v>
+        <v>718</v>
       </c>
       <c r="C843" s="0" t="s">
-        <v>414</v>
+        <v>900</v>
       </c>
       <c r="F843" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G843" s="0" t="s">
-        <v>1179</v>
+        <v>1236</v>
       </c>
       <c r="H843" s="0" t="s">
-        <v>163</v>
+        <v>210</v>
       </c>
       <c r="I843" s="0" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J843" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="844">
+      <c r="A844" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B844" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C844" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="F844" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G844" s="0" t="s">
+        <v>1237</v>
+      </c>
+      <c r="H844" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I844" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J844" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="845">
+      <c r="A845" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B845" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C845" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="F845" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G845" s="0" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H845" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I845" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J845" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="846">
+      <c r="A846" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B846" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C846" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="F846" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G846" s="0" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H846" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I846" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J846" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="847">
+      <c r="A847" s="0" t="s">
+        <v>899</v>
+      </c>
+      <c r="B847" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C847" s="0" t="s">
+        <v>900</v>
+      </c>
+      <c r="F847" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G847" s="0" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H847" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I847" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J847" s="0" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="848">
+      <c r="A848" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B848" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C848" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F848" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G848" s="0" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H848" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I848" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J848" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="849">
+      <c r="A849" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B849" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C849" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F849" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G849" s="0" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H849" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I849" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J849" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="850">
+      <c r="A850" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B850" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C850" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F850" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G850" s="0" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H850" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I850" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J850" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="851">
+      <c r="A851" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B851" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C851" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F851" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G851" s="0" t="s">
+        <v>1244</v>
+      </c>
+      <c r="H851" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I851" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J851" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="852">
+      <c r="A852" s="0" t="s">
+        <v>717</v>
+      </c>
+      <c r="B852" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C852" s="0" t="s">
+        <v>719</v>
+      </c>
+      <c r="F852" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G852" s="0" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H852" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I852" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J852" s="0" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="853">
+      <c r="A853" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B853" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C853" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F853" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G853" s="0" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H853" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I853" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J853" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="854">
+      <c r="A854" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B854" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C854" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F854" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G854" s="0" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H854" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I854" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J854" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="855">
+      <c r="A855" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B855" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C855" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F855" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G855" s="0" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H855" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I855" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J855" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="856">
+      <c r="A856" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B856" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C856" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F856" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G856" s="0" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H856" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I856" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J856" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="857">
+      <c r="A857" s="0" t="s">
+        <v>1029</v>
+      </c>
+      <c r="B857" s="0" t="s">
+        <v>718</v>
+      </c>
+      <c r="C857" s="0" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F857" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G857" s="0" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H857" s="0" t="s">
+        <v>379</v>
+      </c>
+      <c r="I857" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J857" s="0" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="858">
+      <c r="A858" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="B858" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C858" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="F858" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G858" s="0" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H858" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I858" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J858" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="859">
+      <c r="A859" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="B859" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C859" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="F859" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G859" s="0" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H859" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I859" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J859" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="860">
+      <c r="A860" s="0" t="s">
+        <v>950</v>
+      </c>
+      <c r="B860" s="0" t="s">
+        <v>951</v>
+      </c>
+      <c r="C860" s="0" t="s">
+        <v>952</v>
+      </c>
+      <c r="F860" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G860" s="0" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H860" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I860" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J860" s="0" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="861">
+      <c r="A861" s="0" t="s">
+        <v>689</v>
+      </c>
+      <c r="B861" s="0" t="s">
+        <v>690</v>
+      </c>
+      <c r="C861" s="0" t="s">
+        <v>691</v>
+      </c>
+      <c r="F861" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G861" s="0" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H861" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="I861" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J861" s="0" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="862">
+      <c r="A862" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B862" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C862" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F862" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G862" s="0" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H862" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I862" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J862" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="863">
+      <c r="A863" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B863" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C863" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F863" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G863" s="0" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H863" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I863" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J863" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="864">
+      <c r="A864" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B864" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C864" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F864" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G864" s="0" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H864" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I864" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J864" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="865">
+      <c r="A865" s="0" t="s">
+        <v>573</v>
+      </c>
+      <c r="B865" s="0" t="s">
+        <v>574</v>
+      </c>
+      <c r="C865" s="0" t="s">
+        <v>575</v>
+      </c>
+      <c r="F865" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G865" s="0" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H865" s="0" t="s">
+        <v>577</v>
+      </c>
+      <c r="I865" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J865" s="0" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="866">
+      <c r="A866" s="0" t="s">
+        <v>790</v>
+      </c>
+      <c r="B866" s="0" t="s">
+        <v>791</v>
+      </c>
+      <c r="C866" s="0" t="s">
+        <v>792</v>
+      </c>
+      <c r="F866" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G866" s="0" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H866" s="0" t="s">
+        <v>794</v>
+      </c>
+      <c r="I866" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J866" s="0" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="867">
+      <c r="A867" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B867" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C867" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F867" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G867" s="0" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H867" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="I867" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J867" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="868">
+      <c r="A868" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B868" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C868" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F868" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G868" s="0" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H868" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="I868" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J868" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="869">
+      <c r="A869" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B869" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C869" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F869" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G869" s="0" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H869" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="I869" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J869" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="870">
+      <c r="A870" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B870" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C870" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F870" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G870" s="0" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H870" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="I870" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J870" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="871">
+      <c r="A871" s="0" t="s">
+        <v>699</v>
+      </c>
+      <c r="B871" s="0" t="s">
+        <v>700</v>
+      </c>
+      <c r="C871" s="0" t="s">
+        <v>701</v>
+      </c>
+      <c r="F871" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G871" s="0" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H871" s="0" t="s">
+        <v>703</v>
+      </c>
+      <c r="I871" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J871" s="0" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="872">
+      <c r="A872" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B872" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C872" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F872" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G872" s="0" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H872" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I872" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J872" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="873">
+      <c r="A873" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B873" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C873" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F873" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G873" s="0" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H873" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I873" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J873" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="874">
+      <c r="A874" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B874" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C874" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F874" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G874" s="0" t="s">
+        <v>1266</v>
+      </c>
+      <c r="H874" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I874" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J874" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="875">
+      <c r="A875" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B875" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C875" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F875" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G875" s="0" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H875" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I875" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J875" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="876">
+      <c r="A876" s="0" t="s">
+        <v>1006</v>
+      </c>
+      <c r="B876" s="0" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C876" s="0" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F876" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G876" s="0" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H876" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I876" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J876" s="0" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="877">
+      <c r="A877" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B877" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C877" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F877" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G877" s="0" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H877" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I877" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J877" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="878">
+      <c r="A878" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B878" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C878" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F878" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G878" s="0" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H878" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I878" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J878" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="879">
+      <c r="A879" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B879" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C879" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F879" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G879" s="0" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H879" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I879" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J879" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="880">
+      <c r="A880" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B880" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C880" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F880" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G880" s="0" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H880" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I880" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J880" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="881">
+      <c r="A881" s="0" t="s">
+        <v>625</v>
+      </c>
+      <c r="B881" s="0" t="s">
+        <v>626</v>
+      </c>
+      <c r="C881" s="0" t="s">
+        <v>627</v>
+      </c>
+      <c r="F881" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G881" s="0" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H881" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I881" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J881" s="0" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="882">
+      <c r="A882" s="0" t="s">
+        <v>579</v>
+      </c>
+      <c r="B882" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C882" s="0" t="s">
+        <v>580</v>
+      </c>
+      <c r="F882" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G882" s="0" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H882" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="I882" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J882" s="0" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="883">
+      <c r="A883" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="B883" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C883" s="0" t="s">
+        <v>603</v>
+      </c>
+      <c r="F883" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G883" s="0" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H883" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I883" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J883" s="0" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="884">
+      <c r="A884" s="0" t="s">
         <v>416</v>
+      </c>
+      <c r="B884" s="0" t="s">
+        <v>417</v>
+      </c>
+      <c r="C884" s="0" t="s">
+        <v>418</v>
+      </c>
+      <c r="F884" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G884" s="0" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H884" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I884" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J884" s="0" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="885">
+      <c r="A885" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B885" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C885" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="F885" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G885" s="0" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H885" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I885" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J885" s="0" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="886">
+      <c r="A886" s="0" t="s">
+        <v>387</v>
+      </c>
+      <c r="B886" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="C886" s="0" t="s">
+        <v>389</v>
+      </c>
+      <c r="F886" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G886" s="0" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H886" s="0" t="s">
+        <v>385</v>
+      </c>
+      <c r="I886" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J886" s="0" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="887">
+      <c r="A887" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B887" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="C887" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="F887" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G887" s="0" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H887" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I887" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J887" s="0" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="888">
+      <c r="A888" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B888" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C888" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="F888" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G888" s="0" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H888" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="I888" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J888" s="0" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="889">
+      <c r="A889" s="0" t="s">
+        <v>796</v>
+      </c>
+      <c r="B889" s="0" t="s">
+        <v>797</v>
+      </c>
+      <c r="C889" s="0" t="s">
+        <v>798</v>
+      </c>
+      <c r="F889" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G889" s="0" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H889" s="0" t="s">
+        <v>800</v>
+      </c>
+      <c r="I889" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J889" s="0" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="890">
+      <c r="A890" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B890" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C890" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F890" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G890" s="0" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H890" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I890" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J890" s="0" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="891">
+      <c r="A891" s="0" t="s">
+        <v>706</v>
+      </c>
+      <c r="B891" s="0" t="s">
+        <v>707</v>
+      </c>
+      <c r="C891" s="0" t="s">
+        <v>708</v>
+      </c>
+      <c r="F891" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G891" s="0" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H891" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I891" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J891" s="0" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="892">
+      <c r="A892" s="0" t="s">
+        <v>855</v>
+      </c>
+      <c r="B892" s="0" t="s">
+        <v>856</v>
+      </c>
+      <c r="C892" s="0" t="s">
+        <v>857</v>
+      </c>
+      <c r="F892" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G892" s="0" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H892" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I892" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J892" s="0" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="893">
+      <c r="A893" s="0" t="s">
+        <v>651</v>
+      </c>
+      <c r="B893" s="0" t="s">
+        <v>652</v>
+      </c>
+      <c r="C893" s="0" t="s">
+        <v>653</v>
+      </c>
+      <c r="F893" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G893" s="0" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H893" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="I893" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J893" s="0" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="894">
+      <c r="A894" s="0" t="s">
+        <v>661</v>
+      </c>
+      <c r="B894" s="0" t="s">
+        <v>662</v>
+      </c>
+      <c r="C894" s="0" t="s">
+        <v>663</v>
+      </c>
+      <c r="F894" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G894" s="0" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H894" s="0" t="s">
+        <v>665</v>
+      </c>
+      <c r="I894" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J894" s="0" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="895">
+      <c r="A895" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B895" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C895" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F895" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G895" s="0" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H895" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I895" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J895" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="896">
+      <c r="A896" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B896" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C896" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F896" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G896" s="0" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H896" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I896" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J896" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="897">
+      <c r="A897" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B897" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C897" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F897" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G897" s="0" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H897" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I897" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J897" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="898">
+      <c r="A898" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B898" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C898" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F898" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G898" s="0" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H898" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I898" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J898" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="899">
+      <c r="A899" s="0" t="s">
+        <v>684</v>
+      </c>
+      <c r="B899" s="0" t="s">
+        <v>685</v>
+      </c>
+      <c r="C899" s="0" t="s">
+        <v>686</v>
+      </c>
+      <c r="F899" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G899" s="0" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H899" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I899" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J899" s="0" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="900">
+      <c r="A900" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="B900" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="C900" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="F900" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G900" s="0" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H900" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="I900" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J900" s="0" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="901">
+      <c r="A901" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B901" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C901" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F901" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G901" s="0" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H901" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I901" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J901" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="902">
+      <c r="A902" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B902" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C902" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F902" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G902" s="0" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H902" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I902" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J902" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="903">
+      <c r="A903" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B903" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C903" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F903" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G903" s="0" t="s">
+        <v>1295</v>
+      </c>
+      <c r="H903" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I903" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J903" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="904">
+      <c r="A904" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B904" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C904" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F904" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G904" s="0" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H904" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I904" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J904" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="905">
+      <c r="A905" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B905" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C905" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F905" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G905" s="0" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H905" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I905" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J905" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="906">
+      <c r="A906" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B906" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C906" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F906" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G906" s="0" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H906" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I906" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J906" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="907">
+      <c r="A907" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B907" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C907" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F907" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G907" s="0" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H907" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I907" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J907" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="908">
+      <c r="A908" s="0" t="s">
+        <v>640</v>
+      </c>
+      <c r="B908" s="0" t="s">
+        <v>641</v>
+      </c>
+      <c r="C908" s="0" t="s">
+        <v>642</v>
+      </c>
+      <c r="F908" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G908" s="0" t="s">
+        <v>1300</v>
+      </c>
+      <c r="H908" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="I908" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J908" s="0" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="909">
+      <c r="A909" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B909" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="C909" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="F909" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G909" s="0" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H909" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="I909" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J909" s="0" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="910">
+      <c r="A910" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B910" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C910" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F910" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G910" s="0" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H910" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I910" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J910" s="0" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="911">
+      <c r="A911" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B911" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C911" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F911" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G911" s="0" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H911" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I911" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J911" s="0" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="912">
+      <c r="A912" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B912" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C912" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F912" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G912" s="0" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H912" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I912" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J912" s="0" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="913">
+      <c r="A913" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B913" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C913" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F913" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G913" s="0" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H913" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I913" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J913" s="0" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="914">
+      <c r="A914" s="0" t="s">
+        <v>590</v>
+      </c>
+      <c r="B914" s="0" t="s">
+        <v>591</v>
+      </c>
+      <c r="C914" s="0" t="s">
+        <v>592</v>
+      </c>
+      <c r="F914" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G914" s="0" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H914" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="I914" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J914" s="0" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="915">
+      <c r="A915" s="0" t="s">
+        <v>838</v>
+      </c>
+      <c r="B915" s="0" t="s">
+        <v>839</v>
+      </c>
+      <c r="C915" s="0" t="s">
+        <v>840</v>
+      </c>
+      <c r="F915" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G915" s="0" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H915" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I915" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J915" s="0" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="916">
+      <c r="A916" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B916" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C916" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F916" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G916" s="0" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H916" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I916" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J916" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="917">
+      <c r="A917" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B917" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C917" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F917" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G917" s="0" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H917" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I917" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J917" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="918">
+      <c r="A918" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B918" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C918" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F918" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G918" s="0" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H918" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I918" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J918" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="919">
+      <c r="A919" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B919" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C919" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F919" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G919" s="0" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H919" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I919" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J919" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="920">
+      <c r="A920" s="0" t="s">
+        <v>851</v>
+      </c>
+      <c r="B920" s="0" t="s">
+        <v>852</v>
+      </c>
+      <c r="C920" s="0" t="s">
+        <v>853</v>
+      </c>
+      <c r="F920" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G920" s="0" t="s">
+        <v>1311</v>
+      </c>
+      <c r="H920" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="I920" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J920" s="0" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="921">
+      <c r="A921" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B921" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C921" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="F921" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G921" s="0" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H921" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="I921" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J921" s="0" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="922">
+      <c r="A922" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B922" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C922" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="F922" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G922" s="0" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H922" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="I922" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J922" s="0" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="923">
+      <c r="A923" s="0" t="s">
+        <v>608</v>
+      </c>
+      <c r="B923" s="0" t="s">
+        <v>609</v>
+      </c>
+      <c r="C923" s="0" t="s">
+        <v>610</v>
+      </c>
+      <c r="F923" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G923" s="0" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H923" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="I923" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J923" s="0" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="924">
+      <c r="A924" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B924" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C924" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="F924" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G924" s="0" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H924" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="I924" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J924" s="0" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="925">
+      <c r="A925" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B925" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C925" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="F925" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G925" s="0" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H925" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="I925" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J925" s="0" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="926">
+      <c r="A926" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B926" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C926" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="F926" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G926" s="0" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H926" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="I926" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J926" s="0" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="927">
+      <c r="A927" s="0" t="s">
+        <v>733</v>
+      </c>
+      <c r="B927" s="0" t="s">
+        <v>734</v>
+      </c>
+      <c r="C927" s="0" t="s">
+        <v>735</v>
+      </c>
+      <c r="F927" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G927" s="0" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H927" s="0" t="s">
+        <v>737</v>
+      </c>
+      <c r="I927" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J927" s="0" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="928">
+      <c r="A928" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B928" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C928" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="F928" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G928" s="0" t="s">
+        <v>1319</v>
+      </c>
+      <c r="H928" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="I928" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J928" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="929">
+      <c r="A929" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B929" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C929" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="F929" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G929" s="0" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H929" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="I929" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J929" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="930">
+      <c r="A930" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B930" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C930" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="F930" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G930" s="0" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H930" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="I930" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J930" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="931">
+      <c r="A931" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B931" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C931" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="F931" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G931" s="0" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H931" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="I931" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J931" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="932">
+      <c r="A932" s="0" t="s">
+        <v>939</v>
+      </c>
+      <c r="B932" s="0" t="s">
+        <v>940</v>
+      </c>
+      <c r="C932" s="0" t="s">
+        <v>941</v>
+      </c>
+      <c r="F932" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G932" s="0" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H932" s="0" t="s">
+        <v>340</v>
+      </c>
+      <c r="I932" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J932" s="0" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="933">
+      <c r="A933" s="0" t="s">
+        <v>352</v>
+      </c>
+      <c r="B933" s="0" t="s">
+        <v>353</v>
+      </c>
+      <c r="C933" s="0" t="s">
+        <v>354</v>
+      </c>
+      <c r="F933" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G933" s="0" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H933" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="I933" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J933" s="0" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="934">
+      <c r="A934" s="0" t="s">
+        <v>763</v>
+      </c>
+      <c r="B934" s="0" t="s">
+        <v>764</v>
+      </c>
+      <c r="C934" s="0" t="s">
+        <v>765</v>
+      </c>
+      <c r="F934" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G934" s="0" t="s">
+        <v>1325</v>
+      </c>
+      <c r="H934" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="I934" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J934" s="0" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="935">
+      <c r="A935" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="B935" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C935" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="F935" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G935" s="0" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H935" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="I935" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J935" s="0" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="936">
+      <c r="A936" s="0" t="s">
+        <v>992</v>
+      </c>
+      <c r="B936" s="0" t="s">
+        <v>447</v>
+      </c>
+      <c r="C936" s="0" t="s">
+        <v>993</v>
+      </c>
+      <c r="F936" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G936" s="0" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H936" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="I936" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J936" s="0" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="937">
+      <c r="A937" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B937" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C937" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F937" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G937" s="0" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H937" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="I937" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J937" s="0" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="938">
+      <c r="A938" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B938" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C938" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F938" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G938" s="0" t="s">
+        <v>1329</v>
+      </c>
+      <c r="H938" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="I938" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J938" s="0" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="939">
+      <c r="A939" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B939" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C939" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F939" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G939" s="0" t="s">
+        <v>1330</v>
+      </c>
+      <c r="H939" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="I939" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J939" s="0" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="940">
+      <c r="A940" s="0" t="s">
+        <v>450</v>
+      </c>
+      <c r="B940" s="0" t="s">
+        <v>442</v>
+      </c>
+      <c r="C940" s="0" t="s">
+        <v>451</v>
+      </c>
+      <c r="F940" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G940" s="0" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H940" s="0" t="s">
+        <v>267</v>
+      </c>
+      <c r="I940" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J940" s="0" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="941">
+      <c r="A941" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B941" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C941" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="F941" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G941" s="0" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H941" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="I941" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J941" s="0" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="942">
+      <c r="A942" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="B942" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="C942" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="F942" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G942" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H942" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="I942" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="J942" s="0" t="s">
+        <v>492</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>