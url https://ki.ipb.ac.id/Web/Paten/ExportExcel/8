--- v0 (2025-12-14)
+++ v1 (2026-03-18)
@@ -5,722 +5,770 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="224">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="240">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
   </si>
   <si>
+    <t>Komponen Pembuka Alur Dan Penyalur Pupuk Untuk Aplikator Pupuk Cair</t>
+  </si>
+  <si>
+    <t>19-Jun-2014</t>
+  </si>
+  <si>
+    <t>P00201403592</t>
+  </si>
+  <si>
+    <t>Ditolak</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Desrial, M.Eng.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Mesin dan Biosistem</t>
+  </si>
+  <si>
+    <t>Paten</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa konstruksi komponen pembuka alur dan penyalur pupuk yang bila dirangkaikan pada bagian depan dari trailer tangki pupuk cair akan membentuk suatu unit mesin aplikator pupuk cair yang dioperasikan dengan traktor 4 roda. Komponen pembuka alur menggunakan empat buah chisel yang dirangkai secara paralel dan dapat digerakkan naik turun dengan mekanisme tiga titik gandeng menggunakan hidrolik traktor. Komponen penyalur pupuk menggunakan pompa tekanan rendah dengan adaptor gearbox khusus sehinnga dapat dikoneksikan langsung ke power take off (PTO) traktor. Dalam penggunaannya mesin aplikator pupuk cair ini berfungsi untuk menyalurkan pupuk cair langsung masuk ke daerah perakaran tanaman tebu dengan dosis aplikasi yang seragam.</t>
+  </si>
+  <si>
+    <t>Beras sehat Berbahan Baku lindur (Bruaguiera gymnorrhiza) Dengan kombinasi khitosan Cair dan Sagu</t>
+  </si>
+  <si>
+    <t>29-Dec-2016</t>
+  </si>
+  <si>
+    <t>P00201609167</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nurjanah, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
+  </si>
+  <si>
+    <t>Beras sehat mangrove merupakan salah satu terobosan baru untuk diversiflkasi pengolahan hasil perairan. Penggunaan tepung buah Iindur dan tepung sagu menggunakan kombinasi kitosan cair merupakan pengembangan dari metode pembuatan beras analog. Klaim Beras sehat mangrove terletak pada formulasi yang menggunakan kitosan cair sebagai pengganti GMS (gliserin monostearat). Eormulasi beras sehat yang dihasilkan dengan perbandingan tepung buah rindur dan tepung sagu 70:30% dengan kitosan cair 0,5% dan air 40%. Beras sehat ini memiliki keunggulan karena mengandung kalori yang tinggi dengan indeks glikemik yang rendah. Penambahan kitosan dan sagu menyebabkan beras sehat memiliki daya cerna yang baik sehingga dapat dijadikan sumber pangan alternatif dan sangat baik bagi penderita diabetes</t>
+  </si>
+  <si>
+    <t>Perangkat Diagnostik Perdarahan Pada Usus Dari Kain Katun</t>
+  </si>
+  <si>
+    <t>28-Dec-2018</t>
+  </si>
+  <si>
+    <t>PID201811169</t>
+  </si>
+  <si>
+    <t>drh. Mokhamad Fakhrul Ulum, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Departemen Klinik Reproduksi dan Patologi</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan pemanfaatan kain katun sebagai matrik untuk perangkat mikrofluida diagnosa cepat pendeteksi perdarahan usus secara non-invasif pada manusia dan hewan. Badan utama dan tatakan perangkat mikrofluida dibuat dari kain katun yang dikandungkan lilin batik. Bagian utama terdiri atas bagian kedap air yang mengandung lilin batik dan bagian suka air berupa pola tanpa kandungan lilin batik. Bagian penyangga dibuat dengan beberapa lapis kain katun yang juga dikandungkan lilin batik.</t>
+  </si>
+  <si>
+    <t>Komposisi Larutan Besi Untuk Katrasi Kimiawi Pada Hewan</t>
+  </si>
+  <si>
+    <t>22-Dec-2017</t>
+  </si>
+  <si>
+    <t>P00201709477</t>
+  </si>
+  <si>
+    <t>Kastrasi kimiawi merupakan metode kastrasi yang dilakukan dengan cara menginjeksikan suatu bahan kimia ke dalam organ testis sedemikian sehingga fungsi organ mengalami penurunan hingga tidak berfungsi. Bahan baku baru sediaan kimiawi berupa larutan besi (III) klorida heksahidrat (FeCl3.6H2O) konsentrasi 1 % hingga 20 % untuk tindakan kastrasi kimiawi menunjukkan hasil yang baik pada uji in-vivo. Larutan FeCl3.6H2O sebagai sediaan untuk kastrasi kimiawi memiliki sifat hipertonis yang telah teruji pada mencit mampu mematikan sel spermatozoa dan sel--sel lain penyusun organ testis, menyebabkan penyusutan ukuran organ testis dan pengerutan kulit skotum. Selain itu, larutan FeCl3.6H2O sebagai sediaan untuk kastrasi kimiawi dapat disimpan pada suhu kamar dalam jangka waktu yang lama sehingga sangat aplikatif karena tidak memerlukan sarana penyimpanan dalam suhu dingin.</t>
+  </si>
+  <si>
+    <t>Proses Ekstrasi Kulit Surian (Toona Sinensis) Sebagai Antidiabetes</t>
+  </si>
+  <si>
+    <t>28-Dec-2017</t>
+  </si>
+  <si>
+    <t>P00201709754</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mega Safithri, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Biokimia</t>
+  </si>
+  <si>
+    <t>Berdasarkan riset kesehatan dasar (Riskesdas) 2013 terhadap 12.191.564 jiwa penduduk dengan usia&amp;ge;15 tahun, diperkirakan sekitar 30,4% terdiagnosa menderita diabetes. Pengobatan yang diberikan adalah jenis obat hipoglikemik oral (OHO). Namun, pengobatan ini memiliki efek samping seperti diare, pusing, sakit kepala, mual dan muntah. Oleh karena itu, diperlukan pengobatan alternatif yang tidak menimbulkan efek samping yang membahayakan bagi tubuh. Invensi ini berhubungan dengan proses ekstraksi kulit surian(Toona sinensis)yang berperan dalam aktivitas antidiabetes. Selama 2 minggu, ekstrak kulit surian diuji coba secara in vivo pada tikus jantan yang diinduksi streptozotocin. Dosis yang digunakan adalah 150 dan 300 mg/kg bb. Pengamatan meliputi bobot badan, konsumsi pakan dan kadar glukosa dalam darah. Hasil uji coba menunjukkan pemberian ekstrak dengan dosis 150 mg/kg bb memiliki aktivitas antihiperglikemik yang tinggi dibandingkan dengan obat komersil glibenklamid dan dapat mempertahankan bobot badan tikus sebesar 17,7%.</t>
+  </si>
+  <si>
+    <t>Mesin Aplikasi Irigasi dan Fertigasi Presisi</t>
+  </si>
+  <si>
+    <t>23-Jun-2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202104808 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. Muhamad Syukur, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Agronomi dan Hortikultura</t>
+  </si>
+  <si>
+    <t>Paten Sederhana</t>
+  </si>
+  <si>
+    <t>Invensi ini dirakit dari kombinasi komponen peralatan irigasi dan komponen peralatan untuk fertigasi. Fungsi mesin ini adalah untuk aplikasi penyiraman dan fertigasi secara presisi sesuai kebutuhan tanaman, diluar daya dukung lahan. Susunan mesin terdiri dari rangkaian unit utama, sistem kontrol, kotak panel, sensor, dan koneksi ke jaringan internet. Aplikasi irigasi diatur di pengontrol utama sehingga memungkinkan alat melakukan fungsinya secara otomatik. Kebutuhan air irigasi secara presisi dilakukan dengan mengatur treshold kelembaban tanah pada kadar air 80% kapasitas lapang, yang secara otomatis akan menyalakan pompa apa bila kondisi lapangan di bawah nilai tersebut atau dengan rain sensor yang akan menghentikan penyiraman ketika terjadi hujan. Sementara itu aplikasi dosis pupuk secara presisi ditetapkan melalui aplikasi FERADS dan pengontrol pemupukan yang disimpan di dalam server berdasarkan analisis tanah. Sumber pupuk N dan K yang larut air diaplikasikan antara 50-60% dosis anjuran melalui fertigasi, setiap minggu sekali sebanyak 6 &amp;ndash; 10% dosis anjuran, selama 10 minggu atau disesuaikan tingkat pertumbuhan tanaman. Alat aplikasi irigasi dan fertigasi presisi ini dapat dimonitor dan di kontrol dari jarak jauh menggunakan PC dan Mobile phone melalui jaringan internet. Mesin ini juga dapat digunakan pada budidaya tanaman di lapangan (open field) baik yang menggunakan mulsa polyethylene maupun tidak.</t>
+  </si>
+  <si>
+    <t>Membran Kitosan Berpengisi Nanosilika Pada Direct Methanol Fuel Cell</t>
+  </si>
+  <si>
+    <t>18-Dec-2018</t>
+  </si>
+  <si>
+    <t>P00201810562</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Illah Sailah, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t>DMFC merupakan sel bahan bakar metanol yang mengubah energi kimia menjadi energi listrik. Komponen penting pada DMFC yaitu membran elektrolit yang berfungsi mentransfer proton dari anoda menuju katoda. Membran elektrolit berbahan dasar kitosan merupakan alternatif untuk membran elektrolit komersial yang relatif mahal dan memiliki permeabilitas metanol tinggi. Membran kitosan dimodifikasi dengan pencampuran PVA dan penambahan nanosilika sebagai bahan pengisi. Komposisi membran yang memberikan kinerja terbaik yaitu kitosan:PVA 75%:25% dan nanosilika 3% dengan nilai water uptake 49.17%, methanol uptake 44.81%, permeabilitas metanol 8.24 x 10-5 cm2s-1, konduktivitas proton 3.27 mS/cm dan beda potensial 67.73 mV. Fabrikasi membran elektrolit menjadi membran electrode assembly (MEA) dengan katalis Ag 20% memiliki nilai konduktivitas proton 7.198 mS/cm dan beda potensial 433.4 mV.</t>
+  </si>
+  <si>
+    <t>Taufik Hidayat, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nastiti Siswi Indrasti</t>
+  </si>
+  <si>
+    <t>Telur yang Mengandung DHA dan Omega-3</t>
+  </si>
+  <si>
+    <t>30-Nov-2023</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202313296 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iman Rahayu Hidayati Soesanto, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa telur yang mengandung DHA dan omega3 yang dihasilkan dari ayam petelur yang diberi pakan mengandung suplemen omega-3. Ayam petelur diberikan pakan yang terdiri dari campuran bahan pakan dan suplemen omega-3, dengan kandungan protein sebesar 17% dan energi 2800 kkal. Hasilnya adalah telur ayam yang mengandung tinggi asam lemak omega-3, memberikan manfaat kesehatan bagi konsumen yang mencari telur lebih kaya nutrisi dan sebagai pangan fungsional. Hasil survei menunjukkan minat tinggi konsumen dalam pembelian telur omega-3, dengan sebagian besar bersedia membayar lebih untuk manfaat kesehatan tambahan. Supermarket menjadi tempat utama pembelian telur, dan konsumen juga cenderung menyukai pengemasan yang praktis. Sesuai dengan kebutuhan pasar yang teridentifikasi, telur DHA dan omega-3 memiliki potensi bisnis yang menjanjikan.</t>
+  </si>
+  <si>
+    <t>Formula Yoghurt Spirulina Probiotik</t>
+  </si>
+  <si>
+    <t>28-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202212060</t>
+  </si>
+  <si>
+    <t>Dr. Desniar, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formula yoghurt spirulina probiotik. Lebih khusus lagi, invensi ini berhubungan dengan komposisi bahan pembuatan yoghurt menggunakan susu pasteurisasi, bakteri probiotik local yang diisolasi dari produk fermentasi ikan (bekasam) dan spirulina segar hasil kultivasi mandiri. Penggunaan probiotik Lactobacillus plantarum SK(5) lokal sebagai starter dengan penambahan spirulina segar sebagai prebiotik dapat memfermentasi susu menjadi yoghurt spirulina probiotik. Pembuatan yoghurt spirulina probiotik dengan mencampurkan starter yoghurt, spirulina segar serta susu pasteurisasi yang sudah dihangatkan dan difermentasi selama 24 jam. Karakteristik yoghurt yang dihasilkan yaitumemiliki nilai pH 4,59- 4,71, total asam tertitrasi 0,71-0,83 dengan jumlah total bakteri asam laktat 9.2&amp;plusmn;0.1 log cfu/mL sampai 9,3&amp;plusmn;0.0 log cfu/mL, viskositas kurang lebih 85,25 cPs, kadar protein dan kadar lemak masing-masing kurang lebih 3%, dan aktivitas antioksidan sekitar 297,06 mg/L.</t>
+  </si>
+  <si>
+    <t>Komposisi Dan Proses Pembuatan Minuman Fungsional Tempe</t>
+  </si>
+  <si>
+    <t>03-Nov-2022</t>
+  </si>
+  <si>
+    <t>P00202212365</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Cesilia Meti Dwiriani, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Pemanfaatan tempe sebagai pangan fungsional saat ini masih terus digali untuk mutu dan manfaat yang optimal. Komposisi bahan minuman tempe fungsional terdiri dari tempe segar, susu whole milk, maltodekstrin, gula halus, minyak kelapa, kalsium, kacang hijau. Minuman tempe fungsional menyumbangkan energi dan zat gizi, khususnya asam amino esensial serta asam lemak omega-6, asam lemak omega-3, dan asam lemak omega-9. Proses pembuatan diawali dengan perendaman kacang hijau selama 24 jam, kemudian tempe dipotong dadu. Kedua bahan masing-masing direbus dengan air 500 ml, selanjutnya ditiriskan dan diblender bersamaan dengan penambahan air 500 ml. Saat memblender masukan perlahan maltodekstrin, gula pasir, minyak kelapa, dan tambahkan air kembali sebanyak 200 ml. Blender kembali bahan yang sudah dicampur selama &amp;plusmn;2 menit. Seduh susu bubuk dengan air panas sebanyak 200 ml. Campurkan susu bubuk yang telah larut dengan bahan yang sudah diblender, panaskan kembali selama 3 menit. Minuman tempe yang sudah tercampur semua didinginkan dan siap di seal di wadah.</t>
+  </si>
+  <si>
+    <t>Dr. Syaefudin, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Kit Bioindikator Untuk Menilai Kualitas Air Sungai</t>
+  </si>
+  <si>
+    <t>24-Nov-2020</t>
+  </si>
+  <si>
+    <t>S00202008899</t>
+  </si>
+  <si>
+    <t>Aliati Iswantari, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Sumberdaya Perairan</t>
+  </si>
+  <si>
+    <t>Kit ini dipersiapkan sebagai panduan untuk menentukan kondisi perairan, khususnya sungai berdasarkan keberadaan bioindikator dari kelompok makroavertebrata air secara sederhana namun didasarkan pada hasil penelitian ilmiah. Kebaruan dari invensi adalah bahwa Kit Bioindikator Sungai diterapkan untuk menilai kualitas air sungai tanpa kalkulasi terhadap suatu indeks yang menunjukkan kriteria atau pun kategori kulaitas air sungai. Kit dirancang sederhana dan dilengkapi dengan foto organisme indikator beserta deskripsi singkat serta kolom penciri kelompok bioindikator, apakah tergolong bioindikator perairan dengak kualitas air sangat baik, baik, sedang, buruk. Disamping itu terdapat kolom berisi kesimpulan akhir kualitas air sungai yang diamati berdasarkan seluruh hasil bioindikator yang ditemukan. Oleh karena itu, kit dapat digunakan oleh seluruh lapisan masyarakat dari berbagai usia dan berbagai latar belakang.</t>
+  </si>
+  <si>
+    <t>Formula Lulur Mengandung Rumput Laut Dan Tepung Konjac Serta Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>PID201811232</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Joko Santoso, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula lulur mengandung rumput laut dan tepung konjac dan metode pembuatannya. Proses pembuatan lulur sesuai invensi ini meliputi pembuatan tepung lulur rumput laut dan pembuatan sediaan lulur. Berdasarkan parameter warna, aroma, tekstur, viskositas dan daya sebar lulur termasuk disukai oleh panelis. Nilai pH dan kandungan total mikroba lulur juga termasuk dalam kategori aman untuk digunakan pada kulit.</t>
+  </si>
+  <si>
+    <t>Aplikasi Teknologi Informasi Go Ecotainment Berbasis Mobile</t>
+  </si>
+  <si>
+    <t>03-Dec-2024</t>
+  </si>
+  <si>
+    <t>S00202414226</t>
+  </si>
+  <si>
+    <t>Dr. Doni Sahat Tua Manalu, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Sekolah Vokasi</t>
+  </si>
+  <si>
+    <t>Aplikasi mobile berbasis teknologi informasi yang dikembangkan bertujuan untuk meningkatkan pengalaman digital interaktif bagi pengunjung dengan fitur-fitur inovatif seperti reservasi online, panduan interaktif, integrasi pembayaran, dan informasi kegiatan secara real-time. Pengembangan aplikasi ini sebagai langkah strategis bertujuan untuk meningkatkan efisiensi operasional dan memperbaiki pengalaman pelanggan, mempermudah akses informasi mengenai layanan eduwisata. Dengan menyediakan platform yang terintegrasi, aplikasi ini memungkinkan pelanggan melakukan pemesanan dan pembayaran dengan mudah, serta menerima notifikasi tentang promosi dan acara khusus. Penelitian terdahulu menunjukkan bahwa aplikasi mobile yang efektif dapat meningkatkan keterlibatan pelanggan, memberikan pengalaman personalisasi, dan mendukung strategi pemasaran yang lebih baik. Secara keseluruhan, aplikasi ini diharapkan dapat memperkuat posisi PT Godong Ijo Asri di pasar dan meningkatkan kepuasan pelanggan melalui layanan yang lebih baik dan aksesibilitas yang optimal.</t>
+  </si>
+  <si>
+    <t>Dr. Endang Gunawan, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Probe Alat Ukur Hemoglobin Non-Invasive</t>
+  </si>
+  <si>
+    <t>S00202104807</t>
+  </si>
+  <si>
+    <t>dr. Naufal Muharam Nurdin, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Fisika</t>
+  </si>
+  <si>
+    <t>Invensi ini berkenaan dengan probe untuk alat ukur kadar Hemoglobin non-invasive. Model probe tradisional memiliki keterbatasan yakni kebocoran cahaya ambien akibat ketidaksempurnaan bentuk probe. Invensi ini mengoptimalkan bentuk probe untuk mengeliminasi cahaya ambien yang masuk ke sensor dengan posisi sumber cahaya, jari, dan sensor berbentuk V dengan derajat kemiringan sebesar 53.13 derajat. Bentuk ini juga digunakan untuk meringkaskan sebuah alat yang besar menjadi ukuran portable dan mudah digunakan. Alat ini terdiri dari tutup atas (1), sebagai tutup probe dan juga meletakkan oled display(1a); Badan atas (2), sebagai tempat meletakkan baterai (2a), rangkaian baterai (2b), port charger (2c), switch (2d); Badan bawah (3), sebagai tempat meletakkan rangkaian sensor dan led (3a), mikrokontroller (3b), LED (3c), dan sensor (3d); Tutup bawah (4), sebagai tutup badan bawah probe; Swing bolt (5a), untuk menyatukan antara bagian atas dan bawah probe.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Husin Alatas, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Siti Nursiyamah</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Niken Tunjung Murti Pratiwi, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Inna Puspa Ayu, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. M. Faiz Syuaib, M.Agr.</t>
+  </si>
+  <si>
+    <t>Peralatan Penggerak Kendaraan Pemanen Tandan Buah Sawit Enam Roda Menggunakan Motor Listrik</t>
+  </si>
+  <si>
+    <t>23-Aug-2023</t>
+  </si>
+  <si>
+    <t>S00202307899</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sam Herodian, M.S.</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai peralatan penggerak kendaraan panen tandan buah segar kelapa sawit dengan enam roda penggerak bertenaga motor listrik BLDC, lebih khusus lagi, invensi ini berhubungan dengan suatu sistem penggerak kendaraan pemanen tandan buah segar kelapa sawit yang menggunakan sistem transmisi rantai-sproket untuk menggerakkan enam roda. Penggunaan baterai LiFePO4 dengan baterai manajemen sistem sebagai sumber tenaga. Penggunaan kontroler untuk motor BLDC. Penggunaan motor listrik BLDC yang langsung terhubung dengan enam roda ban sebagai penggerak memberikan keuntungan efisiensi dan penggunaan motor listrik yang dapat berputar arah tanpa harus mengubah sistem mekanik membuat kendaraan memiliki mobilitas dan kemampuan manuver yang baik. Sistem penyaluran tenaga menggunakan enam motor listrik yang disalurkan keenam roda menggunakan konfigurasi satu roda untuk satu motor. Tiga motor yang diletakkan disebelah kanan atau kiri disinkronisasi agar bergerak bersama-sama. Konfigurasi ini dimanfaatkan untuk kemudahan manuver kendaraan, mampu berputar di lahan yang sangat sempit, dan kemampuan melewati lahan off-road dengan torsi besar.</t>
+  </si>
+  <si>
+    <t>Dr. Syamsul Falah, S.Hut., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Lilik Kustiyah, M.S.</t>
+  </si>
+  <si>
+    <t>Ekstrak Batang Pisang Ambon (Musa paradisiaca) dan Dosisnya untuk Pengendalian Penyakit White Spot pada Udang</t>
+  </si>
+  <si>
+    <t>S00202212122</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Alimuddin, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Budidaya Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan Ekstrak Batang Pisang Ambon (Musa paradisiaca) dan dosisnya untuk Pengendalian Penyakit White Spot pada Udang, lebih khusus lagi, invensi ini berhubungan dengan ekstrak batang pisang ambon dan dosisnya melalui metode dengan etanol 96% dan pemanfaatannya untuk pengendalian penyakit white spot pada udang. Ekstrak batang pisang ambon (Musa paradisiaca) terbukti berkhasiat dalam pengendalian penyakit white spot pada udang yang disebabkan oleh virus WSSV (white spot syndrome virus). Dari dua penelitian pemberiaan ekstrak batang pisang ambon yang dicampur dengan pakan yang dilaksanakan di laboratorium di waktu yang berbeda mampu memepertahankan kelangsungan hidup udang sebesar 100% setelah diinfeksi dengan virus WSSV.</t>
+  </si>
+  <si>
+    <t>Formulas Asphaltene Dissolver Menggunakan Surfaktan Metil Ester Sulfonate Acid (MESA) dari Minyak Sawit</t>
+  </si>
+  <si>
+    <t>16-Dec-2016</t>
+  </si>
+  <si>
+    <t>P00201608729</t>
+  </si>
+  <si>
+    <t>Rista Fitria, S.TP</t>
+  </si>
+  <si>
+    <t>Surfaktan Metil Ester Sulfonate Acid (MESA) dapat dibuat dari minyak sawit yang ketersediaannya banyak di rndonesia. surf akt.an MESA dari minyak sawit dapat digunakan sebagai bahan baku asphaltene dissolver dalam penanganan deposite asphaltene di industri perminyakan invensi ini berkaitan dengan formulasi surfaktan tersebut menjadi asphaltene dissolver dengan merarutkan surfaktan MESA menggunakan pelarut toluen, xylen, paraffin solven dan kombinasi pelarut (toruen, xylen, paraffin solvent) Formula asphallene dissolver yang dlperoreh pada invensi ini memiliki nilai interfacial tension (IFT) sebesar &amp;lt;10-2 dyne/cm dengan daya dispersi asphaltene mencapai 95,56% deposit asphaltene dan wetting characteristic terhadap logam mencapai 99,32% deposisi asphaltene.</t>
+  </si>
+  <si>
+    <t>Mhd. Hendra Wibowo, S.T.P.,M.M.</t>
+  </si>
+  <si>
+    <t>Dr. Andes Ismayana, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Bambang Purwantara, M.Sc.</t>
+  </si>
+  <si>
+    <t>Alat Pembuangan Bioflok Pada Kolam Pemeliharaan Ikan dan Udang dengan Sistem Bioflok</t>
+  </si>
+  <si>
+    <t>30-Oct-2021</t>
+  </si>
+  <si>
+    <t>S00202109409</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Julie Ekasari, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Telah dihasilkan invensi metoda dan peralatan sistem pembuangan bioflok pada pemeliharaan ikan dan udang dengan sitem bioflok yang dilakukan dengan menambahkan tangki pengendapan yang dilengkapi dengan tabung radial flow. Metode ini memerlukan peralatan berupa tangki pengendapan yaitu tangki dengan bentuk tabung dengan bagian dasar berbentuk kerucut yang dilengkapi dengan tabung radial flow pada bagian tengah untuk menstimulasi aliran radial dan pompa yang akan mengalirkan air dari media pemeliharaan. Air media pemeliharaan yang mengandung suspensi bioflok dialirkan ke tabung radial flow di bagian tengah tangki pengendapan dengan kecepatan tertentu. Selanjutnya partikel bioflok akan bertumbukan dengan dinding tabung radial flow dan akan mengalami pelambatan dan dengan bantuan gaya gravitasi akan mengendap ke bagian dasar tangki. Sementara air akan mengalir kembali ke media pemeliharaan secara gravitasi. Dengan penggunaan alat ini kepadatan bioflok dapat diturunkan hingga 50% dalam waktu sekitar 3 jam tanpa harus mematikan sistem aerasi dan pengadukan dalam media pemeliharaan sehingga tidak mengganggu ikan atau udang yang dipelihara.</t>
+  </si>
+  <si>
+    <t>Dr. Dra. Pipih Suptijah, M.B.A.</t>
+  </si>
+  <si>
+    <t>Ridwan Siskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Jus Pulp Kakao</t>
+  </si>
+  <si>
+    <t>P00201609162</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Khaswar Syamsu, M.Sc.St.</t>
+  </si>
+  <si>
+    <t>Pupl kakao dapat dimanfaatkan menjadi minuman minuman sari buah pulp kakao (cacao pulp juice). Invensi ini menghasilkan metode pembuatan jus pulp kakao dengan pemilihan kombinasi suhu dan pasteurisasi terbaik sehingga dapat menekan pertumbuhan bakteri pada jus pulp kakao sekaligus mempertahankan kandungan antioksidan berupa senyawa fenol yang dimiliki pulp kakao. Pembuatan jus pulp kakao dilakukan melalui beberapa tahapan, yaitu pemilihan buah berdasarkan tingkat kematangan dan ada tidaknya kerusakan akibat serangan mikrobiologi, pemecahan buah, pemisahan biji dan pulp dari kulit buah dan plasenta, ekstraksi pulp dengan cara diperas, formulasi, filtrasi, pembotolan, pasteurisasi, dan pendinginan. Kondisi produksi berupa suhu dan waktu pasteurisasi terbaik dilakukan dengan menemukan kombinasi waktu dan suhu pasteurisasi yang menghasilkan jumlah mikroba yang memenuhi syarat serta kerusakan antioksidan dan senyawa fenol paling minimum.</t>
+  </si>
+  <si>
+    <t>Dr. Bayu Febram Prasetyo, S.Si., Apt., M.Si.</t>
+  </si>
+  <si>
+    <t>Agatha Maria Gadi, S.T</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Suharno, M.Adev.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Irzaman, M.Si.</t>
+  </si>
+  <si>
+    <t>Formula dan Metode Pembuatan Minuman Serbuk Berbasis Rumput Laut Sargassum sp., Ubi Jalar Ungu, dan Garam Rumput Laut</t>
+  </si>
+  <si>
+    <t>P00202212115</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Asadatun Abdullah, S.Pi., M.S.M., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formula dan proses pembuatan minuman serbuk dengan komposisi rumput laut Sargassum sp. 22,5-32,5%, ubi jalar ungu 37,5-42,5%, garam rumput laut 5-10%, jahe merah 15%, dan gula rendah kalori 15%. Proses pengeringan Sargassum sp. dilakukan pada suhu 60&amp;deg;C selama 7 jam, ubi jalar ungu pada suhu 60&amp;deg;C selama 8 jam, dan jahe merah pada suhu 55&amp;deg;C selama 7 jam. Keunggulan minuman serbuk yang dihasilkan, yaitu tinggi serat pangan dengan nilai mencapai 28,15-34,05%. Kandungan serat pangan tidak larut air yang mencapai 20,09% berperan dalam pengikatan air, pemadatan feses, dan mereduksi waktu kontak mutagen di dalam fekalit. Sifat-sifat serat pangan tidak larut air dapat mengatasi berbagai gangguan pada sistem pencernaan, seperti diare, sembelit, konstipasi dan wasir.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sri Wahjuni, M.T.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Hambali, M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Media Kultur Jaringan Untuk Perbanyakan Bibit Ubi Kayu Varietas Adira 2 Secara In Vitro</t>
+  </si>
+  <si>
+    <t>19-Nov-2013</t>
+  </si>
+  <si>
+    <t>P00201304646</t>
+  </si>
+  <si>
+    <t>Ir. Nurul Khumaida, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Invensi ini telah menghasilkan komposisi media kultur jaringan untuk perbanyakan atau memproduksi bibit ubi kayu (Cassava) secara in vitro. Aplikasi invensi ini dapat dimanfaatkan untuk menghasilkan bahan tanam induk (mother plant) dengan kejelasan dan kemurnian varietas, sehat serta bebas hama dan penyakit. Komposisi media kultur jaringan sesuai invensi ini terdiri dari media dasar Murashige dan Skoog (MS) dan zat pengatur tumbuh (ZPT) berupa BAP 6-Benzyl Amino Purin (BAP)dan Naphthalene acetic acid (NAA). Media dasar MS yang digunakan adalah MS 100% dan &amp;frac12;MS (50% konsentrasi hara makro dan hara mikro media dasar MS), sedangkan BAP yang digunakan berkisar antara 0-3 ppm dan NAA yang digunakan adalah 0,2 ppm.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Evy Damayanthi, M.S.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Irzal Effendi, M.Si.</t>
+  </si>
+  <si>
+    <t>Pemanfaatan Buah Bakau Rhizophora Mucronata Lamk. Sebagai Bahan Aktif Pelindung Kulit</t>
+  </si>
+  <si>
+    <t>08-Dec-2015</t>
+  </si>
+  <si>
+    <t>P00201508336</t>
+  </si>
+  <si>
+    <t>Dra. Ella Salamah, M.Si.</t>
+  </si>
+  <si>
+    <t>Penemuan ini berkaitan dengan ekstrak Rhizophora mucronata Lamk., proses evaporasi pembuatan ekstrak, penggunaan ekstrak dan formulasi sebagai bahan aktif dari Rhizophora mucronata Lamk. sebagai sediaan bahan kosmetik untuk melindungi kulit. Ekstrak pada invensi ini dihasilkan dari Rhizophora mucronata Lamk. dari daun dan buah, yang paling cocok untuk sediaan kosmetik adalah dari buah. Penyiapan ekstrak dilakukan mulai dari preparasi bahan, yaitu pengupasan dan pemotongan/penyerutan bahan yang akan diekstrak (buah dan kulit), dikeringkan sampai kadar air mencapai +10% (b/b), pembuatan bubuk, maserasi dengan pelarut etanol, metanol, etil asetat, dan n-heksan dengan konsentrasi 70%, yang paling baik adalah pelarut etanol pada suhu kamar selama 48 jam dengan perbandingan antara bahan: pelarut dalah 1:5 (b/v), penyaringan dilakukan dengan menggunakan kertas Whatman 42, pengeringan filtral menggunakan vakum evaporator dengan suhu 40, 50, 60, dan 70 &amp;deg;C pada tekanan 1 atm, dan yang paling baik kandungan komponen aktif nya pada suhu 70 &amp;deg;C. Hasil uji secara in vivo ekstrak buah bakau Rhizophora mucronata Lamk. aman. Ekstrak Rhizophora mucronata Lamk. mampu menyerap UV-A dan B, serta mampu menangkal radikal bebas. Formula sediaan skin lotion: karaginan dengan jumlah sebesar 1,5% (b/b) sebagai pengemulsi, penstabil, dan pelembut; asam stearat dengan jumlah sebesar 2,5% (b/b) sebagai pengemulsi dan pengkilau; paraffin cair dengan jumlah sebesar 7 % (b/b) sebagai pengental; gliserin dengan jumlah sebesar 5% (b/b) sebagai humektan; triethenolamin dengan jumlah sebesar.1% (b/b) sebagai pengemulsi; metil paraben dengan jumlah sebesar 0,1% (b/b) sebagai pengawet; esencial oil dengan jumlah sebesar 0,1% (b/b) sebagai pewangi; ekstrak buah bakau Rhizophora mucronata Lamk. sebesar dengan jumlah sebesar 1% (b/b) sebagai penyerap UV-A dan B dan penangkal radikal bebas ; dan air ditambah sampai 100% (b/b). Formula skin lotion memiliki SPF sebesar 10,21 aktivitas antioksidan dengan nilai ICso sebesar 130,494 ppm.</t>
+  </si>
+  <si>
+    <t>Dr. Mira Rivai, S.TP., M.Si</t>
+  </si>
+  <si>
+    <t>Ulil Azmi Nurlaili Afifah, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Modifikasi Tepung Pisang dan Aplikasinya pada Pembuatan Kukis</t>
+  </si>
+  <si>
+    <t>11-Nov-2011</t>
+  </si>
+  <si>
+    <t>P00201100729</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Harsi Dewantari Kusumaningrum</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
+  </si>
+  <si>
+    <t>Tepung pisang yang dihasilkan dibuat dari pisang plantain dengan tingkat kematangan tahap 1 (tua, mentah dan kulit hijau). Tepung pisang tersebut memiliki kadar pati resisten lebih tinggi dua kali lipat daripada tepung pisang alami. Proses pembuatan tepung pisang modifikasi dilakukan dalam empat tahapan yaitu fermentasi pisang dilakukan secara spontan pada suhu kamar selama 24 jam, pemasakan yang dilakukan dengan menggunakan panas bertekanan pada suhu 121oC selama 15 menit, pendinginan yang dilakukan pada suhu 4-6oC selama 24 jam, pengeringan hingga kadar air 10-12% dan penghancuran hingga ukuran 60-80 mesh. Invensi ini menghasilkan tepung pisang modifikasi dengan kadar serat pangan lebih tinggi dan nilai IG rendah.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iriani Setyaningsih, M.S.</t>
+  </si>
+  <si>
+    <t>Alat Pendeteksi Anemia Non-Invasif Melalui Pendugaan Nilai Saturasi Oksigen Pada Domba</t>
+  </si>
+  <si>
+    <t>01-Dec-2023</t>
+  </si>
+  <si>
+    <t>S00202313368</t>
+  </si>
+  <si>
+    <t>Dr. drh. Elok Budi Retnani, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Kedokteran Hewan</t>
+  </si>
+  <si>
+    <t>Invensi ini berkenaan dengan alat pendeteksi anemia non -invasif pada domba. Alat ini berbentuk seperti jepitan pada sisi Sensor Max30100 (1) dan LCD (2) serta berbentuk pegangan rigid (5) pada sisi yang lainnya. Sisi pegangan rigid ini juga sebagai tempat untuk diletakkannya beterai (8) sebagai sumber energi bagi alat. Sisi pegangan rigid ini juga sebagai tempat untuk diletakkannya beterai (8) sebagai sumber energi bagi alat. Mikrokontroller Arduino (7) dihubungkan dengan sensor Max30100 (1) melalui pin analog dan dihubungkan ke display LCD (2) melalui pin digital berfungsi untuk mengolah data hasil pembacaab sensor. Dengan pengukuran yang non-invasif ini, peternak dapat dengan mudah mengetahui kondisi ternaknya dan dapat segera memberikan terapi secara dini apabila diketahui dombanya mengalami anemia.</t>
+  </si>
+  <si>
+    <t>Plester Dengan Indikator Kesembuhan Luka</t>
+  </si>
+  <si>
+    <t>04-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202009412</t>
+  </si>
+  <si>
+    <t>Luka merupakan jaringan yang rusak dan rentan terinfeksi mikroorganisme sehingga diperlukan plester untuk melindungi dan mendukung proses persembuhan. Plester konvensional umumnya perlu dilepaskan untuk mengetahui atau memantau persembuhan luka yang menimbulkan rasa sakit dan tidak nyaman bagi pasien. Invensi ini berupa plester dengan indikator pemantau persembuhan luka untuk memudahkan pasien dengan memberikan informasi mengenai proses persembuhan luka tanpa adanya rasa sakit dan tidak nyaman. Plester tersebut terbuat dari bahan polimer seperti katun dan plastik yang terdiri atas bagian lembar utama plester, bantalan dan benang indikator. Invensi ini mengkombinasikan benang katun pada plester yang berfungsi sebagai matrik mikrofluida untuk memfasilitasi reaksi antara plasma darah (albumin) dari luka dengan reagen yang akan menghasilkan perubahan warna pada benang indikator. Benang katun indikator akan berwarna hijau jika luka belum sembuh dan tidak ada perubahan warna jika luka sudah sembuh dengan baik. Invensi ini mampu memberikan solusi bagi pasien berupa pemantauan mandiri yang mudah dan efisien terhadap luka.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Metode Ekstraksi Senyawa Polifenol Antioksidan Dari Daun Gandarusa (Justicia gendarussa Burm.F.)</t>
+  </si>
+  <si>
+    <t>12-Jul-2022</t>
+  </si>
+  <si>
+    <t>S00202207440</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mohamad Rafi, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode ekstraksi senyawa polifenol antioksidan dari daun gandarusa (Justicia gendarussa Burm.f.), dimana metode tersebut dilakukan dengan sonikasi-maserasi pada konsentrasi etanol, suhu ekstraksi dan waktu ekstraksi yang optimum dan lebih cepat, sehingga lebih aplikatif penggunaannya ditingkat industri. Ekstrak polifenol mengandung senyawa fenolik sebesar 8,24 EAG/g bobot kering daun. Ekstrak polifenol daun gandarusa dapat digunakan sebagai antioksidan dengan aktivitas pada metode DPPH mencapai 3,75 mg ET/g bobot kering daun dan metode FRAP mencapai 26,66 mg ET/g bobot kering daun.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Purwaningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sri Nuryati, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Aditya Wicaksono, S.Komp., M.Kom.</t>
+  </si>
+  <si>
     <t>Formula Salep Berbasis Ekstrak Lidah Buaya Dan Ekstrak Daun Lamtoro Sebagai Obat Luka Pada Hewan</t>
   </si>
   <si>
     <t>05-Oct-2022</t>
   </si>
   <si>
     <t>S00202210924</t>
   </si>
   <si>
-    <t>Ditolak</t>
+    <t>drh. Tetty Barunawati Siagian, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini menghasilkan salep luka hewan berbahan alami. Produk inovasi pertama yang memanfaatkan daun lamtoro yang dikombinasikan dengan lidah buaya yang diolah menjadi sebuah salep obat luka untuk hewan kesayangan. Manfaat utama sebagai obat herbal untuk mengobati berbagai macam luka seperti luka terbuka, luka bekas operasi, luka bakar, dan berbagai macam luka lainnya. Harapannya salep luka hewan berbahan alami ini dapat memberikan solusi untuk bermacam kebutuhan untuk menyembuhkan berbagai macam luka pada hewan. Komposisi bahan-bahan yang digunakan untuk memproduksi salep yaitu ekstrak daun lamtoro 1050 mg, ekstrak Aloe vera 1050 mg, Cera Alba 750 mg, lanolin anhidrat 450 mg, dan setil alcohol 150 mg.</t>
+  </si>
+  <si>
+    <t>Dr. Sintho Wahyuning Ardie, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Wiyoto, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Heri Harti, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Majariana Krisanti, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Waras Nurcholis, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Agus Sutejo, M.Si.</t>
+  </si>
+  <si>
+    <t>Roni Kartiman, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Reza Zulmi, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Awang Maharijaya, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Fadjar Satrija, M.Sc.</t>
+  </si>
+  <si>
+    <t>Muhammad Dahrul, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Ridi Arif</t>
+  </si>
+  <si>
+    <t>Dr. drh. I Ketut Mudite Adnyane, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Kustiariyah, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. dr. Mira Dewi, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Anas Dinurrohman Susila, M.Si.</t>
+  </si>
+  <si>
+    <t>Dwi Yuni Wulandari, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Muhammad Firdaus, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal</t>
+  </si>
+  <si>
+    <t>Felga Zulfra Rasdiana</t>
+  </si>
+  <si>
+    <t>Pudji Permadi</t>
+  </si>
+  <si>
+    <t>Ari Imam Sutanto</t>
+  </si>
+  <si>
+    <t>Arasy Pasandia</t>
+  </si>
+  <si>
+    <t>Muhammad Naufal Wafi</t>
+  </si>
+  <si>
+    <t>Mochamad Farras Fauzan</t>
+  </si>
+  <si>
+    <t>Adinda Mentari Sanjaya</t>
+  </si>
+  <si>
+    <t>Ir Titah Sihdjati Riadhie</t>
+  </si>
+  <si>
+    <t>Dr Ir Yaya Suryana,M.Sc</t>
+  </si>
+  <si>
+    <t>Sabar Pambudi, PhD</t>
+  </si>
+  <si>
+    <t>Tika Widayanti, M.Biomed</t>
+  </si>
+  <si>
+    <t>Arga Ardidarma, SSi, MT</t>
+  </si>
+  <si>
+    <t>Maria Sri Kristiana Rahayu, Msi</t>
+  </si>
+  <si>
+    <t>Dr. Renan Prasta Jenie, S.TP, M.T.</t>
+  </si>
+  <si>
+    <t>Bayu Prastowo, Msi</t>
+  </si>
+  <si>
+    <t>Ichsan Hardyanto, S.Si.</t>
+  </si>
+  <si>
+    <t>Vania Rahmawaty, Ssi</t>
+  </si>
+  <si>
+    <t>Nazopatul Patonah Har, M.Si</t>
+  </si>
+  <si>
+    <t>Johan Iskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Ade Kurniawan, S.Si.</t>
+  </si>
+  <si>
+    <t>Ridwan Siskandar, S.Si.,M.Si</t>
+  </si>
+  <si>
+    <t>Aminullah, M.Si</t>
+  </si>
+  <si>
+    <t>Farandy Insan Sejati</t>
+  </si>
+  <si>
+    <t>Yunus, SPi</t>
+  </si>
+  <si>
+    <t>Farhana Talida Kamila</t>
+  </si>
+  <si>
+    <t>Mahardika</t>
+  </si>
+  <si>
+    <t>Deni Alamsah, S.P, M.Si</t>
+  </si>
+  <si>
+    <t>Afriani Ramadhan, S.Pi, M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anggrei Viona Seulalae, SPi </t>
+  </si>
+  <si>
+    <t>Chandabalo</t>
+  </si>
+  <si>
+    <t>Abung Maruli Simanjuntak, S.Pi, M.Si</t>
+  </si>
+  <si>
+    <t>Siti Wahdini Adhani</t>
   </si>
   <si>
     <t>Aini Khairunnisa</t>
   </si>
   <si>
-    <t>Sekolah Vokasi</t>
-[...41 lines deleted...]
-    <t>Telah dihasilkan invensi metoda dan peralatan sistem pembuangan bioflok pada pemeliharaan ikan dan udang dengan sitem bioflok yang dilakukan dengan menambahkan tangki pengendapan yang dilengkapi dengan tabung radial flow. Metode ini memerlukan peralatan berupa tangki pengendapan yaitu tangki dengan bentuk tabung dengan bagian dasar berbentuk kerucut yang dilengkapi dengan tabung radial flow pada bagian tengah untuk menstimulasi aliran radial dan pompa yang akan mengalirkan air dari media pemeliharaan. Air media pemeliharaan yang mengandung suspensi bioflok dialirkan ke tabung radial flow di bagian tengah tangki pengendapan dengan kecepatan tertentu. Selanjutnya partikel bioflok akan bertumbukan dengan dinding tabung radial flow dan akan mengalami pelambatan dan dengan bantuan gaya gravitasi akan mengendap ke bagian dasar tangki. Sementara air akan mengalir kembali ke media pemeliharaan secara gravitasi. Dengan penggunaan alat ini kepadatan bioflok dapat diturunkan hingga 50% dalam waktu sekitar 3 jam tanpa harus mematikan sistem aerasi dan pengadukan dalam media pemeliharaan sehingga tidak mengganggu ikan atau udang yang dipelihara.</t>
+    <t>Monda Nurrachma</t>
   </si>
   <si>
     <t>Ishika Jauza Nasywa</t>
   </si>
   <si>
-    <t>Bayu Prastowo, Msi</t>
-[...553 lines deleted...]
-  <si>
     <t>Adam Steven Yarell Sinaga</t>
-  </si>
-[...19 lines deleted...]
-    <t>Tika Widayanti, M.Biomed</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -730,74 +778,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J111" headerRowCount="1">
-  <autoFilter ref="A4:J111"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J120" headerRowCount="1">
+  <autoFilter ref="A4:J120"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J111"/>
+  <dimension ref="A1:J120"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -886,2734 +934,2968 @@
       </c>
       <c r="B7" s="0" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>26</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>28</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="0" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>10</v>
+        <v>30</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>17</v>
+        <v>33</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="H10" s="0" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>18</v>
+        <v>47</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>19</v>
+        <v>48</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>20</v>
+        <v>49</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="I13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>10</v>
+        <v>55</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>11</v>
+        <v>56</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>12</v>
+        <v>57</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>15</v>
+        <v>59</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>17</v>
+        <v>60</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="I16" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>23</v>
+        <v>71</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>19</v>
+        <v>35</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>20</v>
+        <v>36</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>49</v>
+        <v>72</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>22</v>
+        <v>38</v>
       </c>
       <c r="I17" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>23</v>
+        <v>39</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>50</v>
+        <v>76</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>18</v>
+        <v>79</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>20</v>
+        <v>80</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>51</v>
+        <v>81</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I19" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>23</v>
+        <v>82</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>52</v>
+        <v>83</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>54</v>
+        <v>85</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>55</v>
+        <v>86</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>56</v>
+        <v>87</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>58</v>
+        <v>88</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>60</v>
+        <v>41</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>62</v>
+        <v>89</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>63</v>
+        <v>46</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>24</v>
+        <v>90</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>25</v>
+        <v>41</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>65</v>
+        <v>95</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>68</v>
+        <v>75</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>69</v>
+        <v>96</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>75</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>76</v>
+        <v>98</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>77</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J26" s="0" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>73</v>
+        <v>100</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>74</v>
+        <v>101</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>80</v>
+        <v>103</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>77</v>
+        <v>15</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>78</v>
+        <v>104</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>81</v>
+        <v>34</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>82</v>
+        <v>36</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>83</v>
+        <v>105</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>84</v>
+        <v>39</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>88</v>
+        <v>106</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>90</v>
+        <v>107</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>91</v>
+        <v>62</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>56</v>
+        <v>110</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>94</v>
+        <v>111</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>40</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>41</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>42</v>
+        <v>91</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>44</v>
+        <v>93</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>45</v>
+        <v>94</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>95</v>
+        <v>47</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>97</v>
+        <v>49</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>99</v>
+        <v>52</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>102</v>
+        <v>24</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>103</v>
+        <v>25</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>104</v>
+        <v>26</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>106</v>
+        <v>28</v>
       </c>
       <c r="I35" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>107</v>
+        <v>29</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>81</v>
+        <v>120</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>82</v>
+        <v>122</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>108</v>
+        <v>123</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>84</v>
+        <v>124</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>109</v>
+        <v>18</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>91</v>
+        <v>19</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>110</v>
+        <v>20</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>111</v>
+        <v>125</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>112</v>
+        <v>23</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>32</v>
+        <v>120</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>34</v>
+        <v>122</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>113</v>
+        <v>126</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>36</v>
+        <v>110</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>37</v>
+        <v>124</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>66</v>
+        <v>127</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>67</v>
+        <v>19</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>68</v>
+        <v>128</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="I39" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>71</v>
+        <v>130</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>89</v>
+        <v>104</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>32</v>
+        <v>79</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>34</v>
+        <v>80</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>116</v>
+        <v>131</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>37</v>
+        <v>82</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>117</v>
+        <v>112</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>118</v>
+        <v>113</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>119</v>
+        <v>114</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>117</v>
+        <v>83</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>118</v>
+        <v>84</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>119</v>
+        <v>85</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>15</v>
+        <v>87</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>121</v>
+        <v>88</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>24</v>
+        <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>26</v>
+        <v>136</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I45" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>29</v>
+        <v>138</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>123</v>
+        <v>40</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>125</v>
+        <v>42</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>127</v>
+        <v>44</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>128</v>
+        <v>46</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>53</v>
+        <v>113</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>54</v>
+        <v>114</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>56</v>
+        <v>51</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>58</v>
+        <v>116</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>109</v>
+        <v>141</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>110</v>
+        <v>143</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>54</v>
+        <v>68</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>133</v>
+        <v>146</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>24</v>
+        <v>107</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>25</v>
+        <v>62</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>134</v>
+        <v>147</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>28</v>
+        <v>110</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>29</v>
+        <v>111</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>52</v>
+        <v>148</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>53</v>
+        <v>149</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>54</v>
+        <v>150</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="I51" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>58</v>
+        <v>152</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>18</v>
+        <v>112</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>20</v>
+        <v>114</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>136</v>
+        <v>153</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>23</v>
+        <v>116</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>118</v>
+        <v>62</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>137</v>
+        <v>21</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>121</v>
+        <v>138</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>91</v>
+        <v>84</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>110</v>
+        <v>85</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>138</v>
+        <v>154</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>36</v>
+        <v>87</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>66</v>
+        <v>155</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>67</v>
+        <v>156</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>70</v>
+        <v>159</v>
       </c>
       <c r="I55" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>71</v>
+        <v>160</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>123</v>
+        <v>61</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>124</v>
+        <v>62</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>125</v>
+        <v>63</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>140</v>
+        <v>161</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>127</v>
+        <v>22</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>128</v>
+        <v>65</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>141</v>
+        <v>162</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>19</v>
+        <v>163</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>142</v>
+        <v>164</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>143</v>
+        <v>165</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>144</v>
+        <v>166</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>145</v>
+        <v>167</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>141</v>
+        <v>168</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>19</v>
+        <v>169</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>142</v>
+        <v>170</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>146</v>
+        <v>27</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>144</v>
+        <v>28</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>60</v>
+        <v>173</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>149</v>
+        <v>175</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>150</v>
+        <v>176</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="0" t="s">
+        <v>177</v>
+      </c>
+      <c r="H60" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I60" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J60" s="0" t="s">
         <v>152</v>
-      </c>
-[...16 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>156</v>
+        <v>107</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>157</v>
+        <v>62</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>158</v>
+        <v>108</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>144</v>
+        <v>110</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>160</v>
+        <v>111</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="C62" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B62" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C62" s="0" t="s">
+      <c r="F62" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="H62" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="F62" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I62" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>59</v>
+        <v>180</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>60</v>
+        <v>181</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>61</v>
+        <v>182</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>162</v>
+        <v>183</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>63</v>
+        <v>184</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>164</v>
+        <v>142</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>165</v>
+        <v>143</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>166</v>
+        <v>185</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>167</v>
+        <v>44</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>168</v>
+        <v>145</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>151</v>
+        <v>120</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>152</v>
+        <v>121</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>153</v>
+        <v>122</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>70</v>
+        <v>110</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>66</v>
+        <v>172</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>67</v>
+        <v>173</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>68</v>
+        <v>174</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>171</v>
+        <v>37</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>71</v>
+        <v>176</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>147</v>
+        <v>73</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>148</v>
+        <v>75</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>172</v>
+        <v>188</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>36</v>
+        <v>77</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>150</v>
+        <v>78</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>24</v>
+        <v>172</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>25</v>
+        <v>173</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>26</v>
+        <v>174</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>29</v>
+        <v>176</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>141</v>
+        <v>100</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>19</v>
+        <v>101</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>142</v>
+        <v>102</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>174</v>
+        <v>190</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>144</v>
+        <v>15</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>142</v>
+        <v>85</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>144</v>
+        <v>87</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>18</v>
+        <v>73</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>19</v>
+        <v>74</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>20</v>
+        <v>75</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>176</v>
+        <v>192</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>18</v>
+        <v>40</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>20</v>
+        <v>42</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>22</v>
+        <v>44</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>23</v>
+        <v>46</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>19</v>
+        <v>163</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>178</v>
+        <v>194</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>67</v>
+        <v>41</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>68</v>
+        <v>91</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>179</v>
+        <v>195</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>70</v>
+        <v>93</v>
       </c>
       <c r="I75" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>71</v>
+        <v>94</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>18</v>
+        <v>162</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>19</v>
+        <v>163</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>20</v>
+        <v>164</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>22</v>
+        <v>166</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>156</v>
+        <v>79</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>157</v>
+        <v>25</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>158</v>
+        <v>80</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>182</v>
+        <v>198</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>144</v>
+        <v>22</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>160</v>
+        <v>82</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>123</v>
+        <v>66</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>124</v>
+        <v>67</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>125</v>
+        <v>68</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>183</v>
+        <v>199</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>127</v>
+        <v>70</v>
       </c>
       <c r="I79" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>128</v>
+        <v>71</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>141</v>
+        <v>40</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>142</v>
+        <v>42</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>184</v>
+        <v>200</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>144</v>
+        <v>44</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>145</v>
+        <v>46</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>185</v>
+        <v>201</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>127</v>
+        <v>77</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>186</v>
+        <v>40</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>187</v>
+        <v>41</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>188</v>
+        <v>42</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>190</v>
+        <v>44</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>191</v>
+        <v>46</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>193</v>
+        <v>173</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>194</v>
+        <v>174</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>77</v>
+        <v>38</v>
       </c>
       <c r="I83" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>60</v>
+        <v>173</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>150</v>
+        <v>176</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>124</v>
+        <v>113</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>125</v>
+        <v>114</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>73</v>
+        <v>112</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>74</v>
+        <v>113</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>75</v>
+        <v>114</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>77</v>
+        <v>51</v>
       </c>
       <c r="I86" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>78</v>
+        <v>116</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>141</v>
+        <v>112</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>19</v>
+        <v>113</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>142</v>
+        <v>114</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>179</v>
+        <v>206</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>144</v>
+        <v>51</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>192</v>
+        <v>120</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>194</v>
+        <v>122</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>199</v>
+        <v>207</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>77</v>
+        <v>110</v>
       </c>
       <c r="I88" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>196</v>
+        <v>124</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>59</v>
+        <v>120</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>60</v>
+        <v>121</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>61</v>
+        <v>122</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>100</v>
+        <v>208</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>44</v>
+        <v>110</v>
       </c>
       <c r="I89" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>63</v>
+        <v>124</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>200</v>
+        <v>120</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>201</v>
+        <v>121</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>202</v>
+        <v>122</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>100</v>
+        <v>209</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>44</v>
+        <v>110</v>
       </c>
       <c r="I90" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>203</v>
+        <v>124</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>151</v>
+        <v>24</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>152</v>
+        <v>25</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>153</v>
+        <v>26</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>114</v>
+        <v>210</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="I91" s="0" t="s">
-        <v>57</v>
+        <v>16</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>155</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="I92" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J93" s="0" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>124</v>
+        <v>41</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>125</v>
+        <v>91</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>127</v>
+        <v>93</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>128</v>
+        <v>94</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>207</v>
+        <v>214</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="I95" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>102</v>
+        <v>90</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="I96" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J96" s="0" t="s">
-        <v>107</v>
+        <v>94</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>141</v>
+        <v>90</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>142</v>
+        <v>91</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>209</v>
+        <v>216</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>144</v>
+        <v>93</v>
       </c>
       <c r="I97" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>145</v>
+        <v>94</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>210</v>
+        <v>217</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="I98" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>211</v>
+        <v>218</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="I99" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>212</v>
+        <v>219</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J100" s="0" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>54</v>
+        <v>91</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>56</v>
+        <v>93</v>
       </c>
       <c r="I101" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J101" s="0" t="s">
-        <v>58</v>
+        <v>94</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>81</v>
+        <v>90</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>214</v>
+        <v>221</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="I102" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>215</v>
+        <v>222</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="I103" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>12</v>
+        <v>91</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="I104" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>17</v>
+        <v>94</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>18</v>
+        <v>90</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>20</v>
+        <v>91</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>22</v>
+        <v>93</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>23</v>
+        <v>94</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>117</v>
+        <v>90</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>118</v>
+        <v>41</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>15</v>
+        <v>93</v>
       </c>
       <c r="I106" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>121</v>
+        <v>94</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>52</v>
+        <v>168</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>53</v>
+        <v>169</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>54</v>
+        <v>170</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="I107" s="0" t="s">
-        <v>57</v>
+        <v>45</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>58</v>
+        <v>171</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>123</v>
+        <v>73</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>124</v>
+        <v>74</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>125</v>
+        <v>75</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>127</v>
+        <v>77</v>
       </c>
       <c r="I108" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>128</v>
+        <v>78</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>18</v>
+        <v>83</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>20</v>
+        <v>85</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>22</v>
+        <v>87</v>
       </c>
       <c r="I109" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>33</v>
+        <v>101</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>82</v>
+        <v>102</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>84</v>
+        <v>104</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>18</v>
+        <v>66</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>19</v>
+        <v>67</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>20</v>
+        <v>68</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="I111" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>23</v>
+        <v>71</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B112" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C112" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="F112" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" s="0" t="s">
+        <v>231</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="I112" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J112" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B113" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C113" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="F113" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" s="0" t="s">
+        <v>232</v>
+      </c>
+      <c r="H113" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I113" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J113" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="B114" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C114" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="F114" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" s="0" t="s">
+        <v>233</v>
+      </c>
+      <c r="H114" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I114" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J114" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="B115" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C115" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="F115" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="H115" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="I115" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J115" s="0" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="B116" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C116" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="F116" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" s="0" t="s">
+        <v>235</v>
+      </c>
+      <c r="H116" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I116" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J116" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B117" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C117" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F117" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" s="0" t="s">
+        <v>236</v>
+      </c>
+      <c r="H117" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="I117" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J117" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B118" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C118" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F118" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" s="0" t="s">
+        <v>237</v>
+      </c>
+      <c r="H118" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="I118" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J118" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B119" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C119" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F119" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" s="0" t="s">
+        <v>238</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="I119" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J119" s="0" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="B120" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="C120" s="0" t="s">
+        <v>182</v>
+      </c>
+      <c r="F120" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" s="0" t="s">
+        <v>239</v>
+      </c>
+      <c r="H120" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="I120" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="J120" s="0" t="s">
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>