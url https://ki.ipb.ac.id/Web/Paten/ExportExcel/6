--- v0 (2025-12-17)
+++ v1 (2026-03-18)
@@ -5,401 +5,374 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="106" uniqueCount="106">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Papan Komposit dari Serbuk Kayu dan Plastik Daur Ulang
+</t>
+  </si>
+  <si>
+    <t>30-Aug-2002</t>
+  </si>
+  <si>
+    <t>P00200200544</t>
+  </si>
+  <si>
+    <t>Pemeriksaan Substantif III</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Fauzi Febrianto, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Hasil Hutan</t>
+  </si>
+  <si>
+    <t>Paten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Perahu Alat Pemanen dan Pengendali Eceng Gondok
+</t>
+  </si>
+  <si>
+    <t>25-Nov-2002</t>
+  </si>
+  <si>
+    <t>P00200200783</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Agus Sutejo, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Mesin dan Biosistem</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formulasi Campuran Natrium Bisulfat-Atapulgit sebagai Katalis Dehidrasi Minyak Jarak
+</t>
+  </si>
+  <si>
+    <t>P00200200785</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Krisnani Setyowati, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aplikasi Teknologi Proses Termal untuk Meningkatkan Mutu, Keamanan dan Keawetan Asinan Bogor dalam Rangka Memperluas Jangkauan Pemasaran
+</t>
+  </si>
+  <si>
+    <t>26-Nov-2002</t>
+  </si>
+  <si>
+    <t>P00200200792</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Purwiyatno Hariyadi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
   </si>
   <si>
     <t xml:space="preserve">Alat Penebar Benih ke dalam PolyBag
 </t>
   </si>
   <si>
-    <t>25-Nov-2002</t>
-[...1 lines deleted...]
-  <si>
     <t>P00200200784</t>
   </si>
   <si>
-    <t>Pemeriksaan Substantif III</t>
-[...90 lines deleted...]
-    <t>Departemen Anatomi, Fisiologi dan Farmakologi</t>
+    <t>Fakultas Kehutanan dan Lingkungan</t>
+  </si>
+  <si>
+    <t>Proses Pemurnian Minyak Tuna (Thunnus sp.) Menggunakan Adsorben</t>
+  </si>
+  <si>
+    <t>14-Sep-2019</t>
+  </si>
+  <si>
+    <t>S00201908100</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nurjanah, M.S.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
   </si>
   <si>
     <t>Paten Sederhana</t>
   </si>
   <si>
-    <t>Invensi ini berkaitan dengan komposisi atraktan lalat penyebab myiasis dan proses pembuatannya. Komposisi atraktan lalat penyebab myiasis sesuai invensi ini terdiri dari hati ayam dan air seni sapi. Hati ayam yang digunakan merupakan hati ayam yang telah disimpan selama 7 hari pada suhu ruang. Sedangkan air seni sapi yang digunakan berasal dari sapi perah betina dewasa. Yang disaring untuk memperoleh fitrat, kemudian disimpan dalam botol plastik atau botol kaca steril. Proses pembuatan atraktan lalat sesuai invensi ini diawali dengan menghaluskan hati ayam dengan menggunakan blender dan ditambahkan dengan air seni sapi. Campuran tersebut diaduk sampai homogen. Campuran yang telah homogen kemudian tersebut diencerkan dengan penambahan air seni sehingga diperoleh komposisi yang diinginkan. Kemudian, atraktan dibagi menjadi dua bagian, yaitu dengan penambahan pengawet Na benzoate dan atraktan tanpa penambahan pengawet Na benzoate. Pengujian dilakukan dengan menyemprotkan kedua atraktan pada kertas uji. Hasil uji menunjukkan bahwa atraktan tanpa penambahan pengawet Na benzoate merupakan komposisi yang paling baik sebagai atraktan lalat penyebab myiasis dengan rata-rata 7.78; 12.94; dan 15.97.</t>
-[...55 lines deleted...]
-  <si>
     <t>Ikan tuna termasuk ikan yang memiliki kandungan omega-3 yang tinggi. Minyak kasar tuna masih memiliki kualitas rendah sehingga perlu pemurniaan untuk meningkatkan kualitasnya sesuai standar IFOS. Optimasi dilakukan menggunakan Metode Permukaan Respon. Desain eksperimen yang digunakan adalah Central Composite Design (CCD) yang terdiri dari dua variabel faktor yaitu konsentrasi adsorben dan waktu adsorpsi dengan lima respon yaitu asam lemak bebas, bilangan asam, bilangan peroksida, anisidin, dan total oksidasi. Kondisi optimal diperoleh pada konsentrasi magnesol XL 5% dan waktu adsorpsi 20 menit dengan nilai disaribility sebesar 0.927. Kondisi optimal hasil validasi menghasilkan penurunan bilangan asam lemak bebas, bilangan asam, bilangan peroksida, nilai anisidin dan total oksidasi berturut-turut sebesar 56.57%, 55,36%, 88,86%, 69,69% dan 77,03%.</t>
   </si>
   <si>
-    <t>Azed Al-fara</t>
-[...29 lines deleted...]
-    <t>Prof. Dr. Ir. I Komang Gede Wiryawan</t>
+    <t>Fakultas Teknik dan Teknologi</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Bustami, M.Sc.</t>
+  </si>
+  <si>
+    <t>Peningkatan Produksi Biotanol melalui Rekayasa Aerasi pada Bioreaktor Feedbatch</t>
+  </si>
+  <si>
+    <t>25-Nov-2010</t>
+  </si>
+  <si>
+    <t>P00201000777</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Khaswar Syamsu, M.Sc.St.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan teknologi proses produksi untuk meningkatkan perolehan bioetanol pada kultivasi secara fedbatch. Invensi yang dilakukan adalah rekayasa bioproses dengan menghentikan aerasi pada akhir kultivasi batch sebelum mengawali kultivasi fedbatch ketika sel telah mencapai jumlah maksimum (setelah 18 jam kultivasi batch) sehingga mempengaruhi fisologi dan biokimia sel untuk berpindah dari suasana aerobik yang berorientasi kepada pembentukan sel ke suasana anaerobik yang berorientasi kepada pembentukan bioetanol terhadap bahan segar yang diumpankan pada kultivasi fedbatch sehingga dapat meningkatkan rendemen (perolehan) bioetanol pada akhir kultivasi fedbatch</t>
   </si>
   <si>
     <t>Alat Deteksi Kematangan Dan Kualitas Mangga Menggunakan Sensor Near Infrared Portabel</t>
   </si>
   <si>
     <t>15-Dec-2023</t>
   </si>
   <si>
     <t>S00202314102</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Y. Aris Purwanto, M.Sc.</t>
+    <t>Dr. Heru Sukoco, S.Si., M.T.</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini berhubungan dengan alat deteksi kematangan dan kualitas mangga menggunakan sensor near infrared portabel. Invensi ini menempatkan sensor NIR pada sampel holder secara presisi dan penggunaan sampel cover untuk mengurangi noise, penggunaan layar LCD menampilkan tingkat kematangan dan parameter kualitas mangga
 serta tombol sentuh. Untuk tampilan berat mangga pada layar LCD yang lain dan perangkat dibuat menggunakan bahan dan desain yang melindungi semua perangkat sensor dan pendukungnya termasuk pemilihan bahan untuk kalibrator. Invensi ini mampu mendeteksi tingkat kematangan dan kualitas secara cepat yaitu 10 detik mulai dari sampel di tempatkan pada sensor dan perangkat mudah dibawa dan digunakan.</t>
   </si>
   <si>
-    <t>Fakultas Teknologi Pertanian</t>
-[...14 lines deleted...]
-    <t>Invensi ini tentang pembuatan nano pigmen klorofil dari Sargassum sp. dengan metode homogenisasi berkecepatan tinggi. Hingga saat ini belum ada proses serupa yang telah dilakukan. Pembuatan nano pigmen ini untuk meningkatkan stabilitas dan kelarutan pigmen yang masih rendah. Selain itu diharapkan pigmen dalam bentuk nano partikel akan meningkatkan tingkat dispersi pada aplikasi sebagai coating agent. Pembuatan nano pigmen dimulai dengan pemilihan proses ekstraksi untuk rendemen pigmen yang tinggi dari Sargassum Sp. Jenis pelarut terbaik adalah aseton dengan ukuran Sargassum sp 20 mesh. Kondisi ekstraksi selama 4 jam dan putaran 500 rpm memberikan rendemen sebesar 4775 mg/100 gr bahan baku, konsentrasi pigmen klorofil 6505 - 6875 &amp;mu;g/ml ukuran partikel 160 nm. Partikel ini memiliki stabilitas dan kelarutan yang masih rendah. Sebelum pembuatan nano pigmen dilakukan formulasi larutan yaitu pengaturan komposisi fasa organik dan fasa air agar dapat dilakukan pengecilan ukuran yang efektif. Proses homogenisasi dilakukan pada kecepatan 8000 - 12000 rpm selama 10-20 menit. Penambahan gum arab pada larutan dengan rasio 1:1 terhadap jumlah pigmen yang digunakan dapat meningkatkan stabilitas ukuran partikel terhadap penyimpanan. Penggunaan kondisi proses diatas menghasilkan nano pigmen dengan ukuran partikel 24 - 100 nm, stabil pada suhu ruang selama 10 hari dan tingkat kelarutan lebih tinggi pada pelarut organik.</t>
+    <t>Alat Pengelolaan Limbah Makanan Melalui Maggot (Hermetia illucens) Menggunakan Ruang Presisi</t>
+  </si>
+  <si>
+    <t>04-Jun-2024</t>
+  </si>
+  <si>
+    <t>S00202405041</t>
+  </si>
+  <si>
+    <t>Dr. Novindra, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ekonomi Sumberdaya dan Lingkungan</t>
+  </si>
+  <si>
+    <t>Limbah makanan merupakan salah satu masalah keberlanjutan yang secara masif terjadi pada masyarakat modern (Gustavsson et al., 2011; Bhatia et al., 2023). Berdasarkan UNEP (2021), food waste di dunia mencapai 931 juta ton food waste setiap tahunnya. Masalah masalah ini berdampak pada jejak karbon, perubahan iklim, dan berkontribusi pada ledakan di tempat pembuangan sampah. Oleh karena itu, diperlukan solusi yaitu pembuatan Maggot Precision Room berdasarkan filosofi Biomimikri yang terintegrasi dengan aplikasi. Maggot merupakan organisme yang berasal dari telur lalat tentara hitam dan salah satu organisme pembusuk karena mengkonsumsi bahan organik untuk tumbuh (Silmina et al., 2011). Pembuatan sistem otomasi di Maggot Precision Room (MPR) dibagi menjadi beberapa tahap, yaitu tahapan perancangan mekanisme, perancangan fungsional, perakitan dan pemrograman alat serta integrasi ke dalam aplikasi mobile. Untuk mekanisme otomasi yang dicanangkan, magfarm (sebutan untuk peternak maggot) dapat mengakses aplikasi untuk mengontrol pertumbuhan maggot mulai dari proses pemecahan telur hingga siap panen melalui data yang diperoleh dari firebase. Desain alat yang akan digunakan adalah DOIT ESP32 sebagai sistem otomatisasi, sensor kelembaban tanah untuk membaca kelembaban pakan maggot yang terhubung dengan pompa air, sensor SHT11 yang terhubung dengan relay, dan timbangan untuk konversi berat sampah menjadi poin pada aplikasi.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Papan Untai Berarah Hibrida Dari Kayu Cepat Tumbuh Dan Bambu</t>
+  </si>
+  <si>
+    <t>20-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202010322</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rita Kartika Sari, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses pembuatan papan untai berarah (PUB) hibrida dari kayu cepat tumbuh dan bambu, lebih khusus lagi invensi ini berhubungan dengan papan untai berarah hibrida dari kayu cepat tumbuh dan bambu yang disusun dengan kayu sebagai lapisan muka dan belakang papan dan bambu sebagai lapisan inti sehingga menghasilkan produk papan untai berarah hibrida yang mempunyai sifat-sifat unggul yaitu kestabilan dimensi tinggi, kekuatan tinggi, dan permukaan halus. Proses pembuatan PUB hibrida sesuai invensi ini dilakukan dengan tahapan: mengeringkan untai kayu dan bambu, mensteam untai pada tangki tertutup pada suhu 100 &amp;deg;C sampai dengan 140 &amp;deg;C selama 0,5 sampai dengan 3 jam, dan tekanan 0,1 sampai dengan 1,4 kg.cm-2, mengeringkankan untai ke KA kurang dari 5%, mencampurkan untai dengan perekat, membentuk lapik tiga lapisan yaitu kayu sebagai lapisan muka dan belakang dan bambu sebagai lapisan inti dengan nisbah lapisan muka:inti:belakang 15:70:15, 20:60:20, 25:50:25, dan 30:40:30 dan arah lapisan muka dan belakang tegak lurus dengan arah lapisan inti, mengempa pada suhu 160 &amp;deg;C dengan tekanan 25 kg.cm-2 selama 9 menit, dan mengkondisikan PUB selama kurang lebih 14 hari untuk menyesuaikan KA keseimbangan. Sifat PUB hibrida kayu cepat tumbuh dan bambu yang dihasilkan lebih baik dari persyaratan PUB komersial standar Canada.</t>
+  </si>
+  <si>
+    <t>Dr. Sony Hartono Wijaya, S.Kom., M.Kom.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Endang Warsiki, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Wahyu Hidayat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Beras Tiruan Berbahan Baku Buah Lindur  (Bruguiera gymnorrhiza) </t>
+  </si>
+  <si>
+    <t>06-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202210957</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formula beras tiruan berbahan baku buah lindur (Bruguiera gymnorrhiza). Formula beras tiruan berbahan baku buah lindur (Bruguiera gymnorrhiza) dengan komposisi tepung lindur dan pati sagu (4:1) sebanyak 58%, karagenan 2%, dan air 40%. Keunggulan beras tiruan dalam invensi ini yaitu rendah kalori dan baik untuk penderita diabetes karena mengandung kalori sebesar 330 kal, serat pangan multienzim 10,16%, daya cerna 60,22%, dan indeks glikemik 40 mg/dL.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sugeng Heri Suseno, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Y. Aris Purwanto, M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Kastana Sapanli, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Buoy Pendeteksi Upwelling Di Keramba Jaring Apung Berbasis Internet Of Things</t>
+  </si>
+  <si>
+    <t>13-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406500</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Kelautan</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan alat berupa buoy (pelampung) yang terpasang berbagai macam sensor untuk mendeteksi kondisi perairan dan udara yang terhubung dengan database dan website. U-buoy dikhususkan untuk mendeteksi terjadinya upwelling di keramba jaring apung (KJA). U-buoy dirancang berbasis Internet of things untuk mempermudah pembudidaya tanpa harus datang ke lokasi budidaya untuk bisa memantau kondisi keramba terkena upwelling atau tidak. U-buoy terdiri dari kerangka stainless steel berbentuk berlian dengan 6 pelampung di tengah dan dimensi tinggi 160cm, panjang 95cm, dan lebar 75cm. U-buoy dilengkapi oleh berbagai komponen elektronik seperti sensor suhu DS18B20, sensor suhu dan kelembaban BME280, micro computer, dan solar panel. U-buoy memiliki kemampuan untuk mengambil data secara real-time dan akan dikirim secara berkala ke database website. Selanjutnya website akan menampilkan data monitoring suhu permukaan, suhu perairan dalam, suhu udara, kelembaban udara, indikator upwelling, dan solusi yang disarankan sesuai kondisi klasifikasi upwelling. Untuk menggunakan alat ini, turunkan jangkar ke perairan secara perlahan, diikuti dengan penurunan buoy ke perairan. Tekan tombol switch berwarna merah untuk menyalakan buoy. Untuk memantau kondisi keramba, buka website u buoy.online, kemudian login menggunakan akun yang disediakan. Jika terjadi atau akan terjadi upwelling, website akan otomatis memberikan notifikasi peringatan. Klik OK untuk mematikan notifikasi tersebut</t>
+  </si>
+  <si>
+    <t>Komposisi Atraktan Lalat Berbasis Hati Ayam Dan Air Seni Sapi Penyebab Myiasis</t>
+  </si>
+  <si>
+    <t>13-Sep-2021</t>
+  </si>
+  <si>
+    <t>S00202107509</t>
   </si>
   <si>
     <t>Prof. drh. Min Rahminiwati, M.S., Ph.D.</t>
   </si>
   <si>
-    <t>Prof. Dr. Irma Isnafia Arief, S.Pt., M.Si.</t>
-[...41 lines deleted...]
-    <t>Prof. Dr. Endang Warsiki, S.T.P., M.Si.</t>
+    <t>Departemen Anatomi, Fisiologi dan Farmakologi</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan komposisi atraktan lalat penyebab myiasis dan proses pembuatannya. Komposisi atraktan lalat penyebab myiasis sesuai invensi ini terdiri dari hati ayam dan air seni sapi. Hati ayam yang digunakan merupakan hati ayam yang telah disimpan selama 7 hari pada suhu ruang. Sedangkan air seni sapi yang digunakan berasal dari sapi perah betina dewasa. Yang disaring untuk memperoleh fitrat, kemudian disimpan dalam botol plastik atau botol kaca steril. Proses pembuatan atraktan lalat sesuai invensi ini diawali dengan menghaluskan hati ayam dengan menggunakan blender dan ditambahkan dengan air seni sapi. Campuran tersebut diaduk sampai homogen. Campuran yang telah homogen kemudian tersebut diencerkan dengan penambahan air seni sehingga diperoleh komposisi yang diinginkan. Kemudian, atraktan dibagi menjadi dua bagian, yaitu dengan penambahan pengawet Na benzoate dan atraktan tanpa penambahan pengawet Na benzoate. Pengujian dilakukan dengan menyemprotkan kedua atraktan pada kertas uji. Hasil uji menunjukkan bahwa atraktan tanpa penambahan pengawet Na benzoate merupakan komposisi yang paling baik sebagai atraktan lalat penyebab myiasis dengan rata-rata 7.78; 12.94; dan 15.97.</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal Maulana, S.Hut, M.Si</t>
+  </si>
+  <si>
+    <t>Dr. Sena Maulana, S.Hut, M.Si</t>
+  </si>
+  <si>
+    <t>Soleh Muhamad, S.Hut, M.Si</t>
+  </si>
+  <si>
+    <t>Salia</t>
+  </si>
+  <si>
+    <t>Tito Dzullyardana Putra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nabila Aishi Octaviana </t>
+  </si>
+  <si>
+    <t>Iffa Purnama</t>
+  </si>
+  <si>
+    <t>Rizkian Wahid Saputra</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Halimah Dwi Yolanda</t>
+  </si>
+  <si>
+    <t>Muhammad Rizki Abdurrahman</t>
+  </si>
+  <si>
+    <t>Muhamad Dodi Bokasa</t>
+  </si>
+  <si>
+    <t>Listiana Ningrum</t>
   </si>
   <si>
     <t>Sari Intan Kailaku</t>
   </si>
   <si>
-    <t>Awanda Wira Anggini</t>
-[...1 lines deleted...]
-  <si>
     <t>Ali Khumaidi</t>
   </si>
   <si>
+    <t xml:space="preserve">Anggrei Viona Seulalae, SPi </t>
+  </si>
+  <si>
+    <t>Taufik Hidayat, SPi MSi</t>
+  </si>
+  <si>
+    <t>Riyan Alifbi P.I.</t>
+  </si>
+  <si>
+    <t>Azed Al-fara</t>
+  </si>
+  <si>
+    <t>Ira Mahfudah</t>
+  </si>
+  <si>
     <t>Rere Epiyanti</t>
-  </si>
-[...25 lines deleted...]
-    <t>Hanum Rachmawati Nur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -409,74 +382,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J56" headerRowCount="1">
-  <autoFilter ref="A4:J56"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J50" headerRowCount="1">
+  <autoFilter ref="A4:J50"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J56"/>
+  <dimension ref="A1:J50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -536,1303 +509,1147 @@
       </c>
       <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>22</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>23</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>14</v>
+        <v>24</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" s="0" t="s">
         <v>33</v>
-      </c>
-[...13 lines deleted...]
-        <v>15</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="J10" s="0" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="H11" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="B11" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="0" t="s">
+      <c r="I11" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J11" s="0" t="s">
         <v>40</v>
-      </c>
-[...13 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>45</v>
+        <v>17</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>46</v>
+        <v>18</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>47</v>
+        <v>19</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>21</v>
+        <v>41</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>49</v>
+        <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>47</v>
+        <v>36</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="I13" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>49</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>51</v>
+        <v>22</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>52</v>
+        <v>18</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>55</v>
+        <v>41</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>57</v>
+        <v>46</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="I15" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>37</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="H16" s="0" t="s">
-        <v>62</v>
+        <v>21</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>63</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>40</v>
+        <v>28</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>68</v>
+        <v>56</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>33</v>
+        <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>34</v>
+        <v>60</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>35</v>
+        <v>61</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>70</v>
+        <v>62</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>37</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>20</v>
+        <v>64</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>21</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>21</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J22" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>73</v>
+        <v>14</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J23" s="0" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>74</v>
+        <v>37</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>56</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>12</v>
+        <v>50</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>14</v>
+        <v>72</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>80</v>
+        <v>21</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="J26" s="0" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>81</v>
+        <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>82</v>
+        <v>54</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>84</v>
+        <v>73</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>27</v>
+        <v>57</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>85</v>
+        <v>58</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>38</v>
+        <v>31</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>40</v>
+        <v>32</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>86</v>
+        <v>20</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>51</v>
+        <v>74</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>52</v>
+        <v>75</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>53</v>
+        <v>76</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>87</v>
+        <v>77</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>55</v>
+        <v>78</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>17</v>
+        <v>59</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>18</v>
+        <v>60</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>19</v>
+        <v>61</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>20</v>
+        <v>87</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>90</v>
+        <v>15</v>
       </c>
       <c r="I32" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="J32" s="0" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>22</v>
+        <v>59</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>23</v>
+        <v>61</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>14</v>
+        <v>88</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>80</v>
+        <v>15</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="J33" s="0" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>52</v>
+        <v>35</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>53</v>
+        <v>36</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>55</v>
+        <v>38</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>58</v>
+        <v>74</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>59</v>
+        <v>75</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>60</v>
+        <v>76</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>62</v>
+        <v>78</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>24</v>
+        <v>74</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>25</v>
+        <v>76</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="J36" s="0" t="s">
+        <v>79</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>27</v>
+        <v>78</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>75</v>
       </c>
-      <c r="B38" s="0" t="s">
+      <c r="C38" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="C38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>30</v>
+        <v>55</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>31</v>
+        <v>94</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>80</v>
+        <v>57</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
+      </c>
+      <c r="J39" s="0" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>21</v>
+        <v>57</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>69</v>
+        <v>58</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>75</v>
+        <v>48</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>76</v>
+        <v>49</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>77</v>
+        <v>50</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>79</v>
+        <v>52</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>76</v>
+        <v>68</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>77</v>
+        <v>69</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>79</v>
+        <v>70</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>39</v>
+        <v>81</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>37</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>33</v>
+        <v>80</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>34</v>
+        <v>81</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>15</v>
+        <v>84</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>37</v>
-[...154 lines deleted...]
-      <c r="J56" s="0" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>