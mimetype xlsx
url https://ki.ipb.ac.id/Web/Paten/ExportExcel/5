--- v0 (2025-12-17)
+++ v1 (2026-03-17)
@@ -5,1310 +5,1006 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="416" uniqueCount="416">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="316" uniqueCount="316">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ekstrak Lerak (Sapindus rarak) untuk Menstimulasi Pertumbuhan Sapi Potong
+</t>
+  </si>
+  <si>
+    <t>26-Nov-2012</t>
+  </si>
+  <si>
+    <t>P00201201013</t>
+  </si>
+  <si>
+    <t>Pemeriksaan Substantif II</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Toto Toharmat, M.Agr.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
+  </si>
+  <si>
+    <t>Paten</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abstrak
+Invensi ini berhubungan dengan penggunaan ekstrak buah dan biji lerak (Sapindus rarak) sebagai pakan aditif untuk menghambat pertumbuhan protozoa rumen dan memodifikasi komposisi mikroba rumen serta menstimulasi pertumbuhan sapi potong. Pemberian ekstrak lerak sebesar 1 mg/ml atau 200 mg/kg bobot badan dapat menurunkan populasi protozoa rumen, meningkatkan populasi bakteri Prevotella ruminicola dan Ruminococcus albus, meningkatkan aktivitas enzim selulase dan protease sehingga dapat meningkatkan produksi VFA (volatile fatty acid) sebagai sumber energi utama sapi potong. Ekstrak lerak digunakan untuk pakan aditif sapi potong yang mendapat ransum hijauan tinggi (70%). Pemberian ekstrak lerak sebesar 200 mg/kg bobot badan selama 90 hari dapat meningkatkan pertambahan bobot badan sapi potong sebesar 11%.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teknik Biodegradasi Makroalga Laut Sebagai Bahan Energi Alteratif Biogas
+</t>
+  </si>
+  <si>
+    <t>16-Dec-2016</t>
+  </si>
+  <si>
+    <t>P00201608730</t>
+  </si>
+  <si>
+    <t>Dr. Dwi Setyaningsih, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sumber energi berbasis biomassa telah banyak diteliti demi terpenuhinya kebutuhan energi yang semakin meningkat. Salah satunya adalah makroalga yang berasal dari laut. Proses degradasi pada digester anaerobic menjadi salah satu metode dalam menghasilkan biogas dari substrat tersebut. Produksi biogas tidak hanya menghasilkan gas metana tetapi juga menghasilkan gas sampingan yang dapat menurunkan kualitas biogas seperti H2S sehingga perlu dilakukan penanganan yang tepat agar meningkatkan kualitas biogas, salah satunya dengan penyaringan menggunkan filter H2S. Biodigester yang dilengkapi oleh H2S scrubber merupakan salah satu invensi yang dapat menurunkan kandungan H2S pada biogas. Alat biodegradasi sesuai invensi ini terdiri dari komponen-komponen sebagai berikut: bak input; digester, bak output, dan flow meter dicirikan adanya H2S scrubber, sedangkan metode untuk menghasilkan gas sesuai invensi ini memiliki tahapan sebagai berikut: pengeringan substrat, peremndaman substrat dengan air tawar, aklimatisasi starter, akrimatisasi subsrtat makroalga dengan starter, degradasi anaerobik, dan filtrasi gas oleh H2S scrubber.
+       Kelebihan dan invensi ini adalah design yang minimalis, ukuran relative kecil, materi eksternal bisa digunakan berkali-kali, tidak mudah terkena korosif, ramah lingkungan, dan dapat diterapkan dalam skala rumah tangga. Sedangkan kelemahan dari invensi ini adalah teknologi yang digunakan masih sederhana, memerlukan penggantian komponen/materi internal tergantung dari beban kerja dari H2S scrubber itu sendiri.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Joko Santoso, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sri Suharti, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dewi Apri Astuti, M.S.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Mujizat Kawaroe, M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Proses Pembuatan Biodiesel dari Tanah Pemucat Bekas Secara In Situ
 </t>
   </si>
   <si>
-    <t>26-Nov-2012</t>
-[...1 lines deleted...]
-  <si>
     <t>P00201201018</t>
   </si>
   <si>
-    <t>Pemeriksaan Substantif II</t>
+    <t>Prof. Dr. Ir. Muhammad Romli, M.Sc.St.</t>
+  </si>
+  <si>
+    <t>Proses pembuatan biodiesel dari residu minyak sawit dalam tanah pemucat bekas secara in situ merupakan proses dua tahap esterifikasi in situ dilanjutkan dengan transesterifikasi in situ dengan pelarut metanol. Katalis untuk proses esterifikasi adalah asam sulfat dan untuk proses transesterifikasi adalah natrium hidroksida, dan proses esterifikasi in situ dengan katalis asam sulfat mampu menurunkan kadar asam lemak bebas dari 21.6 menjadi 1.6%. Konsentrasi katalis asam sulfat adalah 1.5% (v/b) basis padatan dengan waktu reaksi 3 jam dan menghasilkan yield produk 64.5% dengan kadar asam lemak bebas 1.8%. Proses transesterifikasi in situ dilakukan dengan konsentrasi katalis NaOH 1.5% dan waktu reaksi 1 jam. Proses pembuatan biodiesel dari tanah pemucat bekas melalui proses in situ dua tahap esterifikasi dan transesterifikasi terdiri dari tahapan pemrosesan tanah pemucat bekas dengan metanol katalis asam sulfat dengan jumlah metanol dan katalis masing-masing 4/1 (v/b) dan 1.5% (v/b) basis padatan. Reaksi tersebut dilangsungkan pada suhu 65 °C selama 3 jam. Selanjutnya ditambahkan katalis NaOH sebanyak 1.5% (b/b) basis padatan dan direaksikan selama 1 jam.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Suprihatin</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Ani Suryani, D.E.A.</t>
   </si>
   <si>
-    <t>Departemen Teknologi Industri Pertanian</t>
-[...18 lines deleted...]
-    <t>Prof. Dr. Ir. Joko Santoso, M.Si.</t>
+    <t>Alat Penekan Sampah Botol Plastik Berbasis Sensor HCSR-04</t>
+  </si>
+  <si>
+    <t>01-Dec-2023</t>
+  </si>
+  <si>
+    <t>S00202313374</t>
+  </si>
+  <si>
+    <t>Walidatush Sholihah, S.Si., M.Kom.</t>
+  </si>
+  <si>
+    <t>Sekolah Vokasi</t>
+  </si>
+  <si>
+    <t>Paten Sederhana</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan alat penekan sampah botol plastik berbasis sensor HCSR-04. alat ini terdiri dari body mesin pengepres (1), pintu (2), plat penekan (3), besi asdrat (4), penahan besi asdrat (5), gearbox (6), dinamo motor (7), sensor HCSR-04 (8), control panel (9). sensor HCSR-04 (8) berfungsi untuk mendapatkan hasil pengukuran dari tinggi dan jarak dari sampah botol plastik serta alat pres bekerja secara otomatis. Pengukuran dan penentuan ketinggian botol yang ditekan dapat dilakukan kurang lebih selama 8 sampai 9 menit dengan monitoring yang dilakukan secara real time atau melalui website BottlePress.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Produksi Keju Nabati Berbahan Baku Kedelai Menggunakan Bakteri Asam Laktat </t>
+  </si>
+  <si>
+    <t>29-Dec-2017</t>
+  </si>
+  <si>
+    <t>P00201709882</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Khaswar Syamsu, M.Sc.St.</t>
+  </si>
+  <si>
+    <t>Keju yang dikenal pada umumnya memiliki keterbatasan untuk dinikmati oleh penderita alergi protein susu dan vegetarian. Selain harganya yang mahal, kandungan lemak pada keju juga tinggi. Protein pada kedelai dapat menjadi alternatif pengganti protein dari susu pada pembuatan keju karena memiliki kadar protein yang tidak jauh berbeda serta kadar lemak yang rendah. Penggunaan bakteri asam laktat dari dadih sebagai bakteri probiotik dengan penambahan bahan tambahan pangan perlu dilakukan untuk memperbaiki mutu dari keju nabati.</t>
+  </si>
+  <si>
+    <t>Indikator Pendeteksi Kematangan Buah Berabahan Nano Zeolit-Amonium Molibdat dan Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>04-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911252</t>
+  </si>
+  <si>
+    <t>Tablet indikator berbahan nano zeolit-amonium molibdat digunakan untuk mendeteksi kematangan buah. Tablet disematkan dalam ruangan head space dalam kemasan buah. Warna indikator dapat berubah karena adanya etilena dalam kemasan yang diemisikan oleh buah dan beraksi dengan amonium molibdat yang terjerap dalam pori nano zeolit. Tablet akan berwarna kuning ketika buah memproduksi etilen sedikit atau ketika buah belum matang dan berubah menjadi hijau ketika buah sudah matang karena produksi etilena yang cukup banyak. Selanjutnya tablet indikator akan merespon kelebihan etilena dalam kemasan dengan berubah warna menjadi biru untuk merepresentasikan kondisi buah yang kelewat matang. Sinyal kematangan buah yang dilihat dengan mata tersebut akan memberikan kemudahan bagi konsumen untuk memilih tingkat kematangan buah sesuai dengan kebutuhan.</t>
+  </si>
+  <si>
+    <t>Metode Ekstraksi Enzim Tripsin dari Jeroan Ikan</t>
+  </si>
+  <si>
+    <t>28-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202010673</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Asadatun Abdullah, S.Pi., M.S.M., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan metode ekstraksi enzim tripsin dari jeroan ikan tuna.Lebih khusus, metode ekstraksi dan teknik pengeringan enzim tripsin menggunakan spraydrier dan freeze drier. Enzim tripsin dari usus ikan tuna memiliki aktivitas sebesar 0,052U/mg. Enzim tersebut memiliki kisaran kerja pada suhu 20-70oC dengan aktivitas tertinggipada suhu 60oC, kisaran kerja pada pH 5-10 dengan aktivitas tertinggi pada pH 8. Enzimtersebut bisa bekerja dengan konsentrasi substrat 0.1-4% dengan konsentrasi substratoptimum 0,5-0,6%. Kinetika enzim tripsin dalam bentuk larutan memiliki Vmaks= 0,005mmol/s dan Km 0,317 mM. Enzim tripsin yang dikeringkan dengan spray drier memilikiaktivitas yang relatif sama, yaitu 0,068 U/mg. Namun kinetika enzimnya ada perbedaan,yaitu Vmaks= 0,002 mmol/s dan Km= 0,809 mM. Enzim tripsin yang dikeringkan denganfreeze drier memiliki aktivitas 0,069 U/mg. Kinetika enzim yang dikeringkan dengan freeze
+drier memiliki nilai Vmaks= 0,004 mmol/s dan Km= 0,317 mM.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Pembuatan Lip Balm  Berbahan Baku Bubur Rumput Laut </t>
+  </si>
+  <si>
+    <t>S00201911249</t>
+  </si>
+  <si>
+    <t>Proses pembutan lip balm rumput laut menggunakan bubur rumput laut. Proses pembuatan bubur rumput laut menggunakan E.cottonii dan Turbinaria sp. dengan perbandingan 1:1, 1:2, 2:1. Lip balm mengandung antioksidan dan bahan aktif dari jenis steroid, triterpenoid, flavonoid, dan saponin. Hasil uji sensori terbaik dari parameter kenampakan, warna, aroma, tekstur, dan kelembaban yaitu lip balm dengan rasio bubur rumput laut 1:2. Nilai pH sediaan lip balm telah sesuai dengan SNI dan pH balance kulit normal manusia. Rasio bubur rumput laut terbaik pada lip balm rumput laut berdasarkan analisis pH, LoD dan antioksidan terdapat pada perlakuan perbandingan 1:1.</t>
+  </si>
+  <si>
+    <t>Metode Identifikasi Status Kehamilan Monyet Ekor Panjang Melalui Citra Termal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202010710 </t>
+  </si>
+  <si>
+    <t>Dr. Sony Hartono Wijaya, S.Kom., M.Kom.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Komputer</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan kecerdasan buatan (arti?cial intelligence) berbasis citra. Secara khusus, invensi ini mengenai metode untuk mengidenti?kasi status kehamilan monyet ekor panjang (Macaca fascicularis) melalui citra termal. Invensi ini menggunakan arsitektur Convolutional Neural Network (CNN) untuk mengolah data citra secara e?sien. Arsitektur tersebut merupakan modi?kasi dari arsitektur VGG yang disesuaikan dengan karakteristik data dan lingkungan pengembangan. Identi?kasi melalui citra utuh dilakukan pada data potongan citra hasil sliding window ke dalam model CNN. Kemudian, hasil prediksi diseleksi dengan teknik thresholding dan Soft Non-Maximum Suppression (SoftNMS) untuk menghasilkan status kehamilan monyet ekor panjang pada bagian abdomen (perut) di dalam suatu citra termal utuh. thresholding menggunakan nilai probabilitas hasil prediksi diantara [0.0, 0.3] untuk non-abdomen, dan nilai probabilitas hasil prediksi diantara [0.7, 1.0] untuk abdomen positif hamil atau abdomen negatif hamil.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nurjanah, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Proses Produksi Bubur Rumput Laut Kappaphycus Alvarezii dan Halimeda Opuntia Sebagai Bahan Baku Sabun Wajah </t>
+  </si>
+  <si>
+    <t>S00201911248</t>
+  </si>
+  <si>
+    <t>Sabun wajah adalah sediaan kosmetika berbentuk emulsi untuk membersihkan wajah dari kotoran maupun sisa tata rias yang larut air dan minyak secara efisien. Rumput laut Kappaphycus alvarezii dan Halimeda opuntia merupakan bahan baku yang berpotensi untuk dijadikan sabun wajah. Rasio bubur K.alvarezii dan H.opuntia terbaik yaitu 1:1 dengan karakteristik yaitu nilai IC50 sebesar 72.85 ppm ; pH 7.33&amp;plusmn;0.01; kadar air 86.85&amp;plusmn;0.056 ; viskositas 2 936.33&amp;plusmn;0,00 dan juga memiliki senyawa aktif alkaloid, flavonoid dan saponin. Sabun wajah rumput laut memiliki karakteristik yaitu pH 7.2; tinggi busa 5-10 mL/10 menit dengan keadaan stabil, daya sebar 6.1 cm ; nilai IC50 sebesar 93.625 ppm, viskositas 4 392 cP ; nilai angka lempeng total sebesar 2x101 koloni/g.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Garam Berbahan Baku Rumput Laut Merah Grateloupia angusta</t>
+  </si>
+  <si>
+    <t>19-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202211596</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pembuatan garam dengan bahan baku rumput laut merah Grateloupia angusta. Proses pembuatan garam dimulai dengan preparasi rumput laut Grateloupia angusta menjadi tepung, kemudian dicampurkan akuades pada tiga rasio berbeda (1:5, 1:10 dan 1:15 b/v). Pemanasan sampel dilakukan dalam waterbath shaker pada suhu 40? selama 10 menit. Hasil yang didapatkan disaring dengan kain blacu 85 mesh, kemudian filtrat disaring kembali menggunakan kertas saring Whatman 42. Filtrat dikeringkan selama 48 jam pada suhu 50-60oC menggunakan oven. Hasil pengeringan berupa garam rumput laut dengan warna cokelat, tekstur halus, dan rasa umami. Keunggulan garam rumput laut Grateloupia angusta dalam invensi ini yaitu memiliki rendemen mencapai 12,0-20,9%, memiliki senyawa fenol, tinggi antioksidan, dan rasio Na:K &amp;lt;1 sehingga aman dikonsumsi oleh penderita hipertensi.</t>
+  </si>
+  <si>
+    <t>Formulasi Krim Lulur Kombinasi Residu Garam Rumput Laut Cokelat (Sargassum sp.) dan Bubuk Rimpang Kunyit</t>
+  </si>
+  <si>
+    <t>20-May-2022</t>
+  </si>
+  <si>
+    <t>S00202205627</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi krim lulur kombinasi residu garam rumput laut cokelat (Sargassum sp.) dan bubuk rimpang kunyit yang digunakan sebagai bahan tambahan pada pembuatan lulur. Formulasi krim lulur berbahan baku kombinasi residu garam rumput laut cokelat (Sargassum sp.) dan bubuk rimpang kunyit yang terdiri dari fase minyak (asam stearat 7,9%, setil alkohol 1%), fase air (propilen glikol 3%, gliserin 3%, trietanolamine (TEA) 0,5%, akuades 74,5 &amp;ndash; 75,5%), phenoxyetanol 0,9%, residu garam rumput laut 7%, bubuk rimpang kunyit 0,5-1,5%, dan aroma 0,7%. Keunggulan lulur dalam invensi ini yaitu kestabilan lulur baik, homogen, nilai pH sesuai pH kulit, kelembabannya baik masuk kategori lembab, memiliki senyawa fenolik yang tinggi sebagai antioksidan dan aman digunakan.</t>
+  </si>
+  <si>
+    <t>Sistem Pengasapan Dingin Ikan</t>
+  </si>
+  <si>
+    <t>28-Dec-2018</t>
+  </si>
+  <si>
+    <t>PID201811236</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Indra Jaya, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Kelautan</t>
+  </si>
+  <si>
+    <t>Kualitas pengasapan ikan dipengaruhi oleh beberapa faktor yaitu mutu dan volume asap, suhu dan kelembaban ruang pengasapan, serta sirkulasi udara dalam ruang pengasapan yang pada proses pengasapan ikan konvensional belum dikontrol secara penuh, hanya berdasarkan perkiraan dan pengalaman. Invensi ini menghasilkan sistem cerdas yang mampu mengontrol atau mengendalikan alat pengasapan dingin ikan.</t>
+  </si>
+  <si>
+    <t>Instrumen Digital Pengukur Warna Dan Tingkat Kecerahan Perairan</t>
+  </si>
+  <si>
+    <t>PID201811235</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan pengembangan alat secchi disk, yang pada umumnya digunakan untuk pengukuran kecerahan perairan secara konvensional dengan menggunakan papan bulat yang diberi kuadran warna hitam dan putih serta dilengkapi dengan tali untuk penanda jarak. Invensi ini mampu mengukur kecerahan perairan secara digital berdasarkan nilai RGB (Red, Green, Blue) yang dikonversi menjadi kecerahan. Komponen yang digunakan pada alat ini yaitu mikrontroller, yang berfungsi untuk mengatur pembacaan data pada sensor. Sensor yang digunakan yaitu sensor RGB untuk mengukur intensitas warna merah hijau dan biru di perairan, serta dilengkapi dengan sensor kedalaman sebagai pengganti sistem konvensional pada secchi disk yang menggunakan tali untuk mengukur kedalaman. Data yang diperoleh akan disimpan ke dalam micro SD, data nilai RGB serta kecerahan dapat secara langsung dilihat di LCD (Liquid Crystal Displai) yang terdapat di alat. Invensi ini mampu membantu dan memberikan kemudahan dalam melakukan pengukuran kecerahan dan warna perairan dengan hasil yang lebih akurat dan konsisten.</t>
+  </si>
+  <si>
+    <t>Fakultas Peternakan</t>
+  </si>
+  <si>
+    <t>Proses Dan Komposisi Implan Tulang Temporer Terserap Tubuh Berbahan Besi-Biokeramik</t>
+  </si>
+  <si>
+    <t>10-Nov-2016</t>
+  </si>
+  <si>
+    <t>P00201607652</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Deni Noviana</t>
+  </si>
+  <si>
+    <t>Departemen Klinik Reproduksi dan Patologi</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan implan kombinasi komposit besi-biokeramik (Fe-biokeramik) terserap tubuh yang merupakan hal baru dalam bidang biomaterial karena telah mengganti paradigm lama tentang implan yang bersifat anti korosi (innert). Implan komposit besi-biokeramik memiliki sifat biokompatibilitas, osteokonduktifitas, dan biodegradasi sangat baik yang teruji secara in-vitro dan in-vivo pada hewan coba. Implan komposit dapat membantu proses persembuhan tulang dan hilang terserap tubuh setelah terjadl proses persembuhan dalam kurun waktu tertentu. Hal ini akan menguntungkan pasien karena nantinya hanya sekali menjalani pembedahan sehingga menurunkan resiko kematian dan kesakitan.</t>
   </si>
   <si>
     <t>Fakultas Perikanan dan Ilmu Kelautan</t>
   </si>
   <si>
-    <t xml:space="preserve">Sumber energi berbasis biomassa telah banyak diteliti demi terpenuhinya kebutuhan energi yang semakin meningkat. Salah satunya adalah makroalga yang berasal dari laut. Proses degradasi pada digester anaerobic menjadi salah satu metode dalam menghasilkan biogas dari substrat tersebut. Produksi biogas tidak hanya menghasilkan gas metana tetapi juga menghasilkan gas sampingan yang dapat menurunkan kualitas biogas seperti H2S sehingga perlu dilakukan penanganan yang tepat agar meningkatkan kualitas biogas, salah satunya dengan penyaringan menggunkan filter H2S. Biodigester yang dilengkapi oleh H2S scrubber merupakan salah satu invensi yang dapat menurunkan kandungan H2S pada biogas. Alat biodegradasi sesuai invensi ini terdiri dari komponen-komponen sebagai berikut: bak input; digester, bak output, dan flow meter dicirikan adanya H2S scrubber, sedangkan metode untuk menghasilkan gas sesuai invensi ini memiliki tahapan sebagai berikut: pengeringan substrat, peremndaman substrat dengan air tawar, aklimatisasi starter, akrimatisasi subsrtat makroalga dengan starter, degradasi anaerobik, dan filtrasi gas oleh H2S scrubber.
-[...56 lines deleted...]
-    <t>Invensi ini mengenai komposisi ikan layang (Decapterus russelli) asap dengan bumbu mangut menggunakan metode sterilisasi autoklaf, yang termasuk dalam bidang teknologi pengolahan hasil perikanan dan pangan siap saji. Invensi ini menggabungkan proses pengasapan tradisional, formulasi bumbu khas nusantara, dan sterilisasi termal bertekanan tinggi untuk menghasilkan produk ikan asap steril yang aman, bergizi, dan memiliki cita rasa khas Indonesia. Proses dimulai dari pemilihan ikan layang segar, pengasapan, kemudian dilakukan pembumbuan menggunakan campuran rempah alami seperti bawang merah, bawang putih, cabai, kencur, kunyit, lengkuas, terasi, lada, garam, kaldu bubuk, gula putih, santan, daun salam, daun jeruk, sereh, dan minyak. Produk selanjutnya dikemas dalam pouch aluminium foil tahan panas dan disterilisasi menggunakan autoklaf pada suhu 121 &amp;deg;C selama 15 menit dengan tekanan 1 bar. Kombinasi proses ini menghasilkan produk ikan asap berbumbu dengan mutu kimia, mikrobiologi, dan organoleptik yang stabil tanpa bahan pengawet kimia. Perlakuan sterilisasi autoklaf juga menurunkan kadar polycyclic aromatic hydrocarbons (PAH) hingga di bawah ambang batas aman (&amp;lt; 5 &amp;micro;g/kg). Produk ini memiliki komposisi nutrisi yang stabil, dengan kadar air, protein, lemak, dan abu yang sesuai dengan standar mutu produk ikan olahan siap saji sehingga berpotensi sebagai produk ekspor unggulan Indonesia.</t>
+    <t>Dr. drh. Sri Estuningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Tati Nurhayati, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Nur Aziezah, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Komposisi Minuman funsional Berbasis Tanaman Herbal  Sebagai Antihiperglikemik</t>
+  </si>
+  <si>
+    <t>22-Dec-2017</t>
+  </si>
+  <si>
+    <t>P00201709591</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mega Safithri, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Biokimia</t>
+  </si>
+  <si>
+    <t>Prevalensi diabetes yang semakin tinggi dapat berdampak pada penurunan produktivitas, disabilitias, dan kematian dini.Pengobatan diabetes dapat dilakukan dengan melakukan suntik insulin ataupun menggunakan obat-obatan yang memaksa pankreas untuk memproduksi insulin. Penggunaan obat-obatan tersebut dalam jangka panjang dapat berdampak negatif. Invensi ini berhubungan dengan komposisi minuman fungsional berbasis tanaman herbal yang dapat menurunkan kadar gula darah. Tanaman herbal yang digunakan, yaitu ekstrak daun sirih merah (Piper crocatum), ekstrak kulit kayu manis (Cinnamomum burmannii), dan ekstrak rimpang jahe (Zingiber officinale) . Minuman fungsional pada invensi ini dapat menurunkan glukosa darah dan dapat meningkatkan jumlah sel ? dan Langerhans islet.</t>
+  </si>
+  <si>
+    <t>Metode Untuk Menerjemahkan Tangis Bayi Menggunakan Pemodelan Deep Learning</t>
+  </si>
+  <si>
+    <t>28-Oct-2022</t>
+  </si>
+  <si>
+    <t>P00202212107</t>
+  </si>
+  <si>
+    <t>Medhanita Dewi Renanti, S.Kom., M.Kom.</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai suatu metode untuk menerjemahkan tangis bayi menggunakan pemodelan deep learning, lebih khusus lagi, invensi ini berhubungan dengan metode pengembangan dari convolutional neural network yang dapat menerjemahkan tangis bayi usia 0-3 bulan dari berbagai negara, suku, bangsa, dan bahasa yang tahapannya adalah proses perekaman tangis bayi, proses konversi menjadi file .wav, proses konversi menjadi waveform of signal, proses penambahan noise pada data, proses ekstraksi ciri menggunakan MFCC yang kemudian menghasilkan melspectogram, dan proses klasifikasi menggunakan model convolutional neural network yang memuat convolution, fungsi aktivasi ReLu, max polling, dropout (0,5), kemudian dilakukan proses fully connected layers dan fungsi aktivasi ReLu, dropout (0.5), serta fungsi aktivasi softmax, dimana metode ini selain untuk menerjemahkan tangis bayi juga lebih robust terhadap noise pada tangis bayi yaitu akurasi 94,3% tanpa noise dan 91,4% jika terdapat noise 5-20dB. Tujuan utama dari invensi ini adalah untuk mengatasi permasalahan yang telah ada sebelumnya khususnya metode untuk menerjemahkan tangis bayi menggunakan pemodelan deep learning. Tujuan lain dari invensi ini adalah untuk menerjemahkan tangis bayi usia 0-3 bulan dari semua negara, suku, bangsa, dan bahasa, serta lebih robust terhadap noise pada sistem penerjemah tangis bayi.</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi dan Produk Antibiotik dari Siput Laut Gonggong</t>
+  </si>
+  <si>
+    <t>02-Oct-2020</t>
+  </si>
+  <si>
+    <t>P00202007200</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mala Nurilmala, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
+  </si>
+  <si>
+    <t>Siput laut gonggong (Leavistrombus turturella) merupakan salah satu sumber antibiotik yang mengandung senyawa peptida antimikroba (Antimicrobial Peptides, AMPs). Invensi ini menghasilkan proses ekstraksi dan produk antibiotik alami dari siput laut gonggong (Laevistrombus turturella). Proses ekstraksi siput laut gonggong sebagai antibiotik alami sesuai invensi ini dilakukan melalui proses ekstraksi maserasi dipadu dengan ultrasonikasi, dilanjutkan purifikasi dengan proses sentrifuge dingin menggunakan membran MWCO (Molecular weight cut-off) yang memiliki berat molekul kurang dari 5 kDa. Produk yang dihasilkan lalu dikonfirmasi menggunakan SDS-PAGE (marker 26.6 kDa) untuk memastikan keberadaan peptide. Antibiotik yang dihasilkan invensi ini memiliki karakter peptida antimikroba (AMPs) yaitu 12 asam amino (RHPDYSVALLLR) dengan berat molekul rendah 1,4 kDa (peptida sederhana), struktur &amp;alpha;-helix, pH titik isoelektrik (pI) sebesar 9.53, net charge +1, total rasio asam amino hidrofobik 49.9%, hydrophobicity sebesar +13.67 kkal/mol dan protein-binding potential (index Boman 2.17 kkal/mol), serta AMPs dari ekstrak daging gonggong rebus bercangkang tebal dapat dijadikan alternatif antibiotik alami yang dapat bersifat antiresisten.</t>
+  </si>
+  <si>
+    <t>Makaroni Bebas Glute Berprotein Tinggi dari campuran Kacang Kedelai dan Pasta Ubi Jalar Ungu dengan Citarasa Kayu Manis</t>
+  </si>
+  <si>
+    <t>29-Dec-2016</t>
+  </si>
+  <si>
+    <t>P00201609166</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sedarnawati Yasni, M.Agr.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa produk makaroni non-gluten berprotein tinggi rasa kayu manis. Produk makaroni dibuat dengan komposisi pasta ubi jalar ungu, tepung kedelai, dan pati tapioka dengan perbandingan 50:47:3 (w/w) . Kayu manis ditambahkan 2% dari berat adonan total. Pengolahan pasta ubi jalar ungu meliputi sortasi, pencucian, kemudian mengukus ubi jalar ungu selama 45 menit, mengupas kulitnya, menghancurkan bagian daging, mengemas dalam plastik, dan menyimpan dalam frezer sampai saat dipergunakan. Proses pembuatan makaroni dilakukan dengan mengukus adonan yang sudah homogen selama 10 menit sebelum dimasukkan pada mesin ekstruder. Produk makaroni diproses dengan teknik ekstrusi pada suhu 40oC dan diameter lubang 0.5 cm. Makaroni yang sudah dibentuk kemudian dikeringkan dalam pengering tipe rak pada suhu 50oC selama 10 jam. Tepung kedelai memifiki kadar protein 36.70% dan aktivitas antioksidan 1,685.92 mg AEAC/g. Keunggulan pasta ubi jalar ungu adalah kandungan oligosakarida berupa staklosa (6.20 mg/g) dan rafinosa (31.51 ng/g). Aktivltas antioksidan pasta ubi jalar ungu sebesar 41,397.29 mg AEAC/g dan kadar antosianin 10.10 mgl/100g. Produk makaroni memiliki kadar air 5.34 (%bb) , abu 5.61 (%bb) , lemak 13.72 (%bb) , protein 26.56 (%bb) , karbohidrat 48 .71 (%bb) , enegi 424 .58 kkal , cooking loss 19 .52%, aktivitas antioksidan 10,433.30 mgAEAC/g, kadar antosianin 3.58 mg/g, dan bewarna ungu merah.</t>
+  </si>
+  <si>
+    <t>Alat Pemantau Kualitas Air Akuarium Berbasis Raspberry Pi untuk Budidaya Ikan Diskus</t>
+  </si>
+  <si>
+    <t>21-Jul-2025</t>
+  </si>
+  <si>
+    <t>S00202506763</t>
+  </si>
+  <si>
+    <t>Dr. Inna Novianty, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  mengenai  alat  pemantauan  kualitas  air  untuk  akuarium  ikan  diskus  yang menggunakan Raspberry Pi sebagai pusat pemroses dan pengendali. Alat ini terintegrasi dengan sensor Dissolved Oxygen (DO), Total Dissolved Solids (TDS), suhu, dan pH untuk mendeteksi  parameter  penting  dalam  budidaya  ikan  diskus.  Dilengkapi  dengan  casing tahan  cipratan,  alat  ini  dapat  dipasang  langsung  di  lingkungan  budidaya  dan  mampu mencatat  data  secara  lokal.  Alat  ini  memberikan  solusi  praktis  dan  efisien  bagi pembudidaya  ikan  hias  untuk  memantau  kualitas  air secara real-time dan  mendukung pengambilan keputusan yang cepat.</t>
+  </si>
+  <si>
+    <t>Dr. Beata Ratnawati, S.T., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Maggy Thenawidjaja</t>
+  </si>
+  <si>
+    <t>Peralatan Ekstraksi Minyak Sawit Mentah dan Minyak Sawit Merah Skala Miniplant</t>
+  </si>
+  <si>
+    <t>18-Mar-2022</t>
+  </si>
+  <si>
+    <t>S00202203403</t>
+  </si>
+  <si>
+    <t>Neli Muna, STP, M.Si</t>
+  </si>
+  <si>
+    <t>Tujuan invensi ini adalah untuk menyediakan desain alat ekstraksi minyak sawit merah skala miniplant dengan kapasitas 1 ton TBS/jam. Miniplant sawit menggunakan peralatan yang terdiri dari loading ramp (1), conveyor (2), vertical sterilizer (3), thresher (4), digester (5), screw press (6), vibrating screen (7), vertical clarifier tank (8), vacuum dryer (9), tangki berpengaduk (10), storage tank (11), nut and fiber separator (12) dan ripple mill (13). Desain peralatan yang dibuat telah disesuaikan dengan kapasitas olah masing-masing alat. Layout pabrik dan rancangan layout pabrik 3D disusun berdasarkan diagram hubungan antar aktivitas. Berdasarkan perhitungan neraca massa dari 1 ton TBS/jam atau 10 ton TBS/hari yang diolah diperoleh produk CPO, RPO dan Palm Kernel berturut-turut sebesar 1752,8 kg, 418,36 kg dan 486,62 kg sehingga rendemen untuk masing-masing produk sebesar 17,53%, 4,18%, dan 4,87%. Dengan asumsi sebanyak 20% dari total CPO yang diproduksi, dipergunakan dalam proses pengolahan lebih lanjut menjadi minyak sawit merah (RPO).</t>
+  </si>
+  <si>
+    <t>Makanan untuk Ibu Menyusui Berupa Kue (Cookies) Nutrilaktasi Dari Serbuk Galohgor</t>
+  </si>
+  <si>
+    <t>S00201911250</t>
+  </si>
+  <si>
+    <t>dr. Naufal Muharam Nurdin, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan inovasi merubah serbuk galohgor menjadi bentuk Cookies Galohgor Nutrilaktasi yang berkhasiat meningkatkan produksi air susu ibu (ASI). Invensi ini berupa komposisi Cookies Galohgor Nutrilaktasi yang berkhasiat meningkatkan produksi ASI dan memiliki citarasa yang baik berdasarkan uji organoleptik dan survey pasar yang telah dilakukan pada tahun 2017-2019. Komposisi bahan baku pembuatan cookies galohgor yang terdapat pada invensi ini terdiri dari 450 gram mentega, 50 gram margarin, 250 gram gula tepung, 60 gram susu tepung, 40 gram coklat bubuk, 120 gram telur, 4 gram garam dan 700 gram tepung mix galohgor yang terdiri dari 400 gram terigu, 140 gram tepung maizena, 160 gram tepung galohgor yang ada pada klaim 1, 4 gram baking powder, 2 gram soda kue dan 300 gram. Karakteristik cookies galohgor nutrasetikal yang dihasilkan memiliki kandungan gizi kadar protein 6.22%,kadar abu 2.38%, kadar lemak 29.22%, kadar air 3.44 %, karbohidrat 58.3%, kadar beta karotene 1.46 mg/kg, dan energi sebesar 521.06 kkal/100g.</t>
+  </si>
+  <si>
+    <t>Sistem Wadah Budidaya Teripang Pasir Pada Lokasi Perairan Relatif Terbuka</t>
+  </si>
+  <si>
+    <t>20-May-2024</t>
+  </si>
+  <si>
+    <t>S00202404497</t>
+  </si>
+  <si>
+    <t>Dr. Drs. Mukhlas Ansori, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Sumberdaya Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan wadah budidaya teripang pasir pada lokasi perairan relatif terbuka. Jaring ditanam dalam sedimen 40 cm agar mencegah teripang pasir keluar dan sekaligus memperkuat jaring, dengan tinggi jaring disesuaikan dengan sifat ekofisiologi dan tingkah laku teripang pasir dan sekaligus menghindari terpaan angina dan badai, maka tingginya hanya sampai permukaan air. Namun untuk menginformasikan bahwa ada kegiatan pen culture, pada dua siku nya diberi tiang tinggi. Agar pen-culture semakin kuat di bagian depan jaring pen culture yang langsung berhadapan dengan arus/gelombang yang kuat dibuat &amp;ldquo;break water&amp;rdquo; dari tumpukan batu yang dibungkus kawat pagar yang akan berperan sebagai penahan dan pemecah arus dan gelombang yang kuat. Invensi yang ditemukan relatif tahan terhadap arus kuat. Selain itu juga memiliki flushing rate yang tinggi, ketersediaan oksigen yang selalu terjamin, sehingga kualitas airnya sangat mendukung kehidupan teripang pasir, dan akhirnya mampu memberikan pertumbuhan yang cukup tinggi</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nuri Andarwulan, M.Si.</t>
+  </si>
+  <si>
+    <t>Metode Produksi Material Komposit Dari Bahan Plastik Dan Material Nanopori Serta Produk Yang Dihasilkannya Sebagai Penjerap Senyawa Organik</t>
+  </si>
+  <si>
+    <t>15-Nov-2020</t>
+  </si>
+  <si>
+    <t>P00202008555</t>
+  </si>
+  <si>
+    <t>Dr. Zaenal Abidin, S.Si., M.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Kimia</t>
+  </si>
+  <si>
+    <t>Teknik adsorpsi untuk menjerap limbah senyawa pewarna organik menimbulkan masalah pengendapan di bagian bawah bak pengolahan. Untuk memperbaiki kelemahan teknik adsorpsi tersebut, maka dikembangkan material komposit berbasis plastik dan material nanopori. Invensi ini menghasilkan suatu metode untuk memproduksi material komposit yang tersusun dari bahan plastik dengan material nanopori dan produk yang dihasilkan sebagai bahan penjerap senyawa organik baik cair atau gas. Metode produksi dan produk material komposit sesuai invensi ini mengkombinasikan bahan dasar polipropilena dan material penjerap bentonit. Serat polipropilena pertama-tama dipotong kemudian dipanaskan menggunakan oven pada suhu 100-300 ?C selama 1-3 menit. Polipropilena kemudian dicampurkan dengan bentonit dengan perbandingan 1:2 sehingga membentuk komposit polipropilena-bentonit. Komposit kemudian dipanaskan pada suhu 100-300 ?C selama 3 menit. Setelah itu, produk siap digunakan untuk menjerap limbah pewarna biru metilena. Produk material komposit penjerap biru metilena yang diperoleh memiliki warna khas yaitu kuning keabuan. Komposit ini dapat menjerap biru metilena dengan mengikuti model isoterm Langmuir.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Ade Iskandar, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Agus Buono, M.Si., M.Kom.</t>
+  </si>
+  <si>
+    <t>Komposisi Umpan Rayap Berbasis Nematoda Entomopatogen</t>
+  </si>
+  <si>
+    <t>01-Dec-2020</t>
+  </si>
+  <si>
+    <t>S00202009236</t>
+  </si>
+  <si>
+    <t>Dr. Arinana, S.Hut., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Hasil Hutan</t>
+  </si>
+  <si>
+    <t>Serbuk kayu pinus sebagai umpan rayap dan media nematoda entomopatogen berupa zeolit dan tanah halus dengan kpomposisi masing-masing sepertiga bagian merupakan invensi baru dalam pengendalian rayap tanah dengan menggunakan agen hayati yaitu nematoda entomopatogen dengan sistem baiting. Dalam invensi ini, serbuk kayu pinus 940 mesh) dikukus terlebih dahulu kemudian ditiriskan serta dikeringudarakan selama tujuh hari. Fungsi zeolit dan tanah halus adalah sebagai media bagi nematoda entomopatogen agar tetap hidup selama proses pengumpanan. Komposisi serbuk kayu pinus, zeolit, dan tanah halus adalah masing-masing 1/3 bagian dari tabung umpan. Hasil invensi ini menunjukkan bahwa serbuk kayu pinus yang telah dikukus dengan menggunakan media nematoda entomopatogen berupa zeolit dan tanah halus serta konsentrasi larutan nematoda entomopatogen yang digunakan adalah 550 IJ/ml, dapat digunakan sebagai pengendali rayap tanah dengan sistem baiting dengan memberikan mortalitas rayap tanah C. curvignathus sebesar 92%.</t>
+  </si>
+  <si>
+    <t>Formulasi Sabun Padat Berbahan Baku Rumput Laut Merah Eucheuma cottonii Dan Ampas Kopi</t>
+  </si>
+  <si>
+    <t>04-May-2021</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202103354 </t>
+  </si>
+  <si>
+    <t>Dr. Ir. Ruddy Suwandi, M.S., M.Phil.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi sabun padat berbahan baku rumput laut merah Eucheuma cottonii dan ampas kopi. Formulasi sabun padat berbahan baku tepung rumput laut merah dan ampas kopi memiliki komposisi yang terdiri atas minyak kelapa 18.90%, minyak zaitun 25.19%, minyak jarak 18.90%, akuades 20.75%, NaOH 9.30%, tepung rumput laut 2.52%, ampas kopi 1.89% dan aroma capucino coklat 1.26%. Sabun padat yang dihasilkan invensi ini memiliki karakteristik terbaik pada penggunaan bahan tepung rumput laut merah dan ampas kopi dengan rasio 4:3. Keunggulan sabun padat dalam invensi ini yaitu nilai pH sesuai pH untuk produk sabun padat pada SNI 06-4085-1996, memiliki senyawa fenolik dan aktivitas antioksidan yang sedang dan aman digunakan.</t>
+  </si>
+  <si>
+    <t>Komposisi Penyegar Dan Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>16-Nov-2018</t>
+  </si>
+  <si>
+    <t>PID201809404</t>
+  </si>
+  <si>
+    <t>Dr. Dra. Pipih Suptijah, M.B.A.</t>
+  </si>
+  <si>
+    <t>PUSAT KAJIAN SUMBERDAYA PESISIR DAN LAUTAN (PKSPL).</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan komposisi penyegar wajah yang mengandung kolagen teripang gama dan kitosan dan metode pembuatannya. Teripang merupakan salah satu komoditas perikanan yang tersebar di perairan Indonesia, beberapa jenis diantaranya teripang gama belum banyak dimanfaatkan. Teripang banyak mengandung kolagen yang dapat dijadikan sebagai penyegar wajah. Kitosan yang berasal dari cangkang udang memiliki aktivitas antibakteri. Formulasi penyegar yang mengandung kolagen dan kitosan tidak hanya berfungsi sebagai penyegar tetapi sekaligus membersihkan wajah.</t>
+  </si>
+  <si>
+    <t>Formula Penguat Palatabilitas Berbahan Alami dan penggunaannya Sebagai Imbuhan Pakan</t>
+  </si>
+  <si>
+    <t>P00201609160</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Suryahadi, D.E.A.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formula penguat palatabilitas sebagai imbuhan pakan yang ditambahkan dalam konsentrat yang bertujuan untuk memperbaiki palatabilitas dan konsumsi nutrien ternak terutama pada program penggemukan sapi potong. Formula bahan dasar penguat palatabilitas dengan komponen utama bahan-bahan lokal; pemanis, asam-asam organik, minyak oregano, dan esens pandan. Penguat palatabilitas dapat meningkatkan daya simpan, mutu konsentrat dan palatabilitas pakan. Dengan proses perwujudan invensi ini, formula penguat palatabilitas mempertahankan mutu konsentrat dan sekaligus meningkatkan palatabilitas dan peningkatan produktlvitas ternak sapi</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Bioetanol dengan Teknik Sakarifikasi dan Fermentasi Secara Simultan Direkayasa Menggunakan Aspergillus Niger dan Saccharomyces Cerevisiae</t>
+  </si>
+  <si>
+    <t>06-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911429</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pembuatan bioetanol menggunakan ko-kultur antara kapang Aspergillus niger dan khamir Saccharomyces cerevisiae melalui rekayasa bioproses akarifikasi dan fermentasi secara simultan (SSF) sehingga dapat meningkatkan perolehan dan rendemen (yield) bioetanol. Invensi ini meliputi kultivasi ko-kultur antara kapang Aspergillus niger dan khamir Saccharomyces cerevisiae pada limbah ampas tahu secara SSF terekayasa. Rekayasa dilakukan dengan penghentian aerasi ketika jumlah sel kapang A niger telah mencapai jumlah maksimum sehingga A. niger kehilangan kemampuan untuk tumbuh, sedangkan khamir S cerevisae mengalami peralihan metabolisme dari respiratif menjadi fermentatif yang menghasilkan lebih banyak bioetanol dari gula yang telah maksimum dihasilkan dari proses hidrolisis pati oleh Aspergillus niger.</t>
+  </si>
+  <si>
+    <t>Sumur Resapan Berlubang Sistem Knockdown</t>
+  </si>
+  <si>
+    <t>07-Jul-2022</t>
+  </si>
+  <si>
+    <t>P00202207265</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Nana Mulyana, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Hutan</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa alat yang berfungsi untuk meresapkan air limpasan permukaan ke dalam tanah yang bila dipasangkan pada bangunan 200 meter persegi dapat membantu mengurangi limpasan permukaan antara 10-18 m3 /hari hujan. Satu set invensi sumur resapan biber ini berbentuk kubus dengan ukuran panjang kali lebar 1x1meter dengan kedalaman 3,20-3,7z0 meter. Dengan sumur resapan yang berbentuk kubus maka dapat memaksimalkan ruang resapan dibandingkan dengan sumur resapan konvensional yang berbentuk silinder. Sumur resapan biber ini juga menggunakan sistem knockdown sehingga memudahkan dalam hal proses pemindahan, penggalian, pemasangan serta pengawasan.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Entang Iskandar, M.Si.</t>
+  </si>
+  <si>
+    <t>Meydia, S.Pi.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Maria Bintang, M.S.</t>
+  </si>
+  <si>
+    <t>Sistem Deteksi Cepat Perubahan Tutupan Vegetasi Berbasis Data Citra Satelit Optik</t>
+  </si>
+  <si>
+    <t>21-Oct-2022</t>
+  </si>
+  <si>
+    <t>S00202211691</t>
+  </si>
+  <si>
+    <t>Dr. Yudi Setiawan, S.P., M.Env.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Konservasi Sumberdaya Hutan dan Ekowisata</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode deteksi perubahan tutupan vegetasi secara cepat berbasis data citra optik yang dikembangkan dalam bentuk software yang dirangkai secara simultan dan berjalan secara otomatis. Sistem yang dikembangkan dalam invensi ini terdiri atas 6 (enam) modul yang saling terhubung yaitu: 1) modul pengunduhan data (data download), 2) modul konversi format data (format data conversion), 3) modul mosaik dan tilling, 4) modul pemrosesan data multi-waktu (time series data processing), 5) modul identifikasi lokasi devegetasi, dan 6) modul mosaik hasil deteksi devegetasi. Sistem dapat dijalankan secara otomatis sehingga tidak diperlukan interaksi secara langsung antara sistem dengan operator.</t>
   </si>
   <si>
     <t>Alat Pendeteksi Tinggi Gelombang Laut</t>
   </si>
   <si>
     <t>29-Dec-2020</t>
   </si>
   <si>
     <t>P00202010749</t>
   </si>
   <si>
-    <t>Agung Tri Nugroho S. Ik</t>
-[...2 lines deleted...]
-    <t>Departemen Ilmu dan Teknologi Kelautan</t>
+    <t>Mahesa Glagah Agung Satria, S.I.K., M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini berupa alat pendeteksi tinggi gelombang laut dengan sistem pendeteksian secara real-time dan pengiriman data ke database dengan menggunakan sinyal GSM sehingga data dapat diakses melalui situs web. Alat pendeteksi tinggi gelombang laut sesuai invensi ini terdiri dari sensor tekanan (1), rangka sensor (2), kerangka luar (3), kotak panel yang berisi komponen elektronik seperti akumulator (4), solar panel (8), controller solar panel (5), modem (7), dan kotak elekronik (6), dan hasil data yang dapat ditampilkan pada situs web. Data tinggi gelombang yang ditampilkan pada situs web
 nantinya berupa grafik tinggi muka air dengan interval waktu perekaman data 100 ms sehingga dapat menampilkan gelombang lautnya. Dalam penggunaannya, alat nantinya diletakkan di dasar perairan dan akan mendeteksi tekanan untuk selanjutnya data akan dikalibrasikan menjadi nilai kedalaman atau tinggi muka air.</t>
   </si>
   <si>
-    <t>Komposisi Snack Bar Berbasis Rumput Laut Merah Dan Biji Teratai</t>
-[...398 lines deleted...]
-    <t>Agnisa Yasfa Azzahra</t>
+    <t>Prof. Dr. Ir. Lilik Budi Prasetyo, M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Andri Hendriana, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Fakultas Teknik dan Teknologi</t>
+  </si>
+  <si>
+    <t>Dr. Karlisa Priandana, S.T., M.Eng.</t>
+  </si>
+  <si>
+    <t>Andini Tribuana Tunggadewi, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Katrin Roosita, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Minuman Herbal Berbasis Ekstrak Daun Kelor Dan Kurma Untuk Wanita Usia Subur Prahipertensi</t>
+  </si>
+  <si>
+    <t>19-Sep-2024</t>
+  </si>
+  <si>
+    <t>S00202409571</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Evy Damayanthi, M.S.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan komposisi minuman herbal ekstrak daun kelor dan kurma untuk wanita subur prahipertensi yang terdiri dari ekstrak daun kelor, kurma, dan air. Minuman herbal ekstrak daun kelor dan kurma sebanyak 150 ml yang dihasilkan mengandung mengandung energi, protein, lemak, karbohidrat, dan serat pangan berturutturut sebesar 31,25 kkal, 0,34 g, 0,02 g, 7,47 g, dan serat pangan sebesar 2,61 g. Kapasitas antioksidan minuman herbal ekstrak daun kelor dan kurma sebesar 130,09%, Ascorbic acid Equivalent Antioxidant Capacity (AEAC) sebesar 134,04 ppm. Termasuk tinggi karena lebih dari &amp;gt;90% pada kandungan kapasitas antioksidan. Kadar total flavonoid sebesar 1,055 QE mg/g, dan mengandung quercetin sebesar 0,61 mg/g serta kaempferol sebesar 0.34 mg/g. Invensi fomulasi minuman ekstrak daun kelor dan kurma dapat diaplikasikan ke industri pangan fungsional.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Endang Warsiki, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Pakan Sapi Perah Untuk Memproduksi Susu Fungsional Kaya Conjugated Linoleic Acids</t>
+  </si>
+  <si>
+    <t>S00202008554</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Despal, S.Pt., M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Invensi ini bertujuan untuk menghasilkan susu fungsional kaya akan conjugated linoleic acid (CLA). Komposisi pakan sapi perah setidaknya dipilih satu dari 5 kg silase jagung, 5.3 kg konsentrat, 5.3 kg ampas tahu dan 2 kg dedak atau 25 kg rumput gajah segar, 20 kg rumput lapang, dan 10 kg konsentrat atau 30 kg rumput gajah segar, 2 kg konsentrat, dan 11 kg ampas tahu atau 20 kg rumput gajah segar, 5 kg jerami padi, 4 kg konsentrat, dan 20 kg ampas tahu atau 20 kg rumput alam, 2 kg konsentrat, 5 kg ampas tahu, dan 5 kg ampas tempe atau 30 kg klobot jagung, 6 kg konsentrat, dan 30 kg ampas tahu. Komposisi pakan sesuai invensi ini diperkaya dengan bungkil kedelai, atau kacang merah, atau bungkil kacang tanah hasil perebusan, pengukusan, sangrai dan ekstrusi dan minyak kedelai, atau minyak jagung, atau minyak kanola, atau minyak wijen, atau minyak bunga matahari atau minyak sawit hasil penyabunan, enkapsulasi (prilling)dan penambahan agen pelindung (tannin). Berdasarkan hasil uji menunjukkan bahwa semua peternakan yang menggunakan komposisi pakan tersebut menghasilkan susu dengan kandungan CLA yang lebih tinggi dibandingkan dengan susu dari industri besar seperti UPBS (0.991%).</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Etty Riani, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Huda Shalahudin Darusman, M.Si.</t>
+  </si>
+  <si>
+    <t>Faldiena Marcelita, S.T., M.Kom.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sulistijorini, M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Minyak Ikan Tuna (Thunnus Sp) Etil Ester Menggunakan Transesterifikasi</t>
+  </si>
+  <si>
+    <t>20-Nov-2021</t>
+  </si>
+  <si>
+    <t>S00202110437</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Sugeng Heri Suseno, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Minyak ikan merupakan sumber alami asam lemak tidak jenuh atau polyunsaturated fatty acid (PUFA) omega-3 (n-3), terutama asam eikosapentanoat (C20:5n-3; EPA) dan asam dokosaheksanoat (C22:6n-3; DHA). Tujuan invensi ini adalah menghasilkan minyak ikan etil ester yang tahan terhadap oksidasi. Minyak ikan tuna kasar dimurnikan dengan tahap netralisasi, degumming, bleaching. Minyak yang telah dimurnikan dilanjutkan proses transesterifikasi dengan kondisi optimal yang didapatkan yakni suhu 55 &amp;deg;C dengan konsentrasi NaOH 0,7% dan direaksikan selama 75 menit. Minyak ikan etil ester memiliki rendemen 92%,3%, PV 1,73 meq/kg, AnV 1,08 meq/kg dan total oksidasi 4,54 meq/kg. Minyak ikan etil ester kemudian ditambahkan antioksidan tokoferol 0,6% dan disimpan pada suhu oven 40 &amp;deg;C selama 16 hari lalu diuji setiap 2 hari sekali. Total oksidasi minyak ikan etil ester dapat bertahan selama 12 hari suhu 40 &amp;deg;C jika dikonversi sama dengan 180 hari suhu ruang.</t>
+  </si>
+  <si>
+    <t>Dr. Lily Viruly, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Formulasi Mie Kering dari Rumput Laut Gracilaria sp. untuk Menurunkan Kadar Gula Darah</t>
+  </si>
+  <si>
+    <t>05-Mar-2023</t>
+  </si>
+  <si>
+    <t>S00202301961</t>
+  </si>
+  <si>
+    <t>Dr.Eng. Wahyu Ramadhan, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Indonesia merupakan negara pengekspor rumput laut Gracilaria sp. terbesar di dunia (bahan mentah), sehingga Presiden memerintahkan Hilirisasi rumput laut. Pada invensi ini rumput laut Gracilaria sp. digunakan sebagai bahan baku mie kering menurunkan kadar gula darah. Komposisi mie berbasis rumput laut sesuai invensi ini terdiri dari tepung rumput laut Gracilaria sp. 7,0%, tepung sagu 37,0%, tepung singkong 9,25%, telur 1,5%, gliserol monostearat 0,25% dan air 45,0%. Hasil penelitian memperlihatkan mie mengandung serat tinggi (7,02 + 0,24 %) dan indek glikemik rendah (51,46 + 2,47). Mie yang dihasilkan memiliki kadar air berkisar 6.45-7.94%, kadar abu 1,3-4,1%, lemak 0,4-3,5%, protein 2,7-5,9%, karbohidrat 77,7-80,3%, serat 7,02 + 0,24 % dan tannin (phlorotannin) 110-220 mg/100g. Uji pada hewan model tikus memperlihatkan penurunan gula darah dan perbaikan sel beta pankreas pada hewan model.</t>
   </si>
   <si>
     <t>Formula Minuman Fungsional Berbahan Baku Campuran Daun Kelor, Kunyit, Bayam Merah, Dan Belimbing Wuluh, Untuk Ibu Menyusui</t>
   </si>
   <si>
     <t>06-Apr-2021</t>
   </si>
   <si>
     <t>S00202102485</t>
   </si>
   <si>
-    <t>Dr. Tria Astika Endah Permatasari, SKM, MKM</t>
-[...2 lines deleted...]
-    <t>Departemen Ilmu dan Teknologi Pangan</t>
+    <t>Dr. Tjahja Muhandri, S.T.P., M.T.</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini bertujuan untuk menghasilkan minuman dungsional bagi ibu menyusui. Formula minuman fungsional sesuai invensi ini terdiri dari bubuk daun kelor, bubuk kunyit, bubuk bayam merah, dan bubuk belimbing wuluh dikemas menggunakan kemasan kertas celup, dimana perbandingannya adalah bubuk daun kelor 9-10%, bubuk kunyit 44-45%, bubuk bayam merah 9-10%, dan bubuk belimbing wuluh 36-37%. Karakteristik minuman fungsional yang dihasilkan memiliki berat bersih 1.3 gram, kadar air 6-7% (bb), energi per takaran saji 1.3 gram adalah 3 kkal, ukuran partikel lolos ayakan 30 mesh, dan waktu
 penyeduhan 15-20 detik.</t>
   </si>
   <si>
-    <t xml:space="preserve">Produksi Keju Nabati Berbahan Baku Kedelai Menggunakan Bakteri Asam Laktat </t>
-[...5 lines deleted...]
-    <t>P00201709882</t>
+    <t>Bone Allograft Untuk Penanganan Defek Tulang Dan Gigi Pada Hewan Kecil</t>
+  </si>
+  <si>
+    <t>19-Jul-2022</t>
+  </si>
+  <si>
+    <t>P00202207628</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan bone allograft sebagai material transplan tulang dan pengisi defek (bone filler) dalam penanganan kasus fraktur dan ekstraksi gigi pada hewan kecil. Tahapan pembuatannya diawali dengan penyiapan material yang berasal dari tulang bagian cancellous dan cortical dari hewan kecil baik dalam keadaan hidup maupun kadaver, kemudian membersihkannya dari otot dan jaringan ikat. Setelah itu, ukuran tlang diperkecil dan direndam ke dalam campuran larutan kloroform dan metanol dengan perbandingan 1:1. Tulang kemudian dikeringkan dan digiling hingga berbentuk serbuk dan menyaringnya. Serbuk tulang selanjutnya direndam dalam H2O3 3% yang diikuti dengan sonikasi, kemudian mencuci dengan akuades dan melakukan demineralisasi serbuk tulang tersebut menggunakan cairan HCl 0,6 M selama 15 menit di dalam alat sonikasi. Setalah itu, serbuk tulang dicuci kembali untuk kemudian diinkubasi ke dalam buffer berupa fosfat. Hasilnya selanjutnya dilakukan pendingin-bekuan pada suhu -84oC sebelum dilakukan sterilisasi menggunakan sinar gamma dengan dosis iradiasi 10-14 kGy. Produk bone allograft yang dihasilkan memiliki ukuran partikel 1001-1500 &amp;micro;m.</t>
+  </si>
+  <si>
+    <t>drh. Mokhamad Fakhrul Ulum, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Dr. Eny Palupi, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Ima Kusumanti, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Purwaningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Agoes Mardiono Jacoeb, Dipl.Biol.</t>
+  </si>
+  <si>
+    <t>Dr. Neri Kautsari, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Formula Dan Proses Pembuatan Suplemen Kesehatan Hewan Kesayangan Berbasis Ikan Tongkol Dan Kunyit</t>
+  </si>
+  <si>
+    <t>19-Aug-2021</t>
+  </si>
+  <si>
+    <t>P00202106482</t>
+  </si>
+  <si>
+    <t>drh. Tetty Barunawati Siagian, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini menghasilkan suplemen kesehatan bagi hewan 5 kesayangan. Lebih khusus, suplemen kesehatan sesuai invensi ini terdiri dari ikan tongkol dan kunyit. Ikan tongkol yang digunakan adalah bagian ikan tongkol berupa bagian kepala, perut, tulang, dan ekor ikan tongkol. Ikan tongkol dan kunyit diolah menjadi bentuk serbuk dan kemudian dicampurkan kedalam kapsul. Validasi 10 kandungan gizi dari suplemen kesehatan sesuai invensi ini terdiri dari protein 56.8 mg, lemak 28.35 mg, kadar abu 33.9 mg, serat kasar 24.32 mg, zat besi 0.067 mg, kalsium 0.00148 mg, zink 0.028 mg, kalium 1.742 mg, kurkumin 1.15 mg, glisin 6 mg, lisin 3.875 mg, DHA 28.8 mg, dan EPA 11.25 mg. Sehingga, suplemen ini memiliki 15 banyak manfaat untuk meningkatkan nafsu makan, mempercepat proses penyembuhan, mengurangi infeksi, mengurangi kadar kolesterol dan penyakit kardiovaskular, membantu memperlancar saluran kemih, menyehatkan kulit dan rambut, dan meningkatkan sistem kekebalan dari hewan kesayangan.</t>
+  </si>
+  <si>
+    <t>Robot Deteksi Dini Radang Ambing (Mastitis) Klinis Dan Subklinis Pada Sapi Perah Berbasis Internet Of Things</t>
+  </si>
+  <si>
+    <t>11-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406430</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa robot deteksi dini mastitis klinis dan subklinis pada sapi perah berbasis internet of things. Robot ini terdiri dari Mas-Tion Cam dan Mas-Tion Vity yang saling terintegrasi dan terkoneksi langsung dengan aplikasi Mas-Tion App. Invensi ini bertujuan untuk memudahkan peternak dalam mencegah penyakit mastitis sehingga produksi susu sapi perah dapat optimal. Mas-Tion Cam memiliki badan yang terbuat dari besi agar robot terlindungi. Mas-Tion Vity memiliki badan yang terbuat dari plastik agar mudah digunakan oleh peternak. Mas-Tion Cam bergerak memonitoring ambing sapi perah di kandang secara semi otomatis dan Mas-Tion Vity digunakan dengan cara mencelupkan sensor ke sampel susu. Hasil deteksi mastitis klinis dan subklinis akan ditampilkan secara langsung di dalam aplikasi. Aplikasi Mas-Tion App memiliki fitur-fitur yang memudahkan peternak untuk deteksi dini mastitis pada sapi perah.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dodi Nandika, M.S.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Waras Nurcholis, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Nurlisa Alias Butet, M.Sc.</t>
+  </si>
+  <si>
+    <t>Produk Kain Berbasis Benang Pilin dari Serat Tandan Kosong Kelapa Sawit</t>
+  </si>
+  <si>
+    <t>03-Nov-2022</t>
+  </si>
+  <si>
+    <t>S00202212367</t>
+  </si>
+  <si>
+    <t>Dr. Siti Nikmatin, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Fisika</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan produk kain berbahan serat alam. Serat alam yang digunakan adalah serat tandan kosong kelapa sawit pada bagain stalk. Metode yang digunakan dalam membuat benang sawit adalah dengan menggabungkan beberapa helai serat tandan kosong kelapa sawit menjadi satu kesatuan berputar dalam 2 arah berkebalikan menjadi benang kontinu memanjang tanpa putus. Proses pembuatan benang sawit yang dilakukan menghasilkan variasi diameter dari 0,5 - 1 cm. Benang tersebut kemudian di tenun menjadi lembaran kain woven ATBM. Kain yang dihasilkan menggunakan susunan variasi sudut 0o dan 90o. Pemanfaatan serat tandan kosong kelapa sawit merupakan bagian dari pengembangan biomaterial serta merupakan upaya dalam menjawab permasalahan terkait kebutuhan bahan baku dari serat alam di industri kreatif fashion. Penggunaan serat tandan kosong kelapa sawit sebagai bahan baku benang dan kain merupakan salah satu cara untuk mengatasi melimpahnya biomassa padat sawit yang merupakan hasil samping dari tingginya produktifitas CPO di Indonesia.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Noor Farikhah Haneda, M.Si.</t>
+  </si>
+  <si>
+    <t>Roni Nugraha, S.Si., M.Sc., Ph.D.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Idat Galih Permana, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Drs. Rimbawan</t>
+  </si>
+  <si>
+    <t>Tasya Cantika Dwi Destari</t>
+  </si>
+  <si>
+    <t>Gilang Ramadhan</t>
+  </si>
+  <si>
+    <t>Ivan Taufiq Nugraha</t>
+  </si>
+  <si>
+    <t>Aulia Izahra Adil Maulidia</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anggrei Viona Seulalae, SPi </t>
+  </si>
+  <si>
+    <t>Tira Sekar Melati</t>
+  </si>
+  <si>
+    <t>Dr. Tria Astika Endah Permatasari, SKM, MKM</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Bustami Ibrahim, MSc</t>
+  </si>
+  <si>
+    <t>Puti Gita Qanitia</t>
+  </si>
+  <si>
+    <t>Agung Tri Nugroho S. Ik</t>
+  </si>
+  <si>
+    <t>Nurhaliza Amalia Lestari, S. I. K</t>
+  </si>
+  <si>
+    <t>Dikma Jogi Andreas Sianipar</t>
+  </si>
+  <si>
+    <t>Dwitami Anzhany</t>
+  </si>
+  <si>
+    <t>dr. Nurul Hiedayati, Ph.D</t>
+  </si>
+  <si>
+    <t>Alfa aditya Permana</t>
+  </si>
+  <si>
+    <t>Octarina Indah Setyowati</t>
   </si>
   <si>
     <t>Kartika Elsahida</t>
   </si>
   <si>
-    <t>Keju yang dikenal pada umumnya memiliki keterbatasan untuk dinikmati oleh penderita alergi protein susu dan vegetarian. Selain harganya yang mahal, kandungan lemak pada keju juga tinggi. Protein pada kedelai dapat menjadi alternatif pengganti protein dari susu pada pembuatan keju karena memiliki kadar protein yang tidak jauh berbeda serta kadar lemak yang rendah. Penggunaan bakteri asam laktat dari dadih sebagai bakteri probiotik dengan penambahan bahan tambahan pangan perlu dilakukan untuk memperbaiki mutu dari keju nabati.</t>
-[...59 lines deleted...]
-    <t>S00202211596</t>
+    <t>Lusiana Fransiska, SPi</t>
+  </si>
+  <si>
+    <t>Ryan Fachrozan, SPi</t>
+  </si>
+  <si>
+    <t>Nur Rahma Wahyuni, SPi</t>
+  </si>
+  <si>
+    <t>Vivin Jenika Putri, S.TP., Msi</t>
+  </si>
+  <si>
+    <t>Dr. Chananpat Rardniyom</t>
+  </si>
+  <si>
+    <t>Almira Nuraelah, SGz</t>
+  </si>
+  <si>
+    <t>Ratnih Suratnih, SP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Triagung Yuliyana, S.ST, M.Gz </t>
+  </si>
+  <si>
+    <t>Ukasyah Muhammad Syafiq</t>
+  </si>
+  <si>
+    <t>Dzaky Fachri Hadafi</t>
+  </si>
+  <si>
+    <t>Dhiyaurrahman Hamizan Haikal Putra</t>
+  </si>
+  <si>
+    <t>Aditya Rieyza Munif</t>
+  </si>
+  <si>
+    <t>Rizal Hakim</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Muhammad Reza  Cordova, Ph.D</t>
+  </si>
+  <si>
+    <t>Dwi Arianto</t>
+  </si>
+  <si>
+    <t>Deddy Haryadi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pitjont Tomatala, S.Pi,  M.Si</t>
+  </si>
+  <si>
+    <t>Irman Maulana</t>
+  </si>
+  <si>
+    <t>Indah Cahaya Lestari</t>
+  </si>
+  <si>
+    <t>Alilah Syah Budi</t>
+  </si>
+  <si>
+    <t>Keyren Johana Ginting S.</t>
+  </si>
+  <si>
+    <t>Tahani Naurah Aqil</t>
+  </si>
+  <si>
+    <t>Desiffa Iriane</t>
+  </si>
+  <si>
+    <t>Dhiya Ulayya Tsabitah</t>
+  </si>
+  <si>
+    <t>Drs. Kustiyo, M.Si</t>
+  </si>
+  <si>
+    <t>Sahid Agustian Hudjimartsu, ST., M.Kom</t>
   </si>
   <si>
     <t>Yasintha Dwi Nur Amalia</t>
   </si>
   <si>
-    <t>Invensi ini berhubungan dengan metode pembuatan garam dengan bahan baku rumput laut merah Grateloupia angusta. Proses pembuatan garam dimulai dengan preparasi rumput laut Grateloupia angusta menjadi tepung, kemudian dicampurkan akuades pada tiga rasio berbeda (1:5, 1:10 dan 1:15 b/v). Pemanasan sampel dilakukan dalam waterbath shaker pada suhu 40? selama 10 menit. Hasil yang didapatkan disaring dengan kain blacu 85 mesh, kemudian filtrat disaring kembali menggunakan kertas saring Whatman 42. Filtrat dikeringkan selama 48 jam pada suhu 50-60oC menggunakan oven. Hasil pengeringan berupa garam rumput laut dengan warna cokelat, tekstur halus, dan rasa umami. Keunggulan garam rumput laut Grateloupia angusta dalam invensi ini yaitu memiliki rendemen mencapai 12,0-20,9%, memiliki senyawa fenol, tinggi antioksidan, dan rasio Na:K &amp;lt;1 sehingga aman dikonsumsi oleh penderita hipertensi.</t>
-[...26 lines deleted...]
-    <t>S00202110437</t>
+    <t>Chandabalo</t>
+  </si>
+  <si>
+    <t>Basril Abbas</t>
+  </si>
+  <si>
+    <t>Darmawan Darwis</t>
+  </si>
+  <si>
+    <t>Frizky Amelia</t>
+  </si>
+  <si>
+    <t>Ananda Nurul Latifah, SPi</t>
+  </si>
+  <si>
+    <t>Aria Tri Wahyudi</t>
   </si>
   <si>
     <t>Agus Yulianto, S.Pi</t>
   </si>
   <si>
-    <t>Minyak ikan merupakan sumber alami asam lemak tidak jenuh atau polyunsaturated fatty acid (PUFA) omega-3 (n-3), terutama asam eikosapentanoat (C20:5n-3; EPA) dan asam dokosaheksanoat (C22:6n-3; DHA). Tujuan invensi ini adalah menghasilkan minyak ikan etil ester yang tahan terhadap oksidasi. Minyak ikan tuna kasar dimurnikan dengan tahap netralisasi, degumming, bleaching. Minyak yang telah dimurnikan dilanjutkan proses transesterifikasi dengan kondisi optimal yang didapatkan yakni suhu 55 &amp;deg;C dengan konsentrasi NaOH 0,7% dan direaksikan selama 75 menit. Minyak ikan etil ester memiliki rendemen 92%,3%, PV 1,73 meq/kg, AnV 1,08 meq/kg dan total oksidasi 4,54 meq/kg. Minyak ikan etil ester kemudian ditambahkan antioksidan tokoferol 0,6% dan disimpan pada suhu oven 40 &amp;deg;C selama 16 hari lalu diuji setiap 2 hari sekali. Total oksidasi minyak ikan etil ester dapat bertahan selama 12 hari suhu 40 &amp;deg;C jika dikonversi sama dengan 180 hari suhu ruang.</t>
-[...574 lines deleted...]
-    <t xml:space="preserve"> Halimah Dwi Yolanda</t>
+    <t>Agnisa Yasfa Azzahra</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1318,74 +1014,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J221" headerRowCount="1">
-  <autoFilter ref="A4:J221"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J167" headerRowCount="1">
+  <autoFilter ref="A4:J167"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J221"/>
+  <dimension ref="A1:J167"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -1448,5620 +1144,4216 @@
       </c>
       <c r="B6" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C6" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F6" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G6" s="0" t="s">
         <v>21</v>
       </c>
       <c r="H6" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>25</v>
+        <v>10</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I8" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I9" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>18</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>19</v>
       </c>
       <c r="C10" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F10" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="H10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="I10" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J10" s="0" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="H11" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H12" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I12" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="H13" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I13" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B14" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="B14" s="0" t="s">
+      <c r="C14" s="0" t="s">
         <v>36</v>
       </c>
-      <c r="C14" s="0" t="s">
+      <c r="F14" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="0" t="s">
         <v>37</v>
       </c>
-      <c r="F14" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="0" t="s">
+      <c r="H14" s="0" t="s">
         <v>38</v>
       </c>
-      <c r="H14" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I14" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J14" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="C15" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="C15" s="0" t="s">
+      <c r="F15" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="F15" s="0" t="s">
-[...2 lines deleted...]
-      <c r="G15" s="0" t="s">
+      <c r="H15" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I15" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J15" s="0" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>47</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="0" t="s">
         <v>48</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="F16" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="H16" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="I16" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J16" s="0" t="s">
         <v>49</v>
-      </c>
-[...16 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="C17" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F17" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="H17" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B17" s="0" t="s">
+      <c r="I17" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J17" s="0" t="s">
         <v>55</v>
-      </c>
-[...16 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>60</v>
+        <v>47</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>62</v>
+        <v>53</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>64</v>
+        <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>65</v>
+        <v>51</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>66</v>
+        <v>60</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>67</v>
+        <v>61</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I20" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>74</v>
+        <v>55</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>75</v>
+        <v>56</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>78</v>
+        <v>64</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>79</v>
+        <v>58</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>42</v>
+        <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>80</v>
+        <v>64</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>47</v>
+        <v>67</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>81</v>
+        <v>68</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>83</v>
+        <v>64</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>84</v>
+        <v>71</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>85</v>
+        <v>72</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>86</v>
+        <v>73</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>88</v>
+        <v>64</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>94</v>
+        <v>79</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>95</v>
+        <v>80</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>96</v>
+        <v>81</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>48</v>
+        <v>82</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>49</v>
+        <v>77</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>97</v>
+        <v>79</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>53</v>
+        <v>84</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>98</v>
+        <v>10</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>99</v>
+        <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>101</v>
+        <v>14</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="I27" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>103</v>
+        <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I28" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>105</v>
+        <v>21</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="I29" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>106</v>
+        <v>93</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>79</v>
+        <v>91</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>107</v>
+        <v>65</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>109</v>
+        <v>66</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>110</v>
+        <v>94</v>
       </c>
       <c r="H31" s="0" t="s">
-        <v>111</v>
+        <v>54</v>
       </c>
       <c r="I31" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>112</v>
+        <v>67</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I32" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J32" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>115</v>
+        <v>98</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>116</v>
+        <v>99</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>117</v>
+        <v>101</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>118</v>
+        <v>102</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>119</v>
+        <v>103</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>120</v>
+        <v>104</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>121</v>
+        <v>105</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>122</v>
+        <v>106</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>123</v>
+        <v>82</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>124</v>
+        <v>77</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>125</v>
+        <v>83</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>127</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>114</v>
+        <v>108</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>52</v>
+        <v>112</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>129</v>
+        <v>114</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>130</v>
+        <v>115</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>131</v>
+        <v>116</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>132</v>
+        <v>117</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>133</v>
+        <v>112</v>
       </c>
       <c r="I37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>135</v>
+        <v>119</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>55</v>
+        <v>120</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>136</v>
+        <v>121</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>139</v>
+        <v>123</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>140</v>
+        <v>124</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I39" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J39" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>141</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>142</v>
+        <v>109</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>143</v>
+        <v>110</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>144</v>
+        <v>125</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>146</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>147</v>
+        <v>126</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>148</v>
+        <v>127</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="I41" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>152</v>
+        <v>130</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>135</v>
+        <v>18</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>55</v>
+        <v>19</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>136</v>
+        <v>20</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>153</v>
+        <v>24</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>138</v>
+        <v>92</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>159</v>
+        <v>139</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>52</v>
+        <v>140</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>160</v>
+        <v>108</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>161</v>
+        <v>109</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>162</v>
+        <v>110</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>163</v>
+        <v>142</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>164</v>
+        <v>113</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>98</v>
+        <v>143</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>99</v>
+        <v>144</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>100</v>
+        <v>145</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>102</v>
+        <v>147</v>
       </c>
       <c r="I46" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>103</v>
+        <v>148</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>166</v>
+        <v>119</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>167</v>
+        <v>120</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>168</v>
+        <v>121</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>169</v>
+        <v>37</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>170</v>
+        <v>123</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="C48" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="F48" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" s="0" t="s">
         <v>149</v>
       </c>
-      <c r="F48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H48" s="0" t="s">
-        <v>151</v>
+        <v>22</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>152</v>
+        <v>49</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>81</v>
+        <v>102</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>82</v>
+        <v>104</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>172</v>
+        <v>150</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>173</v>
+        <v>151</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>174</v>
+        <v>152</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>175</v>
+        <v>153</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>176</v>
+        <v>154</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>177</v>
+        <v>155</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>178</v>
+        <v>156</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="F51" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="H51" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I51" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>58</v>
+        <v>161</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>71</v>
+        <v>11</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>180</v>
+        <v>25</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>39</v>
+        <v>85</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>181</v>
+        <v>162</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>182</v>
+        <v>163</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>183</v>
+        <v>164</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>184</v>
+        <v>165</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>185</v>
+        <v>166</v>
       </c>
       <c r="I53" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>186</v>
+        <v>167</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>187</v>
+        <v>168</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>190</v>
+        <v>170</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I54" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>191</v>
+        <v>171</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>192</v>
+        <v>172</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>130</v>
+        <v>173</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>193</v>
+        <v>174</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>194</v>
+        <v>44</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>195</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>196</v>
+        <v>176</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>65</v>
+        <v>177</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>197</v>
+        <v>178</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>198</v>
+        <v>179</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>133</v>
+        <v>180</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>199</v>
+        <v>181</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>200</v>
+        <v>10</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>201</v>
+        <v>11</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>203</v>
+        <v>26</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>204</v>
+        <v>85</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>205</v>
+        <v>17</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>129</v>
+        <v>59</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>130</v>
+        <v>51</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>131</v>
+        <v>60</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>206</v>
+        <v>182</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>133</v>
+        <v>62</v>
       </c>
       <c r="I58" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>134</v>
+        <v>63</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>91</v>
+        <v>162</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>92</v>
+        <v>163</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>93</v>
+        <v>164</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>207</v>
+        <v>183</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>96</v>
+        <v>167</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>70</v>
+        <v>18</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>71</v>
+        <v>19</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>72</v>
+        <v>20</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>208</v>
+        <v>27</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>39</v>
+        <v>92</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>74</v>
+        <v>23</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>209</v>
+        <v>96</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>210</v>
+        <v>97</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>211</v>
+        <v>98</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>212</v>
+        <v>184</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="I61" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>213</v>
+        <v>101</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>98</v>
+        <v>185</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>99</v>
+        <v>186</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>100</v>
+        <v>187</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>147</v>
+        <v>72</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>148</v>
+        <v>73</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>149</v>
+        <v>74</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>215</v>
+        <v>53</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>152</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>123</v>
+        <v>191</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>124</v>
+        <v>192</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>125</v>
+        <v>193</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>216</v>
+        <v>194</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="I64" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>127</v>
+        <v>195</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>160</v>
+        <v>185</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>161</v>
+        <v>186</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>162</v>
+        <v>187</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>217</v>
+        <v>196</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>95</v>
+        <v>189</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>164</v>
+        <v>190</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>141</v>
+        <v>119</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>143</v>
+        <v>121</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>218</v>
+        <v>197</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>146</v>
+        <v>123</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>160</v>
+        <v>28</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>161</v>
+        <v>11</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>162</v>
+        <v>29</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>219</v>
+        <v>30</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>95</v>
+        <v>198</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>164</v>
+        <v>31</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>220</v>
+        <v>102</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>221</v>
+        <v>103</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>222</v>
+        <v>104</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>224</v>
+        <v>106</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>166</v>
+        <v>102</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>167</v>
+        <v>103</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>168</v>
+        <v>104</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>225</v>
+        <v>61</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>170</v>
+        <v>106</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" s="0" t="s">
         <v>200</v>
       </c>
-      <c r="B70" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H70" s="0" t="s">
-        <v>204</v>
+        <v>38</v>
       </c>
       <c r="I70" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J70" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>154</v>
+        <v>131</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>227</v>
+        <v>201</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="I71" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>158</v>
+        <v>135</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>42</v>
+        <v>202</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>43</v>
+        <v>203</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>44</v>
+        <v>204</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>228</v>
+        <v>205</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>46</v>
+        <v>134</v>
       </c>
       <c r="I72" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>47</v>
+        <v>206</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>98</v>
+        <v>46</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>99</v>
+        <v>47</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>100</v>
+        <v>48</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>229</v>
+        <v>207</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>102</v>
+        <v>22</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>103</v>
+        <v>49</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>231</v>
+        <v>144</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>232</v>
+        <v>209</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>233</v>
+        <v>210</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>234</v>
+        <v>211</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>231</v>
+        <v>137</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>232</v>
+        <v>138</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>235</v>
+        <v>212</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="I75" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>234</v>
+        <v>141</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>75</v>
+        <v>59</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>77</v>
+        <v>60</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>236</v>
+        <v>213</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>79</v>
+        <v>63</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>196</v>
+        <v>119</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>65</v>
+        <v>120</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>197</v>
+        <v>121</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>237</v>
+        <v>214</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>133</v>
+        <v>38</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>199</v>
+        <v>123</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>238</v>
+        <v>34</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>239</v>
+        <v>35</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>241</v>
+        <v>215</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>242</v>
+        <v>38</v>
       </c>
       <c r="I78" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J78" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>244</v>
+        <v>157</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>245</v>
+        <v>158</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>246</v>
+        <v>159</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>247</v>
+        <v>64</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>185</v>
+        <v>54</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>141</v>
+        <v>216</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>142</v>
+        <v>217</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>143</v>
+        <v>218</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>249</v>
+        <v>219</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>145</v>
+        <v>54</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>146</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>75</v>
+        <v>191</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>76</v>
+        <v>192</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>77</v>
+        <v>193</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>250</v>
+        <v>79</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>39</v>
+        <v>80</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>79</v>
+        <v>195</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>251</v>
+        <v>208</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>252</v>
+        <v>144</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>253</v>
+        <v>209</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>254</v>
+        <v>14</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>255</v>
+        <v>211</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>256</v>
+        <v>108</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>257</v>
+        <v>109</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>258</v>
+        <v>110</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>259</v>
+        <v>221</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>151</v>
+        <v>112</v>
       </c>
       <c r="I83" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>260</v>
+        <v>113</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>192</v>
+        <v>222</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>130</v>
+        <v>223</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>34</v>
+        <v>225</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>28</v>
+        <v>54</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>14</v>
+        <v>32</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>261</v>
+        <v>198</v>
       </c>
       <c r="I85" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>262</v>
+        <v>227</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>263</v>
+        <v>228</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>264</v>
+        <v>229</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>265</v>
+        <v>230</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>266</v>
+        <v>112</v>
       </c>
       <c r="I86" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>267</v>
+        <v>231</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>42</v>
+        <v>232</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>43</v>
+        <v>233</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>44</v>
+        <v>234</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>268</v>
+        <v>89</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="I87" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>47</v>
+        <v>235</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>196</v>
+        <v>126</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>65</v>
+        <v>127</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>197</v>
+        <v>128</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>269</v>
+        <v>21</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>133</v>
+        <v>22</v>
       </c>
       <c r="I88" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>199</v>
+        <v>130</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>135</v>
+        <v>86</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>136</v>
+        <v>88</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>270</v>
+        <v>236</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>138</v>
+        <v>90</v>
       </c>
       <c r="I89" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>139</v>
+        <v>91</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>271</v>
+        <v>237</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>204</v>
+        <v>134</v>
       </c>
       <c r="I90" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>35</v>
+        <v>119</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>37</v>
+        <v>121</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>272</v>
+        <v>238</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I91" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>41</v>
+        <v>123</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>273</v>
+        <v>93</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>52</v>
+        <v>90</v>
       </c>
       <c r="I92" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>224</v>
+        <v>235</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>173</v>
+        <v>222</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>174</v>
+        <v>223</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>175</v>
+        <v>224</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>274</v>
+        <v>239</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>177</v>
+        <v>54</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J93" s="0" t="s">
-        <v>178</v>
+        <v>226</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>256</v>
+        <v>50</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>257</v>
+        <v>51</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>258</v>
+        <v>52</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>275</v>
+        <v>94</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>260</v>
+        <v>55</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>196</v>
+        <v>216</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>65</v>
+        <v>217</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>197</v>
+        <v>218</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>276</v>
+        <v>240</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>133</v>
+        <v>54</v>
       </c>
       <c r="I95" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>199</v>
+        <v>220</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>48</v>
+        <v>136</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>49</v>
+        <v>137</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>50</v>
+        <v>138</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>277</v>
+        <v>241</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>52</v>
+        <v>140</v>
       </c>
       <c r="I96" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J96" s="0" t="s">
-        <v>53</v>
+        <v>141</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>278</v>
+        <v>242</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>279</v>
+        <v>243</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>280</v>
+        <v>244</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>281</v>
+        <v>245</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>282</v>
+        <v>38</v>
       </c>
       <c r="I97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>283</v>
+        <v>246</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B98" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C98" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F98" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="I98" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J98" s="0" t="s">
         <v>123</v>
-      </c>
-[...19 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>285</v>
+        <v>99</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>52</v>
+        <v>166</v>
       </c>
       <c r="I99" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>135</v>
+        <v>247</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>55</v>
+        <v>248</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>136</v>
+        <v>249</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>286</v>
+        <v>105</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>138</v>
+        <v>38</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J100" s="0" t="s">
-        <v>139</v>
+        <v>250</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>287</v>
+        <v>151</v>
       </c>
       <c r="B101" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C101" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="F101" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="H101" s="0" t="s">
         <v>155</v>
       </c>
-      <c r="C101" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I101" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J101" s="0" t="s">
-        <v>290</v>
+        <v>156</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>220</v>
+        <v>96</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>221</v>
+        <v>97</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>222</v>
+        <v>98</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>291</v>
+        <v>252</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>52</v>
+        <v>100</v>
       </c>
       <c r="I102" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>224</v>
+        <v>101</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>292</v>
+        <v>253</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="I103" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>98</v>
+        <v>76</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>293</v>
+        <v>107</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="I104" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>147</v>
+        <v>68</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>148</v>
+        <v>69</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>149</v>
+        <v>70</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>294</v>
+        <v>111</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>152</v>
+        <v>71</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>295</v>
+        <v>96</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>296</v>
+        <v>97</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>297</v>
+        <v>98</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>298</v>
+        <v>117</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>299</v>
+        <v>100</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>300</v>
+        <v>101</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>192</v>
+        <v>254</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>130</v>
+        <v>255</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>193</v>
+        <v>256</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>301</v>
+        <v>257</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>28</v>
+        <v>258</v>
       </c>
       <c r="I107" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>195</v>
+        <v>259</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>81</v>
+        <v>28</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>55</v>
+        <v>11</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>82</v>
+        <v>29</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>302</v>
+        <v>33</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>15</v>
+        <v>198</v>
       </c>
       <c r="I108" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>182</v>
+        <v>152</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>183</v>
+        <v>153</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>303</v>
+        <v>260</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>185</v>
+        <v>155</v>
       </c>
       <c r="I109" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>186</v>
+        <v>156</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>85</v>
+        <v>216</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>86</v>
+        <v>217</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>87</v>
+        <v>218</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>304</v>
+        <v>261</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>89</v>
+        <v>54</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>90</v>
+        <v>220</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>18</v>
+        <v>208</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>19</v>
+        <v>144</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>20</v>
+        <v>209</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>21</v>
+        <v>262</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>23</v>
+        <v>211</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>287</v>
+        <v>202</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>155</v>
+        <v>203</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>288</v>
+        <v>204</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>305</v>
+        <v>263</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>39</v>
+        <v>134</v>
       </c>
       <c r="I112" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>290</v>
+        <v>206</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>64</v>
+        <v>242</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>65</v>
+        <v>243</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>66</v>
+        <v>244</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>306</v>
+        <v>264</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>68</v>
+        <v>38</v>
       </c>
       <c r="I113" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J113" s="0" t="s">
-        <v>69</v>
+        <v>246</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>192</v>
+        <v>242</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>193</v>
+        <v>244</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>307</v>
+        <v>265</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="I114" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J114" s="0" t="s">
-        <v>195</v>
+        <v>246</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>85</v>
+        <v>242</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>86</v>
+        <v>243</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>87</v>
+        <v>244</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>308</v>
+        <v>266</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>89</v>
+        <v>38</v>
       </c>
       <c r="I115" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>90</v>
+        <v>246</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>10</v>
+        <v>242</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>11</v>
+        <v>243</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>12</v>
+        <v>244</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>24</v>
+        <v>267</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>261</v>
+        <v>38</v>
       </c>
       <c r="I116" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>17</v>
+        <v>246</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>256</v>
+        <v>157</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>257</v>
+        <v>158</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>258</v>
+        <v>159</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>309</v>
+        <v>268</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>151</v>
+        <v>54</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J117" s="0" t="s">
-        <v>260</v>
+        <v>161</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>64</v>
+        <v>157</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>65</v>
+        <v>158</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>66</v>
+        <v>159</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>310</v>
+        <v>269</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>68</v>
+        <v>54</v>
       </c>
       <c r="I118" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J118" s="0" t="s">
-        <v>69</v>
+        <v>161</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>311</v>
+        <v>227</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>312</v>
+        <v>228</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>313</v>
+        <v>229</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>314</v>
+        <v>270</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>15</v>
+        <v>112</v>
       </c>
       <c r="I119" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J119" s="0" t="s">
-        <v>315</v>
+        <v>231</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>295</v>
+        <v>50</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>296</v>
+        <v>51</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>297</v>
+        <v>52</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>316</v>
+        <v>271</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>299</v>
+        <v>54</v>
       </c>
       <c r="I120" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J120" s="0" t="s">
-        <v>300</v>
+        <v>55</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>75</v>
+        <v>50</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>76</v>
+        <v>51</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>317</v>
+        <v>272</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I121" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J121" s="0" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>25</v>
+        <v>191</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>11</v>
+        <v>192</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>26</v>
+        <v>193</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>27</v>
+        <v>273</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>318</v>
+        <v>80</v>
       </c>
       <c r="I122" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>29</v>
+        <v>195</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>244</v>
+        <v>191</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>246</v>
+        <v>193</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>319</v>
+        <v>274</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>185</v>
+        <v>80</v>
       </c>
       <c r="I123" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J123" s="0" t="s">
-        <v>248</v>
+        <v>195</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>141</v>
+        <v>59</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>142</v>
+        <v>51</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>143</v>
+        <v>60</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>320</v>
+        <v>275</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
       <c r="I124" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>146</v>
+        <v>63</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>295</v>
+        <v>208</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>296</v>
+        <v>144</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>297</v>
+        <v>209</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>321</v>
+        <v>276</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>299</v>
+        <v>15</v>
       </c>
       <c r="I125" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J125" s="0" t="s">
-        <v>300</v>
+        <v>211</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>322</v>
+        <v>143</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>323</v>
+        <v>144</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>324</v>
+        <v>145</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>325</v>
+        <v>277</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="I126" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J126" s="0" t="s">
-        <v>326</v>
+        <v>148</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>327</v>
+        <v>143</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>92</v>
+        <v>144</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>328</v>
+        <v>145</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>329</v>
+        <v>278</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>52</v>
+        <v>147</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>330</v>
+        <v>148</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>108</v>
+        <v>115</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>331</v>
+        <v>279</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I128" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J128" s="0" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>86</v>
+        <v>42</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>332</v>
+        <v>280</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>89</v>
+        <v>22</v>
       </c>
       <c r="I129" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>90</v>
+        <v>45</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>278</v>
+        <v>56</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>279</v>
+        <v>47</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>280</v>
+        <v>57</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>333</v>
+        <v>281</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>282</v>
+        <v>54</v>
       </c>
       <c r="I130" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>283</v>
+        <v>58</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>334</v>
+        <v>282</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I131" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>154</v>
+        <v>65</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>155</v>
+        <v>47</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>156</v>
+        <v>66</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>335</v>
+        <v>268</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>35</v>
+        <v>65</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>37</v>
+        <v>66</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>336</v>
+        <v>283</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I133" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>41</v>
+        <v>67</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>18</v>
+        <v>46</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>19</v>
+        <v>47</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>20</v>
+        <v>48</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>30</v>
+        <v>284</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>15</v>
+        <v>22</v>
       </c>
       <c r="I134" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>337</v>
+        <v>46</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>338</v>
+        <v>47</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>339</v>
+        <v>48</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>340</v>
+        <v>285</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>341</v>
+        <v>22</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>342</v>
+        <v>49</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>119</v>
+        <v>47</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>120</v>
+        <v>132</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>343</v>
+        <v>286</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>102</v>
+        <v>134</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>122</v>
+        <v>135</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>114</v>
+        <v>131</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>108</v>
+        <v>47</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>115</v>
+        <v>132</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>344</v>
+        <v>287</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>52</v>
+        <v>134</v>
       </c>
       <c r="I137" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>117</v>
+        <v>135</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>160</v>
+        <v>202</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>161</v>
+        <v>203</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>162</v>
+        <v>204</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>345</v>
+        <v>288</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="I138" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>164</v>
+        <v>206</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>209</v>
+        <v>247</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>210</v>
+        <v>248</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>211</v>
+        <v>249</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>346</v>
+        <v>289</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>213</v>
+        <v>250</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>278</v>
+        <v>247</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>279</v>
+        <v>248</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>280</v>
+        <v>249</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>347</v>
+        <v>290</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>282</v>
+        <v>38</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>283</v>
+        <v>250</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>81</v>
+        <v>247</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>55</v>
+        <v>248</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>82</v>
+        <v>249</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>348</v>
+        <v>291</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>15</v>
+        <v>38</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>84</v>
+        <v>250</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>141</v>
+        <v>247</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>142</v>
+        <v>248</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>143</v>
+        <v>249</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>349</v>
+        <v>292</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>141</v>
+        <v>247</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>142</v>
+        <v>248</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>143</v>
+        <v>249</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>350</v>
+        <v>293</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="I143" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>146</v>
+        <v>250</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>238</v>
+        <v>136</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>239</v>
+        <v>137</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>240</v>
+        <v>138</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>351</v>
+        <v>294</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>242</v>
+        <v>140</v>
       </c>
       <c r="I144" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J144" s="0" t="s">
-        <v>243</v>
+        <v>141</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>85</v>
+        <v>136</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>86</v>
+        <v>137</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>352</v>
+        <v>295</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>89</v>
+        <v>140</v>
       </c>
       <c r="I145" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>90</v>
+        <v>141</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>353</v>
+        <v>136</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>354</v>
+        <v>137</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>355</v>
+        <v>138</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>31</v>
+        <v>296</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="I146" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J146" s="0" t="s">
-        <v>356</v>
+        <v>141</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>287</v>
+        <v>136</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>288</v>
+        <v>138</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>357</v>
+        <v>297</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>39</v>
+        <v>140</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>290</v>
+        <v>141</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>358</v>
+        <v>298</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I148" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J148" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>232</v>
+        <v>36</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>359</v>
+        <v>299</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I149" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J149" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>230</v>
+        <v>34</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>231</v>
+        <v>35</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>232</v>
+        <v>36</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>360</v>
+        <v>300</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I150" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J150" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>77</v>
+        <v>36</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>361</v>
+        <v>301</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="I151" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J151" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>98</v>
+        <v>34</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>100</v>
+        <v>36</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>362</v>
+        <v>302</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>102</v>
+        <v>38</v>
       </c>
       <c r="I152" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>103</v>
+        <v>40</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>114</v>
+        <v>34</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>108</v>
+        <v>35</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>115</v>
+        <v>36</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>284</v>
+        <v>303</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>52</v>
+        <v>38</v>
       </c>
       <c r="I153" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="J153" s="0" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>54</v>
+        <v>254</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>55</v>
+        <v>255</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>56</v>
+        <v>256</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>284</v>
+        <v>304</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>52</v>
+        <v>258</v>
       </c>
       <c r="I154" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J154" s="0" t="s">
-        <v>58</v>
+        <v>259</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="B155" s="0" t="s">
+        <v>186</v>
+      </c>
+      <c r="C155" s="0" t="s">
         <v>187</v>
       </c>
-      <c r="B155" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C155" s="0" t="s">
+      <c r="F155" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" s="0" t="s">
+        <v>305</v>
+      </c>
+      <c r="H155" s="0" t="s">
         <v>189</v>
       </c>
-      <c r="F155" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I155" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>81</v>
+        <v>185</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>55</v>
+        <v>186</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>82</v>
+        <v>187</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>314</v>
+        <v>306</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J156" s="0" t="s">
-        <v>84</v>
+        <v>190</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>363</v>
+        <v>68</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>55</v>
+        <v>69</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>364</v>
+        <v>70</v>
       </c>
       <c r="F157" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>344</v>
+        <v>307</v>
       </c>
       <c r="H157" s="0" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="I157" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J157" s="0" t="s">
-        <v>365</v>
+        <v>71</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>244</v>
+        <v>68</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>245</v>
+        <v>69</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>246</v>
+        <v>70</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>346</v>
+        <v>308</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>185</v>
+        <v>54</v>
       </c>
       <c r="I158" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>248</v>
+        <v>71</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>262</v>
+        <v>68</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>263</v>
+        <v>69</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>264</v>
+        <v>70</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>347</v>
+        <v>268</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>266</v>
+        <v>54</v>
       </c>
       <c r="I159" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J159" s="0" t="s">
-        <v>267</v>
+        <v>71</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>18</v>
+        <v>232</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>19</v>
+        <v>233</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>20</v>
+        <v>234</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>31</v>
+        <v>309</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="I160" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>23</v>
+        <v>235</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>358</v>
+        <v>310</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>39</v>
+        <v>90</v>
       </c>
       <c r="I161" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>366</v>
+        <v>232</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>367</v>
+        <v>233</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>368</v>
+        <v>234</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>225</v>
+        <v>311</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>46</v>
+        <v>90</v>
       </c>
       <c r="I162" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>369</v>
+        <v>235</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>370</v>
+        <v>72</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>367</v>
+        <v>73</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>371</v>
+        <v>74</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>225</v>
+        <v>268</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>372</v>
+        <v>75</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>353</v>
+        <v>72</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>354</v>
+        <v>73</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>355</v>
+        <v>74</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>373</v>
+        <v>312</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>15</v>
+        <v>54</v>
       </c>
       <c r="I164" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J164" s="0" t="s">
-        <v>356</v>
+        <v>75</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>71</v>
+        <v>127</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>72</v>
+        <v>128</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>374</v>
+        <v>313</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="I165" s="0" t="s">
-        <v>16</v>
+        <v>39</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>74</v>
+        <v>130</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>75</v>
+        <v>216</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>76</v>
+        <v>217</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>77</v>
+        <v>218</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>375</v>
+        <v>314</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>39</v>
+        <v>54</v>
       </c>
       <c r="I166" s="0" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>79</v>
+        <v>220</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>173</v>
+        <v>242</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>174</v>
+        <v>243</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>175</v>
+        <v>244</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>376</v>
+        <v>315</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>177</v>
+        <v>38</v>
       </c>
       <c r="I167" s="0" t="s">
-        <v>40</v>
+        <v>16</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>178</v>
-[...399 lines deleted...]
-      <c r="C183" s="0" t="s">
         <v>246</v>
-      </c>
-[...1001 lines deleted...]
-        <v>205</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>