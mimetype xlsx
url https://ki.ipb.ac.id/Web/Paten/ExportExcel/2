--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -5,4408 +5,4620 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1450" uniqueCount="1450">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1475" uniqueCount="1475">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
   </si>
   <si>
+    <t xml:space="preserve">Produk  Kultur  Sel  Ginjal  Monyet  Ekor  Panjang  (Macaca  Fascicularis)  Sebagai Model In-Vitro Pengembangan Obat Dan Vaksin</t>
+  </si>
+  <si>
+    <t>25-May-2023</t>
+  </si>
+  <si>
+    <t>S00202304590</t>
+  </si>
+  <si>
+    <t>Lulus Formalitas</t>
+  </si>
+  <si>
+    <t>Iin Indriawati, SSi</t>
+  </si>
+  <si>
+    <t>PUSAT STUDI SATWA PRIMATA (PSSP).</t>
+  </si>
+  <si>
+    <t>Paten Sederhana</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai kultur sel yang berasal dari organ ginjal monyet ekor panjang (Macaca fascicularis), lebih khusus lagi, invensi ini berhubungan dengan pengembangan kultur sel yang dilakukan dengan morfologi sel epithelial-like, menempel pada tempat tumbuhnya dan membentuk monolayer, merupakan populasi sel yang mampu bertahan hingga sel mengalami finite pada pasase ke 6 dan mengekspresikan beberapa marka molekuler terhadap reseptor virus, morfologi sel dan proliferasi sel. Kultur sel diawali dengan mengisolasi sel dari ginjal MEP melalui teknik enzimatis dan ditumbuhkan dalam media pertumbuhan DMEM yang disuplementasi FBS 10% juga antibiotik. Populasi sel disubkultur apabila sel sudah mencapai konfluensi 70-80%. Validasi secara molekuler terhadap beberapa marka spesifik dilakukan dengan teknik qPCR. Hasil untai cDNA digunakan pada qPCR untuk memvalidasi kultur sel terhadap reseptor virus (CD155 dan CD46), marka sel spesifik (Endosialin, vWF, dan CD24) serta marka proliferasinya (Ki67 dan P53). Analisa data dilakukan untuk membandingkan kultur sel MEP dengan sel Vero yang sudah digunakan secara komersial. Kultur sel ini berpotensi untuk digunakan sebagai model in-vitro dalam pengujian riset biomedis terutama dalam pengujian kandidat obat secara in vitro, pengembangan vaksin, serta dapat mengurangi penggunaan hewan model.</t>
+  </si>
+  <si>
+    <t>Dr. Uus Saepuloh, S.Si., M.Biomed.</t>
+  </si>
+  <si>
     <t>Metode Ekstraksi Rimpang Kunci Pepet (Kaempferia angustifolia) yang Berpotensi sebagai Pelangsing</t>
   </si>
   <si>
     <t>11-Jan-2024</t>
   </si>
   <si>
     <t>S00202400299</t>
   </si>
   <si>
-    <t>Lulus Formalitas</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Siti Sa'diah, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Pusat Studi Biofarmaka Tropika.</t>
+    <t>Departemen Kimia</t>
   </si>
   <si>
     <t>Paten</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan metode ekstraksi rimpang kunci pepet (Kaempferia angustifolia) menggunakan metode maserasi dengan pelarut etanol-air yang berpotensi sebagai pelangsing/antiobesitas karena memiliki aktivitas sebagai inhibitor enzim lipase, dengan persentase inhibisi &amp;gt; 50%. Metode ekstraksi ini mudahdiaplikasikandiindustriserta memiliki nilai ekonomi tinggi dengantetapmemperhatikanaktivitas fisiologisnya sebagai pelangsing dengan mekanisme menghambat aktivitas enzim lipase.</t>
   </si>
   <si>
     <t>Proses Pembuatan Minuman Berbasis Ekstrak Jahe Merah Dan Krimer</t>
   </si>
   <si>
     <t>24-Dec-2022</t>
   </si>
   <si>
     <t>P00202215387</t>
   </si>
   <si>
     <t>Dr. Nur Wulandari, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>PUSAT PENELITIAN SURFAKTAN DAN BIOENERGI</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan proses pembuatan minuman berbasis ekstrak jahe merah dan krimer (ginger latte) ready to drink (RTD). Proses pembuatan minuman berbasis ekstrak jahe merah dan krimer sesuai invensi ini menggunakan sterilisasi dengan sistem pemanas Ultra High Temperature (UHT) yang dikombinasikan dengan teknik pengisian produk secara panas (hot-filling) untuk memenuhi kecukupan panas dan memenuhi regulasi Peraturan Badan Pengawas Obat dan Makanan (BPOM) Nomor 27 tahun 2021. Proses pembuatan minuman ekstrak jahe merah dan krimer siap minum dilakukan dengan cara disterilisasi menggunakan sistem pemanas Ultra High Temperature (UHT) pada suhu 137+2 oC selama 20 detik dan dikombinasikan dengan teknologi hot filling pada suhu 88-90 oC. Produksi telah memenuhi kecukupan proses panas dan memiliki F0 minimal 8,2 menit. Produk minuman ginger latte RTD yang dihasilkan memiliki kualitas/mutu produk berwarna coklat krem; beraroma khas jahe dan krimmer; memiliki rasa khas jahe dan manis; nilai pH pH 6 - 7; oBrix 12 &amp;ndash; 13; TPC 0,0 x 10&amp;deg; cfu/ml; Y/M 0,0 x 10&amp;deg; cfu/ml; Coliform 0,0 x 10&amp;deg; cfu/ml; Spora 0,0 x 10&amp;deg; cfu/ml.</t>
   </si>
   <si>
+    <t>Susi Indariani, S.T.P., M.Si.</t>
+  </si>
+  <si>
     <t>Dr. Ir. Meika Syahbana Rusli, M.Sc.Agr.</t>
   </si>
   <si>
+    <t>Prof. Dr. drh. Huda Shalahudin Darusman, M.Si.</t>
+  </si>
+  <si>
     <t>Prof. Dr. Dra. Dyah Iswantini, M.Sc.Agr.</t>
   </si>
   <si>
-    <t>Formula Minuman Fungsional Tisane Berbasis Rumput Laut Cokelat (Sargassum Sp.) dan Herbal</t>
-[...19 lines deleted...]
-  <si>
     <t>Formulasi Bioaditif Dari Minyak Atsiri Untuk Meningkatkan Kinerja Biosolar Dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>16-Jun-2023</t>
   </si>
   <si>
     <t>P00202305367</t>
   </si>
   <si>
     <t>Dr. Dwi Setyaningsih, S.T.P., M.Si.</t>
   </si>
   <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
     <t>Invensi ini berhubungan dengan proses pembuatan dan komposisi campuran minyak atsiri yang digunakan pada produk bioaditif untuk meningkatkan mutu biosolar dan meningkatkan kinerja mesin diesel dengan menurunkan kadar air dan penurunan kadar partikulat. Proses pembuatan bioaditif dilakukan dengan memfraksinasi dan meredistilasi bahan baku minyak sereh wangi, turpentine oil dan clove terpen oil menjadi spesifikasi yaitu rhodinol kemurnian &amp;ge; 80%, turpentine oil dengan komponen &amp;alpha;-pinene &amp;ge; 75%, dan clove terpen oil dengan komponen caryophyllene &amp;ge; 80%. Bahan baku dengan spesifikasi tersebut kemudian di formulasi dengan komposisi turpentine oil pada rentang 7,2 - 8; clove terpen oil pada rentang 0,9 &amp;ndash; 1, rhodinol pada rentang 0,9 &amp;ndash; 3, dan champor pada rentang 0 &amp;ndash; 1. Spesifikasi produk bioaditif dengan aplikasi sebanyak 1:1000 pada biosolar dapat menurunkan kandungan air 0,46% - 29,06%; menurunkan kadar partikulat 23,71 - 89,19 Count/ml pada 4 micron, 18,68- 95,62 Count/ml pada 6 micron, dan 33,33 - 98,19 pada Count/ml pada 14 micron; tidak mengurangi kinerja daya maksimum pada angka yang dinyatakan pabrikan motor diesel; tidak mengurangi kinerja torsi pada angka yang dinyatakan pabrikan motor diesel dan dapat menurunkan kepekatan asap sebesar 9,4%.</t>
   </si>
   <si>
     <t>Prof. Dr. Mohamad Rafi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Dr. Rini Purnawati, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>Dr.Eng. Obie Farobie, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Kustiariyah, S.Pi., M.Si.</t>
+    <t>Dr. Silmi Mariya, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Prof. drh. Min Rahminiwati, M.S., Ph.D.</t>
   </si>
   <si>
-    <t xml:space="preserve">Produk  Kultur  Sel  Ginjal  Monyet  Ekor  Panjang  (Macaca  Fascicularis)  Sebagai Model In-Vitro Pengembangan Obat Dan Vaksin</t>
-[...19 lines deleted...]
-  <si>
     <t>Prof. Dr. Ir. Sandra Arifin Azis, M.S.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Uus Saepuloh, S.Si., M.Biomed.</t>
   </si>
   <si>
     <t xml:space="preserve">Proses Pembuatan Hidroksiapatit Dari Cangkang Telur Ayam dengan Teknik Prespitasi Sekali Tuang
 </t>
   </si>
   <si>
     <t>19-Nov-2013</t>
   </si>
   <si>
     <t>P00201304633</t>
   </si>
   <si>
     <t>Dr. Setyanto Tri Wahyudi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Departemen Fisika</t>
   </si>
   <si>
     <t>Anggia Murni, S.Si</t>
   </si>
   <si>
     <t>Laela Wulan Sari, S.Si</t>
   </si>
   <si>
-    <t>Meydia, S.Pi.</t>
-[...1 lines deleted...]
-  <si>
     <t>Athin Nuryanti, S.TP</t>
   </si>
   <si>
     <t>drh. Fitriya Nur Annisa Dewi, Ph.D.</t>
   </si>
   <si>
     <t>Taopik Ridwan, SP., M.Si</t>
   </si>
   <si>
-    <t>Susi Indariani, S.T.P., M.Si.</t>
-[...4 lines deleted...]
-  <si>
     <t>Trivadila, S.Si., M.Si., Ph.D.</t>
   </si>
   <si>
     <t>Novriyandi Hanif, S.Si., M.Sc., D.Sc.</t>
   </si>
   <si>
-    <t>Dr. Silmi Mariya, S.Si., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Egi Agustian, M.Eng</t>
   </si>
   <si>
     <t>Dr. Hari Setiapraja</t>
   </si>
   <si>
     <t>Rahmat Yusni, SSi</t>
   </si>
   <si>
-    <t>Mega Dwi Yanti</t>
-[...2 lines deleted...]
-    <t>METODE ISOLASI BAKTERI ENDOFIT PENGHASIL ANTIOKSIDAN DARI DAUN GIRANG (Leea indica)</t>
+    <t>Formula Pakan Herbal Maggot Untuk Suplemen Kesehatan Hewan Peliharaan</t>
+  </si>
+  <si>
+    <t>23-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202416023</t>
+  </si>
+  <si>
+    <t>Ivone Wulandari Budiharto, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Produksi dan Teknologi Peternakan</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula pakan herbal maggot. Formula pakan herbal maggot terdiri dari limbah roti, sayuran hijau, ampas tahu, dedak dan kunyit. Pakan khusus ini dijadikan formula sebagai kontrol untuk budidaya maggot premium. Proses pembuatan formula ini dijadikan sebagai bagian dari proses budidaya maggot premium yang dipelihara selama 14 hari dan kemudian dipanen. Hasil uji proksimat menunjukkan bahwa kandungan protein maggot premium lebih besar, yakni 33,47% dibandingkan pakan biasa sebesar 26,7%.</t>
+  </si>
+  <si>
+    <t>Metode Isolasi Bakteri Endofit Penghasil Antioksidan Dari Daun Girang (Leea indica)</t>
   </si>
   <si>
     <t>29-Aug-2023</t>
   </si>
   <si>
     <t>P00202308167</t>
   </si>
   <si>
     <t>Prof. Dr. Irmanida Batubara, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Departemen Biologi</t>
   </si>
   <si>
     <t>Paten ini berhubungan dengan menyediakan metode untuk mengisolasi bakteri endofit penghasil antioksidan dari daun girang (Leea indica) dengan tahapan: mensterilkan daun daun girang, melumatkan daun yang telah steril dengan mortar sampai halus, mengencerkan sampel daun yang telah halus, menyebarkan hasil lumatan daun yang diencerkan pada media pertumbuhan bakteri endofit, menginkubasi media yang mengandung lumatan di dalam incubator, mengisolasi bakteri endofit yang tumbuh sampai diperoleh bakteri yang murni, dan menapis bakteri murni yang bersifat tidak patogen pada manusia, hewan, dan tumbuhan. Selanjutnya menyediakan bakteri endofit penghasil antioksidan dari daun girang yang memiliki karakteristik antioksidan baik pada ekstrak supernatan maupun ekstrak sel. Bakteri endofit dari daun girang yang digunakan penghasil antioksidan.</t>
   </si>
   <si>
     <t>Komposisi Dan Proses Pembuatan Nanoemulsi Ekstrak Daun Sungkai (Peronema canescens Jack)</t>
   </si>
   <si>
     <t>28-Nov-2022</t>
   </si>
   <si>
     <t>P00202213690</t>
   </si>
   <si>
-    <t>Departemen Kimia</t>
-[...1 lines deleted...]
-  <si>
     <t>Invensi ini bertujuan untuk menghasilkan nanoemulsi ekstrak daun sungkai (Peronema canescens Jack). Nanoemulsi dibentuk dengan mencampur ekstrak daun sungkai dengan virgin coconut oil (VCO) dan air deionisasi serta ditambahkan Tween 80, PEG 400, lesitin kedelai dan natrium alginat 5%. Pembuatan nanoemulsi ekstrak daun sungkai dilakukan dengan teknik energi rendah (magnetic strirrer) dan energi tinggi (sonikasi). Nanoemulsi ekstrak daun sungkai dikarakterisasi dengan berbagai uji, seperti uji organoleptik, pH, viskositas, ukuran partikel, indeks polidispersitas, zeta potensial, dan persen transmitans serat uji kestabilan fisik. Hasil uji menunjukkan nanoemulsi ekstrak daun sungkai memiliki warna kuning jernih, bentuk cair, dan aroma khas daun sungkai. Distribusi ukuran partikel nanoemulsi ekstrak duan sungkai seragam dengan rata-rata ukuran partikel sekitar 200 nm-579 nm. Nanoemulsi ekstrak daun sungkai mempunyai pH 7 dengan viskositas sekitar 9-2,0 cP dan persen transmitans yaitu 93-98%. Hasil uji stabilitas fisik menunjukkan nanoemulsi ekstrak daun sungkai tidak ada pemisahan fase dan endapan.</t>
   </si>
   <si>
     <t>Produk Alkid Resin Buah Nyamplung Dan Proses Pembuatan Alkid Resin Buah Nyamplung</t>
   </si>
   <si>
     <t>26-Aug-2023</t>
   </si>
   <si>
     <t>P00202308031</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Illah Sailah, M.S.</t>
   </si>
   <si>
-    <t>Departemen Teknologi Industri Pertanian</t>
-[...1 lines deleted...]
-  <si>
     <t>Invensi ini berhubungan dengan pegembangan produk buah nyamplung menjadi alkid resin melalui alkoholisi in-situ dan esterifikasi. Invensi ini dilakukan dengan cara sintesis buah nyamplung secara alkoholisis in situ untuk mendapatkan ester dan gliserol yang dilanjutkan pada tahap esterifikasi untuk mendapatkan alkid resin. Proses pembentukan alkid resin ditentukan oleh tercapainya angka asam 8-10 pada suhu 130 &amp;ndash; 160 oC. Warna alkid resin yang dihasilkan pada peneltiian ini yaitu coklat kehitaman. Alkid resin dapat diaplikasikan pada industri cat, coating, tinta, dan industri lainnya.</t>
   </si>
   <si>
+    <t>Alat dan Metode Pelukaan Batang Pohon Untuk Pengamatan Pembentukan Kayu</t>
+  </si>
+  <si>
+    <t>15-Nov-2023</t>
+  </si>
+  <si>
+    <t>P00202312202</t>
+  </si>
+  <si>
+    <t>Dr. Istie Sekartining Rahayu, S.Hut., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Hasil Hutan</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai alat dan metode pelukaan batang pohon untuk pengamatan pembentukan kayu. Alat pelukaan batang pohon untuk pengamatan pembentukan kayu terbuat dari stainless steel anti karat berbentuk T yang dilengkapi jarum. Alat pelukaan terdiri atas bagian untuk menggenggam alat dan bagian untuk memasukkan jarum. jarum terdiri atas bagian ulir jarum dan ukuran jarum dengan variasi diameter jarum 1 mm, 2 mm dan 3 mm. Metode pelukaan dilakukan dengan langkah sebagai berikut: alat pelukaan digenggam dengan tangan terkuat, posisikan jarum tegak lurus kulit pohon pada ketinggian setinggi dada (1.3 meter) dari permukaan tanah. Jarum ditusukkan perlahanlahan melalui kulit luar sampai ke kayu bagian dalam dekat kambium. Kemudian, alat pelukaan ditarik sampai keluar area kulit. Selanjutnya, diberikan tanda khusus atau penomoran pada bagian kulit luar bekas tusukkan.</t>
+  </si>
+  <si>
     <t>Kayu Jabon Hasil Impregnasi Partikel Nano Sebagai Bahan Baku Mebel Dan Non-Struktural</t>
   </si>
   <si>
     <t>31-Oct-2023</t>
   </si>
   <si>
     <t xml:space="preserve">P00202311440 </t>
   </si>
   <si>
-    <t>Dr. Istie Sekartining Rahayu, S.Hut., M.Si.</t>
-[...4 lines deleted...]
-  <si>
     <t>Invensi ini mengenai produk Kayu Jabon Hasil Impregnasi Menggunakan Partikel Nano Hasil Sintesa Guna Memperluas Pemanfaatan Kayu Cepat Tumbuh. Lebih khusus invensi ini berhubungan dengan peningkatan karakterisasi kayu cepat tumbuh dalam aspek sifat fisis (kerapatan dan stabilitas dimensi), sifat mekanis (MOE-Modulus of Elasticity, MOR-Modulus of Rupture dan kekerasan) serta keawetan kayu jabon hasil impregnasi nano partikel. Produk kayu jabon hasil dari proses impregnasi partikel nano menunjukan adanya peningkatan juga dari sifat kekuatan kayu dan sifat keawetan kayu, sehingga menghasilkan nilai kelas kuat dan kelas awet kayu dari yang awalnya kelas kuat IV-V menjadi kelas kuat IV serta kelas awet V menjadi kelas awet II. produk kayu jabon hasil impregnasi partikel nano pengaplikasiannya dapat dijadikan sebagai bahan furniture atau mebel dan non-struktural seperti pintu, jendela, dan kusen.</t>
   </si>
   <si>
-    <t>FORMULASI DAN METODE IMPREGNASI MENGGUNAKAN GLISEROL-MALEAT ANHIDRIDA UNTUK MENINGKATKAN KUALITAS KAYU JATI ROTASI PENDEK</t>
-[...10 lines deleted...]
-  <si>
     <t>Metode Kayu Kerapatan Rendah Bermuatan Magnet Melalui Reaksi Kopresipitasi Secara Insitu</t>
   </si>
   <si>
     <t>P00202308030</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan metode pembuatan kayu kerapatan rendah bermuatan magnet melalui reaksi kopresipitasi secara insitu untuk jenis jabon. Metode impregnasi larutan campuran Fe2+ dan Fe3+ dilakukan dalam tabung impregnasi yang diberi vakum dan tekanan. Kemudian dilanjukan dengan proses perendaman selama 24 jam di dalam larutan basa kuat (4M NaOH). Produk kayu magnetik yang berhasil disintesis secara insitu diuji stabilitas dimensi dan sifat magnetnya. Produk kayu magnetik yang disintesis dengan metode insitu, menghasilkan menghasilkan nilai WPG (47.44%), ASE (64.26%), bulking effect (7.13%) dan kerapatan (0.36 g/cm3) yang meningkat serta nilai water uptake (110.89%) yang menurun jika dibandingkan dengan kontrol. Selain itu memiliki sifat superparamagnetik dengan ukuran partikel magnetit 10.8642 nm, Nilai magntisasi saturasi (Ms) : 0.0739 emu/g, magnetisasi remamen (Mr):0.0198 emu/g dan koersivitas (Hc): 5.97 &amp;times; 10&amp;minus;5 Oe Kelebihan dari invensi ini dengan pembanding diatas adalah penggunaan campuran bahan Fe2+ (FeCl3.6H2O) dan Fe3+ (FeCl2.4H2O) sebagai larutan impregnan serta prekursor NaOH untuk proses peremdaman pada kayu jabon, sehingga terbentuk nanopartikel magnetit secara insitu dalam kayu. Perendaman menggunakan basa kuat dimaksudkan agar nanopartikel magnetit yang terbentuk dalam kayu jabon memiliki ukuran yang homogen dan kurang dari 100 nm, sehingga sifat magnet yang dihasilkan tergolong tinggi.</t>
   </si>
   <si>
-    <t xml:space="preserve">PROSES   PEMBUATAN   DAN   PRODUK   BEVEL   BOARD   SIDING   UNGGUL   DARI   PAPAN SAMBUNG LAMINASI JATI TERMODIFIKASI PANAS DAN KIMIA RAMAH LINGKUNGAN </t>
+    <t>Proses Pembuatan Dan Produk Bevel Board Siding Unggul Dari Papan Sambung Laminasi Jati Termodifikasi Panas Dan Kimia Ramah Lingkungan</t>
   </si>
   <si>
     <t>25-Jul-2025</t>
   </si>
   <si>
     <t>P00202506904</t>
   </si>
   <si>
     <t xml:space="preserve">: Inovasi ini mengungkapkan suatu produk bevel board siding yang dikembangkan dari papan sambung laminasi (FJLB) kayu jati (Tectona grandis) melalui proses modifikasi kimia menggunakan gliserol dan asam sitrat (GCA), diikuti perlakuan panas pada suhu 150 &amp;deg;C selama 20 jam. Proses modifikasi menghasilkan pembentukan ikatan ester pada dinding sel kayu, yang dikonfirmasi melalui spektrum FTIR dengan munculnya serapan gugus C=O ester dan C&amp;ndash;O ester, tanpa terdeteksinya residu isosianat, sehingga menjadikan proses ini ramah lingkungan dan bebas bahan toksik. Produk bevel siding yang dihasilkan memiliki profil miring (bevel) dengan desain geometri khusus untuk pemasangan sistem tumpang tindih (overlapping), yang mendukung aliran air dan mencegah infiltrasi kelembapan. Hasil pengujian menunjukkan peningkatan stabilitas dimensi yang signifikan dengan nilai ASE hingga  57,86%  dan  penurunan  kadar  air  hingga  1,36%,  disertai  kerapatan  meningkat menjadi 742,46 kg/m&amp;sup3;. Sifat mekanik tercatat melalui nilai MOR sebesar 570,68 kgf/cm&amp;sup2; dan MOE 9.565,44 kgf/cm&amp;sup2;, menjadikan produk layak untuk penggunaan struktural ringan. Produk  juga  menunjukkan leachability rendah  (&amp;lt;4%)  dan  ketahanan  terhadap  jamur pelapuk  dengan  kehilangan  massa  5,23%  dalam graveyard  test,  memenuhi  klasifikasi keawetan kelas 10. Produk ini merupakan material pelapis dinding luar bangunan yang stabil, kuat, tahan terhadap perusak kayu, dan ramah lingkungan, dengan proses produksi tanpa formaldehida dan berbasis rekayasa kimia-polimer alami.</t>
   </si>
   <si>
     <t>Formulasi Dan Metode Aplikasi Larutan Magnetik Untuk Stand Holder Berbahan Limbah Kayu</t>
   </si>
   <si>
-    <t>23-Dec-2024</t>
-[...1 lines deleted...]
-  <si>
     <t>P00202416054</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan pembuatan formulasi dan metode aplikasi larutan magnetik. Formulasi larutan magnetik ini terbuat dari bahan nano magnetit yang berasal dari campuran bahan Fe2+ (FeCl3.6H2O) dan Fe3+ (FeCl2.4H2O), EDTA, dan NH4OH yang dicampurkan dengan furfuril alcohol serta varnish larut minyak/air. Larutan magnetik yang sudah siap, diaplikasan kepada stand holder kayu dengan menggunakan metode spraygun menggunakan tekanan dari compressor. Penyemprotan dengan spraygun ini dilakukan sebanyak 8 lapis. Larutan magnetik yang diaplikasikan ke stand holder kayu menunjukkan seluruh stand holder dari limbah kayu pinus dan mahoni memiliki karakteristik superparamagnetik dan memiliki kemampuan menyerap radiasi gelombang elektromagnetik mencapai 70-90%.</t>
   </si>
   <si>
+    <t>Departemen Kedokteran Hewan</t>
+  </si>
+  <si>
+    <t>Teknik Isolasi Bakteriofaga Pada Akuakultur Untuk Pengendalian Bakteri Patogen Udang</t>
+  </si>
+  <si>
+    <t>24-Sep-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202409856 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Widanarni, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Budidaya Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan teknik isolasi bakteriofaga sebagai pengendali alami bakteri V. parahaemolyticus penyebab penyakit Vibriosis pada udang vaname. Invensi ini menggunakan metode double layer untuk isolasi bakteriofaga, media SWC digunakan untuk mendapatkan isolat bakteriofaga, SWC padat digunakan sebagai bottom agar, sedangkan SWC cair + agar 0,7% sebagai top agar. Hasil invensi ini didapatkan bakteriofaga hingga kepadatan 109 PFU/mL dengan bakteriofaga yang didapatkan hanya membunuh bakteri V. parahaemolyticus. Teknik ini dapat dijadikan sebagai agen biokontrol yang bersifat spesifik, ramah lingkungan dan aman. Bakteriofage yang didapatkan memiliki daya hambat bakteri/lisis yang cukup tinggi terhadap bakteri V. parahaemolyticus yaitu sebesar 48.4%.</t>
+  </si>
+  <si>
+    <t>Komposisi Cairan Fermentasi Daun Mangrove Avicennia Marina Sebagai Pencegahan Infeksi Vibrio parahaemolyticus Pada Udang Vaname Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>25-Sep-2023</t>
+  </si>
+  <si>
+    <t>P00202309467</t>
+  </si>
+  <si>
+    <t>Yang diungkapkan disini adalah komposisi cairan fermentasi daun mangrove A. marina yang terdiri dari daun mangrove A. marina, gula merah, dan air laut. Selain itu diungkapkan proses pembuatan komposisi cairan fermentasi daun mangrove A. marina yang meliputi mencampurkan daun mangrove A. marina, gula merah, dan air laut, menginkubasi campuran selama 3 hari dan memanen cairan fermentasi daun mangrove A. marina. Adapun penggunaan komposisi ciran fermentasi daun mangrove A. marina digunakan sebagai obat pencegahan infeksi Vibrio parahaemolyticus pada udang vaname.</t>
+  </si>
+  <si>
+    <t>Mikrokapsul Sinbiotik Sebagai Suplemen Pakan Udang Vaname untuk Pencegahan Penyakit Ko-Infeksi Vibriosis dan White Spot Syndrome Virus (WSSV)</t>
+  </si>
+  <si>
+    <t>06-Dec-2019</t>
+  </si>
+  <si>
+    <t>S00201911433</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa produk sediaan mikrokapsul sinbiotik berbasiskan komposisi yang mengkombinasikan sel probiotik Bacillus sp. NP5 dengan mannan oligosakarida komersial (Techno-MOS) dan proses produksinya. Techno-MOS merupakan materi prebiotik yang komponen utamanya polisakarida mannan oligosakarida (MOS) dan &amp;beta;-glucans yang merupakan ekstrak derivatif dinding sel khamir Saccharomyces cerevisiae. Produk mikrokapsul sinbiotik diproses melalui teknik mikroenkapsulasi spray drying dengan menggunakan penyalut maltodekstrin dan protein whey untuk mempertahankan viabilitas sel Bacillus sp. NP5 selama pemrosesan. Teknik, metode pemrosesan dan kualitas produk mikrokapsul sinbiotik ini memenuhi standard industri pakan udang. Produk mikrokapsul sinbiotik tahan dalam proses pemanasan maupun pengeringan yang memungkinkan untuk proses preparasi dalam skala masal. Selain itu bentuk serbuk kering/powder memudahkan proses homogenisasi sebagai suplemen pakan. Bentuk serbuk dari produk mikrokapsul sinbiotik juga praktis dalam transportasi dan penyimpanan dalam jangka lama. Sebagai suplemen pakan udang, aplikasinya telah terbukti dapat menstimulasi sistem kekebalan/imunitas udang. Selain itu, dengan dosis efektif 1% dan frekuensi pemberian setiap hari, suplementasi produk mampu meningkatkan kinerja pertumbuhan udang, meningkatkan kelangsungan hidup serta ketahanan terhadap penyakit yang disebabkan oleh infeksi ganda Vibriosis (V. harveyi) dan virus WSSV. Suplementasi mikrokapsul sinbiotik memodulasi keseimbangan komunitas mikroflora normal dalam saluran pencernaan udang karena peran positif prebiotik MOS dalam mendorong kesehatan epithelium dan mikrovili usus.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Rumput Kebar (Biophytum Umbraculum Welwitsch 1859) Menggunakan Maserasi Etanol</t>
+  </si>
+  <si>
+    <t>05-Nov-2024</t>
+  </si>
+  <si>
+    <t>P00202412458</t>
+  </si>
+  <si>
+    <t>Keberhasilan ekstraksi rumput kebar (Biophytum umbraculum Welwitsch 1859) sangat penting untuk diaplikasikan dalam bidang reproduksi ikan lele (Clarias sp.). Proses ekstraksi rumput kebar menggunakan simplisia dalam kondisi dikering anginkan. Jenis yang digunakan yaitu etanol yang dipekatkan. Ekstrak etanol rumput kebar mengandung senyawa fitokimia kualitatif dan kuantitatif yang berpotensi sebagai fitohormon untuk meningkatkan kinerja reproduksi jantan ikan lele.</t>
+  </si>
+  <si>
+    <t>Alat dan Sistem Lampu Apung Bawash Air Portable dengan Sistem IoT</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202308165 </t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mochammad Riyanto, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Kelautan</t>
+  </si>
+  <si>
+    <t>Lampu merupakan alat bantu utama dalam perikanan pukat cincin di Indonesia. Saat ini nelayan masih menggunakan lampu dengan daya listrik sangat tinggi seperti (metal halide, neon, halogen). Oleh karena itu, perlu alternatif teknologi lampu bawah air yang efektif dengan daya listrik rendah yang dapat bergerak secara otomatis untuk memudahkan operasi penangkapan ikan. Tujuan invensi merekayasa teknologi lampu apung bawah air portabel yang dilengkapi sistem kendali jarak jauh. Metode rekayasa desain yang digunakan dalam tahap perancangan meliputi konstruksi lampu dan pelampung, uji suhu, distribusi cahaya, tahan air, dan uji gerak. Informasi penelitian meliputi konstruksi lampu dan pelampung, uji stabilitas suhu, distribusi cahaya, ketahanan air, dan uji gerak. Kelebihan dari invensi ini dibandingkan dengan invensi sebelumnya adalah alat lampu bawah air portabel dapat dioperasikan dalam air (underwater lamp), sebaran cahaya merata ke arah horizontal dengan sudut 360&amp;deg; dan ke arah vertikal sudut 180&amp;deg;, hemat energi, dapat dikendalikan dari jauh, sumber energi dapat di isi ulang, dapat dilakukan perbaikan. Alat lampu bawah air di rancang khusus sebagai alat bantu pada perikanan pukat cincin.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Dan Komposisi Cookies Tempe Fungsional</t>
+  </si>
+  <si>
+    <t>28-Oct-2022</t>
+  </si>
+  <si>
+    <t>P00202212050</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Cesilia Meti Dwiriani, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>Pemanfaatan tempe sebagai pangan fungsional saat ini masih terus digali untuk mutu dan manfaat yang optimal. Komposisi bahan cookies tempe fungsional terdiri dari bahan utama tempe dan penambahan komponen lainnya. Hasil uji hedonik secara keseluruhan produk cookies tempe fungsional disukai oleh panelis. Cookies tempe fungsional berkontribusi menyumbangkan energi 15,7%, protein 13,2%, lemak 25,5%, karbohidrat 12,2%, kalsium 21,9%, besi 2,7%, seng 4,65%, serat pangan 45,71% terhadap angka kecukupan gizi serta menyumbang asam amino esensial serta asam lemak omega-6, asam lemak omega-3, dan asam lemak omega-9. Proses pembuatan diawali dengan pencampuran tepung terigu dan tepung maizena; perendaman kacang hijau satu malam dan pemotongan tempe lalu direbus selama 20 menit; pengocokan margarin dan kuning telur menggunakan mixer selama sekitar 10 menit hingga terbentuk krim; penambahan gula halus yang selanjutnya dikocok dengan mixer kembali dengan kecepatan rendah hingga berbentuk krim dan tercampur rata; selanjutnya ditambahkan susu bubuk, dan bubuk kalsium; penambahan berbagai tepung ke dalam adonan hingga kalis; pencetakan adonan dan ditata pada loyang yang telah dilapisi kertas kue dan dipanggang menggunakan oven pada suhu 135&amp;deg;C selama &amp;plusmn; 30-40 menit.</t>
+  </si>
+  <si>
+    <t>Koagulan Dissolving Pulp Berbahan Limbah Kertas Padat Sebagai Penurun Kekeruhan Air Limbah Domestik</t>
+  </si>
+  <si>
+    <t>22-Jan-2026</t>
+  </si>
+  <si>
+    <t>P00202600666</t>
+  </si>
+  <si>
+    <t>Dr. Beata Ratnawati, S.T., M.Si.</t>
+  </si>
+  <si>
+    <t>Sekolah Vokasi</t>
+  </si>
+  <si>
+    <t>Air limbah domestik dengan nilai kekeruhan yang tinggi cenderung memiliki banyaknya zat tersuspensi. Kondisi ini dapat menurunkan kualitas ekosistem perairan dan mengganggu rantai makanan, sehingga pengelolaan parameter warna dan kekeruhan menjadi penting. Umumnya, kekeruhan dikurangi melalui proses koagulasi&amp;ndash;flokulasi yang membutuhkan koagulan efektif dan aman bagi lingkungan. Salah satu alternatif ramah lingkungan adalah pemanfaatan limbah kertas sebagai bahan baku pembuatan Dissolving Pulp. Berbeda dengan koagulan sintetik, yang berpotensi menimbulkan akumulasi lumpur sulit terdegradasi, meningkatkan pH tanah, berpotensi neurotoksik dan karsinogenik. Dissolving Pulp merupakan selulosa berkadar tinggi (di atas 90%) yang terbuat dari limbah kertas yang mampu membantu pembentukan flok dan penyisihan partikel padat serta zat organik karena mengandung gugus fungsional karboksil (-COOH) dan hidroksil (-OH). Bahan utama yaitu 500 gram limbah kertas dengan bahan pendukung diantaranya 10 mL aluminium sulfat, 10 mL asam asetat, 10 mL asam nitrat, dan 10 mL bakteri bikatiria, 10 mL enzim selulase, dan 550 aquades. Pada 600 mL koagulan ini dapat digunakan untuk 15 kali pemakaian. Hasil pengujian yang dilakukan membuktikan bahwa Koagulan Dissolving Pulp lebih efektif dalam menurunkan kekeruhan air limbah domestik dibandingkan dengan koagulan sintetik seperti ALumunium Sulfat</t>
+  </si>
+  <si>
+    <t>Antibodi Monoklonal Amiloid Beta 40 Sebagai Bahan Uji Deteksi Keberadaan Amiloid Beta 40 Pada Penyakit Alzheimer</t>
+  </si>
+  <si>
+    <t>28-Nov-2025</t>
+  </si>
+  <si>
+    <t>P00202513223</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini bertujuan untuk menghasilkan antibodi monoklonal myloid beta 40 (A&amp;beta;40)
+sebagai materi biologis yang digunakan dalam pembuatan kit ELISA untuk penapisan
+peptida AMYLOID BETA 40(A&amp;beta;40). Kit ini memiliki beberapa kelengkapan atau bagian kit
+berupa pelat ELISA berisi antibodi berupa MoAb AMYLOID BETA 40human, larutan pencuci,
+standar amiloid beta 40 (Standard Amiloid Beta 40); Biotinylated Detection Antibody (Anti
+amyloid beta 40); Pelarut Biotinylated Detection Antibody, pelarutkonjugat, konjugat
+streptavisin HRP, substrat berupa tetrametil benzidine, larutan penghenti reaksi berupa
+H2SO4 2N,protokol uji dan penutup pelat ELISA. Kit sesuai invensi ini dikembangkan
+melalui tahapan konstruksi antibodi monoklonal secara in-vitro, yaitu dengan penyuntikan
+Balb/c, pemeliharaan sel mieloma, isolasi sel spleen, lalu sel mieloma dan sel spleen
+difusikan, kemudian diadakan seleksi untuk menentukan populasi sel penghasil antibodi
+monoklonal yang selanjutnya diaplikasikan pada teknik ELISA untuk deteksi awal penyakit
+Alzheimer menggunakan sampel serum dan cairan serebrospinal. Kit ELISA ini diharapkan
+dapat memberikan solusi riil untuk pengembangan penapisan Alzheimer berbasis kit
+peptida A&amp;beta;40 dan antibodi monoklonal peptida A&amp;beta;40 sebagai kandidat imunoterapi
+sehingga dapat menyumbangkan salah satu kemandirian bangsa dalam penelitian
+kesehatan, khususnya penyediaan bahan uji biologis untuk penelitian neurosains dan
+penyakit degeneratif.</t>
+  </si>
+  <si>
+    <t>Perangkat Cerdas Untuk Monitoring Dan Klasifikasi Kesehatan Kuda Berbasis Aiot Dalam Pembuatan Antisera</t>
+  </si>
+  <si>
+    <t>28-Nov-2024</t>
+  </si>
+  <si>
+    <t>P00202413954</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nahrowi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Komputer</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa suatu sistem pemantauan kesehatan kuda yang terdiri dari beberapa sub-sistem mandiri yang saling terhubung. Model arsitektur sistem yang dipilih adalah tiga tier, yang terdiri dari lapisan perangkat IoT, Edge Computing, dan Cloud Computing. Dasar pertimbangan pemilihan model ini karena area implementasi berada di daera rural yang memiliki resiko cukup rentan pada kestabilan koneksi internet,sehingga dengan menerapkan model ini telemetri data dari perangkat IoT masih dapat dilakukan pada lapisan edge Computing melalui tiga skema komunikasi,yaitu menggunakan Wifi, Long Range (Lora) atau Bluetooth Low Energy (BLE), yang terdiri dari tiga besar sub sistem pembangun Smart Halter yaitu : IoT Node Halter (1), IoT Node Ruang Kandang (2), Untuk data vital sign yang menjadi parameter yaitu : detak jantung kuda heart rate (bpm) (1), suhu badan kuda (0C) (2), kadar oksigen dalam darah SpO2 (%) (3), pergerakan badan kuda dan postur kuda (4). Adapun data dari IoT Node Ruang Kandang sebagai parameter yang mempengaruhi kondisi kuda dari faktor lingkungan yaitu pengambilan data ruang : ID ruang kandang (QR code) (5), sensor suhu (6), sensor kelembapan (7), sensor kualitas udara (8), sensor intensitas cahaya (9), sensor bak air minum (10), IP kamera (11).</t>
+  </si>
+  <si>
+    <t>Formula Biostimulan Dengan Konsorsium Mikroorganisme dan Rumput Laut</t>
+  </si>
+  <si>
+    <t>30-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202515534</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Joko Santoso, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Pemanfaatan Sumberdaya Perikanan</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi dan proses pembuatan biostimulan cair berbasis ekstrak rumput laut dan konsorsium mikroorganisme. Bahan utama yang digunakan terdiri atas ekstrak rumput laut dan konsorsium mikroorganisme yang meliputi Bacillus subtilis, Saccharomyces, dan Trichoderma dengan konsentrasi . Bahan pendukung lainnya meliputi asam sitrat, asam asetat (CH3COOH), molase, dan glukosa. Proses pembuatan dilakukan melalui tahap fermentasi dengan penambahan sumber karbon sebagai pendukung pertumbuhan mikroorganisme. Fermentasi menghasilkan transformasi senyawa kompleks dalam rumput laut menjadi senyawa sederhana yang lebih mudah diserap tanaman. Produk biostimulan yang dihasilkan memiliki kemampuan meningkatkan pertumbuhan vegetatif, produktivitas tanaman, serta memperbaiki kesuburan tanah secara berkelanjutan. Invensi ini menawarkan alternatif ramah lingkungan terhadap penggunaan pupuk kimia sintetis dalam sistem pertanian modern.</t>
+  </si>
+  <si>
+    <t>Formulasi Sedotan Bioplastik Berbasis Campuran Polimer Agar</t>
+  </si>
+  <si>
+    <t>03-Mar-2023</t>
+  </si>
+  <si>
+    <t>S00202301958</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formula sedotan bioplastik dari bahan campuran agar rumput laut. bahan baku yang digunakan adalah agar rumput laut, tepung karagenan, tepung konjak, sorbitol, akuades, corn starch, kalsium karbonat (CaCO3), avicel, kalsium laktat, kalium klorida, beeswax, dan asam sitrat. Penggunaan bahan campuran agar dilakukan untuk memaksimalkan penggunaan nilai rumput laut di tengah permintaan polimer alami dalam pembuatan bioplastik. Invensi ini menunjukkan keunggulan penggunaan polimer campuran agar rumput laut dalam pengembangannya dalam bioplastik, yaitu produk sedotan. Produk sedotan yang dihasilkan juga memiliki karakteristik yang lebih unggul dibandingkan dengan bioplastik pada penelitian lain, yaitu memiliki daya kuat tarik berkisar antara 45-93 Mpa, dan nilai contact angle yang dihasilkan sudah dikategorikan kedalam hidrofobik yaitu &amp;gt;90&amp;deg;, serta tahan terhadap air hingga suhu 85oC.</t>
+  </si>
+  <si>
+    <t>Metode Ekstraksi Limbah Kulit Kayu Akasia (Acacia Mangium) Serta Produk Senyawa Metabolit Sekunder Yang Dihasilkannya Sebagai Biopestisida</t>
+  </si>
+  <si>
+    <t>30-Jun-2025</t>
+  </si>
+  <si>
+    <t>P00202505992</t>
+  </si>
+  <si>
+    <t>Dr. Novia Amalia Sholeha, S.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berkaitan dengan metode ekstraksi tanin dari kulit kayu akasia menggunakan metode pressure hot water extraction (PHWE). Metode invensi ini diketahui lebih ramah lingkungan dan sederhana, terdiri dari persiapan kulit kayu akasia dalam ukuran kecil, pengeringan, pencampuran dengan pelarut air, serta proses ekstraksi dalam alat PHWE. Proses  ekstraksi  dilakukan  sebanyak  tiga  kali  ulangan  sehingga  didapatkan  3  sampel ekstrak yaitu ekstrak A, B, dan C. Senyawa metabolit sekunder seperti tanin dalam ekstrak teridentifikasi dalam bentuk produk hasil pirolisis kromatografi gas diantaranya katekol, resorsinol  dan  pirogalol  yang  menunjukkan  kandung  tanin  terhidrolisis  maupun  tanin terkondensasi  dalam  sampel.  Ekstrak  kulit  kayu  akasia  yang  dihasilkan  memiliki kandungan  total  fenolik  sebesar  18,46  mg  GAE/g  ekstrak  dan  total  flavonoid  sebesar 322,39  mg  QCE/g  ekstrak.  Tingginya  kandungan  senyawa  metabolit  sekunder  dalam ekstrak selaras dengan aktivitas insektisida ekstrak terhadap larva ulat grayak. Ekstrak kulit kayu akasia yang didapatkan dari metode ini efektif membunuh larva ulat grayak 100% dalam waktu 2 hari. Hal ini mengindikasikan bahwa ekstrak yang dihasilkan mampu berperan sebagai sebagai biopestisida terhadap larva ulat grayak.</t>
+  </si>
+  <si>
+    <t>Formulasi Nanoemulsi Herbal Minyak Larva Black Soldier Fly Dan Aktioksidan (Kurkumin/Habatussaudah) Dengan Metode Ultrasonik Homogenisasi Untuk Pakan Transportasi Domba</t>
+  </si>
+  <si>
+    <t>19-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202415680</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkapkan tentang proses formulasi produk nanoemulsi herbal pakan transportasi domba yang mengandung minyak larva Black Soldier Fly (BSF) sebesar 7,5-15 v/v, antioksidan (kurkumin-0,1 b/v atau minyak jinten 7,5 b/v), dan emulsifier (tween 80, whey protein isolate (WPI), dan Brij 72-Polyethylene glycol hexadecyl ether) dengan kode F11, F12, F13, F21, F22, dan F23 melalui alat ultrasonik homogenisasi. Proses pembuatan dilakukan dengan mencampurkan minyak BSF, sumber antioksidan, emulsifier, dan larutan NaCl fisiologis di dalam gelas beaker dan kemudian diletakkan di dalam alat ultrasonikasi. Probe alat ultrasonik kemudian dimasukkan ke dalam campuran dan alat ditutup. Proses homogenisasi pada monitor alat ultrasonikasi dilakukan pada suhu 30 &amp;deg;C selama 30 menit sehingga nanoemulsi pakan dapat berskala nano. Berdasarkan hasil uji Particle Size Analyzer (PSA), rata-rata ukuran partikel sampel F11, F12, F13, F21, F22, dan F23 berturutturut adalah 401, 406,9, 92,6, 327,9, 334,9, dan 101,7 nm dengan nilai indeks polidispersitas berkisar antara 0,06 sampai dengan 0,53 yang menunjukkan bahwa sampel mempunyai homogenitas yang baik.</t>
+  </si>
+  <si>
+    <t>Mesin Ekstraksi Tannin Kulit Kayu Acacia Menggunakan Metode Hot Water Sonicator</t>
+  </si>
+  <si>
+    <t>04-Nov-2025</t>
+  </si>
+  <si>
+    <t>S00202511425</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan suatu mesin ekstraksi yang memanfaatkan metode Hot water sonicator untuk memperoleh senyawa aktif dari bahan alam secara lebih efisien. Mesin ini terdiri atas ruang ekstraksi yang dilengkapi dengan sistem pemanas air bersuhu terkontrol, unit sonikator berfrekuensi tinggi, sensor suhu dan tekanan, serta mekanisme sirkulasi  cairan.  Proses  ekstraksi  dilakukan  dengan  kombinasi  pemanasan  air  dan gelombang ultrasonik sehingga dinding sel bahan baku mengalami disrupsi lebih cepat, meningkatkan pelepasan senyawa target, serta mempercepat waktu ekstraksi dibanding metode konvensional. Keunggulan invensi ini menghasilkan rendemen ekstrak yang lebih tinggi  dengan  kualitas  senyawa  aktif  yang  terjaga,  mengurangi  penggunaan  pelarut organik sehingga ramah lingkungan, waktu ekstraksi lebih singkat dan desain mesin yang dapat  dioperasikan  secara  otomatis  dengan  pengaturan  parameter  suhu,  waktu,  dan intensitas sonikasi. Mesin ini dapat diaplikasikan pada industri herbal, pangan, farmasi, serta penelitian bioteknologi.</t>
+  </si>
+  <si>
+    <t>Komposisi Dan Proses Pembuatan Puding Okra Ungu Dengan Krimer Nabati Sebagai Cemilan Bagi Penyandang Diabetes</t>
+  </si>
+  <si>
+    <t>01-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202513364</t>
+  </si>
+  <si>
+    <t>Zuraidah Nasution, S.T.P., M.Sc., Ph.D.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">: Puding okra merupakan salah satu bentuk pangan fungsional yang dikembangkan
+dengan tujuan untuk mendukung pengendalian kadar glukosa darah dengan
+memanfaatkan bahan alami okra ungu (Abelmoschus esculentus L. Moench). Komposisi
+puding okra ungu mencakup premix okra ungu sebagai bahan utama serta penambahan
+komponen lainnya. Proses pembuatan puding okra ungu yang sudah dikembangkan sudah
+laik industri. Proses pembuatan puding okra ungu diawali dengan persiapan wadah berisi
+air yang sudah dicampurkan dengan premix okra yang sudah dilelehkan (thawing); bubuk
+agar yang sudah dilarutkan; sorbitol dan vanili yang sudah dilarutkan; jus buah stroberi;
+jus buah naga; asam sitrat; kalium sorbat; dan krimer; pemanasan hingga suhu 85?.
+Proses berikutnya adalah penambahan komponen penyeimbang rasa (jus buah stroberi
+dan jus buah naga, asam sitrat yang sudah dilarutkan, kalium sorbat yang sudah
+dilarutkan, dan krimer yang sudah dilarutkan), pengisian ke wadah menggunakan filler,
+serta pasteurisasi pada suhu 85? selama 2-3 menit dan proses cooling pada suhu ruang.
+Produk yang dihasilkan dapat langsung dikonsumsi atau disimpan. Produk ini memiliki
+karakteristik sensori yang baik dan berpotensi diaplikasikan pada skala industri sebagai
+pangan selingan ramah diabetes.</t>
+  </si>
+  <si>
+    <t>Komposisi Puding Okra Ungu (Abelmoschus Esculentus L. Moench) Sebagai Antidiabetes Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>04-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202414258</t>
+  </si>
+  <si>
+    <t>Puding okra merupakan salah satu bentuk pangan fungsional yang dikembangkan dengan tujuan untuk meningkatkan konsumsi okra di masyarakat. Komposisi puding okra ungu terdiri dari premix okra ungu sebagai bahan utama dan penambahan komponen lainnya. Proses pembuatan puding okra ungu yang sudah dikembangkan sudah laik industri. Proses pembuatuan puding okra ungu diawali dengan pembutan premix okra, kemudian persiapan wadah berisi air yang sudah dicampurkan dengan bubuk agar yang sudah dilarutkan; sorbitol dan kalium sorbat yang sudah dilarutkan; jus stroberi; susu full cream cair; dan premix okra yang sudah dilelehkan (thawing); bahan diaduk dan dipanaskan hingga suhu 85? selama 5 menit. Kemudian ditambahkan jus buah naga; asam sitrat dan vanili yang sudah dilarutkan; diaduk hingga homogen. Kemudian adonan diisikan pada masing-masing cup puding menggunakan filler; di pasteurisasi pada suhu 85? selama 2-3 menit dan proses cooling dilakukan pada suhu ruang dan produk dapat langsung dikonsumsi atau disimpan</t>
+  </si>
+  <si>
+    <t>Formula Sup Krim Instan Berbahan Kentang Sebagai Makanan Bagi Penderita Prediabetes</t>
+  </si>
+  <si>
+    <t>05-Feb-2026</t>
+  </si>
+  <si>
+    <t>S00202601195</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi sup krim kentang instan yang dirancang khusus sebagai solusi pangan praktis bagi penderita prediabetes. Fokus utama inovasi ini adalah menghasilkan produk olahan kentang yang memiliki Indeks Glikemik (IG) rendah, namun tetap memenuhi standar mutu SNI 01-4967-1999. Untuk meningkatkan profil gizi dan efek antidiabetes, formula ini mengombinasikan bahan-bahan utama seperti kentang dengan tepung telur puyuh, tempe, dan isolat protein kedelai. Bahan tambahan lain meliputi white stock, bawang bombay, daun bawang, seledri, unsalted butter, serta fresh cream. Kandungan gizi produk terdiri dari kadar air, protein, lemak, kadar abu, total karbohidrat, serat pangan, karbohidrat, dan total kalori. Formula ini memiliki nilai indeks glikemik rendah dan mengontrol profil glukosa darah penderita prediabetes, yaitu menurunkan glukosa darah puasa, glukosa darah 2 jam postprandial, insulin puasa, HOMAIR, dan HOMA-&amp;beta;. Formula sup krim kentang instan ini dirancang dengan kandungan tinggi protein dan rendah indeks glikemik. Produk ini sebagai inovasi pangan yang sangat potensial untuk mendukung pengelolaan prediabetes secara efektif.</t>
+  </si>
+  <si>
+    <t>Formulasi Minuman Serbuk Multigrain Berbasis Kacang Bogor (Vigna subterranea (L.) Verdc.) Dan Kacang Koro Pedang (Canavalia ensiformis)</t>
+  </si>
+  <si>
+    <t>19-Jan-2026</t>
+  </si>
+  <si>
+    <t>S00202600527</t>
+  </si>
+  <si>
+    <t>Mrr. Lukie Trianawati, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan suatu formulasi minuman serbuk multigrain berbahan utama kacang bogor (Vigna subterranea (L.) Verdc.) dan kacang koro pedang (Canavalia ensiformis). Selain dua bahan utama tersebut, formulasi minuman serbuk multigrain dalam invensi ini menggunakan kombinasi berbagai kacang-kacangan, serealia, inulin, fruktosa, dan garam himalaya untuk menghasilkan produk minuman serbuk multigrain sumber protein nabati dengan komposisi asam amino esensial yang lengkap. Formulasi minuman ini menghasilkan minuman dengan kandungan energi total 387,85 kkal/100 gram, energi dari lemak 62,69 kkal/100 gram, lemak total 6,97%, karbohidrat 61,66%, protein 19,63%, natrium 238,66 mg/100 gram, gula total 12,92%, lemak jenuh 1,73%, serat pangan 16,06%, dan kolesterol 0 mg/100 gram</t>
+  </si>
+  <si>
+    <t>Komposisi dan Pembuatan Bahan Pelapis Berbasis Damar Mata Kucing Untuk Genteng Komposit Bagas Sorgum</t>
+  </si>
+  <si>
+    <t>16-Oct-2025</t>
+  </si>
+  <si>
+    <t>P00202510437</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dede Hermawan, M.Sc.F.Trop.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berkaitan dengan suatu komposisi dan proses pembuatan bahan pelapis untuk genteng komposit bagas sorgum berbasis resin alami, lebih khususnya komposisi bahan pelapis  menggunakan  bahan  baku  resin  damar  mata  kucing.  Bahan  produk  menurut invensi  ini  terdiri  dari  (a)  resin  damar  mata  kucing  dan  b)  pelarut  organik.  Komposisi pelapis sesuai invensi ini terdiri dari pelarut organik dan resin damar. Metode pembuatan diawali dengan pembersihan serbuk resin dari pengotor, penggilingan hingga diperoleh ukuran 60&amp;ndash;100 mesh, dan pencampuran dengan pelarut organik pada suhu 60 &amp;deg;C selama 15&amp;ndash;20 menit. Invensi ini mengungkapkan bahwa proses pembuatan bahan pelapis dalam invensi ini memiliki proses pembuatan yang singkat. Selain itu, kualitas genteng komposit bagas sorgum terlapisi pelapis berbasis resin damar mata kucing memiliki nilai kerapatan, kadar air, pengembangan tebal yang telah memenuhi standar JIS A 5908 2003. Selain itu, performa permukaan genteng komposit bagas sorgum meningkat yang ditunjukkan dari permukaan yang lebih halus dan mengkilap.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Bahan Pelapis Berbasis Poliuretan Yang Dimodifikasi Menggunakan Gula Tetes</t>
+  </si>
+  <si>
+    <t>03-Dec-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202414170 </t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Hutan</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan suatu produk berupa proses pembuatan bahan pelapis berbasis poliuretan yang dimodifikasi menggunakan gula tetes. Bahan produk menurut invensi ini terdiri dari (a) isosianat, (b) poliol, dan (d) gula tetes. Proses pembuatan bahan pelapis dimulai dengan melarutkan gula tetes, memformulasikan, dan aplikasi terhadap panel komposit sehingga dihasilkan suatu produk panel komposit yang memiliki kualitas yang disukai. Invensi ini mengungkapkan bahwa penambahan gula tetes terhadap poliuretan mampu meningkatkan kualitas bahan pelapis pada panel komposit. Selain itu, karakteristik panel komposit yang dihasilkan memiliki nilai kerapatan, kadar air, pengembangan tebal, dan keteguhan patah yang telah memenuhi standar JIS A 5908 2003.</t>
+  </si>
+  <si>
+    <t>Formula Suplemen Herbal Untuk Meningkatkan Fungsi Ginjal Pada Hewan Peliharaan</t>
+  </si>
+  <si>
+    <t>S00202415969</t>
+  </si>
+  <si>
+    <t>drh. Henny Endah Anggraeni, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula suplemen herbal untuk meningkatkan fungsi ginjal dan membantu detoksifikasi pada hewan peliharaan. Formula ini terdiri dari ekstrak daun randu, astaxanthin, collagen fish peptide, dan mannan oligosakarida, yang dirancang untuk mendukung pengelolaan penyakit ginjal kronis (Chronic Kidney Disease/CKD) pada hewan peliharaan, terutama pada usia lanjut. Ekstrak daun randu bertindak sebagai antioksidan dan anti-inflamasi, astaxanthin sebagai immunomodulator, dan collagen fish peptide untuk memperbaiki jaringan ginjal. Proses pembuatan melibatkan ekstraksi daun randu, penambahan collagen fish peptide, astaxanthin, serta proses pengeringan hingga menjadi tablet. Penelusuran paten menunjukkan bahwa kombinasi bahan ini belum pernah dipatenkan sebelumnya, sehingga inovasi ini menawarkan solusi baru bagi kesehatan ginjal kucing dengan risiko efek samping yang rendah.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Komposit Zeolit/Tembaga Oksida-Perak Oksida Untuk Filter Air Anti Mikroba Dan Aplikasinya Di Kandang Ayam Petelur</t>
+  </si>
+  <si>
+    <t>10-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202414891</t>
+  </si>
+  <si>
+    <t>Dr. Zaenal Abidin, S.Si., M.Agr.</t>
+  </si>
+  <si>
+    <t>Komposit zeolit yang memiliki sifat material antibakteri dapat dibuat dengan cara tidak rumit, cepat, hemat energi dan ramah lingkungan. Zeolit berfungsi sebagai sisi aktif penambat ion tembaga dan perak, dan proses kalsinasi berperan menjadikan ion logam tersebut menjadi oksida yang memiliki sifat antibakteri. Invensi ini terbagi menjadi tiga bagian, yaitu proses pembuatan komposit zeolit/tembaga oksida-perak oksida dan pengujian sifat antibakteri di laboratorium dengan menggunakan metode difusi cawan; pengujian komposit zeolit/tembaga oksida-perak oksida sebagai pengisi cartridge pada housing filter dan dipasang pada kandang ayam petelur; pemantauan kualitas air minum dan telur pada peternakan sebagai uji lapang selama 2 bulan. Komposit zeolit/tembaga oksida-perak oksida yang terbentuk berwarna hitam keabuan dan stabil karena tidak mudah lepas. Uji aktivitas antibakteri menunjukkan bahwa komposit zeolit/tembaga oksida-perak oksida efektif menghambat pertumbuhan bakteri E. coli dan S. Aureus pada uji metode cawan. Untuk uji lapang menunjukkan bahwa air minum pada kandang ayam petelur tidak ditemukan kandungan mikroba E. Coli dan total fecal sejak hari pertama pemasangan filter hingga hari ke 60. Pada telur tidak ditemukan kandungan bakteri patogen dan kualitas fisiknya tidak berubah. Dengan demikian, komposit zeolit dapat diproduksi secara ekonomis dengan sifat antibakteri dan dapat diaplikasikan sebagai filter air minum di kandang ayam petelur atau broiler.</t>
+  </si>
+  <si>
+    <t>Formula Dan Metode Penambahan Pektin Bubuk Untuk Enkapsulasi Pada Pembuatan Susu Fermentasi Bubuk</t>
+  </si>
+  <si>
+    <t>18-Sep-2024</t>
+  </si>
+  <si>
+    <t>P00202409492</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi terbaik penambahan pektin bubuk untuk enkapsulasi pada pembuatan susu fermentasi bubuk. Produk ini berbeda jika dibandingkan dengan produk lainnya karena adanya kandungan Lactiplantibacillus plantarum IIA-1A5 berperan sebagai probiotik dan adanya penambahan pektin bubuk memberikan manfaat untuk enkapsulasi dalam mempertahankan viabilitas probiotik, sebagai bahan pengental, penstabil, dan prebiotik. Formula Susu fermentasi terdiri atas susu sapi, starter bakteri Lactiplantibacillus plantarum IIA-1A5 sebanyak 10% dari volume susu, pektin bubuk, serta bahan penyalut yaitu 10% maltodekstrin dan 10% susu skim bubuk. Formulasi penambahan pektin bubuk untuk enkapsulasi pada pembuatan susu fermentasi bubuk yang digunakan yaitu 5% dan 10% dari bobot susu fermentasi bubuk. Penambahan pektin bubuk dapat menurunkan nilai Aw, menurunkan kadar air, menurunkan nilai pH, meningkatkan nilai total asam tertitrasi (TAT), meningkatkan viskositas, dan meningkatkan total bakteri asam laktat (BAL) pada susu fermentasi bubuk. Formulasi penambahan 10% pektin bubuk untuk enkapsulasi pada pembuatan susu fermentasi bubuk merupakan formulasi terbaik yang memiliki nilai Aw, kadar air, pH lebih rendah. Nilai total asam tertitrasi, total padatan terlarut, dan viskositas lebih tinggi. Selain itu, viabilitas probiotik pada formulasi penambahan 10% pektin bubuk lebih tinggi dibandingkan formulasi penambahan 5% pektin bubuk.</t>
+  </si>
+  <si>
+    <t>Formulasi Roti Dengan Penambahan Yoghurt Sebagai Bahan Pengembang</t>
+  </si>
+  <si>
+    <t>12-Dec-2023</t>
+  </si>
+  <si>
+    <t>P00202313909</t>
+  </si>
+  <si>
+    <t>Roti dengan penambahan yoghurt sebagai bahan pengembang adalah inovasi untuk mengurangi penggunaan ragi komersi. Invensi ini bertujuan untuk menghasilkan roti yang memberikan manfaat bagi kesehatan dan mampu mengurangi penggunaan ragi komersial. Roti dengan penambahan yoghurt sebagai bahan pengembang diisi dengan fla yoghurt disebut roti yogurupan. Produk ini berbeda jika dibandingkan dengan produk lainnya karena adanya kandungan Lactobacillus plantarum IIA-1A5 berperan sebagai probiotik yang mampu menghasilkan metabolit postbiotik. Penambahan buah stroberi memberikan manfaat sebagai antioksidan dan penambahan bunga rosela dapat memperpanjang umur simpan roti yoghurt karena mampu menghambat proses stalling. Formula roti dengan penambahan yoghurt sebagai bahan pengembang dengan isian fla yoghurt stroberi rosela terdiri atas tepung protein tinggi, susu bubuk, Saccharomyces cerevisiae, garam, air, butter, telur, susu skim bubuk, stroberi, ekstrak bunga rosela, yoghurt dengan starter bakteri L. plantarum IIA-1A5 sebanyak 1-2% dari volume susu. Formulasi isian fla roti yogurupan yaitu campuran 200 g krim kocok dan 200 g yoghurt rosela stroberi. Protein yang terkandung pada roti dengan ragi yoghurt sebesar 9,64%, kadar abu roti yoghurt sebesar 1,11%, kadar air roti sebesar 24,34%. Sedangkan kadar lemak roti sebesar 3,5%.</t>
+  </si>
+  <si>
+    <t>Proses Enkapsulasi Bakteri Probiotik Menggunakan Matriks Berbahan Dasar Inulin Sebagai Sinbiotik Pakan Fungsional</t>
+  </si>
+  <si>
+    <t>18-Dec-2024</t>
+  </si>
+  <si>
+    <t>S00202415629</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Mulyorini Rahayuningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
+  </si>
+  <si>
+    <t>Enkapsulasi bakteri asam laktat (BAL) dengan inulin sebagai prebiotik bertujuan untuk meningkatkan stabilitas dan viabilitas probiotik selama pemrosesan, penyimpanan, dan transit gastrointestinal. Penelitian ini bertujuan untuk mengevaluasi penggunaan inulin sebagai bahan penyalut (matriks) tunggal maupun campuran dengan bahan matriks lain untuk bakteri menguntungkan seperti bakteri asam laktat, bakteri pendegradasi sianida, bakteri penghasil zat antimikroba dll. Produksi sinbiotik pakan yang mampu mensinergikan antara jenis probiotik dan prebiotik yang mendukung pertumbuhan dan viabilitasnya, agar komponen tersebut bisa diserap oleh tubuh dengan lebih optimal sehingga mampu meningkatkan performa produksi maupun kesehatan ternak. Formulasi sinbiotik yang dienkapsulasi dievaluasi untuk sifat fisikokimia, viabilitas mikroba, dan manfaat fungsionalnya. Hasil penelitian menunjukkan bahwa inulin secara signifikan meningkatkan tingkat kelangsungan hidup BAL selama penyimpanan, meningkatkan efisiensi pakan (FCR, meningkatkan bobot akhir dan karkas serta tinggi dan luas permukaan vili usus. Temuan ini menunjukkan bahwa enkapsulasi inulin merupakan pendekatan yang menjanjikan untuk mengembangkan produk sinbiotik yang stabil dan efektif untuk menungkatkan performa dan kesehatan ternak.</t>
+  </si>
+  <si>
+    <t>drh. Heryudianto Vibowo, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Wafer Pakan Limbah Industri Pangan untuk Ternak Ruminansia</t>
+  </si>
+  <si>
+    <t>25-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215416</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Burhanuddin, M.M.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan produk wafer limbah industri pangan dengan ukuran panjang dan lebar masing-masing 5 cm dengan ketebalan 3 cm bersifat padat dan kompak dengan komponen bahan penyusunnya adalah dedak halus, habbatusaudah, bungkil kelapa, kulit kopi, DDGS,pollard, molases, Calcium carbonate (CaCo3) dan garam dan kandungan nutriennya per persen bahan kering adalah abu 8,40%, protein kasar 18,29%, serat kasar 16,48%, lemak kasar 5,84% dan dan bahan ekstrak tanpa nitrogen (BETN)37,64%. Wafer limbah industri pangan merupakan pakan untuk meningkatkan performa pertumbuhan ternak ruminansia. Dengan adanya invensi ini maka dapat dihasilkan produk wafer limbah industri pangan yang dapat digunakan sebagai pakan untuk meningkatkan performa pertumbuhan ternak ruminansia, memudahkan peternak dalam proses pemberian pakan, dan membantu proses pengolahan limbah industri pangan menjadi produk yang bermanfaat.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Herbal Nefroprotektif yang Mengandung Ekstrak Daun Alpukat (Persea Americana Mill.) Dan Akar Alang-Alang (Imperata Cylindrica L.) </t>
+  </si>
+  <si>
+    <t>17-Sep-2025</t>
+  </si>
+  <si>
+    <t>S00202509025</t>
+  </si>
+  <si>
+    <t>Dr. Rini Madyastuti Purwono, S.Si., M.Si., Apt.</t>
+  </si>
+  <si>
+    <t>Departemen Klinik Reproduksi dan Patologi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  menghasilkan  suatu  formula  herbal  nefroprotektif  yang  memanfaatkan kombinasi  ekstrak  etanol  daun  alpukat  (Persea  americana Mill.)  dan  akar  alang-alang (Imperata cylindrica L.). Hasil uji in silico menunjukkan senyawa bioaktif seperti Cymarin dan 2,4-Hexadienal memiliki afinitas ikatan yang tinggi serta konstanta inhibisi rendah terhadap protein target inflammasome NLRP3, dengan profil bioavailabilitas dan toksisitas yang baik. Pada uji in vivo, pemberian kombinasi ekstrak daun alpukat dan akar alang- alang selama 35 hari terbukti menurunkan atrofi glomerulus, nekrosis tubulus, endapan hialin, serta  kadar  Interleukin-18 (IL-18)  secara  signifikan dibandingkan kontrol negatif. Formula diperoleh melalui metode  maserasi simplisia dengan pelarut etanol  70% pada rasio 1:5, diulang sebanyak tiga kali sehingga total pelarut yang digunakan setara dengan 1:15,  kemudian  dievaporasi  hingga  diperoleh  ekstrak  kental  dan  dicampurkan  sesuai perbandingan  yang  ditentukan.  Berdasarkan  hasil  uji  pra-klinik,  formula  ini  aman  dan efektif, serta berpotensi digunakan sebagai agen nefroprotektif berbasis herbal dengan mekanisme utama melalui inhibisi inflammasome NLRP3 dan penurunan kadar IL-18.</t>
+  </si>
+  <si>
+    <t>Komposisi Jamu Pelangsing Cair Berbasis Ekstrak Buah Asam Gelugur (Garcinia Atroviridis) Dan Rimpang Kunci Pepet (Kaempferia Angustifolia)</t>
+  </si>
+  <si>
+    <t>16-Dec-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202415460 </t>
+  </si>
+  <si>
+    <t>Formula jamu pelangsing berbasis ekstrak buah asam gelugur dan ekstrak rimpang kunci pepet yang telah dilindungi paten sebelumnya adalah formula awal dengan komposisi ekstrak asam gelugur dan ekstrak kunci pepet dalam bentuk sedian campuran ekstrak kering yang dikemas dalam kapsul. Tetapi masih ditemui permasalahan yang berarti yaitu ekstrak asam gelugur merupakan ekstrak yang sangat higroskopis sehingga untuk menjadikan ekstrak kering harus ditambah dengan bahan pengisi. Hal ini menyebabkan khasiat sebagai pelangsing menurun signifikan bila dibandingkan dengan khasiat formula yang mengandung ekstrak asam gelugur murni. Oleh karena itu dilakukan pengembangan produk jamu pelangsing dari ekstrak asam gelugur maupun kunci pepet dalam bentuk sediaan jamu cair untuk memperoleh sediaan pelangsing yang lebih efektif dan ekonomis dengan tetap memperhatikan aktivitasnya sebagai penurun berat badan. Formula jamu pelangsing cair yang mengandung campuran ekstrak buah asam gelugur (Garcinia atroviridis) dan ekstrak rimpang kunci pepet (Kaempferia angustifolia) dengan perbandingan 1:1 pada konsentrasi 200 ppm mampu menghambat aktivitas enzim lipase pankreas mencapai 87.09% melebihi daya inhibisi kontrol positif (orlistat) yaitu 82.50%.</t>
+  </si>
+  <si>
+    <t>Muhamad Arifin, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Rumput Laut Hijau (Ulva Reticulata Forsskal 1775) Menggunakan Maserasi Etanol</t>
+  </si>
+  <si>
+    <t>P00202412457</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Alimuddin, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Keberhasilan ekstraksi rumput laut Ulva reticulata sangat penting untuk diaplikasikan dalam bidang reproduksi ikan nila merah jantan (Oreochromis sp). Proses ekstraksi Ulva reticulata dilakukan menggunakan metode maserasi menggunakan jenis pelarut etanolEkstrak etanol Ulva reticulata memiliki senyawa fitokimia kualitatif dan kuantitatif yang berpotensi dimanfaatkan sebagai fitohormon untuk meningkatkan kinerja reproduksi ikan nila merah jantan.</t>
+  </si>
+  <si>
+    <t>Formula Perekat Hibrida Fenol-Formaldehida-Metilendifenil-Diisosianat Untuk Papan Untai Berarah</t>
+  </si>
+  <si>
+    <t>24-Oct-2024</t>
+  </si>
+  <si>
+    <t>P00202411762</t>
+  </si>
+  <si>
+    <t>Prof. Muhammad Adly Rahandi Lubis, M.Si., Ph.D.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan suatu formula perekat hibrida fenol-formaldehidametilendifenil-diisosianat untuk papan untai berarah. Lebih khusus perekat hibrida PF-MDI sesuai invensi ini dibuat menggunakan fenol-formaldehida sebagai bahan utama, metilendifenil-diisosianat sebagai agen pengikat silang, serta katalis sodium hidroksida (NaOH) dan kalsium karbonat (CaCO3). Pada proses pembuatannya digunakan sodium hidroksida (NaOH) dan kalsium karbonat (CaCO3), yang dicampurkan dengan perekat PF dengan rasio sebanyak 1% dari kadar padatan PF, kemudian ditambahkan metilendifenil diisosianat (MDI) sebanyak 2,5% dan 5,0% dari kadar padatan PF untuk menghasilkan perekat dengan proses pengerasan dan karakteristik yang lebih baik. Invensi ini menghasilkan perekat hibrida PF-MDI yang dicirikan kadar padatan 46,00 &amp;ndash; 47,62% bobot/volume, viskositas 206,43-250,24 mPa.s, waktu gelatinasi 8,87-14,17 menit, dan nilai pH 12,12-12,40. Perekat hibrida PF-MDI ini menghasilkan PUB dengan sifat kerapatan 0,6 /cm3, kadar air rata-rata 7,0%, daya serap air 36,64-55,77% pada perendaman 2 jam dan 64,41-83,13% pada perendaman 24 jam, pengembangan tebal sebesar 16,13-25,52% pada perendaman 24 jam. Nilai keteguhan lentur sejajar serat berkisar 1009,05-1934,31 MPa, keteguhan lentur tegak lurus serat berkisar 1215,00-4118,07 MPa, keteguhan patah sejajar serat berkisar 20,95-29,64 MPa, keteguhan patah tegak lurus serat berkisar 13,65- 30,65 MPa, dan nilai keteguhan rekat berkisar 0,25-0,46 MPa.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Resin Bio-Poliuretan Non-Isosianat Berbasis Tanin Sebagai Bahan Impregnasi Serat Dan Produk Yang Dihasilkannya</t>
+  </si>
+  <si>
+    <t>23-Oct-2024</t>
+  </si>
+  <si>
+    <t>P00202411692</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses pembuatan resin bio-poliuretan non-isosianat berbasis tanin sebagai bahan impregnasi serat dan produk yang dihasilkannya. Tahapantahapan proses pembuatan pada invensi ini terdiri dari: penyerbukan kulit kayu mangium berukuran 60-100 mesh; ekstraksi tanin dari serbuk kulit kayu mangium; memekatkan ekstrak tanin menggunakan rotary evaporator sampai diperoleh ekstrak kental tanin; penambahan dimetilkarbonat; penambahan crosslinker heksametilendiamina; pengadukan campuran; perolehan resin bio-poliuretan non-isosianat berbasis tanin; impregnasi serat rami menggunakan resin bio-poliuretan non-isosianat selama 1 jam. Aspek kedua invensi ini yaitu produk resin bio-poliuretan non-isosianat yang dihasilkan memiliki gugus fungsi uretan (R-NH-C=O-R) pada 1643 cm-1 dan gugus fungsi alkohol tersier poliuretan pada 1156 cm-1. Resin dapat meningkatkan bobot serat rami sebesar 44,17%. Terjadi peningkatan persen berat serat rami setelah dipanaskan pada suhu 750&amp;deg;C sebesar 19,14% yang menandakan bahwa sifat termal serat stabil. Resin ini juga dapat meningkatkan kristalinitas serat rami, sehingga modulus elastisitas maksimum pada serat yang diimpregnasi selama 1 jam meningkat sebesar 75,78% dan kekuatan tarik meningkat lebih dari 100%.</t>
+  </si>
+  <si>
+    <t>Formulasi Perekat Berbasis Melamin Formaldehida Untuk Aplikasi Kempa Dingin Pada Produk Cross Laminated Timber (CLT)</t>
+  </si>
+  <si>
+    <t>29-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215792</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan suatu formulasi dan proses pembuatan perekat kayu berbahan dasar melamin formaldehida (MF) yang ditambahkan tepung terigu sebagai pengisi (filler), asam sitrat sebagai katalis, dan polymeric 4,4-methylene diphenyl diisocyanate (pMDI) sebagai cross-linker, sedemikan rupa dicampur dan diformulasikan sehingga dapat diaplikasikan untuk proses kempa dingin pada pembuatan produk komposit kayu, khususnya produk Cross Laminated Timber (CLT). Tujuan khusus invensi ini untuk menghasilkan perekat berbasis MF yang dapat digunakan untuk pembuatan produk komposit kayu, khususnya CLT, dengan aplikasi kempa dingin. Formulasi perekat dilakukan dengan penambahan tepung terigu sebanyak 10% dari total perekat; asam sitrat sebanyak 5% dari kadar padatan perekat MF; dan pMDI sebanyak 3% dari kadar padatan perekat MF. Semua komponen perekat tersebut dicampurkan dan diaduk secara manual selama 1 sampai 2 menit pada suhu 27&amp;plusmn;2&amp;deg;C hingga membentuk campuran yang merata dan siap untuk diaplikasikan pada permukaan papan kayu bahan CLT. Aplikasi perekat pada pembuatan peroduk CLT dilakukan dengan melaburkan perekat hasil formulasi pada kedua permukaan bidang rekat (double glue spread) papan kayu/lamina sebanyak berat labur yang telah ditentukan, selanjutnya dikempa pada suhu rendah (kempa dingin) dengan tekanan kempa 1 MPa selama 2 jam.</t>
+  </si>
+  <si>
+    <t>Komposisi Perekat Bio-Poliuretan Berbasis Tanin Terglioksalasi Serta Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>08-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202514007</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan suatu perekat, lebih khususnya komposisi dan metode pembuatan perekat bio-poliuretan berbasis tanin terglioksalasi yang memiliki dua tahap reaksi pembuatan sedemikian hingga menghasilkan perekat bio-poliuretan tanpa isosianat dengan reaktivitas, kestabilan termal, dan ketahanan air yang optimal. Aspek pertama invensi ini yaitu komposisi perekat bio-poliuretan berbasis tanin terglioksalasi. Adapun perekat bio-poliuretan yang dimaksud pada invensi ini terdiri dari tanin terglioksalasi, dimetil karbonat, dan heksametilen tetraamin. Aspek kedua invensi ini yaitu metode pembuatan perekat bio-poliuretan berbasis tanin terglioksalasi yang diawali dengan mempersiapkan bahan utama, mengatur pH tanin, memanaskan larutan hingga suhu 80 &amp;deg;C, menambahkan glioksal dengan tetap dipanaskan pada suhu 80 &amp;deg;C selama 1 jam hingga menghasilkan tanin terglioksalasi, mencampurkan tanin terglioksalasi dengan dimetil karbonat pada suhu 80 &amp;deg;C selama 20 menit, menambahkan heksametilen tetraamin dengan tetap dipanaskan pada suhu 80 &amp;deg;C selama 20 menit, dan mendapatkan produk perekat bio-poliuretan berbasis tanin terglioksalasi. perekat bio-poliuretan berbasis tanin terglioksalasi pada invensi ini dicirikan dengan memiliki karakteristik perekat yang tidak mengeras pada suhu ruang, kadar padatan sebesar 40,88-71,03%, waktu gelatinasi selama 0,54-2,14 menit, persentase kehilangan berat pada suhu 80 &amp;deg;C sebesar 13,99- 68,26%.</t>
+  </si>
+  <si>
+    <t>Sensor Cahaya Berbahan Komposit Alkali Selulosa Tandan Sawit</t>
+  </si>
+  <si>
+    <t>17-Dec-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202415480 </t>
+  </si>
+  <si>
+    <t>Dr. Ir. Irmansyah, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini menyajikan purwarupa sensor cahaya yang memanfaatkan material alkali selulosa dari biomassa tandan kosong kelapa sawit (TKKS). Alkali selulosa ini dipadukan dengan konduktif filler ZnO dan PANI untuk menghasilkan sensor dengan karakteristik semikonduktor yang sensitif terhadap perubahan cahaya. Dengan pendekatan ini, invensi ini menawarkan solusi ramah lingkungan dan berkelanjutan untuk pengembangan sensor cahaya, membuka peluang baru dalam berbagai aplikasi, seperti perangkat elektronik, otomatisasi, dan pencahayaan cerdas.</t>
+  </si>
+  <si>
+    <t>Formula Dan Metode Pembuatan Granul Instan Ekstrak Daun Undis Dan Jahe Emprit Terstandar Skala Pilot Sebagai Penurun Kolesterol</t>
+  </si>
+  <si>
+    <t>P00202415458</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Tutik Wresdiyati</t>
+  </si>
+  <si>
+    <t>Invensi ini menjelaskan formula dan metode pembuatan granul instan dari ekstrak daun undis dan jahe emprit untuk menurunkan kolesterol. Daun undis dan rimpang jahe digiling halus, kemudian dimaserasi dengan 70% etanol (1:2) selama 30 menit dan diulang dua kali. Filtrat dievaporasi pada suhu 70&amp;deg;C hingga menjadi ekstrak pekat. Ekstrak dicampur dengan kalium sorbat, amilum jagung, dan aerosol, lalu digranulasi basah menggunakan mesin kneader. Ekstrak basah dikeringkan pada suhu 60&amp;deg;C selama 120 menit, kemudian digiling dengan mesh 60. Ekstrak daun undis DE35 dan jahe emprit DE35 diperoleh dengan dry extract 35% dan pengisi 65%. Ekstrak digunakan sebagai bahan baku granul instan, dengan kadar total flavonoid pada ekstrak daun undis 4,52-4,67 mg/g EQ dan ekstrak jahe emprit 6-gingerol 3,84-12,93 mg/g. Campuran ekstrak daun undis dan jahe (2:1), susu skim, povidone, natrum benzoate, aerosil, stevia, pewarna hijau, dan perisa melon dihomogenkan, ditambahkan air hingga massa kompak, kemudian digiling dan dikeringkan pada suhu 60&amp;deg;C selama 120 jam. Granul instan kering dievaluasi dengan total flavonoid sekitar &amp;plusmn;3,62 mg/g EQ. Granul instan ini terbukti efektif menurunkan kadar kolesterol total dan LDL pada tikus model hiperkolesterolemia.</t>
+  </si>
+  <si>
+    <t>Formulasi dan Proses Pembuatan Keripik Tempe Krispi</t>
+  </si>
+  <si>
+    <t>23-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215381</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi dan metode pembuatan keripik tempe krispi. Bahan baku pembuatan keripik tempe krispi yaitu kedelai 60-70%, tepung terigu 10-15%, tepung tapioka 5-10%, bumbu-bumbu segar 5-10%, telur 1-3%, dan ragi tempe 0,1-0,3%. Pembuatan keripik tempe krispi meliputi proses fermentasi kedelai, pengirisan tempe, coating, dan penggorengan. Keripik tempe krispi telah memenuhi persyaratan berdasarkan SNI 2602:2018 berdasarkan parameter kadar air, abu, dan protein. Berdasarkan hasil uji sensori, keripik tempe hasil inovasi ini memiliki tingkat kesukaan keseluruhan dengan skor 5,4 yang berarti konsumen menilai kesukaan terhadap keripik tempe krispi dari suka hingga sangat suka. Umur simpan keripik tempe krispi yang dikemas dalam kemasan standing pouch aluminium foil pada suhu 27 dan 30oC berturut-turut adalah 68 dan 66 hari.</t>
+  </si>
+  <si>
+    <t>Proses Produksi Immunoglobulin Y Spesifik SARS-CoV-2 Pada Ayam Petelur Menggunakan Protein Rekombinan Sebagai Antigen</t>
+  </si>
+  <si>
+    <t>13-Nov-2023</t>
+  </si>
+  <si>
+    <t>P00202312021</t>
+  </si>
+  <si>
+    <t>Dr. drh. Okti Nadia Poetri, M.Si., M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi yang diungkapkan disini adalah proses produksi IgY spesifik SARS-CoV-2 pada ayam petelur yang dapat digunakan sebagai bahan aktif pada produk untuk mitigasi alternatif SARS-CoV-2. Adapun metode produksi antibodi terdiri dari menentukan protein rekombinan S1, RBD dan N sebagai antigen, menentukan dosis imunisasi untuk ayam adalah 3&amp;micro;g tiap protein, menentukan waktu imunisasi pada umur 28 hari dan booster dengan interval 1 minggu, mendeteksi keberadaan IgY pada telur dengan interval satu minggu, memanen telur setelah IgY terdeteksi dan memurnikan IgY dari kuning telur serta karakterisasi IgY. Disamping itu diungkapkan juga suatu antibodi spesifik terhadap SARSCoV-2 yang dapat dapat mencegah perlekatan antara protein receptor-binding-domain (RBD) dari SARS-CoV-2 dan reseptor RBD-angiotensin-converting-enzyme-2 (ACE2) dengan titer netralisasi 1009,45 U/mL dan 1024,98 U/mL dengan persen penghambatan masingmasing 70,63% dan 76,531%.</t>
+  </si>
+  <si>
+    <t>Produksi Immunoglobulin Y Spesifik Influenza Pada Ayam Petelur Menggunakan Vaksin Human Influenza Multivalen Sebagai Antigen Dan Immunoglobulin Y Spesifik Influenza</t>
+  </si>
+  <si>
+    <t>P00202308032</t>
+  </si>
+  <si>
+    <t>Invensi yang diungkapkan disini adalah produksi IgY spesifik influenza A dan B pada ayam petelur yang dapat digunakan sebagai bahan aktif pada produk untuk mitigasi alternatif influenza. Adapun metode produksi antibodi terdiri dari menentukan dosis vaksin untuk ayam adalah setengah (0,25 mL) dari dosis untuk manusia (0,5 mL), menentukan waktu booster dalam interval 4 minggu, mendeteksi keberadaan antibodi pada serum dan telur dengan interval satu minggu, Memanen telur setelah antibodi terdeteksi dan memurnikan antibodi dari kuning telur. Disamping itu diungkapkan juga suatu antibodi spesifik terhadap influenza A dan B yang dapat mengenali antigen influenza. Antibodi spesifik ini dapat digunakan pada industri industri kosmetik medis dan nutraceutical food.</t>
+  </si>
+  <si>
+    <t>Alat Fotobioreaktor Untuk Induksi Sporulasi Makroalga Ulva Sp</t>
+  </si>
+  <si>
+    <t>P00202415676</t>
+  </si>
+  <si>
+    <t>Dr. Dimas Andrianto, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan alat fotobioreaktor untuk induksi sporulasi makroalga Ulva sp. Sistem FOTOBIOREAKTOR ini terdiri dari rangkaian beberapa pipa spooler yang disatukan oleh pipa holder yang mudah dibongkar pasang. Pipa spooler dilengkapi dengan komponen rotator yang memungkinkannya untuk dirotasi secara manual atau digerakan dengan tambahan motor Listrik arus lemah. Selain komponen pipa spooler dan pipa holder, alat fotobioreaktor ini juga memiliki rangkaian lampu eksternal yang dipasang secara trilateral pada tiga sisi FOTOBIOREAKTOR. Dalam penggunaanya, alat fotobioreaktor ini dapat menghasilkan bibit Ulva sp yang tumbuh pada cakupan luas hampir 50% bidang penempelan di tali yang dipakai sebagai substrat, jauh lebih tinggi dari pada fotobioreaktor yang menggunakan desain pipa spooler statis yang hanya memiliki nilai cakupan 25%.</t>
+  </si>
+  <si>
+    <t>Formula Dan Metode Pembuatan Sediaan Cair Herbal Antidiabetes Dari Ekstrak Sirih Merah, Jahe Merah Dan Kayu Manis</t>
+  </si>
+  <si>
+    <t>06-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202214373</t>
+  </si>
+  <si>
+    <t>Departemen Biokimia</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula sediaan herbal cair antidiabetes menggunakan bahan aktif ekstrak sirih merah, jahe merah dan kayu manis asli Indonesia serta metode pembuatannya. Pembuataan sediaan herbal cair dilakukan dengan membuat larutan stok dari masing-masing ekstrak kasar sirih merah, jahe merah dan kayu manis menggunakan pelarut pharmaceutical grade, seperti air, propilen glikol atau gliserin. Setiap ekstrak kental dilarutkan kedalam pelarut pharmaceutical grade dengan perbandingan 1:10. Larutan dihomogenkan menggunakan homogenizer kecepatan 300-500 rpm selama 5-8 jam dengan suhu 40-50 &amp;deg;C hingga seluruh ekstrak kental larut. Selanjutnya formulasi dilakukan dengan mencampurkan larutan stok sirih merah dengan konsentrasi 5% (b/b), larutan stok jahe merah 40% (b/b) dan larutan stok kayu manis 55% (b/b) serta bahan lainnya sehingga diperoleh konsentrasi 100% (b/b). Formula cair diaduk menggunakan homogenizer dengan kecepatan 300-500 rpm selama 5-8 jam pada suhu 40-50 &amp;deg;C sampai semua bahan tercampur rata. Kemudian dilakukan proses filtrasi untuk memperoleh sediaan obat herbal cair dalam kondisi tanpa partikulat. Sediaan herbal cair yang dihasilkan memiliki aktivitas penghambatan enzim &amp;alpha;-glukosidase sebesar 92,237-93,713% pada konsentrasi 5000ppm dengan nilai IC50 914,26- 930,29 ppm pada uji laboratorium. Hasil tersebut menunjukkan bahwa sediaan herbal yang diformulasi mampu menghambat aktivitas enzim &amp;alpha;-glukosidase dalam menghasilkan glukosa sehingga berpotensi sebagai obat antidiabetes.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Kopi Dengan Kadar Lemak Tinggi Dan Rendah Kafein</t>
+  </si>
+  <si>
+    <t>23-Apr-2022</t>
+  </si>
+  <si>
+    <t>P00202204916</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pembuatan kopi dengan kadar lemak tinggi dan rendah kafein menggunakan metode fermentasi untuk sajian kopi enak dan sehat. Fermentasi menggunakan agen fermentasi berupa ragi atau bakteri penghasil asam laktat dengan lama fermentasi antara 18 hingga 24 jam. Hasil penyanggraian dan penggilingan yang diperoleh mempunyai rasa yang enak dan menghasilkan hal yang sehat. Sebagai bahan seduhan sajian kopi bubuk yang diperoleh nilai pengkafein terendah sebesar 0,001, sedangkan nilai lemak yang dikandung oleh kopi tersebut paling rendah sebesar 21,1. Hal ini menunjukkan bahwa dengan konsentrasi kafein sebesar 0,002% dapat menunjukkan bahwa kopi bubuk tersebut rendah kafein dan menjadikan bahan Kesehatan bagi tubuh. Ukuran yang diperoleh pada proses pembuatan kopi bubuk ini adalah 80 mesh, 120 mesh dan 200 mesh. Adapun hasil proses pembuatan kopi ini memiliki kadar kafein adalah 0.001 hingga 0,005% dan kadar lemak antara 12,1 hingga 13,0%.</t>
+  </si>
+  <si>
+    <t>Dr. Indah Wijayanti, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Muhammad Aries, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Formula Plester Cair Nanoemulgel Dengan Ekstrak Maggot Black Soldier Fly (Hermetia Illucens) Dan Ekstrak Batang Brotowali (Tinospora Crispa L.)</t>
+  </si>
+  <si>
+    <t>12-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406484</t>
+  </si>
+  <si>
+    <t>Ir. Fahrizal Hazra, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Tanah dan Sumberdaya Lahan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Luka lecet, iris atau sayat, dan luka bakar merupakan jenis luka yang seirng terjadi di Indonesia.  Perawatan luka diperlukan untuk merawat luka sehingga mencegah terjadinya infeksi dan perdarahan. Penutup luka yang biasa digunakan adalah kasa, plester, perban alami atau sintesis, dan kapas yang memiliki karakteristik kering, tidak memberikan lingkungan lembap serta menyebabkan rasa sakit dan perdarahan saat dilepas. Plester luka yang banyak dijual dipasaran masih memiliki kekurangan yaitu kurang elastis, menyebabkan iritasi, dan tidak memiliki kandungan zat aktif didalamnya yang dapat mempercepat dalam penyembuhan luka. Keunggulan produk invensi ini diantaranya mengatasi permasalahan luka karena kandungan protein maggot yang tinggi (40-50%) serta kandungan batang brotowali sebagai antibakteri, memberikan rasa dingin yang dapat mengurangi pembengkakan, mempercepat proses penyembuhan, serta dapat menurunkan rasa sakit di sekitar luka. Invensi ini bertujuan untuk memaksimalkan pemanfaatan kombinasi ekstrak maggot pada konsentrasi 3-5% dan ekstrak batang brotowali dengan konsentrasi 1-3% di bidang medis. Belum ada produk sejenis dengan manfaat dan keunggulan serupa sehingga invensi ini bernilai inovatif, mempunyai peluang yang menjanjikan, serta berdaya saing.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Metode Pengolahan Eksudat Balsam Dari Pohon Rasamala (Liquidambar Excelsa) Menggunakan Teknik Terpadu Destilasi Dan Refluks Etanol </t>
+  </si>
+  <si>
+    <t>10-Sep-2025</t>
+  </si>
+  <si>
+    <t>P00202508705</t>
+  </si>
+  <si>
+    <t>Anne Carolina, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Konservasi Sumberdaya Hutan dan Ekowisata</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  mengungkapkan  metode  terpadu  pengolahan  eksudat  balsam  dari  pohon rasamala (Liquidambar excelsa) menggunakan kombinasi destilasi dan ekstraksi refluks dengan pelarut etanol. Tujuan utama metode ini adalah memperoleh dua fraksi bioaktif, yaitu  fraksi  volatil  berupa  minyak  atsiri  dan  fraksi  non-volatil  berupa  ekstrak  etanol, dengan rendemen tinggi serta kemurnian optimal. Proses diawali dengan pengumpulan eksudat dari batang pohon yang diinduksi menggunakan metil jasmonat 10%, kemudian dilanjutkan  dengan  ekstraksi  refluks  pada  suhu  80&amp;deg;C  dengan  rasio  balsam:etanol  1:10 selama 2 jam untuk mendapatkan fraksi non-volatil. Selanjutnya, fraksi volatil diperoleh melalui proses hidrodistilasi pada suhu 95&amp;ndash;100&amp;deg;C selama 3&amp;ndash;4 jam, menghasilkan minyak atsiri yang dipisahkan dari hidrosol menggunakan corong pisah dan dimurnikan dengan Na2SO4 anhidrat. Keunggulan invensi ini dibanding metode terdahulu adalah integrasi dua teknik  sederhana  namun  efektif  dalam  satu  protokol  yang  memungkinkan  pemisahan optimal senyawa volatil dan non-volatil menggunakan pelarut yang aman, murah, serta ramah  lingkungan.  Produk  hasil  berupa  ekstrak  etanol  dan  minyak  atsiri  menunjukkan aktivitas  antibakteri  signifikan  terhadap Pseudomonas  aeruginosa dan Staphylococcus aureus,  serta  toksisitas  tinggi  berdasarkan  uji Brine  Shrimp  Lethality  Test.  Metode  ini berpotensi  diaplikasikan  dalam  industri  farmasi,  kimia,  maupun  kosmetik  secara berkelanjutan.</t>
+  </si>
+  <si>
+    <t>Formulasi Dan Komposisi Sediaan Injeksi Fitosom Sri Rejeki (Dieffenbachia seguine (Jacq).) Untuk Penginduksi Inflamasi Pada Hewan Model</t>
+  </si>
+  <si>
+    <t>P00202514009</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkapkan suatu metode formulasi dan komposisi, oleh karena itu sasaran invensi ini menyediakan komposisi sediaan injeksi fitosom sri rejeki yang berpotensi sebagai sediaan penginduksi inflamasi pada hewan model. Sediaan injeksi fitosom terdiri dari a. fosfatidilkolin (PC); b. ekstrak etanol 70% sri rejeki; c. campuran pelarut chloroform dan methanol 2:1 untuk melarutkan PC dan ekstrak; d. waktu dan metode homogenisasi ekstrak dan pembawa menggunakan sonikator bath 40 KHz selama 1 jam; e. proses pembentukan thin layer lipid dengan tekanan 200-450 mBar, suhu 39C dan kecepatan putar 60 RPM. f. Waktu sonikasi 2-3 jam untuk menghomogenkan thin layer lipid dengan water for injection hingga membentuk larutan injeksi yang homogen.</t>
+  </si>
+  <si>
+    <t>Ekstrak Daun Sendok Plantago Mayor Sebagai Laksatif Dan Metode Ekstraksinya</t>
+  </si>
+  <si>
+    <t>19-Sep-2024</t>
+  </si>
+  <si>
+    <t>P00202409511</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan potensi daun sendok (Plantago major) sebagai agen laksatif. Metode pembuatan ekstrak dilakukan dengan cara perendaman menggunakan pelarut etanol 70% pada selama 3x72 jam dan setiap 6 jam sekali dilakukan pengadukan. Ekstrak cair yang diperoleh diperkatkan dengan rotary evaporator hingga menjadi ekstrak kering. Pengujian sebagai agen laksatif dilakukan dengan metode parameter feses dan metode rasio transit intestinal pada tikus. Dosis ekstrak daun sendok yang efektif pada range 50 mg/kgbb &amp;ndash; 200 mg/kgbb. Potensi ekstrak etanol daun sendok sebagai agen laksatif memiliki aktivitas sangat kuat.</t>
+  </si>
+  <si>
+    <t>Pusat Studi Biofarmaka Tropika.</t>
+  </si>
+  <si>
+    <t>Komposisi Sediaan Injeksi Mikroemulsi Ibuprofen Dengan Penambahan Kitosan</t>
+  </si>
+  <si>
+    <t>17-Aug-2023</t>
+  </si>
+  <si>
+    <t>S00202307659</t>
+  </si>
+  <si>
+    <t>Invensi mengungkapkan suatu komposisi, oleh karena itu sasaran invensi ini menyediakan komposisi sediaan injeksi mikroemulsi ibuprofen yang berpotensi sebagai sediaan injeksi ibuprofen yang terdiri dari medium Chain Trygeliceride (MCT)dan minyak zaitun dalam perbandingan 50:50 sebagai minyak;b. tween 80 sebagai surfaktan;c. propilen glikol sebagai kosurfaktan, dalam hal perbandingan antara minyak, surfaktan dan kosurfaktan adalah 1:4:1 dan perbandingan antara fase minyak dan fase air adalah 1:4, yang dicirikan dengan penambahan kitosan dengan kadar 1%. Sediaan injeksi mikroemulsi ini dapat diaplikasi dibidang industry farmasi.</t>
+  </si>
+  <si>
+    <t>Rahadiyan Garuda Langit Dewangga, S.Sos, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Dewi Apri Astuti, M.S.</t>
+  </si>
+  <si>
+    <t>Perangkap Krendet Bertingkat 2 Pintu dan Booster Umpan Beku untuk Pemanfaatan Krustasea Yang Dioperasikan Dengan Sistem Koloni Pelampung Tunggal</t>
+  </si>
+  <si>
+    <t>08-Apr-2025</t>
+  </si>
+  <si>
+    <t>P00202503072</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Wazir Mawardi, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Sumberdaya Perairan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  membuat  perangkap  krendet  dengan  konstruksi  bertingkat  dan  dilengkapi dengan cover net atau  dinding pelindung pada  perangkap krendet.  Perangkap  krendet bertingkat terdiri dari konstruksi perangkap bagian bawah dan atas. Konstruksi perangkap bagian bawah krendet bertingkat memiliki diameter sebesar 80 cm, sedangkan perangkap bagian atas memiliki diameter sebesar 60 cm.  Tinggi dari  perangkap bawah dan atas adalah  20  cm. Cover  net krendet  bertingkat  menggunakan  jaring  PE  (Polyethylene) sebagai  dinding  pelindung.  Bagian  dasar  perangkap  bawah  dan  atas  dipasang  jaring waring sebagai alas perangkap. jaring nylon monofilament ditempatkan pada perangkap bawah  dan  atas  sebagai  jaring  penjerat.  Jaring nylon  monofilament yang  digunakan sebagai penjerat memiliki ukuran mata jaring sebesar 2 inch, 2,5 inch dan 3 inch. Bingkai perangkap  krendet  terbuat  dari  besi  berdiameter  6  mm.  Perangkap  bawah  dan  atas masing-masing  memiliki  2  pintu  masuk. Booster umpan  beku  adalah  kombinasi  dari beberapa jenis umpan yang mengandung protein hewani dengan asam amino esensial, seperti ikan  tembang,  cumi-cumi, cacing tanah  dan  telur ayam. Booster umpan  dalam kondisi  beku  dan  berat  lebih  besar  dari  250g. Booster umpan  beku  berfungsi  untuk mengumpulkan  krustasea  secara  efektif  dengan  cara  mendekati  sumber  bau  karena penggunaan booster umpan.  Proses  mendekati booster umpan  akan  menyebabkan krustasea terperangkap di dalam alat tangkap perangkap krendet bertingkat.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Amaq Fadholly, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Biostimulan Berbasis Rumput Laut Hijau (Ulva Lactuca) Terfermentasi Mikroorganisme Laut</t>
+  </si>
+  <si>
+    <t>S00202515489</t>
+  </si>
+  <si>
+    <t>Muhammad Arief Budiman, Ph.D.</t>
+  </si>
+  <si>
+    <t>Penggunaan pupuk sintesis komersil untuk meningkatkan produktivitas tanaman pangan menghadapi tantangan terkait keberlanjutan dan degradasi kualitas tanah. Pengembangan pupuk alami yang berbasis biostimulan merupakan alternatif untuk tetap meningkatkan produktivitas tanaman sekaligus menjaga kualitas tanah. Salah satu bahan alami yang cukup melimpah di perairan Indonesia dan dapat digunakan sebagai bahan baku biostimulan adalah rumput laut. Kandungan senyawa rumput laut terbukti memiliki hormon pertumbuhan dan perkembangan yang dapat digunakan sebagai biostimulan. Rumput laut yang digunakan tidak menggunakan jenis yang biasa dimanfaatkan dalam industri pangan, sehingga meminimalisir adanya konflik kepentingan. Invensi ini berkaitan dengan metode dan formula pembuatan biostimulan berbasis rumput laut. Metode ini mengkombinasikan antara metode konvensional dan fermentasi menggunakan</t>
+  </si>
+  <si>
+    <t>Dr. Tekad Urip Pambudi Sujarnoko, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Minuman Isotonik Ternak Ayam Dari Limbah Cair Tahu Dan Kecap Sebagai Pengganti Antibiotic Growth Prtomoter</t>
+  </si>
+  <si>
+    <t>11-Jul-2024</t>
+  </si>
+  <si>
+    <t>S00202406427</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa Minuman Isotonik Ternak Ayam dari Limbah Cair Tahu dan Kecap Sebagai Pengganti AGP yang bertujuan untuk membuat suatu minuman probiotik alternatif berbahan limbah cair tahu dan kecap sebagai penggati AGP yang dapat meningkatkan berat badan ayam dan menambah kekebalan tubuh pada ayam sehingga ayam tidak mudah terkenapenyakit. Moinuman isotonik dibuat dengan fermentasi secara anaerob melalui beberapa tahapan dimulai dari pengujian brix masing-masing limbah kemudian mencampurkan kedua limbah cair tahu dan kecap kedalam satu wadah hingga kadar brix mencapai angka 20%-25% lalu ditambahkan EM4 dengan dosis 1mL/1 L. Proses fermentasi selama 14 hari dan melakukan uji brix dan uji PH ketika fermentasi sudah mencapai 14 hari, kemudian mencampurkan hasil fermentasi dengan air sesuai perlakuan. Penentuan efektifitas formula dilakukan dengan uji in vitro. Berdasarkan hasil uji terhadap formulasi didapat formulasi terbaik yaitu 1 NGP : 1 air.</t>
+  </si>
+  <si>
+    <t>Metode Seleksi Domba Kualitas Daging Premium Berbasis Loop-Mediated Isothermal Amplification (LAMP)</t>
+  </si>
+  <si>
+    <t>30-Oct-2025</t>
+  </si>
+  <si>
+    <t>P00202511223</t>
+  </si>
+  <si>
+    <t>Dr. Cahyo Budiman, S.Pt., M.Eng.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  mengungkapkan  suatu  metode  identifikasi  genetik  untuk  seleksi  domba berkualitas  premium  menggunakan  pendekatan Loop-Mediated  Isothermal  Amplification (LAMP)  dengan  sistem  deteksi  berbasis  perubahan  warna.  Metode  ini  ditujukan  untuk mendeteksi genotipe unggul pada gen Leptin Receptor (LEPR) yang berasosiasi dengan karakteristik  daging  premium,  seperti  kandungan  asam  lemak  tak  jenuh  tinggi,  kadar kolesterol  rendah,  tekstur  empuk,  serta  aroma  prengus  rendah.  Pendekatan  ini dikembangkan  sebagai  alternatif  dari  metode  konvensional,  seperti  PCR-RFLP  dan sekuensing  DNA,  yang  umumnya  memerlukan  peralatan  laboratorium kompleks,  waktu analisis  lebih  lama,  dan  biaya  tinggi.  Proses  pengujian  dilakukan  melalui  tahapan identifikasi genetik yang sederhana dan efisien, dengan hasil yang dapat diamati secara visual. Berdasarkan hasil pengujian, metode ini telah terbukti mampu mendeteksi genotipe unggul  dengan  cepat,  akurat,  dan  mudah  diaplikasikan  baik  di  laboratorium  berskala sederhana maupun di lapangan dengan tingkat konsistensi tinggi terhadap hasil analisis molekuler  konvensional.  Invensi  ini  diharapkan  dapat  mempercepat  program  seleksi genetik  domba  unggul,  meningkatkan  produktivitas  ternak,  serta  mendukung pengembangan Domba Premium IPB sebagai sumber daging berkualitas di Indonesia.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ahmad Sulaeman, M.S.</t>
+  </si>
+  <si>
+    <t>Formula Dan Metode Pembuatan Mi Fungsional Berbahan Baku Talas Beneng (Xanthosoma undipes K. Koch) Dengan Serat Tinggi dan Indeks Glikemik Rendah untuk Penderita Diabetes</t>
+  </si>
+  <si>
+    <t>28-Aug-2025</t>
+  </si>
+  <si>
+    <t>P00202508280</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkapkan formula mi fungsional berbahan dasar talas beneng termodifikasi dengan kombinasi tepung mocaf dan isolat protein kedelai untuk menghasilkan produk mi dengan kandungan serat pangan tinggi 11,98 g/100 g (&amp;ge;6%), sumber protein (&amp;gt;20%), dan indeks glikemik rendah (&amp;le;55), serta aman dikonsumsi oleh penderita diabetes. Formula optimal terdiri dari tepung talas beneng termodifikasi, tepung mocaf, dan isolat protein kedelai. Proses pembuatan dimulai dengan pemanasan tepung talas beneng, pencampuran bahan menggunakan pin mixer, pencetakan mi dengan twin screw extruder, dan pengeringan menggunakan cabinet dryer. Hasil analisis menunjukkan produk akhir memiliki kadar serat pangan total sebesar 11,98 g/100 g, protein sebesar 15,11 g/100 g, indeks glikemik 43,62, dan beban glikemik 16,94. Mi fungsional ini juga rendah lemak yaitu hanya 1,25 g/100 g, dan tanpa bahan pengawet kimia. Invensi ini berpotensi diterapkan dalam industri pangan sebagai pangan fungsional lokal yang mendukung kesehatan masyarakat dan diversifikasi pangan nasional</t>
+  </si>
+  <si>
+    <t>Formulasi Ekstrudat Purple Crunch Tinggi Serat dan Rendah Indeks Glikemik Berbasis Ubi Jalar Ungu (Ipomoea batatas L.) dan Kacang Merah (Phaseolus vulgaris) Serta Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>18-Nov-2023</t>
+  </si>
+  <si>
+    <t>P00202312448</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi ekstrudat purple crunch ubi jalar ungu dengan kacang merah sebagai sumber pangan tinggi serat dan rendah indeks glikemik yang terdiri dari ubi jalar ungu 60-100%, kacang merah 0-40%, tepung beras 13,5%, air 5%, susu bubuk dan minyak masing-masing 2,0%, tepung maizena 1,4%, serta garam dan emulsifier masing-masing 0,7%. Proses pembuatan ekstrudat purple crunch ubi jalar ungu dengan kacang merah sebagai sumber pangan tinggi serat dan rendah indeks glikemik terdiri dari 4 tahapan yakni mencampurkan bahan kering, menambahkan adonan basah dengan menggunakan mixer untuk membentuk adonan, dan melakukan proses ekstruksi dengan alat ekstruder double-screw untuk menghasilkan ekstrudat purple crunch. Ekstrudat purple crunch berbasis ubi jalar ungu dengan kacang merah diketahui mengandung mengandung energi, protein, lemak, karbohidrat, dan total serat pangan berturut-turut sebesar 111 kkal, 3,5 g, 0,2 g, 23,8 g, dan 5,11 g. Ekstrudat purple crunch memenuhi 5,2% kebutuhan energi serta 17,0% kebutuhan serat orang dewasa. Nilai indeks glikemik pada ekstrudat purple crunch termasuk kategori rendah yakni sebesar (53,11&amp;plusmn;4,0). Invensi fomulasi ekstrudat purple crunch sumber pangan tinggi serat dan rendah indeks glikemik berbahan ubi jalar ungu (Ipomoea batatas L.) dan kacang merah (Phaseolus vulgaris) dapat diaplikasikan ke industri makanan.</t>
+  </si>
+  <si>
+    <t>Metode Pengukuran Kadar Hemoglobin Darah Secara Non Invasif</t>
+  </si>
+  <si>
+    <t>03-Aug-2022</t>
+  </si>
+  <si>
+    <t>P00202208236</t>
+  </si>
+  <si>
+    <t>Dr. Ridwan Siskandar, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan suatu metode pengukuran kadar hemoglobin darah secara non invasif berupa perhitungan secara algoritmik yang diinstalkan pada suatu alat ukur kadar hemoglobin berbasis spektrofotometer. Pada dalam invensi ini, setiap pengukuran dimodelkan sebagai sebuah objek data relasional. Pengukuran kadar hemoglobin darah diawali dengan pengambilan data analog dari sensor fotodioda dan melakukan optimasi dengan FFTW yang direpresentasikan dalam format kueri SQL dan diakses menggunakan konektor SQL. Hasil algoritma ini berupa inferensi spektrum keluaran sensor menjadi nilai kadar kadar hemoglobin darah dalam satuan standar medis.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. I Wayan Darmawan, M.Sc.F.Trop.</t>
+  </si>
+  <si>
+    <t>Metode Peningkatan Sifat Fisis Dan Mekanis Kayu Ringan Dengan Teknik Modifikasi Berbasis Furfuril Alkohol-Tanin</t>
+  </si>
+  <si>
+    <t>S00202414196</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan metode peningkatan sifat fisis dan mekanis kayu ringan dengan teknik modifikasi berbasis furfuril alkohol-tanin. Metode peningkatan sifat fisis dan mekanis kayu dilakukan dengan tahapan proses pengeringan, penataan kayu, impregnasi larutan impregnan ke dalam struktur kayu, perendaman, pemanasan dan conditioning. Hasil menunjukkan bahwa kayu termodifikasi furfuril alkohol-tanin memberikan sifat fisis terutama sifat ketahanan terhadap pencucian yang lebih baik dan memberikan sifat mekanis MoE/MoR lebih baik daripada kayu yang hanya termodifikasi furfuril alkohol. Kayu termodifikasi furfuril alkohol-tanin ini memberikan stabilitas dimensi yang sangat baik sehingga mampu meningkatkan mutu dari kayu ringan atau kayu dari pohon cepat tumbuh.</t>
+  </si>
+  <si>
     <t>Formula Dan Metode Impregnasi Menggunakan Asam Sitrat-Gliserol Untuk Peningkatan Kualitas Kayu Rotasi Pendek</t>
   </si>
   <si>
     <t>16-Oct-2024</t>
   </si>
   <si>
     <t>P00202411267</t>
   </si>
   <si>
     <t>Formula asam sitrat-gliserol sebagai bahan kimia kayu non-biosida diterapkan untuk meningkatkan sifat-sifat kayu rotasi pendek (stabilitas dimensi, keawetan, dan stabilitas panas). Impregnasi dengan larutan asam sitrat konsentrasi 10-20% dan gliserol konsentrasi 10-20% dengan pelarut air destilata 60-80% diikuti dengan modifikasi panas pada suhu 150-190 oC selama 6-9 jam sudah diaplikasikan pada kayu jati rotasi pendek. Invensi ini mengenai metode peningkatan stabilisasi dimensi, keawetan, dan stabilitas panas kayu dengan teknik modifikasi asam asam sitrat-gliserol dan panas. Kelebihan teknik modifikasi kimia dan panas menggunakan asam sitrat-gliserol menghasilkan keawetan terhadap jamur dan rayap, sehingga dapat meningkatkan kelas awet kayu rotasi pendek sehingga memenuhi syarat sebagai bahan baku produk eksterior dan interior (mebel/furniture). Kelas awet meningkat dari kelas III menjadi kelas I terhadap jamur dan rayap.</t>
   </si>
   <si>
-    <t>Formula Minuman Latte Instan Berbasis Alga Laut (Spirulina platensis) Dan Karagenan</t>
-[...29 lines deleted...]
-    <t>Keberhasilan ekstraksi rumput kebar (Biophytum umbraculum Welwitsch 1859) sangat penting untuk diaplikasikan dalam bidang reproduksi ikan lele (Clarias sp.). Proses ekstraksi rumput kebar menggunakan simplisia dalam kondisi dikering anginkan. Jenis yang digunakan yaitu etanol yang dipekatkan. Ekstrak etanol rumput kebar mengandung senyawa fitokimia kualitatif dan kuantitatif yang berpotensi sebagai fitohormon untuk meningkatkan kinerja reproduksi jantan ikan lele.</t>
+    <t>Prof. Dr. Munti Yuhana, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Formulasi Pakan Udang Vaname Berbahan Baku Serbuk Batang Pisang</t>
+  </si>
+  <si>
+    <t>05-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202414360</t>
+  </si>
+  <si>
+    <t>Yang diungkapkan disini adalah formulasi pakan udang vaname berbahan baku serbuk batang pisang. Invensi ini bertujuan untuk pencegahan infeksi Vibrio parahaemolyticus, peningkatan imunitas, dan pertumbuhan pada udang vaname. Keungulan pakan mengandung bahan baku serbuk batang pisang adalah lebih praktisi dalam aplikasi dan pembuatan serbuk leih murah dibandingkn bahan ekstraski. Selain itu diungkapkan Proses pembuatan serbuk batang pisang meliputi pencucian batang pisang, pemotongan menjadi ukuran &amp;plusmn;2 cm, pengeringan selama tujuh hari, pengeringan lanjutan dengan suhu 50oC selama 2 jam, penghaluskan menggunakan dengan ukuran 60-80 &amp;mu;m. Selanjutnya, pembuatan pakan udang vaname yang melibatkan pencampuran serbuk batang pisang dengan pakan dasar melalui metode coating menggunakan putih telur 2%, dengan konsentrasi serbuk batang pisang sebesar 0,75 g/kg. Adapun penggunaan serbuk batang pisang dalam pakan udang vaname untuk pencegahan infeksi Vibrio parahaemolyticus, peningkatan imunitas, dan pertumbuhan pada udang vaname.</t>
+  </si>
+  <si>
+    <t>Formulasi Dan Metode Pembuatan Serbuk Minuman Berbasis Tepung Tempe</t>
+  </si>
+  <si>
+    <t>P00202212058</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi dan metode pembuatan serbuk minuman tempe yang lebih sederhana sehingga mampu menghemat biaya dan waktu produksi. Tahapan pembuatan serbuk minuman tempe terdiri dari dua tahapan utama yaitu: 1) produksi tepung tempe; dan 2) formulasi serbuk minuman tempe. Formula serbuk minuman tempe yang digunakan adalah 70-80% tepung tempe, 10-20% maltodekstrin, dan 1-3% gom guar. Bahan lain berupa perisa minuman vanilla dan gula rendah kalori dengan konsentrasi masing-masing 0.1-0.3% dan 8-11%. Invensi memiliki nilai kesukaan yang lebih tinggi dibandingkan dengan formula paten sebelumnya berdasarkan pada skor overall tertinggi yaitu 5.58 (agak suka hingga suka). Invensi memiliki karakteristik kimia yang lebih unggul seperti kadar protein 42.61%, aktivitas antioksidan 58.36 mgAEAC/100g, total isoflavon 188.24 mg/100g, dan kadar asam amino GABA 21.24 mg/g.</t>
+  </si>
+  <si>
+    <t>Komposisi Obat Herbal Terstandar Antihipertensi Berbasis Ekstrak Pegagan, Tempuyung Dan Kumis Kucing Serta Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>08-Nov-2023</t>
+  </si>
+  <si>
+    <t>P00202311813</t>
+  </si>
+  <si>
+    <t>Hipertensi seringkali disebut sebagai Silent Killer karena sering muncul tanpa gejala, yang dicirikan dengan tingginya tekanan darah. Prevalensi hipertensi saat ini terus meningkat. Maka sangatlah penting ditemukan herbal yang berkhasiat sebagai antihipertensi yang mempunyai pasar yang menjanjikan. Invensi ini menghasilkan obat herbal terstandar yang dapat digunakan untuk pencegahan dan penanganan penyakit hipertensi dengan mekanisme menghambat aktivitas angiotensin converting enzyme (ACE) sehingga dapat menurunkan tekanan darah. Obat herbal terstandar merupakan kombinasi ekstrak air herba pegagan (Centella asiatica), ekstrak air herba tempuyung (Sonchus arvensis L.) dan ekstrak air daun kumis kucing (Orthosiphon aristatus) dengan komposisi 1:2:2, yang aman dikonsumsi dan teruji efikasinya secara pre-klinis.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Dipstick Selulosa Dan Larutan Bufernya Sebagai Metode Isolasi Dna Secara Point Of Care</t>
+  </si>
+  <si>
+    <t>30-Sep-2025</t>
+  </si>
+  <si>
+    <t>P00202509679</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Asadatun Abdullah, S.Pi., M.S.M., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini mengenai metode isolasi DNA berbasis dipstick untuk aplikasi point of care yang cepat, murah, efisien, dan portabel. Metode ini menggunakan prinsip penangkapan asam nukleat pada batang selulosa melalui proses celup dalam waktu kurang lebih tiga menit. Proses terdiri dari tiga tahap: pencelupan tongkat dipstick ke dalam bufer ekstraksi untuk mengikat DNA, bufer pencuci untuk menghilangkan pengotor, dan bufer elusi untuk melepaskan  DNA.  Klaim  utama  dari  invensi  ini  adalah  formulasi  reagen  dalam  sistem isolasi  DNA  berbasis dipstick,  yang  terdiri  dari  tongkat dipstick,  bufer  ekstraksi,  bufer pencucian, dan bufer elusi. Bufer ekstraksi mengandung yaitu Tris, NaCl, EDTA, SDS, PVP- K30, sementara bufer pencucian mengandung Tris-base pH 8. Tongkat dipstick dibuat dari kertas Whatman No.1, paraplast cair, dan dye wax. Metode ini sangat sesuai untuk aplikasi lapangan,  pengujian  cepat  (rapid  test),  atau  laboratorium  dengan  keterbatasan infrastruktur.  Dengan  demikian,  invensi  ini  memberikan  solusi  praktis  dalam  proses ekstraksi DNA yang portabel, hemat waktu, dan dapat diterapkan secara luas di berbagai bidang, termasuk bioteknologi, forensik, diagnostik, dan kontrol mutu pangan.</t>
+  </si>
+  <si>
+    <t>Formula Lulur Kombinasi Residu Garam Rumput Laut Hijau ulva Lactuca Dan Bubuk Kulit Jeruk Manis</t>
+  </si>
+  <si>
+    <t>24-Nov-2025</t>
+  </si>
+  <si>
+    <t>S00202512940</t>
+  </si>
+  <si>
+    <t xml:space="preserve">: Invensi ini berhubungan dengan formula lulur yang berbahan baku kombinasi residu
+garam rumput laut hijau Ulva lactuca dan bubuk kulit jeruk manis. Suatu formulasi lulur
+yang berbahan baku kombinasi residu garam rumput laut hijau Ulva lactuca dan bubuk
+kulit jeruk manis yang terdiri dari, residu garam rumput laut hijau Ulva lactuca, bubuk kulit
+jeruk manis, fase minyak yang terdiri dari asam stearate dan setil alkohol, fase air yang
+terdiri dari propilen glikol, gliserin, trietanolamin (TEA), dan akuades, fenoksietanol, dan
+aroma. Invensi ini memiliki kestabilan emulsi yang baik, homogen, nilai viskositas
+tergolong sedang, nilai pH sesuai pH fisiologis kulit, daya sebar yang baik, tidak ada efek
+iritasi setelah pemakaian, peningkatan kelembaban kulit menjadi lembab, disukai panelis,
+kandungan senyawa fenolik yang cukup tinggi, dan aktivitas antioksidan kategori kuat.
+Invensi formulasi lulur yang berbahan baku kombinasi residu garam rumput laut hijau Ulva
+lactuca dan bubuk kulit jeruk manis dapat diaplikasikan pada bidang kosmetik.</t>
+  </si>
+  <si>
+    <t>Set Primer Spesifik Spesies Rajungan Portunus Pelagicus Untuk Deteksi Cepat Berbasis Amplifikasi Isotermal</t>
+  </si>
+  <si>
+    <t>S00202511222</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  mengenai  perancangan  dan  penggunaan  suatu  set  primer  spesifik  gen Cytochrome  c  Oxidase  subunit  I (COI)  yang  ditujukan  untuk  identifikasi  cepat  spesies rajungan Portunus pelagicus. Set primer yang dirancang terdiri atas dua outer primer (F3- PP dan B3-PP), dua inner primer (FIP-PP dan BIP-PP), serta satu loop primer (LF-PP). Proses perancangan  primer  ini  dilakukan  uji  secara in  silico dan in  vitro untuk  memastikan keakuratannya.  Hasil  uji in  silico menunjukkan  bahwa  primer  hanya  berikatan  dengan sekuens target Portunus pelagicus. Validasi in vitro pada suhu konstan 65 oC selama 30-60 menit memperlihatkan bahwa primer ini mampu mengidentifikasi DNA Portunus pelagicus dan tidak ditemukan amplifikasi silang ketika diuji dengan spesies non-target. Invensi ini memberikan  manfaat  luas  bagi  peneliti,  laboratorium  diagnostik,  maupun  industri pengolahan  perikanan.  Keunggulan  utama  invensi  ini  terletak  pada  spesifisitas  primer yang  tinggi,  sensitivitas  deteksi  terhadap  DNA  target,  serta  fleksibilitas  aplikasi  pada berbagai  bentuk  sampel.  Dengan  demikian,  invensi  ini  menyajikan  suatu  pendekatan molekuler yang praktis dan efisien untuk mendukung sistem autentikasi bahan baku dan produk olahan rajungan serta pencegahan mislabelling.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Tepung Ceker Ayam Dengan Cara Pengeringan Dan Produk Tepung Ceker Ayam Yang Dihasilkan</t>
+  </si>
+  <si>
+    <t>S00202309465</t>
+  </si>
+  <si>
+    <t>Ani Nuraeni, S.Pd., M.Pd.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses pembuatan tepung ceker ayam dengan metode pengeringan. Adapun proses pembuatan tepung ceker ayam yang meliputi memilih ceker ayam yang berasal dari ayam berumur 3 (tiga) bulan; memarinasi ceker ayam terpilih dengan air jeruk nipis 49 ml/kg ceker ayam dan garam dapur 1 gr/kg; memanggang ceker ayam yang telah dimarinasi dengan oven pada suhu 80-900 C selama 19-20 jam;menggiling ceker ayam yang telah dipanggang dengan gilingan; dan mengayak ceker ayam yang telah digiling dengan saringan/ayakan hingga menghasilkan tepung ceker ayam berukuran 60-80 mesh. Tepung ceker ayam ini dicirikan dengan tepung ceker ayam dengan kandungan lemak 26.36 (%b/b), protein 36.11 (%b/b) dan kalsium 17.09 (%b/b) yang dihasilkan dari ceker ayam yang diberikan perlakuan khusus melalui pengeringan dengan oven suhu 80-900 C dengan waktu pemanasan selama 19-20 jam. Tepung ceker ayam yang dihasilkan dapat digunakan sebagai salah satu bahan pembuatan makanan seperti chiffon cake dan cup cake. Penggunaan tepung ceker pada produk cake tersebut untuk menambah kandungan kalsium dan protein.</t>
+  </si>
+  <si>
+    <t>Komposisi Mie Fungsional Dengan Kandungan Antioksidan,Tinggi Serat Pangan, Dan Bebas Gluten Dari Tepung Mocaf Dan Tepung Ceker Dengan Bubuk Bioaktif Bawang Putih (Allium sativum), Kunyit (Curcuma longa L.) Dan Lada Hitam (Piper ningrum) Serta Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>P00202511475</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini menghasilkan mie fungsional dengan bahan baku tepung mocaf dan tepung ceker  serta  bubuk  bioaktif  bawang  putih,  kunyit  dan  lada  hitam.  Invensi  ini  dicirikan dengan menggunakan bubuk bioaktif bawang putih,kunyit dan lada hitam pada mie yang tidak menggunakan tepung terigu. Penggunaan bubuk bioaktif untuk meningkatkan daya antioksidan  pada  mie.  Mie  dari  tepung  mocaf  dan  tepung  ceker  untuk  meningkatkan kandungan  serat  pangan.  Pembuatan  invensi  ini  dimulai  dengan  menyiapkan  bubuk bioaktif  yaitu  bawang  putih,  kunyit  dan  lada  hitam  dengan  perbandingan tertentu,dikeringkan, kemudian dihaluskan. Tahap berikutnya adalah pembuatan mie yang diawali  dengan  memanaskan  tepung  mocaf  kemudian  diikuti  dengan  proses makroenkapsulasi terhadap bubuk bioaktif dengan mencampurkan telur dan bahan kering secara bertahap,  serta air untuk membentuk adonan mie. Adonan mie yang dihasilkan dikukus, dicetak bentuk mie. Untuk konsumsi maka mie ini dicelupkan pada air mendidih dan disajikan sesuai selera. Komposisi mie fungsional ini adalah tepung mocaf, tepung ceker, telur, air, dan garam serta bubuk bioaktif bawang putih, kunyit dan lada hitam. Mie fungsional  dari  tepung  mocaf  dan  tepung  ceker  dengan  bubuk  bioaktif  bawang  putih (Allium sativum), kunyit (Curcuma longa L) dan lada hitam (Piper ningrum) menghasilkan mie  dengan  kandungan  antioksidan  (IC50  AEAC)  16.08  mg/100  gr,  serat  pangan 7.28%/100 gr, dan bebas gluten.</t>
+  </si>
+  <si>
+    <t>Soket Prostetik Kaki 3D Berbasiskan Polietilena Tereftalat Glikol (Petg) Menggunakan Fused Deposition Modeling 3D Printer dan Proses Pencetakannya</t>
+  </si>
+  <si>
+    <t>25-Jun-2024</t>
+  </si>
+  <si>
+    <t>P00202405766</t>
+  </si>
+  <si>
+    <t>Dr. Yessie Widya Sari, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Teknologi pencetakan 3D telah memberikan kemajuan signifikan dalam pengembangan prototipe soket 3D secara cepat, akurat, dan dapat disesuaikan dengan permintaan konsumen. Invensi ini menyediakan pengaturan proses digital dari filamen PETG pada aplikasi CURA yang dicetak 3D menggunakan mesin FLSUN V400 fused deposition modeling 3D printer. Filamen PETG diumpankan dan dipanaskan secara bertahap untuk menghasilkan objek 3D secara lapis demi lapis. Kondisi operasi digital optimal menghasilkan prototipe soket prostetik kaki 3D yang kontinu, kompak, dan permukaan halus yang sesuai dengan desain 3D.</t>
+  </si>
+  <si>
+    <t>Proses Produksi Pelapis Pangan Dalam Bentuk Spray Dari Lidah Buaya Dan Arang Aktif</t>
+  </si>
+  <si>
+    <t>13-Jun-2024</t>
+  </si>
+  <si>
+    <t>P00202405366</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai proses produksi pelapis pangan dalam bentuk spray dari lidah buaya dan arang aktif dengan menggunakan metode impregnasi vakum-tekan. Sintesis arang aktif dilakukan melalui proses karbonasi hidrotermal hingga didapatkan arang hidro dan proses aktivasi kimia-fisika dilakukan menggunakan aktivator KOH 10% dan suhu 750 ?. Sintesis spray pelapis pangan dilakukan dengan menggabungkan gel lidah buaya %b/v 25, asam asetat %b/v 1,5, dan arang aktif %b/b 1. Impregnasi arang aktif pada pelapis pangan dalam bentuk spray dilakukan dengan vakum 1 psi selama 15 menit dan tekan 2 bar selama 20 menit.</t>
+  </si>
+  <si>
+    <t>Pasta Injeksi Substitusi Tulang Berbahan Dasar Kalsium Fosfat dan Polimer Kompleks Kitosan-Alginat</t>
+  </si>
+  <si>
+    <t>25-Feb-2023</t>
+  </si>
+  <si>
+    <t>P00202301705</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses pembuatan dan komposisi pasta injeksi substitusi tulang serta fungsinya sebagai pengisi celah-celah tulang yang terjadi pada kasus fraktur halus dan defek area yang sulit dijangkau (deep area defect). Komposisi invensi terdiri dari kalsium fosfat dalam fasa hidroksiapatit dan fasa trikalsium fosfat(komponen anorganik) sebagai semen pengisi tulang yang memiliki struktur kimia yang mirip dengan tulang alami dan polimer kompleks kitosan-alginat (komponen organik) yang berfungsi sebagai matriks gel yang mengikat partikel-partikel kalsium fosfat yang dapat meningkatkan sifat mekanik material dan interaksi sel pada permukaan biomaterial.</t>
+  </si>
+  <si>
+    <t>Formulasi Dan Metode Produksi Papan Peredam Suara Dari Serat Tandan Kosong Serta Serbuk Batang Kelapa Sawit</t>
+  </si>
+  <si>
+    <t>27-Sep-2025</t>
+  </si>
+  <si>
+    <t>P00202509524</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  berkaitan  dengan  formulasi  dan  metode  produksi  papan  peredam  suara berbasis biomassa, dengan memanfaatkan serat tandan kosong dan serbuk batang kelapa sawit  sebagai  material  utama.  Papan  peredam  suara  ini  menggunakan  perekat  alami berupa pati singkong dan gliserol yang dilarutkan dalam air, sehingga ramah lingkungan dan mudah terurai. Komposisi bahan terdiri atas serat tandan kosong kelapa sawit 21&amp;ndash; 30%b/b, serbuk batang kelapa sawit 0&amp;ndash;9%b/b, pati singkong 12%b/b, gliserol 2%b/b, serta air  56%b/b.  Proses  pembuatannya  meliputi  tahap  persiapan  bahan  (pengeringan, pemotongan,  penggilingan,  dan  pengayakan),  pencampuran  homogen  dengan  perekat, pencetakan pada cetakan berukuran tertentu, dan pengeringan pada suhu 80 &amp;deg;C. Hasil invensi  berupa  papan  peredam  suara  dengan  densitas  200&amp;ndash;380  kg/m&amp;sup3;,  memiliki kemampuan  peredaman  efektif  pada  rentang  frekuensi  250&amp;ndash;5000  Hz,  serta  kekuatan mekanik sesuai standar material komposit. Selain ramah lingkungan, papan ini memiliki potensi estetika dan dapat diaplikasikan secara luas pada kebutuhan konstruksi maupun industri sebagai solusi berkelanjutan dalam pengendalian kebisingan.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rita Kartika Sari, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Didin Komarudin, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Mie Basah Berbahan Dasar Tepung Mocaf Dan Tepung Ceker Dan Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>07-Aug-2024</t>
+  </si>
+  <si>
+    <t>P00202407540</t>
+  </si>
+  <si>
+    <t>Dr. Dwi Yuni Hastati, S.TP., D.E.A.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan komposisi baru mie basah yangterbuat dari tepung modified cassava flour (mocaf) dan diperkaya dengan tepung ceker. Mie basah yang dimaksudkan dalam invensi ini dicirikan dengan tidak menggunakan tepung terigu serta dicampur dengan bahan-bahan lainnya termasuk tepung ceker. Penggunaan tepung ceker berfungsi sebagai sumber protein untuk meningkatkan kadar protein tepung mocaf. Tahapan pengolahan tepung premiks pada invensi ini terdiri dari pemanasan tepung mocaf dilanjutkan dengan mencampur tepung mocaf dengan tepung ceker, telur, air, dan garam. Perlakuan ini akan menghasilkan mie basah berwarna sedikit kekuningan, tidak terlalu mudah putus, lebih elastik dan kenyal, aroma ceker sedikit dominan dan aroma mocaf tidak tercium. Mie basah yang dihasilkan memiliki kandungan protein yang menyamai kandungan protein pada mie yang menggunakan tepung terigu. Komposisi mie basah ini adalah tepung mocaf, tepung ceker, telur, air, dan garam. Mie basah berbahan dasar tepung mocaf dan tepung ceker memiliki kandungan protein rata-rata 5,5%.</t>
+  </si>
+  <si>
+    <t>Formula Tepung Premiks Cup Cake dari Tepung Mocaf dan Tepung Ceker dalam Kemasan Aluminium Foil dan Silica Gel dan Metode Pembuatannya</t>
+  </si>
+  <si>
+    <t>16-May-2024</t>
+  </si>
+  <si>
+    <t>P00202404343</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula baru tepung premiks sebagai produk yang mudah digunakan untuk membuat cup cake yang terbuat dari modified cassava flour (mocaf) dan diperkaya dengan tepung ceker sebagai sumber protein serta dikemas dengan kemasan aluminium foil dan silica gel. Tepung premiks yang dimaksudkan dalam invensi ini dicirikan dengan tidak menggunakan tepung terigu serta disimpan dengan kemasan aluminium foil dan silica gel serta memanaskan tepung mocaf sebelum dicampur dengan bahan-bahan lainnya. Penggunaan tepung ceker berfungsi sebagai sumber protein untuk meningkatkan kadar protein mocaf. Tahapan pengolahan tepung premiks pada invensi ini terdiri dari pemanasan tepung mocaf dilanjutkan dengan mencampur tepung mocaf dengan tepung ceker, susu bubuk, soda kue,gula palem, vanili, garam, santan bubuk, TBHQ,dan sorbat. Pemanasan tepung mocaf akan menghasilkan cup cake yang memiliki tekstur mengembang (tidak bantat) dan tidak keras serta memiliki kandungan protein yang menyamai kandungan protein pada tepung terigu. Komposisi tepung premiks ini adalah tepung mocaf, tepung ceker,susu bubuk,soda kue, gula palem, vanili, garam, santan bubuk, TBHQ dan sorbat. Tepung premiks yang dihasilkan dikemas menggunakan kemasan kombinasi aluminium foil dan silica gel sehingga memiliki kandungan protein rata-rata 9,38% dan masa usia simpan selama 4,45 bulan.</t>
+  </si>
+  <si>
+    <t>Formulasi Biofungisida Berbahan Aktif Bacillus firmus Dan Pseudomonas Sp. Untuk Mengendalikan Penyakit Downy Mildew Pada Melon</t>
+  </si>
+  <si>
+    <t>28-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215738</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Suryo Wiyono, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Proteksi Tanaman</t>
+  </si>
+  <si>
+    <t>Penyakit embun bulu (Peronoscpora cubensis) merupakan penyakit terpenting pada tanaman melon (Cucumis melo L.) yang tidak hanya menyebabkan kehilangan hasil tetapi juga menurunkan kualitas buah. Biofungisida Berbahan Aktif Bacillus firmus dan Pseudomonas sp. efektif sebagai agen biokontrol terhadap penyakit embun bulu pada melon. Perlakuan biofungisida ini mampu menurunkan penyakit downy mildew pada melon di lapangan dengan keefektifan 50%. Selain itu biofungisida ini meningkatkan daya berkecambah (DB) bibit, pertumbuhan bibit, pertumbuhan tanaman muda dan produksi tanaman yaitu bobot buah. Bahan yang dipatenkan adalah berupa formulasi biofungsida dengan bahan aktif Bacillus firmus dan Pseudomonas sp. dengan bahan pembawa yaitu tepung talk. Cara aplikasi formulasi biofungisida melalui perlakuan benih dengan pencelupan konsentrasi 5 g/L, penyiraman tanaman pada umur 1 dan 2 minggu setelah tanam (MST) dengan konsentrasi 5 g/L dengan volume 20-50 ml/tanaman. Mekanisme formulasi biofungisida ini adalah induksi ketahanan sistemik yang ditunjukkan oleh peningkatan produksi enzim Peroksidase (PO), Polyphenol Oksidase (PPO) dan Phenylalanine Amonia Lyase (PAL).</t>
+  </si>
+  <si>
+    <t>Metode Dan Formula Pembuatan Tepung Bumbu Serba Guna Dari Tepung Mocaf Termodifikasi Melalui Metode Pre-Gelatinisasi Menggunakan Panas Microwave</t>
+  </si>
+  <si>
+    <t>07-Oct-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202410751 </t>
+  </si>
+  <si>
+    <t>Rianti Dyah Hapsari, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan metode dan formula tepung bumbu serba guna dari mocaf termodifikasi sebagai produk ready-to-use untuk pelapis pangan gorengan yang terbuat dari modified cassava flour (mocaf)yang telah mendapatkan perlakuan panas microwave untuk memodifikasi tepung mocaf secara fisik. Tepung bumbu serba guna yang dimaksudkan dalam invensi ini dicirikan dengan tidak menggunakan tepung terigu yang merupakan produk impor dan digantikan dengan bahan lokal mocaf. Penggunaan tepung mocaf mencapai hingga 67.50 %. Tahapan pengolahan tepung bumbu serba guna dari mocaf termodifikasi pada invensi ini terdiri dari perlakuan panas tepung mocaf, formula tepung bumbu serba guna, pengisian tepung bumbu serba guna dalam pouch, hingga penutupan pouch dengan vacuum sealer. Produk tepung bumbu serba guna berbahan dasar mocaf termodifikasi ini memiliki kadar abu 5.17 %, energi dari lemak 9.72 Kcal/100 g, kadar lemak total 1.08 %, kadar air 10.49 %, energi total 342.74 Kcal/100 g, karbohidrat 80.55 %, kadar protein 2.70 %, natrium 1115.42 mg/100 g, gula total 2.22 %, lemak jenuh 0.37 %, dan serta pangan tidak larut 4.91 %</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Ekowati Handharyani, M.Si.</t>
+  </si>
+  <si>
+    <t>M. Agung Zaim Adzkiya, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Gen SLC25A30 Sebagai Marker Seleksi Presisi Domba Kualitas Daging Premium</t>
+  </si>
+  <si>
+    <t>05-Nov-2025</t>
+  </si>
+  <si>
+    <t>P00202511527</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Evy Damayanthi, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  berkaitan  dengan  pemanfaatan  gen  mitokondria  yang  memiliki  potensi sebagai marka genetik untuk meningkatkan kualitas daging domba premium di Indonesia. Gen tersebut diketahui berperan dalam mekanisme metabolisme energi dan pengaturan senyawa bioaktif yang berpengaruh terhadap pembentukan komposisi asam lemak, serta karakteristik  fisik  dan  sensoris  daging.  Berdasarkan  hasil  analisis  transkriptomik sebelumnya,  gen  ini  teridentifikasi  memiliki  potensi  peran  terhadap  sifat  keempukan daging,  sehingga  menjadi  kandidat  penting  dalam  program  seleksi  berbasis  marker. Analisis  genetik  pada  populasi  domba  lokal  menunjukkan  adanya  variasi  genetik  yang berasosiasi  nyata  dengan  karakteristik  mutu  daging,  terutama  pada  kandungan  asam lemak tak jenuh dan profil flavor. Varian genotipe tertentu menunjukkan performa lebih unggul dalam hal keempukan, aroma, dan cita rasa daging dibandingkan genotipe lainnya. Hasil ini menegaskan bahwa gen tersebut memiliki nilai aplikatif tinggi sebagai penanda genetik untuk menghasilkan domba berkualitas premium. Invensi ini menyediakan dasar ilmiah  dan  pendekatan  bioteknologi  molekuler  yang  dapat  diterapkan  dalam  program pemuliaan  ternak  berbasis  marker  genetik,  guna  meningkatkan  efisiensi  seleksi, produktivitas, serta daya saing industri daging nasional di masa depan.</t>
+  </si>
+  <si>
+    <t>Komposisi Dan Proses Pembuatan Puding Okra Ungu (Abelmoschus esculentus L. Moench) Dengan Susu Untuk Penyandang Diabetes</t>
+  </si>
+  <si>
+    <t>P00202513363</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Puding okra merupakan salah satu bentuk pangan fungsional yang dikembangkan
+dengan tujuan untuk mendukung pengendalian kadar glukosa darah dengan
+memanfaatkan bahan alami okra ungu (Abelmoschus esculentus L. Moench). Komposisi
+puding okra ungu mencakup premix okra ungu sebagai bahan utama serta penambahan
+komponen lainnya. Proses pembuatan puding okra ungu yang sudah dikembangkan sudah
+laik industri. Proses pembuatan puding okra ungu diawali dengan persiapan wadah berisi
+air yang sudah dicampurkan dengan premix okra yang sudah dilelehkan (thawing); bubuk
+agar yang sudah dilarutkan; sorbitol dan vanili yang sudah dilarutkan; pemanasan hingga
+suhu 85?; pemanasan dihentikan. Proses berikutnya adalah penambahan komponen
+penyeimbang rasa (jus buah stroberi dan jus buah naga, asam sitrat yang sudah
+dilarutkan, kalium sorbat yang sudah dilarutkan, dan susu full cream cair), pengisian ke
+wadah menggunakan filler, serta pasteurisasi pada suhu 85? selama 2-3 menit dan
+proses cooling pada suhu ruang. Produk yang dihasilkan dapat langsung dikonsumsi atau
+disimpan. Produk ini memiliki karakteristik sensori yang baik dan berpotensi diaplikasikan
+pada skala industri sebagai pangan selingan ramah diabetes.</t>
+  </si>
+  <si>
+    <t>Peralatan dan Metode Transportasi-Karantina Benih Bening Lobster Jenis Lobster Pasir (Panulirus homarus)</t>
+  </si>
+  <si>
+    <t>20-May-2024</t>
+  </si>
+  <si>
+    <t>P00202404486</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Irzal Effendi, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan peralatan serta metode transportasi-karantina benih bening lobster (BBL) jenis lobster pasir (Panulirus homarus). Lebih khusus lagi, bahwa metode transportasi-karantina benih bening lobster jenis lobster pasir (Panulirus homarus) terdiri dari : transportasi tahap 1, karantina tahap 1, transportasi tahap 2 dan karantina tahap 2. Adapun peralatan karantina benih bening lobster jenis lobster pasir (Panulirus homarus) terdiri dari bak fiber (1), aerator (2), mesin pendingin (3), pompa celup (4), selang air (5), selang aerasi (6), batu aerasi (7), saringan air (8) dan toples (9). Dari peralatan karantina yang digunakan menghasilkan nilai rujukan untuk parameter kualitas air laut yang digunakan, antara lain suhu 18OC &amp;ndash; 24OC; pH 8,00 &amp;ndash; 8,25; salinitas 30 &amp;ndash; 33 ppt dan DO &amp;gt; 5. Peralatan dan metode transportasi-karantina benih bening lobster telah diujikan pada skala lapang, dimana menghasilakn tingkat kelangsungan hidup benih bening lobster jenis lobster pasir (Panulirus homarus) sebesar 98,33%.</t>
+  </si>
+  <si>
+    <t>Suplemen Pakan Ruminansia Berbahan Dasar Tanin Akasia dan Whey-Protein Limbah Keju dan Metode Pemberiannya</t>
+  </si>
+  <si>
+    <t>18-Jun-2025</t>
+  </si>
+  <si>
+    <t>S00202505548</t>
+  </si>
+  <si>
+    <t>Dr. drh. Dwi Budiono, M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tanin adalah senyawa metabolit sekunder yang ditemukan dalam tanaman dan memiliki kemampuan untuk mengikat protein serta bertindak sebagai zat antibakteri dan antijamur. Kemampuan  tanin  dalam  mengikat  by-pass  protein  memungkinkan  ternak  ruminansia untuk meningkatkan efisiensi pakan. Kulit kayu akasia merupakan salah satu penghasil tanin yang potensial. Suplemen pakan ruminansia berbahan dasar tanin akasia dan whey- protein limbah keju memperlambat pelepasan nutrisi dalam rumen sehingga ternak bisa lebih memanfaatkan protein dari pakan dengan lebih baik sehingga potensi genetik ternak meningkat. Suplemen pakan ruminansia berbahan dasar tanin akasia dan whey-protein limbah keju diperoleh dengan mengekstrak kulit kayu akasia, kemudian cairan ekstrak tersebut dicampurkan dengan Whey Protein Limbah Keju dengan perbandingan 1:1 dan dimasukkan ke dalam homogenizer. Setelah homogen, campuran tersebut di oven dengan suhu 650? selama 48 jam. Setelah kering, campuran tersebut dihaluskan dan dikemas sehingga  menghasilkan  Suplemen  pakan  ruminansia  berbahan  dasar  tanin  akasia  dan whey-protein  limbah  keju  berbetuk  serbuk.  Untuk  penggunaannya  sebanyak  0.2% suplemen pakan ruminansia berbahan dasar tanin akasia dan whey-protein limbah keju dicampurkan dalam konsentrat atau pakan komplit ternak ruminansia.</t>
+  </si>
+  <si>
+    <t>Sekretom Mesenchymal Stem Cell (Msc) Adiposa Sapi Sebagai Terapi Pada Ischemia Liver Tikus</t>
+  </si>
+  <si>
+    <t>20-Dec-2024</t>
+  </si>
+  <si>
+    <t>P00202415816</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa mesenchymal stem cell (MSC) adiposa sapi sebagai terapi untuk penyakit degeneratif liver partial ischemia pada tikus. Stem cell dikenal mempunyai kelebihan regeneratif serta mampu berdiferensiasi menjadi berbagai jenis populasi sel sehingga berguna bagi bidang Kesehatan hewan di masa mendatang. Akan tetapi, aplikasi stem cell pada satu pasien dibutuhkan kisaran 10 sampai 100 juta stem cell, sementara proses produksi stem cell sendiri membutuhkan waktu yang panjang agar memperoleh kualitas yang baik. Tujuan dari kegiatan ini, yaitu melakukan pengembangan produk kesehatan berbasis sekretom mesenchymal stem cell (MSC) dari jaringan adiposa sapi terhadap liver partial ischemia pada hewan tikus. Pengujian dilakukan secara in vitro dan in vivo. Pengujian secara in vitro melalui metode liquid chromatography high resolution mass spectrometry (LC-HSMS). Pengujian in vivo dilakukan pada tikus jantan yang diberikan perlakuan berupa liver partial ischemia. Tikus dibagi menjadi 4 kelompok yang terdiri dari kontrol positif, kontrol negatif, perlakuan 1 kali/7 hari, dan perlakuan 2 kali/7 hari. Hasil pengujian in vivo menunjukkan bahwa dosis 0.05 ml/kg berat badan, yang diberikan secara intramuscular 2 kali/7 hari mampu memperbaiki fungsi liver secara signifikan pada hari ke-10 pasca terapi.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Anisa Rahma, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Formulasi Dan Komposisi Fitosom Batang Kangkang Katup (Phanera Semibifida (Roxb.)Benth) Sebagai Sediaan Antidiabetes</t>
+  </si>
+  <si>
+    <t>22-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202515169</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkapkan suatu metode formulasi dan komposisi, Oleh karena itu sasaran invensi ini menyediakan komposisi sediaan fitosom ekstrak etanol batang kangkang katup yang berpotensi sebagai sediaan antidiabetes yang terdiri dari fosfatidilkolin (PC); b. ekstrak etanol 96% batang kangkang katup; c. campuran pelarut chloroform dan methanol 2:1 untuk melarutkan PC dan ekstrak; d. waktu dan metode homogenisasi ekstrak dan pembawa menggunakan sonikator bath 40 KHz selama 1 jam; e. proses pembentukan thin layer dengan tekanan 200-450 mBar, suhu 390C dan kecepatan putar 60 RPM. Sediaan fitosom ini dapat menjadi sediaan obat diabetes</t>
+  </si>
+  <si>
+    <t>Arang Aktif Berbahan Dasar Pulp Rumput Gelagah (Saccharum Spontaneum)</t>
+  </si>
+  <si>
+    <t>01-Jul-2025</t>
+  </si>
+  <si>
+    <t>P00202506029</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Feri Kusnandar, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini mengungkapkan arang aktif berbahan dasar pulp rumput gelagah (Saccharum spontaneum) yang diproduksi melalui proses karbonisasi pada suhu 200 &amp;deg;C dan aktivasi termal  tanpa  bahan  kimia  tambahan  pada  suhu  820 &amp;deg;C.  Arang  aktif  yang  dihasilkan memiliki karakteristik adsorpsi yang unggul dengan daya serap iod sebesar 851,45 mg/g dan luas permukaan spesifik sebesar 598,485 m&amp;sup2;/g. Struktur porinya terdiri atas diameter rata-rata 2,569 nm, volume mikropori 0,295 cm&amp;sup3;/g, dan volume total pori 0,384 cm&amp;sup3;/g. Produk ini juga menunjukkan daya serap tinggi terhadap berbagai senyawa organik volatil, seperti  formaldehida  (29,07%),  kloroform  (39,30%),  asam  asetat  (31,13%),  benzena (22,50%), dan metilen biru (145,48 mg/g). Proses produksi dilakukan tanpa penggunaan bahan kimia aktivator, memanfaatkan biomassa lokal yang melimpah dan tidak bersaing dengan  bahan  pangan,  sehingga  mendukung  prinsip  produksi  berkelanjutan,  ramah lingkungan,  dan  efisien  secara  energi.  Arang  aktif  hasil  invensi  ini  cocok  diaplikasikan dalam pemurnian air dan udara, serta pengolahan limbah berbasis adsorpsi.</t>
+  </si>
+  <si>
+    <t>Proses Ekstraksi Virgin Calophyllum Oil</t>
+  </si>
+  <si>
+    <t>P00202413951</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ika Amalia Kartika, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses ekstraksi virgin calophyllum oil dari biji nyamplung segar menggunakan screw press. Minyak nyamplung diekstraksi melalui tahapan pengeringan dan pengupasan buah nyamplung, pengepresan biji nyamplung menggunakan screw press, dan pemisahan minyak dari kotoran menggunakan sentrifuse. Invensi ini menghasilkan minyak dengan rendemen tertinggi sebesar 61%. Proses ekstraksi minyak dari biji nyamplung segar menjadi lebih sederhana dan efisien dengan cara mengeliminasi proses pengeringan biji selama berbulan-bulan. Invensi ini juga menghasilkan minyak nyamplung dengan kualitas yang baik.</t>
+  </si>
+  <si>
+    <t>Formula Dan Proses Pembuatan Pupuk Bokashi Berbasis Kombinasi Residu Garam Rumput Laut ulva sp. Dan Sekam Dengan Bantuan Mol Jeroan Ikan Kakap Merah</t>
+  </si>
+  <si>
+    <t>P00202512944</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Nurjanah, M.S.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">: Pengembangan pupuk bokashi sebagai pupuk organik ramah lingkungan telah banyak
+memanfaatkan bahan-bahan alami baik dari limbah kotoran hewan, limbah tanaman
+terestial, dan limbah rumput laut. Potensi hasil samping pengolahan garam rumput laut
+berupa residu garam Ulva sp. dan jeroan ikan kakap merah (Lutjanus sp.) yang dihasilkan
+dari industri pengolahan ikan dapat diaplikasikan sebagai bahan baku pupuk bokashi.
+Formula pupuk sesuai invensi ini terdiri dari residu garam rumput laut Ulva sp., sekam,
+dedak, dan MOL jeroan ikan kakap merah. Proses pembuatan pupuk bokashi yaitu dengan
+mencampurkan seluruh bahan terdiri dari residu, sekam, dedak, dan MOL hingga
+homogen, disimpan di dalam wadah yang tertutup rapat pada suhu ruang, dan
+difermentasi secara anaerob. Hasil uji unsur hara pupuk bokashi telah sesuai dengan SNI
+7763:2024 tentang Pupuk Organik Padat, dengan nilai C-organik di atas 15%, akumulasi
+N+P+K lebih besar dari 2%, pH berada pada rentang 4-9, serta kadar air dalam rentang 825%.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Formula Body Scrub Ampas Garam Rumput Laut (Sargassum sp.) dengan Penambahan Bubuk Kulit Manggis (Garcinia mangostana Linn) </t>
+  </si>
+  <si>
+    <t>02-Jul-2025</t>
+  </si>
+  <si>
+    <t>S00202506038</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  berhubungan  dengan  formulasi Body  scrub ampas  garam  rumput  laut (Sargassum sp.) dengan penambahan bubuk kulit manggis. Formula body scrub berbahan baku ampas garam rumput laut (Sargassum sp.) dengan penambahan bubuk kulit manggis yang terdiri  dari  dari  fase air (gliserin, trietanolamin, propelinglikol dan  akuades),  fase minyak (setil alkohol dan asam stearat), fenoksietanol, aroma, ampas garam rumput laut, dan bubuk kulit manggis. Sediaan body scrub dengan penambahan bubuk kulit manggis memiliki karakteristik terbaik, yaitu pH 6,29, viskositas 13.827 cP, homogen, stabil emulsi, kelembaban kulit 46,83%, total fenol 11,39  mg GAE/g, dan aktivitas antioksidan 42,21 ppm. Invensi formulasi body scrub berbahan baku ampas garam rumput laut (Sargassum sp.) dengan penambahan bubuk kulit manggis dapat diaplikasikan pada bidang kosmetik.</t>
+  </si>
+  <si>
+    <t>Formulasi Dan Proses Pembuatan Pupuk Bokashi Residu Garam Rumput Laut Cokelat (Sargassum sp.) Menggunakan Mikroorganisme Lokal Kulit Pisang</t>
+  </si>
+  <si>
+    <t>03-Jul-2024</t>
+  </si>
+  <si>
+    <t>P00202406106</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan formulasi pupuk bokashi residu garam rumput laut cokelat (Sargassum sp.) dengan proses pembuatannya menggunakan mikroorganisme lokal kulit pisang. Formulasi pupuk bokashi residu garam rumput laut cokelat (Sargassum sp.) terdiri dari residu garam rumput laut cokelat (Sargassum sp.), sekam, dedak, dan mol cair kulit pisang yang kemudian diolah menjadi pupuk bokashi. Invensi ini memiliki nilai pH, C-Organik, P2O5, dan K2O sesuai dengan standar SNI 7763:2018. Invensi formulasi pupuk bokashi berbahan baku residu garam rumput laut cokelat (Sargassum sp.) dengan proses pembuatannya menggunakan mikroorganisme lokal kulit pisang dapat diaplikasikan pada bidang pertanian.</t>
+  </si>
+  <si>
+    <t>Formula Pupuk Slow Release Berbasis Limbah Jeroan Ikan Bandeng Dan Residu Garam Rumput Laut Sargassum sp.</t>
+  </si>
+  <si>
+    <t>S00202512939</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Industri pengolahan perikanan menghasilkan jeroan ikan bandeng dan residu garam
+rumput laut (RGRL) Sargassum sp. yang dapat dimanfaatkan sebagai bahan baku
+pembuatan pupuk slow release. Proses pembuatan pupuk slow release dilakukan dengan
+formula variasi rasio RGRL terhadap pupuk organik cair jeroan bandeng. Formula dengan
+hasil terbaik diuji pelepasan nitrogen selama 20 hari untuk melihat kemampuan pupuk
+dalam melepaskan nutrisi secara bertahap. Hasil uji unsur hara pupuk slow release telah
+sesuai dengan SNI 7763:2024 tentang Pupuk Organik Padat, dengan nilai C-organik
+melebihi 15%, akumulasi N+P+K lebih besar dari 2%, pH dalam rentang 4-9, dan kadar air
+dalam rentang 8-25%. Hasil uji pelepasan nitrogen pupuk meningkat secara bertahap
+selama 20 hari pengamatan yang bersifat gradual dan terkontrol, ini merupakan salah satu
+satu karakteristik utama pupuk slow release.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Tepung Biji Koro Benguk Berprotein Tinggi Menggunakan Teknik Likuifikasi</t>
+  </si>
+  <si>
+    <t>P00202215752</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Made Astawan, M.S.</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan metode pembuatan tepung biji koro benguk berprotein tinggi dengan teknik likuifikasi. Metode ini dapat menurunkan kadar asam sianida (HCN) pada biji koro benguk dan menghasilkan tepung dengan kadar protein yang optimal. Pembuatan tepung biji koro benguk berprotein tinggi terdiri dari meliputi tahapan: merebus biji koro benguk mentah, mengupas kulit biji koro benguk, merendam biji koro benguk menggunakan air bersih kemudian ditiriskan, mengeringkan biji koro benguk, menggiling biji koro benguk kering, menyaring tepung biji koro benguk dan melikuifikasi tepung biji koro benguk dengan menambahkan enzim &amp;alpha;-amilase. Perendaman biji koro benguk tanpa kulit selama 23-26 jam mampu menurunkan kadar HCN hingga mencapai 2.85 mg/kg dan menghasilkan kadar protein sebesar 32.54%. Konsentrasi substrat yang digunakan pada proses likuifikasi yaitu 9-12%, sedangkan konsentrasi enzim sebesar 1400-1600 IU. Rentang pH suspensi yang digunakan adalah 5-6. Suhu dan waktu likuifikasi yang digunakan yaitu pada rentang 90-100oC dan 20-60 menit. Proses likuifikasi dapat meningkatkan kadar protein tepung sebesar 9.28 g/100 g dan menurunkan kadar karbohidrat sebesar 10.94 g/100 g jika dibandingkan dengan tepung biji koro benguk biasa.</t>
+  </si>
+  <si>
+    <t>FORMULA DAN METODE PEMBUATAN MINUMAN FUNGSIONAL PENURUN TEKANAN DARAH BERBASIS PROTEIN TEMPE</t>
+  </si>
+  <si>
+    <t>06-Feb-2026</t>
+  </si>
+  <si>
+    <t>P00202601297</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan aplikasi konsentrat protein tempe sebagai bahan baku pembuatan minuman fungsional. Invensi ini bertujuan untuk menyediakan formula dan metode pembuatan minuman fungsional berbasis konsentrat protein tempe dan menunjukkan pemenuhan untuk bubuk minuman kedelai dari hasil karakterisasi fisik, proksimat, uji sensori, dan hasil lab metabolomik (komponen bioaktif dalam produk). Tahapan pembuatan minuman fungsional terdiri dari tiga tahapan utama yaitu: 1) pembuatan tepung tempe, 2) pembuatan konsentrat protein tempe, dan 3) pembuatan minuman fungsional. Tahapan pembuatan tepung tempe terdiri dari beberapa tahapan, yaitu pengecilan ukuran tempe, blansir, pengeringan, dan penepungan. Tahapan pembuatan konsentrat protein tempe terdiri dari proses ekstraksi, penyaringan, penguapan, dan pengeringan. Tahapan pembuatan minuman fungsional terdiri dari proses penimbangan dan pencampuran. Formula minuman fungsional adalah campuran konsentrat protein tempe, maltodekstrin, pemanis stefia, creamer nabati, bubuk oat, dan garam. Berdasarkan uji sensori CATA dan RATA, minuman fungsional konsentrat tepung kedelai memiliki karakteristik yang berbeda dengan produk komersial berbahan dasar kedelai. Hasil pengujian metabolomik menyebutkan minuman fungsional mengandung 4 peptida bioaktif yang berperan sebagai ACE inhibitor, 4 peptida bioaktif yang berperan sebagai Hypotensive peptide, dan 1 peptida bioaktif yang berperan sebagai Vasodilato</t>
+  </si>
+  <si>
+    <t>Formula dan Metode Pembuatan Penyedap Rasa Nabati Berbasis Tempe Berdasarkan Metode Permukaan Respons</t>
+  </si>
+  <si>
+    <t>02-Jul-2024</t>
+  </si>
+  <si>
+    <t>P00202406029</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan aplikasi tempe bosok sebagai bahan baku pembuatan penyedap rasa nabati. Invensi ini bertujuan untuk menyediakan formula dan metode pembuatan penyedap rasa nabati menggunakan tempe bosok sebagai bahan baku utama dan bahan tambahan pangan lain sebagai penstabil sehingga dihasilkan produk penyedap rasa bubuk yang siap untuk dikomersialisasi. Tahapan pembuatan penyedap rasa nabati berbasis tempe bosok terdiri dari tiga tahapan utama, yaitu: 1) pembuatan tepung tempe bosok, 2) pembuatan campuran kering bumbu, dan 3) pembuatan penyedap rasa nabati berbasis tempe bosok. Formula penyedap rasa nabati berbasis tempe bosok adalah campuran tepung tempe bosok, garam, gula, maltodekstrin, bawang putih bubuk, bawang merah bubuk, lada bubuk, silika dioksida dan air. Penyedap rasa ini memiliki skor penerimaan keseluruhan atribut sebesar 5,05 yang berarti produk agak disukai oleh konsumen, serta menghasilkan rasa umami 0,42x dibandingkan dengan produk komersial, yaitu bumbu rasa jamur. Invensi yang diajukan ini berbeda dengan invensi sebelumnya, yaitu menggunakan bahan penstabil sebagai bahan tambahan pangan di dalamnya. Dengan formulasi ini, diharapkan penyedap rasa nabati berbasis tempe bosok memiliki rasa yang konsisten, stabilitas yang tinggi, serta masa simpan yang lebih lama dan memenuhi persyaratan uji SNI 01-4273-1996.</t>
+  </si>
+  <si>
+    <t>Formula Dan Metode Pembuatan Sup Krim Nabati Instan Berbasis Jamur dan Tempe</t>
+  </si>
+  <si>
+    <t>P00202406026</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan pemanfaatan jamur dan tempe sebagai bahan baku pembuatan sup krim nabati instan. Invensi ini bertujuan untuk menyediakan formula dan metode pembuatan sup krim nabati instan menggunakan jamur kancing, tempe segar, dan tempe semangit sebagai bahan baku utama dan santan kelapa sebagai bahan pengental. Formulasi sup krim ini sama sekali tidak menggunakan unsur hewani, sehingga produk ini dapat menjadi alternatif bagi konsumen pelaku vegetarian/vegan. Pembuatan sup krim nabati instan berbasis jamur dan tempe terdiri dari tiga tahapan utama, yaitu: 1) pemasakan sup krim, 2) pengeringan puree sup krim, dan 3) pembuatan sup krim nabati instan berbasis jamur dan tempe. Formula sup krim nabati instan berbasis jamur dan tempe mengandung jamur kancing, tempe segar, tempe semangit, bawang bombay, minyak kelapa sawit, tepung terigu, maizena, santan kelapa, garam, gula, kaldu jamur bubuk, lada putih bubuk, bawang putih bubuk, ketumbar bubuk, kunyit bubuk, dan air masak yang digunakan sebagai pelarut tepung terigu, maizena, dan santan. Sup krim instan ini memiliki skor penerimaan keseluruhan atribut sebesar 5,09 yang berarti produk agak disukai oleh konsumen, serta berkontribusi pada kebutuhan lemak total, protein, dan karbohidrat harian masing-masing sebesar 2, 4, dan 3% per satu takaran saji.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Dan Komposisi Kombinasi Tempe Kedelai Dan Koro Benguk</t>
+  </si>
+  <si>
+    <t>05-Sep-2023</t>
+  </si>
+  <si>
+    <t>P00202308483</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan optimasi pembuatan tempe SoyVet (kombinasi kedelai/soy bean dan koro benguk/velvet bean). Invensi ini bertujuan untuk menghasilkan tempe kombinasi kedelai dan koro benguk yang memiliki komposisi kimia, asam amino, dan penerimaan sensori yang lebih baik dibandingkan tempe 100% koro benguk, serta mendekati tempe 100% kedelai. Invensi terdiri atas dua tahapan, yaitu 1) penentuan praperlakuan optimum kacang koro benguk; dan 2) optimasi formula kombinasi kedelai dan koro benguk. Pra-perlakuan terhadap koro benguk meliputi perendaman dan perebusan, serta pengukusan setelah pengupasan kulit kacang. Waktu perendaman optimum koro benguk yaitu 36-72 jam yang dilanjutkan dengan perebusan selama 80-100 menit, dan pengukusan selama 10-30 menit. Optimasi formula kombinasi kedelai dan koro benguk menunjukkan bahwa penggunaan 65-70% kedelai dan 30-35% koro benguk menghasilkan respon optimum dengan kadar protein 18-25% (bb) dan nilai penerimaan sensori dari agak suka hingga suka, dengan skor 5,48. Invensi ini berbeda dengan invensi sebelumnya, yaitu berupa pembuatan tempe SoyVet (kombinasi kacang kedelai dengan kacang koro benguk) untuk meningkatkan kadar protein, meningkatkan daya terima tempe dari segi sensori, meningkatkan nilai gizi tempe, dan sebagai upaya dalam diversifikasi penggunaan kacang lokal non-kedelai pada pembuatan tempe, serta untuk mengurangi ketergantungan kepada kedelai impor dengan tahapan pra-perlakuan meliputi perendaman, perebusan, dan pengukusan.</t>
+  </si>
+  <si>
+    <t>Pad Aerogel Aktif Berbasis Nanoselulosa Rumput Laut Untuk Pengurangan Pah Pada Ikan Asap</t>
+  </si>
+  <si>
+    <t>18-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202514830</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Wini Trilaksani, M.Sc.</t>
+  </si>
+  <si>
+    <t>nvensi ini mengenai komponen kemasan pangan aktif berupa pad aerogel berbasis nanoselulosa rumput laut (Ulva sp.) yang digunakan untuk mengurangi senyawa polycyclic aromatic hydrocarbons (PAHs) pada produk ikan asap. Pad aerogel ini disusun dari nanoselulosa 0,3%, alginat 2%, glutaraldehid 1% sebagai agen pengikat silang, larutan kalsium klorida sebagai agen gelasi, serta antioksidan food-grade BHT/BHA sebesar 200 ppm. Struktur aerogel yang dihasilkan memiliki porositas &amp;ge;90%, luas permukaan aktif &amp;ge;26 m&amp;sup2;/g, dan daya serap air &amp;ge;800%. Ketika ditempatkan pada dasar kemasan ikan asap, pad ini mampu menurunkan kadar benzo[a]pyrene(BaP)sebesar &amp;ge;57% dan PAH4 sebesar &amp;ge;60% selama penyimpanan dingin. Invensi ini memberikan solusi kemasan aktif yang ringan, biodegradable, dan aman untuk kontak pangan, serta meningkatkan kualitas dan keamanan ikan asap tanpa memerlukan modifikasi proses pengasapan tradisiona</t>
+  </si>
+  <si>
+    <t>Formula Material Eksotermik Berbasis Cangkang Rajungan Dan Kepiting Bakau Dengan Metode Kalsinasi Sebagai Pemanas Pangan Darurat Dan Instan Tanpa Api Dan Listrik</t>
+  </si>
+  <si>
+    <t>P00202514930</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkapkan material eksotermik yang inovatif yang dihasilkan dari kalsium oksida (CaO) melalui kalsinasi limbah cangkang rajungan dan kepiting bakau. Proses kalsinasi dilakukan pada suhu antara 900&amp;deg;C hingga 1000&amp;deg;C untuk menghasilkan kalsium oksida dengan efisiensi tinggi dalam aplikasi pemanas ransum pangan darurat tanpa api. Material ini juga dapat dikombinasikan dengan aluminium untuk meningkatkan performa pemanasan. Pengujian suhu reaksi menunjukkan bahwa material eksotermik ini mampu menghasilkan suhu tinggi dan stabil, dengan kombinasi cangkang rajungan dan aluminium mencapai suhu tertinggi 113,5&amp;deg;C pada menit ke-9, dan kombinasi cangkang kepiting bakau dan aluminium mencapai suhu 105&amp;deg;C pada menit ke-10 (untuk serbuk hasil kalsinasi pada suhu 1000&amp;deg;C). Hasil XRD dan FTIR menunjukkan bahwa pada suhu kalsinasi 1000&amp;deg;C, baik cangkang rajungan maupun kepiting bakau mengalami dekomposisi karbonat (CaCO3) yang lebih lengkap menjadi kalsium oksida (CaO) dibandingkan pada suhu 900&amp;deg;C. Dalam analisis XRD, puncak difraksi yang dominan pada suhu 1000&amp;deg;C mengindikasikan kristalinitas CaO yang lebih baik, sementara FTIR menunjukkan penurunan intensitas puncak karbonat dan peningkatan puncak CaO pada suhu yang lebih tinggi. Invensi ini tidak hanya menyediakan solusi pemanasan yang efektif dan ramah lingkungan tetapi juga memanfaatkan limbah biomassa yang sebelumnya tidak dimanfaatkan secara optimal, menjadikannya pilihan berkelanjutan untuk aplikasi dalam situasi darura</t>
+  </si>
+  <si>
+    <t>Ai Imas Faidoh Fatimah, S.T.P., M.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Minyak Hati Ikan Cucut (Centrophorus Sp.) Kombinasi Omega-3 dan Antioksidan sebagai Imunostimulan</t>
+  </si>
+  <si>
+    <t>10-Dec-2023</t>
+  </si>
+  <si>
+    <t>S00202313772</t>
+  </si>
+  <si>
+    <t>Dr.Eng. Wahyu Ramadhan, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini bertujuan menghasilkan proses pembuatanminyak hati ikan cucut yang dikombinasikan dengan omega-3 dan antioksidan sebagai imunostimulan. Minyak hati cucut (Centrophorus sp.) diekstraksi sehingga dihasilkan minyak ikan kaya squalene. Minyak ikan kaya squalene ditambahkan denganomega-3 15% dan 30% serta antioksidan
+100 ppm, 1000 ppm, dan 6000 ppm. Hasil uji in vitro menunjukkan sampel minyak ikan kaya squalene yang ditambahkan dengan omega-3 dan antioksidan memiliki nilai viabilitas lebih tinggi dibandingkan minyak ikan kaya squalene tanpa penambahan omega-3 dan antioksidan berdasarkan uji proliferasi splenosit serta nilai indeks fagositosis dan kapasitas
+fagositosis makrofag. Penambahan antioksidan pada minyak dapat menghambat oksidasi minyak ikan kombinasi selama penyimpanan hingga 30 hari pada suhu ruang untuk semua sampel, namun pada konsentrasi 6000 ppm terjadi prooksidan yang diakibatkan konsentrasi antioksidan yang ditambahkan terlalu tinggi.</t>
+  </si>
+  <si>
+    <t>Metode Bioimunisasi Benih Padi Dengan Cendawan Endofit Nigrospora sp. dan Acremonium sp. untuk Meningkatkan Ketahanan Tanaman Padi Terhadap Wereng Batang Coklat</t>
+  </si>
+  <si>
+    <t>31-Dec-2022</t>
+  </si>
+  <si>
+    <t>P00202215946</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Sugeng Santoso, M.Agr.</t>
+  </si>
+  <si>
+    <t>Wereng batang Coklat (WBC) merupakan salah satu hama yang paling merusak pada tanaman padi. WBC dapat menyebabkan kehilangan hasil yang besar dengan luas serangan pada periode 2011-2019 mencapai 72.550 ha di Indonesia, dengan estimasi kerugian sebesar 1,32 trilyun rupiah per tahun. Bahan bioimunisasi yang digunakan adalah kombinasi cendawan endofit Nigrospora sp. dan Acremonium sp. dengan konsentrasi masing-masing 107 cfu/ml. Teknik aplikasi yang digunakan yaitu dengan memeram benih dengan suspensi kombinasi dua cendawan endofit tersebut selama 24 jam, yang sebelumnya benih tersebut sudah direndam air selama 24 jam. Setelah pemeraman, benih padi siap disemai. Kombinasi cendawan endofit Nigrospora sp. dan Acremonium sp. diketahui dapat menekan dan mengendalikan WBC dilapangan. Selain itu bioimunisasi dapat meningkatkan panjang akar bibit dan tinggi bibit padi.</t>
+  </si>
+  <si>
+    <t>Bakteri Nitratireductor sp. Strain 248e Asal Spons Agelas Conifera Pendegradasi Polimer Linear Low-Density Polyethylene (LLDPE) Dan Polyethylene Terephthalate (PET)</t>
+  </si>
+  <si>
+    <t>29-May-2024</t>
+  </si>
+  <si>
+    <t>P00202404775</t>
+  </si>
+  <si>
+    <t>Ir. Endang Sunarwati Srimariana, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan penemuan suatu bakteri Nitratireductor sp. yang bersimbiosis dengan spons Agelas conifera. Bakteri tersebut dapat mendegradasi polimer mikroplastik Linear Low-Density Polyethylene (LLDPE) dan Polyethylene Terephthlate (PET) dari bobot total mikroplastik selama 20 hari. Sekuen genetik dari bakteri Nitratireductor sp. memiliki panjang sekuen 1080 base-pair (bp) dengan kemiripan 100% dengan Nitratireductor sp. strain 248E04 OQ186800.1, dan 99% dengan bakteri Mesorhizobium sp. strain BP-NCMA8 MK063800.1. Aktivitas degradasi bakteri menunjukkan laju degradasi sebesar 17,32283% pada polimer LLDPE dan 19,01408% pada polimer PET. Waktu paruh polimer LLDPE selama 17,92955 hari dan PET selama 22,05338 hari. Invensi ini berpotensi dalam penanganan limbah mikroplastik pada lingkungan dengan waktu yang relatif lebih cepat dan ramah lingkungan.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Lina Karlinasari, M.Sc.F.</t>
+  </si>
+  <si>
+    <t>Dr. Tjahja Muhandri, S.T.P., M.T.</t>
+  </si>
+  <si>
+    <t>Formula Kunyit Asam Lemon Dalam Kemasan Kertas Celup</t>
+  </si>
+  <si>
+    <t>25-Nov-2020</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202008988 </t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formula pembuatan minuman bubuk kunyit asam lemon yang dikemas menggunakan kemasan kertas celup. Proses pembuatan minuman dimulai dengan pembuatan bubuk kunyit. Bubuk kunyit (1 bagian) dicampur dengan ekstrak asam Jawa (1,5 bagian) dan perasan lemon (1,5 bagian). Campuran dikeringkan menggunakan microwave sampai membentuk granula. Pengeringan dilanjutkan dengan tray drier sampai granula kering. Granula kering dihancurkan dengan blender dan diayak ukuran 30 mesh. Tahap terakhir adalah mengemas bubuk kunyi asam lemon dalam kemasan kertas celup, dengan berat antara 1,2-1,3 gram per kemasan.</t>
   </si>
   <si>
     <t>Kombinasi Bioflok Dan Probiotik Pseudoalteromonas Piscicida 1ub Untuk Pengendalian Infeksi Vibrio Parahaemolyticus Pada Budidaya Udang Vaname</t>
   </si>
   <si>
     <t>P00202411266</t>
   </si>
   <si>
+    <t>Prof. Dr. Ir. Sukenda, M.Sc.</t>
+  </si>
+  <si>
     <t>Telah dihasilkan invensi berupa kombinasi sistem bioflok dan probiotik Pseudoalteromonas piscicida 1Ub yang efektif untuk mengendalikan infeksi Vibrio parahaemolyticus penyebab penyakit AHPND pada udang vaname (Penaeus vannamei). Kombinasi bioflok (C:N 10) dan probiotik P. piscicida 1Ub (106 CFU/mL) mampu menekan pertumbuhan V. parahaemolyticus pada media pemeliharaan dan hepatopankreas udang serta meningkatkan respons imun, meliputi total haemocyte count (THC), aktivitas fagositosis (AF), respiratory burst (RB), dan phenoloxidase (PO). Aplikasi kombinasi ini meningkatkan tingkat kelangsungan hidup udang yang diuji tantang dengan V. parahaemolyticus hingga 25% dibandingkan dengan kontrol positif. Probiotik P. piscicida 1Ub yang diaplikasikan pada sistem bioflok terbukti bertahan dalam media pemeliharaan dan tubuh udang, memberikan efek kompetitif terhadap bakteri patogen, dan meningkatkan kesehatan udang. Penggunaan kombinasi bioflok dan probiotik P. piscicida 1Ub merupakan strategi budidaya udang vaname yang efektif, ramah lingkungan, dan mampu meningkatkan kelangsungan hidup udang serta menekan risiko infeksi V. parahaemolyticus.</t>
   </si>
   <si>
-    <t>Teknik Isolasi Bakteriofaga Pada Akuakultur Untuk Pengendalian Bakteri Patogen Udang</t>
-[...965 lines deleted...]
-    <t>S00202410619</t>
+    <t>Penanda Genetik Novel Gen KCTD2 Untuk Menghasilkan Kualitas Daging Dan Nilai Gizi Sehat Pada Domba Indonesia</t>
+  </si>
+  <si>
+    <t>P00202511529</t>
+  </si>
+  <si>
+    <t>Dr. Kasita Listyarini, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  mengungkapkan  pemanfaatan  KCTD2  sebagai  penanda  genetik  untuk meningkatkan kualitas daging dan nilai gizi sehat pada domba Indonesia. Analisis genetik dilakukan  menggunakan  metode  PCR-RFLP  untuk  mendeteksi  variasi  genotipe  KCTD2. Ekstraksi  DNA  diikuti  dengan  amplifikasi  menggunakan  primer  spesifik  KCTD2,  serta pemotongan produk PCR dengan enzim restriksi Baf1, menghasilkan pola fragmen yang berbeda  antar  genotipe.  Hasil  invensi  menunjukkan  bahwa  berasosiasi  dengan karakteristik  karkas,  memiliki  sifat  keempukan,  kandungan  mineral  kalium,  kolesterol rendah,  asam  lemak  tak  jenuh  tinggi,  serta  flavour  dan  odor  rendah,  sehingga  dapat digunakan sebagai marka seleksi genetik dalam pemuliaan domba premium. Penerapan penanda  genetik  ini  mendukung  produksi  daging  sehat,  bergizi,  dan  bernilai  ekonomi tinggi,  sekaligus  memberikan  dasar  ilmiah  untuk  program  seleksi  molekuler  domba premium di Indonesia.</t>
+  </si>
+  <si>
+    <t>Komponen Sel Surya Solid State Dye-Sensitized Solar Cell Berbasis Carbon Quantum Dots Dan Elektrolit Biopolimer</t>
+  </si>
+  <si>
+    <t>S00202409491</t>
   </si>
   <si>
     <t>Prof. Dr. Akhiruddin, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berhubungan dengan alat deteksi Vibrio parahaemolyticus berbasis fluoeresens yang cepat dan akurat. Penyakit yang banyak menyebabkan kematian massal pada tambak udang vaname adalah acute hepatopancreatic necrosis disease (AHPND) yang disebabkan oleh bakteri jenis Vibrio parahaemolyticus. Alat Vibration dirancang untuk mempercepat proses deteksi Vibrio parahaemolyticus pada media pemeliharaan udang vaname. Dengan demikian, petambak udang vaname dapat mencegah wabah AHPND lebih dini. Alat ini memiliki beberapa komponen penyusun yaitu mikrokontroler (1) sebagai pusat pemrosesan alat dan data input yang masuk untuk diolah menjadi konsentrasi bakteri. Selain itu, alat ini sudah dilengkapi juga dengan Op-AMP (2) yang befungsi mempertahankan tegangan output dan baterai (3) sebagai sumber daya utama. Selain itu, terdapat holder kuvet yang dilengkapi dengan detector (4) dan LED UV 395 nm (5) yang sudah terpasang. Holder kuvet didesain untuk dapat menampung kuvet kuarsa dengan volume 3 mL sesuai dengan preparasi sampel deteksi yang diperlukan. Pada gambar 3, tampak atas alat yang terdiri dari saklar (6), tombol start (7), LCD (8), LED indicator (9), dudukan baterai (10), dan holder kuvet.</t>
-[...7 lines deleted...]
-  <si>
     <t>Invensi ini bertujuan melakukan fabrikasi dan menguji stabilitas performa SS-DSSC dengan elektrolit padat berbasis gel biopolimer, mengidentifikasi pengaruh carbon quantum dots (CQD) sebagai lapisan co-active, dan mengoptimalkan susunan rangkaian mini panel. CQD disintesis menggunakan metode hidrotermal, TiO2 sebagai fotoanoda disintesis menggunakan metode tetes, klorofil diekstraksi dari bayam menggunakan etanol, elektrolit padat berbasis gel disintesis dengan mencampurkan larutan KI/I2 dengan gelatin. Fabrikasi sel surya dilakukan dengan metode sandwich dengan fotoanoda pada kaca TCO dan counter-elektroda perak pada kaca akrilik. Penyusunan mini panel dilakukan dengan sistem dua paralel yang diserikan. CQD menunjukkan properti optik yang baik dengan spektrum absorbansi lebar serta puncak pada 394 nm, properti semikonduktor dengan celah pita energi sebesar 2,68 eV. TiO2 sebagai permukaan penyerapan cahaya oleh dye memiliki fase anatase berdasarkan hasil uji XRD. Klorofil menyerap spektrum yang lebar mulai dari 400 sampai 700 nm. Elektrolit gel memiliki konduktivitas ion yang baik sebagai media transportasi ion. Penggunaan elektrolit gel berbasis gelatin dan integrasi CQD pada fotoanoda terbukti secara signifikan meningkatkan stabilitas dan efisiensi SS-DSSC. Fabrikasi mini-panel SS-DSSC menggunakan konfigurasi seri-paralel untuk meningkatkan arus dan tegangan, menghasilkan peningkatan fill factor dan efisiensi keseluruhan. Mini-panel SS-DSSC mencapai efisiensi 6,76% dengan kinerja yang lebih stabil dan andal dibandingkan sistem konvensional</t>
   </si>
   <si>
     <t>Metode Pembuatan Serum Gel Berbasis Nanopartikel Fikosianin Spirulina Dengan Bahan Penyalut Kitosan</t>
   </si>
   <si>
     <t xml:space="preserve">P00202409857 </t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Iriani Setyaningsih, M.S.</t>
   </si>
   <si>
     <t>Serum gel berbasis nanopartikel fikosianin-kitosan merupakan formulasi inovatif yang dirancang untuk meningkatkan penetrasi dan stabilitas fikosianin melalui kulit. Fikosianin, pigmen alami dari mikroalga Spirulina platensis, memiliki sifat antioksidan dan antiinflamasi yang bermanfaat untuk perawatan kulit, namun tantangannya adalah penetrasi efektif melalui lapisan stratum corneum dan stabilitasnya dalam formulasi kosmetik. Kemampuan release nanopartikel fikosianin dan fikosianin bebas yang dievaluasi secara in vitro menggunakan sel Franz menunjukkan pelepasan kumulatif nanofikosianin 48,85&amp;plusmn;2,49% dalam 24 jam, lebih tinggi dibandingkan dengan fikosianin bebas yang hanya mencapai 10,09&amp;plusmn;0,61%. Pengamatan transdermal pada kulit tikus menunjukkan bahwa nano-fikosianin dapat menembus stratum corneum dengan lebih efisien melalui jalur interseluler, ditandai dengan intensitas fluoresensi mencapai 28,760, tiga kali lebih tinggi daripada fikosianin bebas. Uji sensori menunjukkan bahwa serum nanopartikel fikosianin memiliki daya penetrasi yang lebih baik dibandingkan dengan serum fikosianin bebas, menunjukkan kemampuannya untuk lebih efektif diserap oleh kulit.</t>
   </si>
   <si>
     <t>Metode Dan Produk Minuman Fermentasi Kombucha Mikoalga Spirulina</t>
   </si>
   <si>
     <t>13-Sep-2023</t>
   </si>
   <si>
     <t xml:space="preserve"> P00202308875</t>
   </si>
   <si>
     <t>Invensi ini bertujuan menghasilkan suatu metode ekstraksi mikroalga Spirulina dan produk minuman fermentasi kombucha Spirulina. Ekstraksi bubuk mikroalga spirulina pada suhu (-18 sampai 100 ?C). Fermenrtasi ekstrak Spirulina dengan isolate konsorsium bakteri dan khamir (SCOBY)dengan penambahan gula jagung 2,8% selama 8 hari. Keunggulan invensi ini dibandingkan dengan invensi-invensi sebelumnya adalah pada invensi ini menggunakan ekstrak Spirulina yang diperoleh dengan metode ekstraksi pada suhu -18 sampai 100 C. Ekstrak spirulina yang diperoleh pada invensi ini dapat digunakan sebagai bahan baku untuk menghasilkan minuman fermentasi kombucha. Kandungan ekstrak spirulina tersebut terdiri dari protein fikobilin, terutama fikosianin serta komponen aktif. Produksi minuman fermentasi kombucha mikroalga Spirulina dilakukan dengan isolate konsorsium bakteri dan khamir (SCOBY)dengan penambahan gula jagung 2,8% selama 8 hari. Minuman fermentasi tersebut memiliki warna biru cerah dan hijau muda dengan rasa yang asam dan manis.</t>
   </si>
   <si>
     <t xml:space="preserve">Metode  Sintesis   Dan   Formulasi   Green   Emulsifier   Berbasis   Fikosianin  Murni- Ulvan Untuk Enkapsulasi Obat Antikanker </t>
   </si>
   <si>
-    <t>10-Sep-2025</t>
-[...1 lines deleted...]
-  <si>
     <t>P00202508706</t>
   </si>
   <si>
     <t xml:space="preserve">Sintesis sediaan green emulsifier berbasis fikosianin murni-ulvan merupakan formulasi inovatif yang dirancang untuk enkapsulasi obat kanker. Fikosianin diekstraksi dari Spirulina platensis diketahui memiliki sifat biokompatibel dan aktivitas biologis seperti antioksidan, antiinflamasi,  dan  antikanker.  Kombinasi  nanopartikel  fikosianin  dan  doxorubicin memberikan  efek  sinergisme  sitotoksik  terhadap  sel  kanker,  namun  masih  memiliki efektivitas  enkapsulasi  dan  bioavailabilitas  yang  rendah  sehingga  perlu  dilakukan modifikasi  untuk  meningkatkan  bioavailabilitas,  kapasitas  enkapsulasi  dan  mengurangi efek  toksik.  Strategi  yang  dilakukan  adalah  mengkonjugasi  fikosianin  dan  polisakarida ulvan  yang  digunakan  sebagai  emulsifier  untuk  enkapsulasi  obat  kanker.  Kompleks fikosianin-ulvan (PC-ULV) bersifat biokompatibel dan stabilitas fisik yang efisien. Hasil uji spektrum UV-Vis dan FTIR mengonfirmasi interaksi kimia antara fikosianin dan ulvan, serta keberhasilan  enkapsulasi  doxorubicin.  Nanodispersi  menunjukkan  ukuran  partikel  94,25 nm, indeks polidispersitas 0,38, dan zeta potensial -31,16 mV, serta efisiensi enkapsulasi sebesar  90,30  &amp;plusmn;  1,23%.  Sitotoksisitas  nanodispersi  terhadap  sel  normal  NIH  3T3 menunjukkan viabilitas sel tetap tinggi (&amp;gt;85%) pada semua konsentrasi, menandakan sifat non-toksik.  Uji  aktivitas  antikanker  terhadap  sel  kanker  payudara  SKBR3  menunjukkan penurunan viabilitas signifikan hingga 6,78%. Kombinasi karakteristik tersebut menjadikan PC-ULV-Dox sebagai kandidat unggul dalam aplikasi terapi kanker berbasis nanosistem.</t>
   </si>
   <si>
-    <t xml:space="preserve">METODE   PEMBUATAN   SEDIAAN   GEL   IN   WATER   NANODISPERTION   BERBASIS NANOPARTIKEL EKSTRAK Spirulina platensis DENGAN BAHAN PENYALUT GELATIN </t>
+    <t>Metode Pembuatan Sediaan Gel In Water Nanodispertion Berbasis Nanopartikel Ekstrak Spirulina platensis Dengan Bahan Penyalut Gelatin</t>
   </si>
   <si>
     <t>24-Jul-2025</t>
   </si>
   <si>
     <t>S00202506900</t>
   </si>
   <si>
     <t xml:space="preserve">Metode pembuatan sediaan gel in water nanodispertion berbasis nanopartikel ekstrak Spirulina  platensis dan  gelatin  merupakan  merupakan  nanoformulasi  inovatif  yang digunakan  untuk  aplikasi  transdermal.  Teknologi  nanoenkapsulasi  yang  dilakukan diharapkan  dalam  membantu  ekstrak Spirulina  platensis melewati  stratum  korneum padakulit  sehingga  dapat  meningkatkan  bioavailabilitas  dan  efek  terapeutik  tanpa mengalami perubahan struktural. Kemampuan pelepasan kumulatif nano-Spirulina (NSP) dan ekstrak kasar Spirulina platensis (EK) yang dievaluasi secara in vitro menggunakan sel Franz  menunjukkan  pelepasan  kumulatif  NSP  22,28&amp;plusmn;2,7%  sementara  EK  7,96&amp;plusmn;2,87% selama  24  jam  pengamatan.  Pengamatan  aktivitas  antibakteri  diamati  dengan  zona hambar  yang  terbentuk.  Zona  hambat  yang  terbentuk  pada  NSP  sebesar  4,5  mm (Staphylococcus  aureus)  dan  6  mm  (Propionibacterium  acnes),  sedangkan  EK  secara berurutan 1 mm dan 2,5 mm.</t>
   </si>
   <si>
     <t>Imam Busyra Abdillah, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Alat Penduga Skor Marbling Sapi Berbasis Tomografi Impedansi Listrik Dan Machine Learning</t>
-[...7 lines deleted...]
-  <si>
     <t>drh. Mokhamad Fakhrul Ulum, M.Si., Ph.D.</t>
   </si>
   <si>
-    <t>Proses penentuan marbling sapi selama ini dilakukan pasca penyembelihan di rumah pemotongan hewan (RPH) sehingga peternak tidak dapat memilih dan mengetahui kualitas daging sebelum ternak dipotong dengan presisi. Hal ini juga berpotensi menghilangkan ternak bibit dalam program pemuliaan ternak. Metode pendugaan marbling pada sapi yang masih hidup dilakukan dengan metode ultrasonografi yang memerlukan pengoperasian perangkat yang kompleks. Invensi ini mempunyai kelebihan dibandingkan dengan prior art sebelumnya di mana dapat melakukan pendugaan skor marbling sapi dari grade 1 hingga 5 sebelum dilakukan proses penyembelihan berbasis tomografi impedansi listrik dengan konfigurasi elektroda Wenner. Invensi ini berupa perangkat untuk menduga skor marbling sapi dengan metode injeksi arus dan mengukur tegangan dari permukaan punggung sapi sehingga didapat data raw signal, lalu merekonstruksi gambar tomografi dari data voltase dan waktu deteksi dalam bentuk heatmap. Perangkat ini berupa gelang yang dapat dibawa dengan mudah (portable device) dan terintegrasi dengan aplikasi berbasis website dengan algoritma K-Nearest Neighbors (KNN) sehingga dapat merepresentasikan kualitas daging berdasarkan beef marble score (BMS) yang memiliki grade 1 (buruk) hingga 5 (sangat baik).</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Eny Palupi, S.T.P., M.Sc.</t>
   </si>
   <si>
     <t xml:space="preserve">Formulasi Goguma Ppang Sumber Serat Berbahan Ubi Cilembu (Ipomoea batatas L.) Dan Kacang Merah (Phaseolus vulgaris) Serta Proses Pembuatannya </t>
   </si>
   <si>
     <t>06-Nov-2023</t>
   </si>
   <si>
     <t>P00202311711</t>
   </si>
   <si>
     <t>Yang diuangkapkan disini adalah formulasi goguma ppang berbasis ubi cilembu dan kacang merah sebagai sumber serat yang terdiri dari tepung tapioka 9%, tepung ketan 2%, tepung terigu 2%, susu cair 3%, gula pasir 2%, telur 2%, madu 1%, minyak kelapa 1%, mentega 2%, garam 0,3%, dan isian. Isian goguma ppang dapat mengandung ubi cilembu 70-100%, kacang merah 0-30%, margarin 6%, gula pasir 3%, dan susu bubuk 3%. Selain itu diungkapkan juga proses pembuatan goguma ppang berbasis ubi cilembu(Ipomoea batatas L.) dan kacang merah (Phaseolus vulgaris) sebagai sumber serat terdiri dari 3 tahapan utama yakni membuat adonan isi, adonan kulit, dan membentuk adonan untuk menghasilkan goguma ppang. Invensi fomulasi goguma ppang sumber serat berbahan ubi cilembu (Ipomoea batatas L.) dan kacang merah (Phaseolus vulgaris) dapat diaplikasikan ke industri makanan.</t>
   </si>
   <si>
     <t>Formulasi Daging Analog Berbahan Belalang Kayu (Valanga nigricornis.) dan Kacang Merah (Phaseolus vulgaris) serta Proses Pembuatannya</t>
   </si>
   <si>
     <t>14-Oct-2023</t>
   </si>
   <si>
     <t>P00202310449</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan formulasi daging analog dalam bentuk patty burger dengan bahan belalang kayu (Valanga nigricornis), kacang merah (Phaseolus vulgaris), tepung umbi porang, gluten, enzim transglutaminase, air, dan bumbu sebagai sumber pangan tinggi protein dan rendah kolesterol. Proses pembuatan daging analog terdiri atas tiga tahapan utama yakni melakukan persiapan bahan kering dan bahan basah, pencampuran dan pengulenan adonan daging analog, serta pemanasan adonan daging analog. Daging analog belalang kayu diklaim &amp;ldquo;tinggi protein&amp;rdquo; karena memenuhi 35% ALG per 100 g (dalam bentuk padat), yaitu 48,1% ALG per 100 g berdasarkan PerKa BPOM No. 13 Tahun 2016, dan kadar kolesterol daging analog sebesar 18.578 mg/100 g yang telah memenuhi persyaratan klaim rendah kolesterol berdasarkan PerKa BPOM No. 13 Tahun 2016 yaitu kurang dari 20 mg/100 g. Invensi fomulasi daging analog sumber protein alternatif rendah kolesterol berbahan belalang kayu dan kacang merah dapat diaplikasikan ke industri makanan.</t>
   </si>
   <si>
-    <t>Ian Subastiar, S.T.P.</t>
+    <t>Formula Minuman Berbahan Lemon Madu Sebagai Minuman Sumber Bioaktif Bagi Penderita Prehipertensi</t>
+  </si>
+  <si>
+    <t>P00202601196</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan pengembangan formula minuman fungsional berbahan sari lemon dan madu sebagai alternatif intervensi nonfarmakologis bagi penderita prehipertensi. Produk dikembangkan dalam tiga formula berdasarkan variasi jenis madu&amp;mdash; kaliandra, akasia, dan itama&amp;mdash;yang masing-masing dikombinasikan dengan sari lemon. Pengembangan produk meliputi pemilihan bentuk bahan baku, penentuan rasio optimal lemon dan madu, proses homogenisasi, serta pasteurisasi untuk menjaga keamanan mikrobiologis sekaligus meminimalkan degradasi senyawa bioaktif. Minuman lemon madu dirancang sebagai sumber flavonoid dan antioksidan alami, terutama hesperidin, eriocitrin, dan senyawa fenolik madu, yang berperan dalam menurunkan stres oksidatif, meningkatkan ketersediaan nitric oxide (NO), serta mendukung fungsi endotel. Konsumsi harian dipilih berdasarkan bukti ilmiah terkait efek lemon terhadap respons glikemik dan pengosongan lambung. Ketiga formula menunjukkan potensi sebagai minuman fungsional yang aman, praktis, dan mampu mendukung pengelolaan tekanan darah pada individu prehipertensi melalui mekanisme bioaktif yang terukur. Invensi ini menawarkan alternatif minuman manis yang lebih sehat dan sesuai bagi populasi berisiko kardiovaskular</t>
   </si>
   <si>
     <t>Dr. Iyep Komala, S.Pt., M.Si.</t>
   </si>
   <si>
-    <t xml:space="preserve">:   METODE   DETEKSI   JENIS   SUSU   SAPI   BERDASARKAN   CARA   PENGOLAHANNYA MENGGUNAKAN KOMBINASI SIDIK JARI VOLTAMMETRY DAN ANALISIS KEMOMETRIK </t>
-[...20 lines deleted...]
-    <t xml:space="preserve">P00202410751 </t>
+    <t>Ekstrak Bawang Dayak Sebagai Pewarna Alami Sosis Daging Sapi</t>
+  </si>
+  <si>
+    <t>29-Nov-2024</t>
+  </si>
+  <si>
+    <t xml:space="preserve">P00202414014 </t>
   </si>
   <si>
     <t>Made Gayatri Anggarkasih, S.TP., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berkaitan dengan metode dan formula tepung bumbu serba guna dari mocaf termodifikasi sebagai produk ready-to-use untuk pelapis pangan gorengan yang terbuat dari modified cassava flour (mocaf)yang telah mendapatkan perlakuan panas microwave untuk memodifikasi tepung mocaf secara fisik. Tepung bumbu serba guna yang dimaksudkan dalam invensi ini dicirikan dengan tidak menggunakan tepung terigu yang merupakan produk impor dan digantikan dengan bahan lokal mocaf. Penggunaan tepung mocaf mencapai hingga 67.50 %. Tahapan pengolahan tepung bumbu serba guna dari mocaf termodifikasi pada invensi ini terdiri dari perlakuan panas tepung mocaf, formula tepung bumbu serba guna, pengisian tepung bumbu serba guna dalam pouch, hingga penutupan pouch dengan vacuum sealer. Produk tepung bumbu serba guna berbahan dasar mocaf termodifikasi ini memiliki kadar abu 5.17 %, energi dari lemak 9.72 Kcal/100 g, kadar lemak total 1.08 %, kadar air 10.49 %, energi total 342.74 Kcal/100 g, karbohidrat 80.55 %, kadar protein 2.70 %, natrium 1115.42 mg/100 g, gula total 2.22 %, lemak jenuh 0.37 %, dan serta pangan tidak larut 4.91 %</t>
+    <t>Invensi ini berhubungan dengan produk sosis daging sapi menggunakan pewarna alami ekstrak umbi bawang dayak (Eleutherine bulbosa). Lebih khusus lagi invensi ini berhubungan dengan metode ekstraksi umbi bawang dayak dan metode proses pengolahan sosis menggunakan pewarna alami ekstrak bawang dayak. Metode ekstraksi untuk mendapatkan ekstrak air dan ekstrak etanol menggunakan teknik maserasi yang dikombinasikan dengan sonikasi. Ekstrak cair yang didapatkan kemudian dipekatkan menggunakan alat rotary evaporator. Metode proses pengolahan sosis daging sapi meliputi penggunaan ekstrak air 3000 ppm dan ekstrak etanol 1000 ppm yang ditambahkan ke dalam bahan adonan sosis yang terdiri dari daging sapi, es batu, minyak goreng, tepung tapioka, bawang putih, garam, lada bubuk, bumbu bratwurst, gula pasir, dan STPP. Karakteristik sosis daging sapi dengan pewarna alami ekstrak air umbi bawang dayak dan ekstrak etanol umbi bawang dayak telah memenuhi persyaratan SNI 3280- 2024. Setiap 100 g sosis sapi menghasilkan energi dari lemak 87,39 dan 95,49 kkal, serta energi total masing-masing 177,79 dan 173,49 kkal.</t>
   </si>
   <si>
     <t>Rohmat Ismail, S.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Tati Nurhayati, S.Pi., M.Si.</t>
   </si>
   <si>
+    <t>Formula Dan Proses Pembuatan Pupuk Slow Release Berbahan Baku Jeroan Ikan Tongkol Dan Residu Garam Rumput Laut ulva sp. Menggunakan Sistem Terkontrol</t>
+  </si>
+  <si>
+    <t>P00202512942</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jeroan ikan tongkol dan residu garam rumput laut Ulva sp. bernilai ekonomis dan ramah
+lingkungan, serta kaya akan unsur hara jika dimanfaatkan kembali menjadi pupuk slow
+release. Pembuatan pupuk slow release dilakukan pencampuran antara matriks residu
+garam rumput laut Ulva sp. dan pupuk organik cair berbahan baku jeroan ikan tongkol.
+Hasil uji unsur hara pupuk slow release telah sesuai dengan SNI 7763:2024 tentang Pupuk
+Organik Padat, dengan nilai C-organik lebih besar dari 15%, akumulasi N-total, P2O5, dan
+K2O lebih besar dari 2%, pH berada pada rentang 4-9, serta kadar air dalam batas 8-25%,
+dengan perlakuan terbaik memiliki karakteristik bentuk granul, tekstur kasar, dan sedikit
+aroma pupuk organik cair. Analisis pelepasan nitrogen menunjukkan sesuai dengan
+European Standardization Committee (CEN) Task Force on Slow-Release Fertilizers, dengan
+pelepasan lambat serta struktur berpori dan amorf.</t>
+  </si>
+  <si>
     <t>Dr.Eng. Safrina Dyah Hardiningtyas, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t>Formula Sediaan Serum Anti Aging Yang Mengandung Ekstrak Kolagen Nano Partikel Dari Gelembung Renang Ikan, Proses Dan Penggunaannya</t>
-[...17 lines deleted...]
-    <t>P00202415676</t>
+    <t xml:space="preserve"> Vaksin Bivalen Aeromonas hydrophila dan Aeromonas salmonicida Serta Penggunaannya Pada Ikan Lele</t>
+  </si>
+  <si>
+    <t>P00202309468</t>
   </si>
   <si>
     <t>Prof. Dr. Sri Nuryati, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini merupakan alat fotobioreaktor untuk induksi sporulasi makroalga Ulva sp. Sistem FOTOBIOREAKTOR ini terdiri dari rangkaian beberapa pipa spooler yang disatukan oleh pipa holder yang mudah dibongkar pasang. Pipa spooler dilengkapi dengan komponen rotator yang memungkinkannya untuk dirotasi secara manual atau digerakan dengan tambahan motor Listrik arus lemah. Selain komponen pipa spooler dan pipa holder, alat fotobioreaktor ini juga memiliki rangkaian lampu eksternal yang dipasang secara trilateral pada tiga sisi FOTOBIOREAKTOR. Dalam penggunaanya, alat fotobioreaktor ini dapat menghasilkan bibit Ulva sp yang tumbuh pada cakupan luas hampir 50% bidang penempelan di tali yang dipakai sebagai substrat, jauh lebih tinggi dari pada fotobioreaktor yang menggunakan desain pipa spooler statis yang hanya memiliki nilai cakupan 25%.</t>
-[...11 lines deleted...]
-    <t>Yang diungkapkan disini adalah formulasi pakan udang vaname berbahan baku serbuk batang pisang. Invensi ini bertujuan untuk pencegahan infeksi Vibrio parahaemolyticus, peningkatan imunitas, dan pertumbuhan pada udang vaname. Keungulan pakan mengandung bahan baku serbuk batang pisang adalah lebih praktisi dalam aplikasi dan pembuatan serbuk leih murah dibandingkn bahan ekstraski. Selain itu diungkapkan Proses pembuatan serbuk batang pisang meliputi pencucian batang pisang, pemotongan menjadi ukuran &amp;plusmn;2 cm, pengeringan selama tujuh hari, pengeringan lanjutan dengan suhu 50oC selama 2 jam, penghaluskan menggunakan dengan ukuran 60-80 &amp;mu;m. Selanjutnya, pembuatan pakan udang vaname yang melibatkan pencampuran serbuk batang pisang dengan pakan dasar melalui metode coating menggunakan putih telur 2%, dengan konsentrasi serbuk batang pisang sebesar 0,75 g/kg. Adapun penggunaan serbuk batang pisang dalam pakan udang vaname untuk pencegahan infeksi Vibrio parahaemolyticus, peningkatan imunitas, dan pertumbuhan pada udang vaname.</t>
+    <t>Invensi yang diungkapkan di sini adalah formula kombinasi vaksin bivalen A. hydrophila dan A.salmonicida dengan dosis masing-masing 106 CFU/mL dan 108 CFU/mL dan perbandingan 1:1 (v/v). Formula kombinasi vaksin bivalen tersebut diaplikasikan sebagai teknik alternatif dalam mengantisipasi tingginya angka kematian benih ikan ikan lele. Sediaan vaksin sel utuh dari A. hydrophila dan A.salmonicida diinaktivasi dengan 0.3% neutral buffered formalin (NBF). Vaksin diberikan pada ikan lele sangkuriang berukuran panjang 8,7&amp;plusmn;1,31 cm dan bobot 5,02&amp;plusmn;2,01 g dengan metode injeksi sebanyak 0.1 mL/ekor ikan.</t>
   </si>
   <si>
     <t>Metode Pemurnian Fungi Mikoriza Arbuskula Menggunakan Media Kultur Cawan Petri Plastik (Petridish Mikrokosmos)</t>
   </si>
   <si>
     <t>26-Apr-2024</t>
   </si>
   <si>
     <t>S00202403693</t>
   </si>
   <si>
     <t>Dr. Ir. Irdika Mansur, M.For.Sc.</t>
   </si>
   <si>
     <t>Departemen Silvikultur</t>
   </si>
   <si>
     <t xml:space="preserve">Pemurnian kultur Fungi Mikoriza arbuskula merupakan tahap penting dalam mendapatkan isolat spora mikoriza yang diinginkan. Penggunaan kultur cawan Petri plastik untuk memproduksi kultur isolat tunggal dan mempelajari perkembangan hidup spora Mikoriza telah dikembangkan mulai tahun 2000 dan merupakan metode non-destruktif
 yakni dapat mengamati perkembangan spora mikoriza arbuskula tanpa merusak kultur tempat tumbuh maupun inangnya. Pembuatan cawan Petri plastik sebagai tempat pemurnian dilakukan dengan menyiapkan cawan bersih dilubangi selebar 1cm, dengan pisau/alat pemotong pada bagian tatakan dan tutupnya. Media tumbuh digunakan zeolit bersih berukuran 2-3 mm,sebagai tanaman Inang digunakan tanaman yang terbukti dapat
 berasosiasi baik dengan mikoriza. Spora diekstrak dari kultur Mikoriza dengan teknik tuang saring basah kemudian diinokulasikan satu spora pada akar inang pada cawan petri. Cawan ditutup, direkat memakai sellotape bening lebar 2 cm pada bagian sisi kiri dan kanan. Selanjutnya diletakkan pada kotak plastik dengan posisi berdiri, ditempatkan didalam ruang kultur dengan pencahayaan lampu neon untuk dipelihara. Penyiraman dan
 pemupukan dilakukan dari dasar kotak plastik tempat cawan. Metode ini efektif untuk memproduksi kultur isolat murni dan mengamati perkembangan kehidupan spora tanpa merusak kultur, tanaman inang tetap hidup dan kultur dapat dipanen berkali-kali. Pemeliharaan lebih mudah karena penyiraman dan pemupukan langsung melalui kotak
 tempat cawan diletakkan.</t>
   </si>
   <si>
     <t>Dr. Andi Early Febrinda, S.T.P., M.P.</t>
   </si>
   <si>
+    <t>Bambang Riyanto, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Anuraga Jayanegara, S.Pt., M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Budi Setiawan, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Dan Proses Pembuatan Keju Analog Oles Berbasis Kacang Bogor (Vigna subterranea) Dan Santan</t>
+  </si>
+  <si>
+    <t>P00202509678</t>
+  </si>
+  <si>
     <t>Nurafi Razna Suhaima, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t>Perangkat Cerdas Untuk Monitoring Dan Klasifikasi Kesehatan Kuda Berbasis Aiot Dalam Pembuatan Antisera</t>
-[...5 lines deleted...]
-    <t>P00202413954</t>
+    <t xml:space="preserve">Invensi ini berkaitan dengan formulasi dan proses pembuatan keju analog oles berbasis kacang Bogor dan santan sebagai alternatif produk keju nabati. Produk diformulasikan dari air, kacang Bogor, santan, tepung tapioka, garam, nutritional yeast, sari lemon, xanthan gum,  perisa  keju,  dan  vanili.  Proses  pembuatan  meliputi  pengupasan  kacang  Bogor, perebusan pada suhu 70-90 &amp;deg;C selama 3-5 menit, pencampuran seluruh bahan hingga homogen, pemanasan pada suhu 80&amp;ndash;90 &amp;deg;C, dan pengemasan. Produk akhir berupa keju analog oles nabati dengan tekstur lembut, cita rasa menyerupai keju. Invensi ini ditujukan bagi vegan, vegetarian, penderita intoleransi laktosa, serta sebagai inovasi pemanfaatan kacang Bogor untuk meningkatkan nilai tambah produk pangan lokal.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Cece Sumantri, M.Sc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Primer Untuk Snp Spesifik Gen Fabp4 Sebagai Biomarka Daging  Dengan Omega 3 Tinggi Pada Ayam Ipb D1 </t>
+  </si>
+  <si>
+    <t>15-Sep-2025</t>
+  </si>
+  <si>
+    <t>S00202508869</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini bertujuan untuk menghasilkan primer spesifik yang dapat digunakan untuk identifikasi SNP gen FABP4 yang diasosiasikan dengan komposisi asam lemak daging pada daging ayam IPB D1. Invensi ini diperoleh melalui beberapa tahap, yaitu koleksi darah, isolasi DNA, perancangan primer gen FABP4, PCR dan elektroforesis DNA, identifikasi SNP menggunakan metode DNA Sequencing dan asosiasi komposisi asam lemak daging ayam IPB D1. Primer spesifik untuk identifikasi SNP gen FABP4 yang diasosiasikan pada  ayam IPB  D1,  dengan  susunan  nukleotida  F:  5&amp;rsquo;-GGTGATGTGATAACCATCAG-3&amp;rsquo;  dan  R: 5&amp;rsquo;GGATGGAATGCAGATACCTC  -3&amp;rsquo;.  Hasil  analisis  menunjukkan  bahwa  kedua  set  primer tersebut dapat digunakan dengan baik mengidentifikasi SNP FABP4 pada ayam IPB D1. Hasil DNA sequencing ditemukan 10 SNP yaitu 4 SNP ditemukan di daerah intron 2, 3 SNP ditemukan di daerah exon 3 dan 3 SNP lagi ditemukan di daerah intron 3. SNP c.266A&amp;gt;G FABP4  berasosiasi  dengan  komposisi  asam  lemak  daging  ayam  IPB  D1.  Genotipe  AG memiliki kandungan omega-3 lebih tinggi dengan nilai kandungan omega-3 3,03 dan rasio omega-6/omega-3  yang  relatif  lebih  rendah  yaitu  7,35.  Genotipe  AG  yang  memiliki kandungan gizi yang lebih tinggi dan baik untuk kesehatan, dapat dijadikan sebagai marka genetik untuk seleksi yang dapat meningkatkan kualitas gizi daging ayam dan sehat untuk dikonsumsi.</t>
   </si>
   <si>
     <t>Prof. Dr. drh. Amrozi</t>
   </si>
   <si>
-    <t>Departemen Ilmu Komputer</t>
-[...5 lines deleted...]
-    <t>Metode Ekstraksi Biopigmen Dari Makroalga Laut Ulva Lactuca Dan Karakteristik Produk Yang Dihasilkannya</t>
+    <t>Metode Sintesis Katalis Sulfonik Magnetik Karbon Dari Ulva Lactuca Dan Karakteristik Produk Yang Dihasilkannya</t>
   </si>
   <si>
     <t>14-Aug-2024</t>
   </si>
   <si>
-    <t>P00202407848</t>
+    <t>P00202407854</t>
   </si>
   <si>
     <t>Departemen Teknik Mesin dan Biosistem</t>
   </si>
   <si>
-    <t>Makroalga laut adalah alga yang berukuran besar, dari beberapa centimeter (cm) hingga beberapa meter (m). Makroalga laut memiliki pigmen alami (biopigmen), yaitu klorofil, karotenoid dan fikobilin. Invensi ini menggunakan 2 jenis pelarut kimia untuk mengekstrak biopigmen makroalga laut Ulva lactuca. Hasil ekstraksi dianalisis untuk mengetahui kadar biopigmen dan antioksidan pada makroalga laut Ulva lactuca. Ekstraksi biopigmen Ulva lactuca dilakukan menggunakan dua pelarut kimia, yaitu metanol atau aseton selama 24 jam pada suhu rendah (27&amp;deg;C). Kadar biopigmen ekstrak metanol, yaitu klorofil a (20,81 &amp;mu;g/mL), b (16,31 &amp;mu;g/mL), c (1,53 &amp;mu;g/mL), d (1,79 &amp;mu;g/mL), total klorofil (40,44 &amp;mu;g/mL), dan total karotenoid (6,97 &amp;mu;g/mL). Kadar biopigmen ekstrak aseton, yaitu klorofil a (29,76 &amp;mu;g/mL), b (28,41 &amp;mu;g/mL), c (0,24 &amp;mu;g/mL), d (2,32 &amp;mu;g/mL), total klorofil (60,73 &amp;mu;g/mL), dan total karotenoid (2.17 &amp;mu;g/mL). Daya aktivitas antioksidan ekstrak metanol Ulva lactuca memiliki nilai IC50 sebesar 266,42 ppm dan ekstrak aseton sebesar 161,57 ppm.</t>
+    <t>Invensi ini mengungkapkan suatu metode sintesis katalis sulfonik magnetik karbon dari Ulva lactuca dengan tahapan menyiapkan serbuk Ulva lactuca yang sudah bersih dan kering, menambahkan larutan FeCl3 0,01 M b/v dan menghomogenkannya; mengeringkan dan mengkarbonisasi pada suhu suhu 400&amp;deg;C selama 1 jam; mencampurkan dengan asam sulfat pekat diikuti dengan pemanasan; mendinginkan serta mengencerkan dengan akuades, penyaringan dan pencucian sehingga pH netral, dan pengeringan sehingga diperoleh katalis padat. Produk katalis sulfonik magnetik karbon hasil sintesis dari Ulva lactuca memiliki karakter, yaitu munculnya gugus -SO3 sebagai hasil pengabungan sulfonat dalam matrik karbon tersulfonasi, memiliki struktur amorf aromatik dengan intensitas tinggi pada 2 theta 27,91&amp;ordm; dan termasuk dalam tipe mesopori berasarkan ukuran porinya.</t>
+  </si>
+  <si>
+    <t>Proses Pembuatan Biogas Dari Air Lindi</t>
+  </si>
+  <si>
+    <t>10-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202514250</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan proses pembuatan biogas berbasis air lindi (leachate) sebagai bahan baku utama melalui sistem fermentasi anaerob. Proses dilakukan dalam digester sistem batch yang dioperasikan pada suhu ruang (27&amp;ndash;30&amp;deg;C) tanpa tekanan eksternal. Tahapan proses meliputi: (a) pengisian digester dengan air lindi sebanyak tiga per empat (&amp;frac34;) kapasitas reaktor, (b) penambahan aktivator mikroba EM-4 sebesar 10% dari total volume substrat, (c) proses aktivasi mikroba selama &amp;plusmn;7 hari, dan (d) fermentasi anaerob selama &amp;plusmn;20 hari hingga terbentuk gas hasil dekomposisi bahan organik. Gas yang dihasilkan dialirkan melalui pipa dengan katup pengatur tekanan menuju wadah penampung, sedangkan sisa hasil fermentasi (slurry) dimanfaatkan sebagai pupuk organik cair. Proses ini memanfaatkan mikroorganisme dalam EM-4 untuk mempercepat degradasi bahan organik dan meningkatkan aktivitas bakteri metanogenik. Invensi ini menghasilkan biogas dengan kandungan metana (CH4) sekitar 62%, serta karbon dioksida (CO2) dan gas minor lainnya. Keunggulan proses ini terletak pada pemanfaatan limbah cair air lindi sebagai substrat baru, komposisi bahan yang sederhana, tidak memerlukan energi tambahan, dan ramah lingkungan. Invensi ini menyediakan metode efektif untuk menghasilkan energi terbarukan sekaligus mengurangi pencemaran lingkungan di sekitar tempat pembuangan akhir.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Ronny Irawan Wahju, M.Phil.</t>
   </si>
   <si>
     <t>Dr. Mahdi Mubarok, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Formula Perekat Hibrida Fenol-Formaldehida-Metilendifenil-Diisosianat Untuk Papan Untai Berarah</t>
-[...10 lines deleted...]
-  <si>
     <t>Komposisi Papan Komposit Dari Limbah Plastik, Sterofoam, Mika, Pelepah Sawit Dan Ampas Sagu</t>
   </si>
   <si>
     <t>13-Jul-2024</t>
   </si>
   <si>
     <t>S00202406498</t>
   </si>
   <si>
     <t>Departemen Agribisnis</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan komposisi papan komposit berupa panel dinding sebagai produk pengganti panel dinding berbasis kayu murni. Papan komposit ini terbuat dari limbah plastik LDPE, mika, sterofoam biasa, sterofoam karet, pelepah sawit, dan ampas sagu. Penggunaan berbagai bahan utama yang berasal dari limbah dapat berkontribusi dalam mengurangi jumlah limbah di Indonesia. Bahan-bahan yang digunakan juga menciptakan papan komposit berupa panel dinding yang memiliki keunggulan tahan terhadap kelembaban, cuaca dan serangan rayap; perawatan yang mudah; ramah lingkungan sebab menggunakan bahan daur ulang; serta ringan dan tahan lama.</t>
   </si>
   <si>
     <t xml:space="preserve">Kokom Komalasari,  S. Pt. M.Si.</t>
   </si>
   <si>
-    <t>Nur Aziezah, S.Si., M.Si.</t>
-[...4 lines deleted...]
-  <si>
     <t>Prof. Dr. Mega Safithri, S.Si., M.Si.</t>
   </si>
   <si>
+    <t>Komposisi Suspensi Getah Kering Gambir (Uncaria Gambir) Sebagai Fibropreventif Dan Antifibrosis</t>
+  </si>
+  <si>
+    <t>S00202413953</t>
+  </si>
+  <si>
+    <t>Prof. drh. Agus Setiyono, M.S., Ph.D.</t>
+  </si>
+  <si>
+    <t>Departemen Kedokteran</t>
+  </si>
+  <si>
+    <t>Fibrosis paru merupakan kelainan paru yang ditandai dengan pembentukan jaringan parut, sehingga menyebabkan kerusakan struktur dan fungsi paru. Gambir terbukti memiliki aktivitas antioksidan kuat yang hampir setara dengan vitamin C in vitro, menghambat aktivasi NF-&amp;kappa;B in vivo, sehingga memungkinkan perannya sebagai terapi antifibrosis pada paru. Invensi yang diajukan ini bertujuan untuk mengusulkan komposisi ekstrak getah kering gambir sebagai alternatif pengobatan fibrosis paru. Gambaran makroskopik dan mikroskopik yang menunjukkan pengaruh positif terhadap jumlah sel radang BAL dan Gambaran histopatologi berdasarkan skor modifikasi Aschroft.</t>
+  </si>
+  <si>
+    <t>Dr. Kastana Sapanli, S.Pi., M.Si.</t>
+  </si>
+  <si>
     <t>Komposisi Deterjen Lembaran Anti Nyamuk Dari Ekstrak Kulit Jeruk Purut</t>
   </si>
   <si>
     <t>S00202406480</t>
   </si>
   <si>
     <t>Khoirul Aziz Husyairi, S.E., M.Si.</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan komposisi deterjen lembaran repelan nyamuk dan relaksan bagi penggunanya sebagai produk ramah lingkungan pengganti lotion atau spray anti-nyamuk. Penggunaan ekstrak kulit jeruk purut memiliki kandungan sitronelal sehingga mempunyai kemampuan dalam mengusir dan melindungi kulit dari gigitan nyamuk. Etanol digunakan sebagai pelarut dalam proses ekstraksi kulit jeruk purut, ekstrak lerak digunakan sebagai penghasil busa deterjen, ekoenzim berperan sebagai pembersih noda pada pakaian, sedangkan metil selulosa dan PVA digunakan dalam pembuatan lembaran kertas deterjen.</t>
   </si>
   <si>
-    <t>Dr. Efi Toding Tondok, S.P., M.Sc.</t>
-[...8 lines deleted...]
-    <t>S00202415629</t>
+    <t>Produksi Steviosida Dengan Ekstraksi Menggunakan Kavitasi Microbubble</t>
+  </si>
+  <si>
+    <t>26-Aug-2024</t>
+  </si>
+  <si>
+    <t>P00202408432</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Noor</t>
+  </si>
+  <si>
+    <t>Salah satu tanaman yang berpotensi untuk digunakan sebagai pemanis alami adalah Stevia (Stevia rebaudiana Bertoni). Senyawa glukosida yang terdapat pada tanaman Stevia sudah dikenal sejak lama sebagai senyawa pemanis dan telah digunakan sebagai pengganti sukrosa yang lebih aman. Dengan tingkat kemanisan 300 kali dari gula sukrosa maka penggunaan gula stevia lebih sedikit dibanding gula sukrosa. Berbagai teknik ekstraksi selain diinginkan untuk menaikkan rendemen steviosida juga perlu mempertimbangkan waktu, kebutuhan energi dan biaya proses. Pada invensi ini proses ekstraksi dilakukan dengan teknik kavitasi microbubble menggunakan oksigen, pelarut air pada temperatur ruang (ambien). Ekstraksi menggunakan rasio bahan dan air (1:50 - 1: 100 %), waktu ekstraksi (10 - 20 menit), laju alir oksigen (0,5 &amp;ndash; 1,5 lpm) dan laju alir fluida tetap 10 lpm. Produk yang dihasilkan dari proses kavitasi microbubble adalah larutan ekstrak stevia yang memiliki kadar steviosida, kadar tanin dan rendemen sebesar 1,06 2,06 %(b/v), 0,021 - 0,050 % (b/v) dan 31,36- 43,49% (b/b. Kandungan steviosida dan rendemen yang tinggi, serta tanin yang rendah menjadikan produk invensi ini memiliki kualitas yang baik. Teknik kavitasi microbubble menggunakan pelarut air sehingga produk aman bagi kesehatan.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Sumiati, M.Sc.</t>
   </si>
   <si>
-    <t>Enkapsulasi bakteri asam laktat (BAL) dengan inulin sebagai prebiotik bertujuan untuk meningkatkan stabilitas dan viabilitas probiotik selama pemrosesan, penyimpanan, dan transit gastrointestinal. Penelitian ini bertujuan untuk mengevaluasi penggunaan inulin sebagai bahan penyalut (matriks) tunggal maupun campuran dengan bahan matriks lain untuk bakteri menguntungkan seperti bakteri asam laktat, bakteri pendegradasi sianida, bakteri penghasil zat antimikroba dll. Produksi sinbiotik pakan yang mampu mensinergikan antara jenis probiotik dan prebiotik yang mendukung pertumbuhan dan viabilitasnya, agar komponen tersebut bisa diserap oleh tubuh dengan lebih optimal sehingga mampu meningkatkan performa produksi maupun kesehatan ternak. Formulasi sinbiotik yang dienkapsulasi dievaluasi untuk sifat fisikokimia, viabilitas mikroba, dan manfaat fungsionalnya. Hasil penelitian menunjukkan bahwa inulin secara signifikan meningkatkan tingkat kelangsungan hidup BAL selama penyimpanan, meningkatkan efisiensi pakan (FCR, meningkatkan bobot akhir dan karkas serta tinggi dan luas permukaan vili usus. Temuan ini menunjukkan bahwa enkapsulasi inulin merupakan pendekatan yang menjanjikan untuk mengembangkan produk sinbiotik yang stabil dan efektif untuk menungkatkan performa dan kesehatan ternak.</t>
+    <t xml:space="preserve">Formula Minuman Bubuk Instan Berbasis Kolagen Tulang Ayam Dengan Penambahan Tepung Oat dan Tepung Cangkang Telur </t>
+  </si>
+  <si>
+    <t>20-Jun-2025</t>
+  </si>
+  <si>
+    <t>S00202505633</t>
   </si>
   <si>
     <t>Aulia Irhamni Fajri, S.Pt., M.Sc.</t>
   </si>
   <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan suatu formula minuman bubuk instan berbasis kolagen tulang  ayam  dengan  penambahan  tepung  oat  dan  tepung  cangkang  telur  dengan komposisi terdiri dari bubuk kolagen tulang ayam, tepung oat, krimer nabati, gula pasir, tepung cangkang  telur, pemanis alami glikosida steviol (ekstrak dari daun stevia), dan perisa bubuk. Invensi tersebut dapat diaplikasikan pada industri pengolahan pangan atau industri minuman siap saji.</t>
+  </si>
+  <si>
+    <t>Komposisi Pasta Injeksi Pengisi Defek Tulang Dari Nanohidroksiapatit, Alginat, Dan Kitosan Yang Diperkaya Sekretom Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>P00202415351</t>
+  </si>
+  <si>
     <t>Nur Aisyah Nuzulia, S.Si., M.Si.</t>
   </si>
   <si>
+    <t>Invensi ini berhubungan dengan proses pembuatan dan komposisi pasta injeksi pengisi defek tulang dari nanohidroksiapatit, alginat, dan kitosan yang diperkaya sekretom. Injektabilitas rata-rata pasta sebesar 98% dengan setting time pasta sekitar 12-13 menit, serta memiliki ketahanan terhadap larutan ringer laktat lebih dari 300 menit. Pasta ini digunakan sebagai cangkok tulang atau bone graft yang diaplikasikan secara injeksi pada defek tulang sehingga aera defek dapat terisi penuh. Selain itu, penambahan sekretom akan mempercepat proses regenerasi pertumbuhan sel pada defek tulang</t>
+  </si>
+  <si>
+    <t>Riska Amelia Candra, S.Si</t>
+  </si>
+  <si>
     <t>Dr. Jajang Sutiawan, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Bakteri Nitratireductor sp. Strain 248e Asal Spons Agelas Conifera Pendegradasi Polimer Linear Low-Density Polyethylene (LLDPE) Dan Polyethylene Terephthalate (PET)</t>
-[...2 lines deleted...]
-    <t>P00202404775</t>
+    <t>Ekstrak Bakteri Simbion Spons Jenis Plankinastrella Onkodes dan Spirastrella Hartmani Sebagai Antelmintik dan Proses Preparasinya</t>
+  </si>
+  <si>
+    <t>P00202404774</t>
   </si>
   <si>
     <t>Dr. Meutia Samira Ismet, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berhubungan dengan penemuan suatu bakteri Nitratireductor sp. yang bersimbiosis dengan spons Agelas conifera. Bakteri tersebut dapat mendegradasi polimer mikroplastik Linear Low-Density Polyethylene (LLDPE) dan Polyethylene Terephthlate (PET) dari bobot total mikroplastik selama 20 hari. Sekuen genetik dari bakteri Nitratireductor sp. memiliki panjang sekuen 1080 base-pair (bp) dengan kemiripan 100% dengan Nitratireductor sp. strain 248E04 OQ186800.1, dan 99% dengan bakteri Mesorhizobium sp. strain BP-NCMA8 MK063800.1. Aktivitas degradasi bakteri menunjukkan laju degradasi sebesar 17,32283% pada polimer LLDPE dan 19,01408% pada polimer PET. Waktu paruh polimer LLDPE selama 17,92955 hari dan PET selama 22,05338 hari. Invensi ini berpotensi dalam penanganan limbah mikroplastik pada lingkungan dengan waktu yang relatif lebih cepat dan ramah lingkungan.</t>
-[...2 lines deleted...]
-    <t>Prof. Dr. Ir. Luki Abdullah, M.Sc.Agr.</t>
+    <t>Invensi ini berhubungan dengan ekstrak bakteri simbion pada dua jenis spons Plankinastrella onkodes dan Spirastrella hartmani, yang memiliki kemampuan untuk membunuh cacing (antelmintik) dengan efektif dan ramah lingkungan. Ekstrak menggunakan dua pelarut yaitu pelarut air dan etanol. Kemampuan ekstrak kasar bakteri simbion yang menggunakan pelarut etanol lebih efektif dalam membunuh cacing target dibandingkan dengan ekstrak bakteri simbion yang menggunakan pelarut air. Namun, kemampuan antelmintik dari kedua jenis ekstrak bakteri simbion tersebut masih efektif dibandingkan dengan obat cacing dari jenis Pirantel Pamoat dengan dosis 250 mg. Penggunaan antihelmintik ini juga lebih aman dengan tubuh dan juga lingkungan sekitar.</t>
   </si>
   <si>
     <t>Faranita Ratih Listiasari, S.H., M.H.</t>
   </si>
   <si>
     <t>Dr. Dinamella Wahjuningrum, S.Si., M.Si.</t>
   </si>
   <si>
-    <t xml:space="preserve"> Vaksin Bivalen Aeromonas hydrophila dan Aeromonas salmonicida Serta Penggunaannya Pada Ikan Lele</t>
-[...14 lines deleted...]
-    <t>S00202314105</t>
+    <t>Metode Pembuatan Larutan Endapan Kalsit dengan Katalis Ekstrak Kacang Kedelai untuk Meningkatkan Daya Dukung Tanah Pasir</t>
+  </si>
+  <si>
+    <t>S00202212123</t>
+  </si>
+  <si>
+    <t>Dr.Eng. Heriansyah Putra, S.Pd., M.Eng.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Sipil dan Lingkungan</t>
+  </si>
+  <si>
+    <t>Aplikasi metode calcite precipitation untuk perbaikan tanah berkembang pesat, karena metode ini mengedepankan kemudahan dalam aplikasi, ramah lingkungan, dan efektif meningkatkan kekuatan tanah. Metode ini awalnya menggunakan bakteri dan urease enzyme sebagai katalis dalam pembentukan endapan kalsit. Namun, penggunaan kedua katalis tersebut memiliki beberapa keterbatasan, seperti membutuhkan perlakuan khusus dan sulit dikontrol, reaksi yang cepat dan tingginya biaya material. Invensi ini berhubungan dengan penggunaan larutan ektraksi kedelai (soybean crude urease) sebagai katalis dalam pembentukan endapan kalsit (calcite precipitated) pada larutan kalsium klorida dan urea yang digunakan untuk memperbaiki daya dukung tanah pasir. Invensi ini mencakup metode persiapan bahan, metode ektraksi kedelai (soybean) menjadi larutan kedelai murni, komposisi larutan endapan kalsit dan metode treatment larutan kalsit ke dalam tanah menggunakan cara tuang dan siram. Kedelai (soybean) merupakan bahan pangan yang mudah diperoleh dan harganya relatif murah. Penggunaan soybean dengan proses persiapan yang sederhana yaitu penggilingan dan penyaringan serta aplikasi larutan pengendapan kalsit (calcite precipitation) yang mudah sangat efektif sebagai metode perkuatan tanah pasir. Selain itu, kekuatan pasir yang dihasilkan juga menunjukkan peningkatan yang signifikan, bahkan lebih tinggi dari penggunaan urease enzyme. Sehingga metode ini dinyatakan sangat efektif sebagai solusi perkuatan tanah pasir, khususnya menggunakan teknik pengendapan kalsit.</t>
+  </si>
+  <si>
+    <t>Dr. dr. Desdiani, Sp.P., M.K.K., M.Sc.(M.Bio.Et.)</t>
   </si>
   <si>
     <t>Dr. Siti Nikmatin, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berkaitan dengan formulasi kompon karet alam berbasis filler biokarbon dari bahan baku biomassa yang dapat digunakan dalam pembuatan material elastomer sebagai lapisan penyusun produk karet bantalan tahan gempa jenis HDRB. Formulasi kompon karet tersebut terdiri atas 100 bsk karet alam jenis SIR 20; 5 bsk seng oksida dan 2 bsk asam stearat sebagai bahan pengaktif; 4 bsk lilin parafin sebagai bahan antiozonan; 1,5 bsk N-1,3-dimetilbutil-N&amp;rsquo;-fenil-p-fenilindiamina dan 1,5 bsk 1,2-dihidro-2,2,4-trimetil-kuinolina sebagai bahan antioksidan; 50 bsk filler biokarbon sebagai bahan pengisi; 1,35 bsk 2-2&amp;rsquo;-dithiobenzothiazole (MBTS) sebagai bahan pencepat; dan 2,9 bsk belerang sebagai bahan pemvulkanisasi. Lapisan material elastomer yang diperoleh dari formulasi tersebut berwarna hitam, memiliki sifat elastis dan redaman, dengan dimensi dapat disesuaikan dengan desain struktur atau konstruksi bangunan.</t>
-[...1 lines deleted...]
-  <si>
     <t>Formulasi Kemasan Berbahan Serat Tandan Kosong Kelapa Sawit Dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>21-Oct-2023</t>
   </si>
   <si>
     <t>P00202310769</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan formulasi kemasan berbahan serat alam. Serat alam yang digunakan adalah serat tandan kosong kelapa sawit. Hasil analisis komposisi kimia menunjukkan tandan kosong kelapa sawit memiliki kandungan alfa selulosa 48,38%; lignin 20,33%; hemiselulosa 32,21%; holoselulosa 80,58%, dan kadar sekstraktif 6,69%. Kandungan selulosa yang tinggi menunjukkan tandan kosong kelapa sawit berpotensi untuk menjadi bahan baku kemasan yang ramah lingkungan. Hasil analisis komposisi unsur memperlihatkan serat tandan kosong kelapa sawit tanpa perlakuan memiliki kandungan Carbon 49,93%; Oksigen 44,53%; Silikon 2,153%; Kalium 1,78%; Magnesium 0,29%; Alumunium 0,14%, Clorin 0,38%; Sulfur 0,09%; Calsium 0,56%; Natrium 0,23%. Kandungan karbon yang tinggi berfungsi memperbaiki sifat fisik, kimia, dan biologi tanah, karena karbon merupakan sumber makanan bagi mikroba tanah, keberadaan karbon dalam tanah akan meningkatkan aktivitas mikroba dan mempercepat dekomposisi. Selain itu pemanfaatan serat tandan kosong kelapa sawit menjadi bahan baku kemasan merupakan bagian dari pengembangan biomaterial serta merupakan upaya untuk menjawab permasalahan terkait kebutuhan kemasan ramah lingkungan. Penggunaan serat tandan kosong kelapa sawit sebagai bahan baku kemasan juga merupakan cara untuk mengatasi melimpahnya limbah padat sawit yang merupakan hasil samping dari tingginya produktifitas CPO di Indonesia.</t>
   </si>
   <si>
     <t>Metode Isolasi Nanoselulosa Secara Satu Tahap Dalam Sistem Asam Sulfat/Hidrogen Peroksida (H2SO4/H2O2)</t>
   </si>
   <si>
     <t>27-Jan-2023</t>
   </si>
   <si>
     <t>P00202300830</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan metode isolasi nanoselulosa satu tahap untuk menghasilkan nanoselulosa rendemen tinggi dengan bahan baku lignoselulosa dari batang tanaman kecombrang (Etlingera elatior). Invensi ini mengkombinasikan dua bahan kimia yang memiliki sifat berbeda (H2SO4 dan H2O2) yang direaksikan dengan substrat lignoselulosa dalam satu wadah reaksi untuk memberikan 3 dampak reaksi yang berbeda yaitu delignifikasi, hidrolisis, dan fungsionalisasi. Kombinasi bahan kimia dalam invensi ini adalah 60% (b/b) H2SO4 dan 30% (b/b) H2O2 dengan rasio campuran 4:1 (mL/mL), dan dicampurkan dengan serbuk lignoselulosa dengan rasio larutan terhadap padatan sebesar 15 (mL/g). Selain keunggulan konsep isolasi, invensi ini juga memiliki keunggulan pada produk yang dihasilkan yaitu bahwa nanoselulosa dapat diisolasi dari bahan baku dalam waktu reaksi singkat yaitu 1,5 jam pada sistem H2SO4/H2O2 dengan rendemen 40,16% berbasis bahan baku, stabil dalam suspensi, diameter 6,5 nm, dan kadar lignin rendah yaitu 0,38%.</t>
   </si>
   <si>
-    <t>Sensor Cahaya Berbahan Komposit Alkali Selulosa Tandan Sawit</t>
-[...10 lines deleted...]
-  <si>
     <t>Dr. Muhammad Iqbal Maulana, S.Hut., M.Si.</t>
   </si>
   <si>
     <t>Esti Prihatini, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Komposisi Pasta Injeksi Pengisi Defek Tulang Dari Nanohidroksiapatit, Alginat, Dan Kitosan Yang Diperkaya Sekretom Dan Proses Pembuatannya</t>
-[...4 lines deleted...]
-  <si>
     <t>Dr. dr. Mira Dewi, M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berhubungan dengan proses pembuatan dan komposisi pasta injeksi pengisi defek tulang dari nanohidroksiapatit, alginat, dan kitosan yang diperkaya sekretom. Injektabilitas rata-rata pasta sebesar 98% dengan setting time pasta sekitar 12-13 menit, serta memiliki ketahanan terhadap larutan ringer laktat lebih dari 300 menit. Pasta ini digunakan sebagai cangkok tulang atau bone graft yang diaplikasikan secara injeksi pada defek tulang sehingga aera defek dapat terisi penuh. Selain itu, penambahan sekretom akan mempercepat proses regenerasi pertumbuhan sel pada defek tulang</t>
-[...13 lines deleted...]
-  <si>
     <t>Prof. Dr. Irma Isnafia Arief, S.Pt., M.Si.</t>
   </si>
   <si>
+    <t xml:space="preserve">Primer SNP Spesifik Gen PCYOX1 sebagai  Biomarka Kandungan Gizi  dan Flavour pada Domba Premium</t>
+  </si>
+  <si>
+    <t>18-Nov-2025</t>
+  </si>
+  <si>
+    <t>P00202512436</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Marka genetik gen PCYOX1 untuk menghasilkan domba dengan kualitas
+premium diperoleh dengan tahapan analisis komposisi mineral, analisis
+komposisi asam lemak, analisis kolesterol serta analisis flavour dan odor,
+ekstraksi RNA, sekuensing dan konstruksi pustaka, penjajaran dan sekuen
+referensi, ekstraksi DNA, perancangan primer spesifik gen PCYOX1, identifikasi
+keragaman gen PCYOX1 menggunakan metode PCR-RFLP, analisis frekuensi
+genotipe, alel, dan keseimbangan Hardy-Weinberg, serta analisis data asosiasi
+gen dengan sifat mineral, komposisi asam lemak, kolesterol serta kandungan
+flavour dan odor. Marka genetik gen PCYOX1 genotipe AG dapat digunakan
+untuk seleksi domba dengan kualitas premium dengan karakteristik memiliki
+sifat mineral yang baik, asam lemak tak jenuh tinggi, serta kolesterol, flavour
+dan odor yang rendah.</t>
+  </si>
+  <si>
     <t>Prof. Dr. Asep Gunawan, S.Pt., M.Sc.</t>
   </si>
   <si>
-    <t>Dr. Ir. Agus Oman Sudrajat, M.Sc.</t>
+    <t>Prof. Dr. Ir. Agus Oman Sudrajat, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Naresworo Nugroho, M.S.</t>
+  </si>
+  <si>
+    <t>Dr. Yopi Novita, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Tridoyo Kusumastanto, M.S.</t>
   </si>
   <si>
     <t>Dr. Zakiah Wulandari, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Wien Kuntari, M.Si.</t>
   </si>
   <si>
-    <t>Komposisi Dan Proses Pembuatan Suplemen Pakan Domba Dengan Amoniasi Kulit Kacang Bogor (Vigna Subterranea)</t>
-[...4 lines deleted...]
-  <si>
     <t>Prof. Dr. Ir. Yuli Retnani, M.Sc.</t>
   </si>
   <si>
-    <t>Invensi berupa komposisi dan proses pembuatan suplemen pakan domba dengan memanfaatkan kulit kacang bogor sebagai salah satu bahan pakan sumber serat telah ditemukan. Suplemen pakan yang dibuat terdiri atas bahan-bahan dan komposisi antara lain: Kulit kacang bogor dan urea 5%. Kulit kacang bogor yang telah dikeringkan dicampurkan dengan larutan urea 5% lalu disimpan selama 14 hari, setelah itu diberikan pada domba sebagai suplementasi pakan hijauan. Hasil performa domba menunjukkan bahwa bobot badan akhir dan respon fisiologis berada ada nilai normal sehingga suplemen pakan berbasis kulit kacang bogor tidak menyebabkan domba mengalami stress. Pemanfaatan kulit kacang bogor sebagai salah satu sumber serat untuk suplemen pakan domba sangat berpotensi dan menjanjikan untuk dikembangkan.</t>
-[...1 lines deleted...]
-  <si>
     <t>Metode Ekstraksi Minyak Habbatussauda (Nigella sativa) Menggunakan Metode Press Dingin Sebagai Alternatif Antibiotik Imbuhan Pakan</t>
   </si>
   <si>
     <t>24-Dec-2021</t>
   </si>
   <si>
     <t>P00202112097</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan proses ekstraksi minyak habbatussauda menggunakan metode press dingin sebagai alternatif antibiotik imbuhan pakan yang terdiri dari langkah-langkah sebagai berikut: sortasi biji habbatussauda dari partikel benda asing; memasukkan biji habbatussauda ke dalam mesin press dingin menjaga suhu maksimal 35 &amp;deg;C; menyaring minyak yang keluar dari mesin press dingin menggunakan 3 lembar kain kassa; mendiamkan minyak habbatussauda selama 48 jam, hingga terbentuk endapan dari padatan yang terbawa dalam minyak; memisahkan minyak dari endapan; dan menyimpan minyak yang telah bersih dari endapan ke dalam botol kaca hitam. Proses ekstraksi menggunakan mesin press dingin dilakukan pada suhu maksimal 35 &amp;deg;C. Invensi juga berhubungan dengan produk minyak habbatussauda dengan sifat fisik berwarna hitam pekat, agak kental, mempunyai bau khas habbatussauda, dengan kandungan thymoquinone 2701 ppm. Adanya invensi ini maka dapat dihasilkan produk minyak habbatussauda tinggi kandungan thymoquinone yang dapat digunakan sebagai alternatif antibiotik imbuhan pakan untuk meningkatkan imunitas dan produktivitas ternak.</t>
   </si>
   <si>
     <t>Dr. Fis Purwangka, S.Pi., M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Zulkarnain, M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Eng. Uju, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t>Metode Analisis Citra Drone Untuk Menghitung Luasan Area Tutupan Legume Cover Crops (Lcc) Pada Tanaman Kelapa Sawit Belum Menghasilkan</t>
-[...37 lines deleted...]
-  <si>
     <t>Prof. Dr. Wahyu Dwianto, M.Agr.</t>
   </si>
   <si>
-    <t>Alat Filtrasi Air Limbah Domestik Berbasis Internet Of Things</t>
-[...7 lines deleted...]
-  <si>
     <t>Miesriany Hidiya, S.T.P., M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini berupa alat filtrasi air limbah, khususnya untuk air limbah domestik dari kegiatan sekolah/perkantoran/sejenisnya. Alat filtrasi dioperasikan dengan sistem up-flow melewati 3 tabung, antara lain: tabung pre-filter (4), tabung filter 1 (5) dan tabung filter 2 (6) yang berisikan media filter untuk mengurangi kadar pencemar pada air limbah domestik. Alat filtrasi pada invensi ini dilengkapi dengan sistem internet of things (IoT) menggunakan sensor pada bagian inlet (1) dan outletnya (7), sehingga dapat terlihat perbedaan kualitas air limbah sebelum dan sesudah diolah. Adapun parameter yang diukur oleh sensor antara lain: pH, suhu, total dissolved solid (TDS), total suspended solid (TSS), dissolved oxygen (DO), ammonia (NH4), dan ultrasonik untuk mengestimasi debit air. Alat filtrasi limbah domestik sesuai invensi ini memiliki sistem backwash untuk membersihkan alat filtrasi dengan cara membalikkan arah aliran air pada kecepatan tinggi sehingga kotoran dapat terangkut oleh air.</t>
-[...4 lines deleted...]
-  <si>
     <t>Formula Herbal Antidepresan Dan Peningkat Memori Yang Mengandung Apigenin Dalam Ekstrak Seledri Dan Naringin Dari Kulit Jeruk Bali Serta Proses Pembuatannya</t>
   </si>
   <si>
     <t>P00202406025</t>
   </si>
   <si>
     <t>Proses pembuatan herbal antidepresan dan peningkat memori yang mengandung apigenin dalam ekstrak seledri dan naringin dalam invensi ini dengan cara mengeringkan batang dan daun seledri serta albedo kulit jeruk bali segar; menggiling masing-masing simplisia sampai halus; serbuk seledri disuspensikan larutan enzim pektinase, lalu disonikasi selama 30 menit dan diinkubasi selama 24 jam; mengekstrak serbuk kulit jeruk bali dengan cara maserasi menggunakan pelarut metanol 3&amp;times;24 jam; mengentalkan masing-masing ekstrak seledri dan kulit jeruk bali yang diperoleh menggunakan rotary evaporator hingga menjadi ekstrak kering; mengisolasi naringin dari ekstrak kulit jeruk bali kering menggunakan fraksinasi diklorometana; mencampur ekstrak seledri dan naringin. Penggunaan formula herbal antidepresan dan peningkat memori yang dihasilkan invensi ini efektif mengobati depresi dan meningkatkan memori spasial pada mencit terinduksi stres ringan kronis adalah apigenin 50 mg/kg bb dengan naringin 5 mg/kg bb. Dosis kombinasi tersebut efektif terhadap mencit yang terinduksi stres ringan kronis dalam mencegah penurunan preferensi mencit terhadap sukrosa pada sucrose preference test, mengurangi waktu imobilitas pada forced swim test dan meningkatkan persentase alternasi pada uji Y maze spontaneous alternation.</t>
   </si>
   <si>
     <t xml:space="preserve">Dr. Cucu  Cahyana, S.Pd. M.Si</t>
   </si>
   <si>
-    <t>Proses Ekstraksi Virgin Calophyllum Oil</t>
-[...20 lines deleted...]
-    <t>Invensi ini mengenai alat dan metode pelukaan batang pohon untuk pengamatan pembentukan kayu. Alat pelukaan batang pohon untuk pengamatan pembentukan kayu terbuat dari stainless steel anti karat berbentuk T yang dilengkapi jarum. Alat pelukaan terdiri atas bagian untuk menggenggam alat dan bagian untuk memasukkan jarum. jarum terdiri atas bagian ulir jarum dan ukuran jarum dengan variasi diameter jarum 1 mm, 2 mm dan 3 mm. Metode pelukaan dilakukan dengan langkah sebagai berikut: alat pelukaan digenggam dengan tangan terkuat, posisikan jarum tegak lurus kulit pohon pada ketinggian setinggi dada (1.3 meter) dari permukaan tanah. Jarum ditusukkan perlahanlahan melalui kulit luar sampai ke kayu bagian dalam dekat kambium. Kemudian, alat pelukaan ditarik sampai keluar area kulit. Selanjutnya, diberikan tanda khusus atau penomoran pada bagian kulit luar bekas tusukkan.</t>
+    <t>Kultur Parasit Plasmodium Asal Satwa Primata Untuk Model Uji In-Vitro Dan Ex-Vivo Bahan Aktif Anti-Malaria</t>
+  </si>
+  <si>
+    <t>15-Jan-2026</t>
+  </si>
+  <si>
+    <t>P00202600458</t>
+  </si>
+  <si>
+    <t>Invensi ini mengenai kultur parasit plasmodium asal spesies malaria Plasmodium inui dan P. cynomolgi yang menginfeksi satwa primata. Pengembangan obat malaria di satwa primata sangat dibutuhkan sebelum diberikan ke manusia, karena bersifat zoonosis. Pengembangan kultur parasit malaria ke depannya dapat digunakan untuk menguji kandidat obat malaria secara ex-vivo sebelum diujicobakan secara in-vivo pada satwa primata perlu dioptimasi, upaya menghindari penularan penyakit zoonosis ini pada manusia serta mengembangkan kandidat obat malaria baru. Tahapan dalam pengembangan model kultur in-vitro ini melalui koleksi darah beruk dan Monyet Ekor Panjang (MEP)di Fasilitas Hewan PSSP IPB, analisis mikroskopik dan teknik molekuler. Koleksi sampel diperoleh 5 sampel darah Beruk dan 71 sampel MEP. Hasil Pemeriksaan preparat ulas darah terkonfirmasi positif 4 ekor MEP dan 1 ekor beruk. Pemeriksaan molekuler diperoleh 26 ekor MEP dan 1 ekor Beruk terkonfirmasi positif. Hasil analisa 10 ekor sekuen nukelotida terdeteksi 9 ekor Plasmodium inui, dan 1 ekor terdeteksi P. cynomolgi. Kultur Parasit Plasmodium cynomolgi dan P. inui In-vitro dapat bertahan menggunakan media FBS 10% dan Albumax 10%. Pertumbuhan parasetimia bertahan 3,8% sampai hari ke 6, mengindikasikan parasit ini dapat dikultur dan digunakan sebagai model in-vitro dalam bidang kesehatan untuk penanggulangan penyakit malaria yang efektif pada satwa primata dan manusia</t>
+  </si>
+  <si>
+    <t>Marka Molekuler Gen Calpain 1 SNP G.5959C&gt;T Untuk Sifat Keempukan Daging Pada Sapi Bali</t>
+  </si>
+  <si>
+    <t>P00202512945</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Rudy Priyanto</t>
+  </si>
+  <si>
+    <t xml:space="preserve">: Invensi ini berkaitan dengan penemuan marka molekuler berupa Single Nucleotide
+Polymorphism (SNP) g.5959C&amp;gt;T pada gen Calpain 1 (CAPN1) yang berasosiasi dengan sifat
+keempukan daging pada sapi Bali (Bos javanicus). Invensi ini meliputi rancangan primer
+spesifik untuk identifikasi SNP tersebut, dengan sekuen basa: Forward 5&amp;rsquo;CTACAGCTCCTCGGAGTGGA-3&amp;rsquo;
+dan Reverse 5&amp;rsquo;-GTGCGGACAGAGGAGACTTC-3&amp;rsquo;. Melalui
+tahapan teknis meliputi ekstraksi DNA, amplifikasi segmen target menggunakan PCR,
+verifikasi hasil dengan elektroforesis, DNA sequencing dan validasi genotipe melalui teknik
+PCR-RFLP menggunakan enzim pemotong BstUI (5&amp;rsquo;-CCGG-3&amp;rsquo;), ditemukan enam SNP baru
+pada gen CAPN1, salah satunya SNP g.5959C&amp;gt;T yang menunjukkan asosiasi signifikan
+terhadap sifat fisik daging, khususnya nilai shear force (P&amp;lt;0,05). Genotipe heterozigot CT
+dari SNP g.5959C&amp;gt;T menunjukkan nilai shear force paling rendah (4,34 kg/cm&amp;sup2;), yang
+menandakan tekstur daging lebih empuk dibandingkan genotipe CC dan TT. Dengan
+demikian, primer spesifik yang dihasilkan dalam invensi ini dapat digunakan sebagai
+metode identifikasi genotipe secara akurat dan efisien. Dengan demikian penggunaan
+marka gen CAPN1 SNP g.5959C&amp;gt;T dapat diaplikasikan sebagai metode untuk MarkerAssisted
+Selection (MAS) pada individu sapi Bali dengan tujuan menghasilkan daging
+premium berdasarkan tingkat keempukan.</t>
   </si>
   <si>
     <t>Dr. Mochammad Sriduresta Soenarno, S.Pt., M.Sc.</t>
   </si>
   <si>
     <t>Formula dan Metode Pembuatan Tortilla Tempe Kedelai Berkadar Protein Tinggi</t>
   </si>
   <si>
     <t xml:space="preserve"> P00202309466</t>
   </si>
   <si>
     <t>Dr. Ir. Muhammad Arpah, M.Si.</t>
   </si>
   <si>
     <t>Yang diungkapkan disini adalah Suatu formula tortilla tempe kedelai yang terdiri dari 85- 90 % tempe segar, 8-10 % tepung maizena, 0.5- 1 % kunyit dan 5 - 10 % air. Selain itu diungkapkan juga metoda pembuatan tortilla tempe kedelai yang meliputi mengeringkan adonan tortilla menggunakan pengering oven pada suhu 150oC selama 35 menit dan selanjutnya menggoreng hasil tortilla kering pada suhu 180oC selama 10 detik. Adapun produk yang dihasilkan adalah tortilla tempe dengan kadar protein 31.98 %.</t>
   </si>
   <si>
     <t xml:space="preserve">:   PAKAN   KUCING   DENGAN   FLAVOR   BERBEDA   BERBASIS   BAHAN   BAKU   LOKAL   UNTUK MENINGKATKAN PALATABILITAS, PERFORMA DAN KEKEBALAN TUBUH </t>
   </si>
   <si>
     <t>16-Jul-2025</t>
   </si>
   <si>
     <t>S00202506624</t>
   </si>
   <si>
     <t>Dr. Hasliza Abu Hasim</t>
   </si>
   <si>
     <t xml:space="preserve">: Pakan kucing berbasis bahan baku lokal (daging ayam, tepung udang, keju, rumput laut, krill, premiks, methionin, taurin) dan dengan penambahan kaldu ayam atau kaldu ikan, merupakan salah satu pakan yang di klaim dapat meningkatkan palatabilitas, konsumsi pakan, performa dan mempertahankan kekebalan tubuh kucing domestik. Pakan tersebut mengandung 17-18% protein, rendah lemak dan serat kasar serta 100-117 kkal energi bruto.  Data  ini  diperoleh  dari  pengamatan  pemberian  pakan  komersial  dibandingkan pakan berbahan baku lokal dengan flavor kaldu ayam atau kaldu ikan selama 8 minggu. Hasil  pengamatan menunjukkan adanya  meningkatkan skor  palatabilitas 4,71-4,88  dari skala  5,  meningkatkan  konsumsi  bahan  kering,  protein  dan  energi,  mendukung pertambahan bobot badan secara optimal serta mempertahankan kekebalan tubuh kucing, dibandingkan dengan pakan komersial sebagai kontrol. Klaim 1 produk pakan berbahan baku  lokal,  klain  2  komposisi  nutrien  kaya  protein  dan  energi  serta  klaim  3  adanya peningkatan palatabilitas dan performa kucing lokal dewasa menjadi keutamaan.</t>
   </si>
   <si>
     <t>drh. Isdoni, M.S.</t>
   </si>
   <si>
     <t>Herawati, S.E., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Wulan Tri Wahyuni S., S.Si., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>drh. Usamah Afiff, M.Sc.</t>
   </si>
   <si>
     <t>Dr. Dra. Nisa Rachmania, M.Si.</t>
   </si>
   <si>
-    <t>Perangkap Krendet Bertingkat 2 Pintu dan Booster Umpan Beku untuk Pemanfaatan Krustasea Yang Dioperasikan Dengan Sistem Koloni Pelampung Tunggal</t>
-[...10 lines deleted...]
-  <si>
     <t>Komposisi Keju Mozzarella dengan Penambahan Rennet Nabati dan Probiotik lactiplantibacillus Plantarum Subsp. Plantarum Strain iia-1a5</t>
   </si>
   <si>
     <t>27-Mar-2025</t>
   </si>
   <si>
     <t>S00202503000</t>
   </si>
   <si>
     <t>Nurul Hidayati, S.E., M.Si.</t>
   </si>
   <si>
     <t xml:space="preserve">Keju  mozzarella  dengan  penambahan  rennet  nabati  dan  probiotik Lactiplantibacillus plantarum subsp. plantarum strain IIA-1A5 merupakan inovasi dalam diversifikasi produk susu  fermentasi.  Penggunaan  rennet  nabati  sebagai  bahan  koagulan  alternatif  serta bakteri  asam  laktat  lokal  bertujuan  meningkatkan  keberlanjutan  produk,  manfaat kesehatan,  serta  kualitas  sensoris  dan  tekstur  keju.  Komposisi  keju  meliputi  susu  sapi murni, rennet nabati, starter probiotik, asam sitrat dan garam. Proses pembuatan dimulai dengan pasteurisasi susu pada 63 C selama 30 menit, dilanjutkan dengan pendinginan hingga 35 - 40 C dan ditambahkan asam sitrat serta starter probiotik. Susu difermentasi selama  60  menit  dan  ditambahkan  rennet  nabati  untuk  membentuk  curd.  Curd  yang terbentuk dipisahkan dari whey, kemudian dipanaskan dalam larutan whey bersuhu 70 - 80 C hingga memperoleh tekstur elastis khas mozzarella. Selama proses stretching, garam 1,5%  ditambahkan  untuk  meningkatkan  rasa  dan  stabilitas  produk.  Hasil  analisis menunjukkan keju memiliki kandungan protein yang tinggi 11 g, lemak total 3,5 g, dan karbohidrat  rendah  1  g,  sehingga  cocok  untuk  pola  makan  tinggi  protein  dan  rendah karbohidrat.  Produk ini dapat dikonsumsi sebagai fresh mozzarella atau disimpan pada suhu  rendah  (4  -  8  C).  Inovasi  ini  berpotensi  memperluas  pasar  keju mozzarella  yang ramah lingkungan, kaya probiotik, serta memiliki manfaat kesehatan yang lebih baik bagi konsumen.</t>
   </si>
   <si>
     <t>Formulasi MP-ASI Kudapan Bubur Kanji Rumbi Instan dan Proses Pembuatannya</t>
   </si>
   <si>
     <t>27-Dec-2023</t>
   </si>
   <si>
     <t>P00202314707</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan formulasi bubur kanji rumbi instan (formula F1) dengan komposisi bahan yang paling dominan berkisar 28,6-1% yaitu beras, daging ayam, santan, wortel, kentang, tepung telur puyuh, bawang merah, bawang putih, tomat, minyak sawit, daun bawang dan daun seledri. Persentase bahan lainnya berkisar 0,3-0,05% yang meliputi, ketumbar, jahe, lengkuas, kapulaga, bunga lawang, daun kari, daun pandan, jintan, adas dan garam. Metode pemasakan yang digunakan yaitu menumis, blanching, merebus dan drum drayer. Bubur kanji rumbi instan memiliki kandungan padat energi 448 kal, tinggi protein 20,22 g, vitamin A 175,65 mg, seng 2,46 mg, besi4,30 mg, fosfor 208,83 mg, magnesium 38,60 mg, iodium 57,55 mg dan mengandung serat, vitamin B12, natrium, asam amino dan asam lemak. Sehingga bubur kanji rumbi instan ini cukup berpotensi untuk mendukung pertumbuhan dan perkembangan anak baduta gizi kurang usia 12-23 bulan.</t>
   </si>
   <si>
-    <t>Formula Nano-Nasal Spray Ansiolitik Termosensitif Dari Sulforafan Ekstrak Microgreen Brokoli Sebagai Terapi Kecemasan Dalam Pencegahan Depresi Dini</t>
-[...14 lines deleted...]
-    <t>16-Oct-2025</t>
+    <t>Alat Purifikasi Air Hujan Bertenaga Surya Menggunakan Sistem Reverse Osmosis</t>
+  </si>
+  <si>
+    <t>03-Feb-2026</t>
+  </si>
+  <si>
+    <t>S00202601099</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan penggunaan membrane reverse osmosis sebagai alat purifikasi air hujan menjadi air bersih dan air minum. Reverse osmosis diketahui mampu menyaring air yang terkontaminasi secara kimiawi dengan menghilangkan bahan kimia, racun, serta zat terlarut maupun tidak terlarut. Invensi ini menghadirkan sistem purifikasi air hujan yang dirancang portable dan digerakkan menggunakan tenaga surya, sehingga dapat beroperasi secara mandiri pada wilayah yang sulit dijangkau jaringan listrik maupun pasokan air bersih. Sistem purifikasi terdiri dari tahapan pre-treatment, reverse osmosis, dan post-treatment yang meliputi sediment filter, granular activated carbon, carbon block, membran reverse osmosis, post-carbon, ORP filter, serta remineralized filter. Rangkaian ini memungkinkan air hujan diproses menjadi air bersih dan air minum sesuai baku mutu Peraturan Menteri Kesehatan Republik Indonesia Nomor 2 Tahun 2023. Alat ini juga dilengkapi pressure tank, pompa pendorong, kombinasi low dan high pressure switch, serta sistem kelistrikan berbasis panel surya untuk memastikan operasi yang stabil, aman, dan efisien. Pengujian menunjukkan bahwa alat mampu memenuhi parameter fisik, kimiawi, dan mikrobiologi air minum yang dipersyaratkan, serta menghasilkan kapasitas purifikasi hingga 378,54 liter per hari. Invensi ini berpotensi menjadi solusi pemanfaatan air hujan sebagai sumber air minum berkelanjutan, khususnya pada daerah yang mengalami krisis air bersih</t>
+  </si>
+  <si>
+    <t>Pakan Ayam Berimbuhan Igy Anti Klebsiella sp dan Potensinya Mengurangi Penggunaan Antibiotik</t>
   </si>
   <si>
     <t>P00202510438</t>
   </si>
   <si>
     <t>Dr. drh. Rahmat Hidayat, M.Si.</t>
   </si>
   <si>
     <t>Departemen Ilmu Penyakit Hewan dan Kesehatan Masyarakat Veteriner</t>
   </si>
   <si>
     <t xml:space="preserve">Antibiotik  saat  ini  dianggap  kurang  efektif  karena  munculnya  resistansi  antibiotik  di seluruh dunia. Sebanyak 400 sampel diisolasi dari peternakan ayam di Kabupaten Bogor, Cianjur, dan Sukabumi, lalu diidentifikasi melalui serangkaian uji kultur, pewarnaan dan biokimia. Dari 400 sampel isolat yang diuji, diperoleh 40 isolat positif Klebsiella sp. Hasil uji resistansi  terhadap  40 isolat Klebsiella sp ini  menunjukkan  hasil bahwa  hanya 2 isolat Klebsiella sp  yang  tidak  menunjukkan  resistansi  antibiotik  sama  sekali.  Hasil  lainnya adalah pada minggu ketujuh setelah vaksinasi ditemukan adanya IgY positif anti Klebsiella sp. Uji tantang setelah pemberian pakan formulasi IgY tidak menyebabkan kematian pada ayam. Kelompok perlakuan pakan IgY ayam baik 10% atau 20%, menunjukkan perilaku normal, sehat, memiliki nafsu makan yang baik dan feses kering. Sedangkan ayam yang tidak menerima pakan IgY menunjukkan perilaku abnormal, kurang lincah, kurang nafsu makan  dan  kotoran  basah.  Hasil  uji  respon  non  spesifik  (Clearance  test)  menunjukkan semua ayam perlakuan isolat resistan bernilai baik (100%), sedangkan pada kelompok isolat sensitif ada sebanyak 25% ayam perlakuan tidak mencapai nilai baik. Hasil uji silang reaksi pengujian IgY anti Klebsiella sp terhadap bakteri E. coli dan Salmonella sp adalah negatif yang artinya tidak memberikan dampak perlindungan.</t>
   </si>
   <si>
-    <t>Formula Sampo Dengan Ekstrak Daun Pandan untuk Mengurangi Rambut Rontok dan Psoriasis Pada Kulit Kepala</t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Invensi ini berkaitan dengan produk Sampo berbahan dasar ekstrak daun pandan wangi (Pandanus  amaryllifolius  Roxb),  yang  digunakan  sebagai  solusi  alami  untuk  mengatasi kerontokan rambut  dan masalah psoriasis  pada  kulit kepala.  Sampo  ini  memanfaatkan kandungan antioksidan alami dalam daun pandan yang berfungsi melindungi rambut dari kerusakan  sel  dan  mendorong  pertumbuhan  rambut  sehat.  Proses  produksi  dilakukan dengan metode ekstraksi maserasi untuk memperoleh kualitas ekstrak terbaik. Formula produk  ini  dikombinasikan  dengan  bahan  pendukung  seperti Cocamide  DEA,  Sodium Methyl  Cocoyl  Taurate,  Coco  Betaine, Sodium  Cocoyl  Isethionate,  Decyl  Glucoside, Glycerin, Salicylic Acid, Ekstrak daun lidah buaya (Aloe vera), HPMC, Rosemary Oil, Tea Tree Oil, Panthenol, PEG-40 Hydrogenated Castor Oil, Fragrance Oil Chamomile, Sodium benzoate,  Air  murni  (Akuades)  untuk  menghasilkan  sampo  yang  tidak  hanya membersihkan rambut, tetapi juga menutrisi, melembapkan, serta membantu mengurangi ketombe dan psoriasis pada kulit kepala. Sebagai produk alami yang inovatif dan halal, sampo  ini  menawarkan  alternatif  perawatan  rambut  yang  aman  dan  sesuai  dengan kebutuhan konsumen di Indonesia maupun pasar global</t>
+    <t>Proses Pembuatan Split Virus Avian Influenza H5N1 Berbasis Inaktivasi Formalin dan Splitting Kloroform</t>
+  </si>
+  <si>
+    <t>P00202513337</t>
+  </si>
+  <si>
+    <t>Dr. drh. Christian Marco Hadi Nugroho, M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berkaitan dengan proses produksi split virus Avian Influenza (AI) subtipe H5N1
+yang digunakan sebagai bibit vaksin inaktif. Proses ini meliputi tahapan pencampuran
+suspensi virus dengan larutan phosphate-buffered saline (PBS) steril yang mengandung
+200 &amp;micro;g/mL penisilin dan 100 &amp;micro;g/mL streptomisin dalam rasio 1:10, diikuti dengan
+propagasi dalam telur ayam berembrio spesifik patogen bebas (SPF) berumur 11 hari.
+Telur diinkubasi pada 37 &amp;deg;C selama 48 jam, dan cairan allantois dikumpulkan dari embrio
+yang mati antara 24&amp;ndash;48 jam pasca inokulasi setelah pendinginan semalam. Virus yang
+berhasil dipropagasi dikonfirmasi dengan uji hemaglutinasi (HA) dan selanjutnya
+diinaktivasi menggunakan formalin (0,02&amp;ndash;0,05%) pada 4 &amp;deg;C selama 24&amp;ndash;48 jam. Tahap
+splitting dilakukan menggunakan pelarut organik kloroform dalam rasio 1:1 (v/v) pada
+suhu ruang selama 30&amp;ndash;60 menit, diikuti dengan sentrifugasi untuk memperoleh fraksi
+antigen. Hasil akhir berupa split virus H5N1 yang telah terinaktivasi disimpan dalam
+alikuot 1 mL pada suhu &amp;ndash;80 &amp;deg;C untuk digunakan sebagai bibit vaksin inaktif. Proses ini
+tidak memerlukan deterjen non-ionik dan memberikan hasil antigen yang stabil, aman,
+dan memiliki integritas protein HA dan NA yang terjaga.</t>
   </si>
   <si>
     <t>Dra. Dewi Sartiami, M.Si., Ph.D.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Dedi Jusadi, M.Sc.</t>
+    <t>Metode Ekstraksi Enzimatis Polisakarida Kaya Mannan Dari Bungkil Inti Sawit</t>
+  </si>
+  <si>
+    <t>S00202511439</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Penerapan  metode  enzimatis  dalam  proses  ekstraksi mannan-rich  polysaccaride dari bungkil inti sawit (BIS) sangat penting untuk memperoleh komponen sumber prebiotik. Saat ini struktur dinding sel BIS masih sulit didegradasi. Namun, kandungan mannan dan mannan  oligosakarida  sebagai  sumber  prebiotik  sangat  potensial.  Metode  sebelumnya dengan metode hot water ekstraxtion memperoleh persentase mannan yang masih relatif rendah.  Oleh  sebab  itu,  kajian  lanjutan  mengenai  metode  ekstrak  BIS  dikembangkan dengan metode ekstraksi enzimatis. Invensi ini memanfaatkan kombinasi pengolahan fisik, kimia  dan  biologis  untuk  bungkil  inti  sawit.  Metode  ini  telah  membuktikan  mampu meningkatkan rendemen bahan kering (BK), rendemen mannan-rich polysaccaride (MRPE), hemiselulosa recovery dan efektivitas MRPE terhadap uji keampuhan bakteri patogen yaitu Salmonella sp. sebesar 15,27%-17,08% dan E. coli sebesar 16,49%-24,72%.  Selain itu, MRPE ini juga telah diperoleh dalam bentuk serbuk yang aplikatif untuk diformulasi dalam ransum ternak, utamanya ternak unggas.</t>
   </si>
   <si>
     <t>Fakultas Matematika dan Ilmu Pengetahuan Alam</t>
   </si>
   <si>
     <t>Prof. Dr. drh. I Wayan Teguh Wibawan, M.S.</t>
   </si>
   <si>
-    <t>Aliati Iswantari, S.Pi., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Metode Pembuatan Katalis Karbon Dari Limbah Gliserol Dan Penggunaannya Dalam Sintesis Triasetin Sebagai Aditif Bahan Bakar</t>
   </si>
   <si>
     <t>P00202415461</t>
   </si>
   <si>
     <t>Neli Muna, STP, M.Si</t>
   </si>
   <si>
     <t>Glycerine pitch (GP) merupakan limbah dari proses pemurnian gliserol yang tidak memiliki nilai ekonomi, belum dimanfaatkan, dan membutuhkan biaya penanganan yang cukup besar. Invensi ini menghasilkan metode pembuatan katalis karbon dari GP yang dapat digunakan untuk pembuatan triasetin sebagai aditif bahan bakar. Proses pembuatan katalis karbon gliserol melalui sulfonasi parsial, karbonisasi dan injeksi nitrogen. Hasil pengujian menunjukkan katalis karbon memiliki luas permukaan 28.2 m2/g, struktur nanopori dan mengandung sulfat yang berperan sebagai gugus aktif dalam proses katalisis. Katalis karbon gliserol digunakan sebagai katalis dalam pembuatan triasetin melalui asetilasi gliserol dan asam asetat pada suhu 90 &amp;ndash; 130&amp;deg;C selama 2 &amp;ndash; 4 jam. Hasil pengujian menunjukkan tingkat konversi gliserol yang cukup tinggi, sebesar 93.44% dengan komposisi monoasetin, diasetin dan triasetin berturut turut sebesar 50.61%, 4.16% dan 38.67%. Keunggulan teknologi proses pembuatan katalis karbon yang dihasilkan dari invensi ini adalah dapat digunakan untuk bahan baku berupa limbah gliserol seperti glycerine pitch atau bahan baku lainnya yang kaya material organik, proses sederhana, berlangsung pada tekanan atmosfer sehingga tidak membutuhkan investasi alat yang besar. Selain itu proses aktifasi katalis melalui sulfonasi parsial menggunakan asam sulfat yang mudah diperoleh dengan harga terjangkau.</t>
   </si>
   <si>
+    <t>Proses Pembuatan Imunostimulan Cair Rumput Laut Fermentasi Untuk Stimulasi Pertumbuhan Dan Ketahanan Tanaman</t>
+  </si>
+  <si>
+    <t>31-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202515589</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan proses pembuatan imunostimulan cair yang diperoleh dari ekstrak rumput laut tropis hasil budidaya yang difermentasi secara terkontrol untuk menghasilkan sediaan cair kaya senyawa bioaktif dan mudah diaplikasikan pada tanaman. Proses dilakukan melalui fermentasi bahan organik rumput laut yang kaya fitohormon, polisakarida, fenolik, dan flavonoid hingga terbentuk sediaan cair berwarna kecokelatan yang mengandung senyawa bioaktif alami. Produk diaplikasikan sebagai biostimulan organik pada tanaman untuk meningkatkan kualitas hasil dan efisiensi pemupukan. Uji lapangan pada tanaman jagung menunjukkan bahwa imunostimulan berbasis rumput laut fermentasi menghasilkan peningkatan nilai total padatan terlarut (&amp;deg;Brix) dari 5 pada kontrol pupuk kimia menjadi 13 dan 18 pada dua formulasi berbeda, serta meningkatkan efisiensi penggunaan pupuk hingga sekitar 30 %. Invensi ini menampilkan proses sederhana, berbasis bahan lokal, dan berpotensi diterapkan pada sistem pertanian berkelanjutan.</t>
+  </si>
+  <si>
     <t>Drs. Saefudin, M.Pd.</t>
   </si>
   <si>
-    <t xml:space="preserve">WADAH PENDEDERAN IKAN KERAPU  SISTEM INTEGRATED MULTI-TROPHIC AQUACULTURE (IMTA) </t>
-[...10 lines deleted...]
-  <si>
     <t>Prof. Dr. Ir. Sri Anna Marliyati, M.S.</t>
   </si>
   <si>
     <t>Susan Irmayani, S.Si.</t>
   </si>
   <si>
-    <t>Zuraidah Nasution, S.T.P., M.Sc., Ph.D.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Deden Saprudin, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Mrr. Lukie Trianawati, S.T.P., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr.nat.techn. Lukmanul Hakim Zaini, S.Hut., M.Sc.</t>
   </si>
   <si>
     <t>drh. Budhy Jasa Widyananta, M.Si.</t>
   </si>
   <si>
     <t>Sazli Tutur Risyahadi, S.T.P., M.T.</t>
   </si>
   <si>
     <t>Nadya Cakasana, S.Kel., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Widodo, M.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>Devi Murtini, S.Pt., M.Sc</t>
   </si>
   <si>
-    <t>Metode Pengukuran Kadar Hemoglobin Darah Secara Non Invasif</t>
-[...5 lines deleted...]
-    <t>P00202208236</t>
+    <t>Dr. Yudith Vega Paramitadevi, S.T., M.Si.</t>
   </si>
   <si>
     <t>dr. Naufal Muharam Nurdin, M.Si.</t>
   </si>
   <si>
-    <t>Invensi ini merupakan suatu metode pengukuran kadar hemoglobin darah secara non invasif berupa perhitungan secara algoritmik yang diinstalkan pada suatu alat ukur kadar hemoglobin berbasis spektrofotometer. Pada dalam invensi ini, setiap pengukuran dimodelkan sebagai sebuah objek data relasional. Pengukuran kadar hemoglobin darah diawali dengan pengambilan data analog dari sensor fotodioda dan melakukan optimasi dengan FFTW yang direpresentasikan dalam format kueri SQL dan diakses menggunakan konektor SQL. Hasil algoritma ini berupa inferensi spektrum keluaran sensor menjadi nilai kadar kadar hemoglobin darah dalam satuan standar medis.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prof. Dr. Ir. I Ny. Jaya Wistara, M.S.</t>
   </si>
   <si>
+    <t>Dr. Mohammad Khotib, S.Si., M.Si.</t>
+  </si>
+  <si>
     <t>Mesin Cylinder Vacuum Cooker dan Penggunaannya</t>
   </si>
   <si>
     <t>16-Nov-2023</t>
   </si>
   <si>
     <t>P00202312342</t>
   </si>
   <si>
     <t>Dr. Faleh Setia Budi, S.T., M.T.</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan cylinder vacuum cooker untuk mengoptimalkan proses produksi rendang secara efektif dan efisien sehingga dapat memaksimalkan profitabilitas UMKM rendang. Lebih lanjut lagi invensi ini berkaitan dengan suatu mesin cylinder vacuum cooker untuk produksi rendang yang terdiri atas sistem pemasakan vakum berupa tabung pemasakan vakum, pompa sentrifugal, dan drum air. Selanjutnya adalah sistem pengaduk otomatis yang terdiri dari helix pengaduk, gearbox, vanbelt, pulley dan motor penggerak. Terakhir, lat ini memiliki pengatur suhu otomatis yang terditi dari burner, termokopel dan termostat. Proses penggunaan mesin ini diawali dengan menyalakan burner dan seluruh perangkat kelistrikan pada sistem monitoring controlling. Selanjutnya, mengatur sistem vakum di tekanan 66-75 cmHg serta mengatur suhu pada pengatur suhu otomatis pada 70&amp;deg;C-75&amp;deg;C (pada 1-1,5 jam awal pemasakan). Kemudian pada waktu selanjutnya suhu dapat diturunkan ke 60&amp;deg;C-65&amp;deg;C hingga proses pemasakan selesai. Pemasakan dimulai bersamaan dengan dinyalakannya pengaduk otomatis. Setelah selesai proses pemasakan, sistem vakum serta burner dimatikan dengan menekan tombol off kemudian mengeluarkan hasil rendang dan menonaktifkan sistem kelistrikan pada monitoring controlling. Mesin telah dilengkapi dengan sistem otomatisasi sehingga kemudahan ini berpotensi mengurangi beban usaha yang dilakukan karyawan sehingga dapat mengurangi upah kerjanya.</t>
   </si>
   <si>
-    <t xml:space="preserve">KOMPOSISI DAN PEMBUATAN  BAHAN PELAPIS BERBASIS DAMAR MATA KUCING UNTUK GENTENG KOMPOSIT BAGAS SORGUM </t>
-[...4 lines deleted...]
-  <si>
     <t>Rudi Hartono</t>
   </si>
   <si>
-    <t xml:space="preserve">Invensi ini berkaitan dengan suatu komposisi dan proses pembuatan bahan pelapis untuk genteng komposit bagas sorgum berbasis resin alami, lebih khususnya komposisi bahan pelapis  menggunakan  bahan  baku  resin  damar  mata  kucing.  Bahan  produk  menurut invensi  ini  terdiri  dari  (a)  resin  damar  mata  kucing  dan  b)  pelarut  organik.  Komposisi pelapis sesuai invensi ini terdiri dari pelarut organik dan resin damar. Metode pembuatan diawali dengan pembersihan serbuk resin dari pengotor, penggilingan hingga diperoleh ukuran 60&amp;ndash;100 mesh, dan pencampuran dengan pelarut organik pada suhu 60 &amp;deg;C selama 15&amp;ndash;20 menit. Invensi ini mengungkapkan bahwa proses pembuatan bahan pelapis dalam invensi ini memiliki proses pembuatan yang singkat. Selain itu, kualitas genteng komposit bagas sorgum terlapisi pelapis berbasis resin damar mata kucing memiliki nilai kerapatan, kadar air, pengembangan tebal yang telah memenuhi standar JIS A 5908 2003. Selain itu, performa permukaan genteng komposit bagas sorgum meningkat yang ditunjukkan dari permukaan yang lebih halus dan mengkilap.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prof. Dr. Farah Fahma, S.T.P., M.T.</t>
   </si>
   <si>
-    <t>METODE DAN PRODUK BIO-COLORING SERAT SUTRA ERI (Samia cynthia ricini) YANG BERWARNA DAN BERLUMINESENSI</t>
+    <t>Metode dan Produk Bio-Coloring Serat Sutra Eri (Samia cynthia Ricini) yang Berwarna dan Berluminesensi</t>
   </si>
   <si>
     <t>P00202308166</t>
   </si>
   <si>
     <t>Dr. Yuni Cahya Endrawati, S.Pt., M.Si.</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan metode pewarnaan bio-coloring serat sutra Eri (Samia cynthia ricini) dengan memodifikasi pakan larva ulat sutra menggunakan zat pewarna tertentu yang menghasilkan produk serat sutra berwarna dan berluminesensi secara inheren. Ulat sutra Eri diberi pakan termodifikasi rodamina B dengan konsentrasi rodamina B 0,1&amp;mdash;0,5%b/b yang menghasilkan serat berwarna merah muda dan pakan termodifikasi auramina O dengan konsentrasi auramina O 0,2&amp;mdash;2%b/b yang menghasilkan serat berwarna kuning. Produktivitas budidaya ulat sutra Eri yang diberi pakan termodifikasi rodamina B dan auramina sebanding dengan ulat sutra Eri yang diberi pakan tanpa modifikasi. Kelebihan invensi ini dibandingkan invensi sebelumnya adalah metode pewarnaan in vivo akumulasi zat pewarna pada ulat sutra Eri dengan modifikasi pakan larva ulat sutra yang menghasilkan serat sutra berwarna dan berluminesensi secara inheren. Warna serat sutra Eri yang dihasilkan tidak hilang setelah proses degumming dan nilai kuat tarik seratnya tidak menurun. Metode tersebut dapat menjadi metode pewarnaan serat sutra Eri yang efektif dan sustainable. Invensi ini dapat memberi manfaat bagi peternak ulat sutra Eri karena dapat mudah memberikan warna pada kokon ulat sutra Eri tanpa mencemari lingkungan dan invensi ini benar-benar menyajikan suatu penyempurnaan yang sangat praktis khususnya pada produksi serat berwarna merah muda dan kuning secara inheren.</t>
   </si>
   <si>
     <t>Prof. Dr. Husin Alatas, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Tamrin Khamidi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Wahyu Adi Setyaningsih, S.I.K., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Niken Tunjung Murti Pratiwi, M.Si.</t>
-[...2 lines deleted...]
-    <t>Dr. Inna Puspa Ayu, S.Pi., M.Si.</t>
+    <t>Rachmitasari Noviana, S.K.H.,M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ono Suparno, S.T.P., M.T.</t>
   </si>
   <si>
     <t>Maya Ismayati, Ph.D.</t>
   </si>
   <si>
-    <t>Dr. Beginer Subhan, S.Pi., M.Si.</t>
-[...20 lines deleted...]
-    <t>Walidatush Sholihah, S.Si., M.Kom.</t>
+    <t>Prof.(R). Dr. Gustan Pari, MSi, Dipl, BSc</t>
+  </si>
+  <si>
+    <t>Formula Starter Konsorsium Mikroba Bakteri Asam Laktat Dalam Mereduksi Kalsium Oksalat Dan Proses Pembuatannya</t>
+  </si>
+  <si>
+    <t>P00202511436</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berkaitan  dengan  suatu  formula  starter konsorsium  mikroba  bakteri  asam laktat  (BAL)  yang  dirancang  khusus  untuk  mereduksi  kandungan  kalsium  oksalat  pada bahan  pangan  tinggi  antinutrisi.  Formula  ini  terdiri  atas Lactobacillus  plantarum, Lactobacillus acidophilus, dan Pediococcus pentosaceus Sinergitas ketiga strain tersebut menghasilkan  enzim  oksalat  dekarboksilase,  oksalat  oksidase,  dan  asam  organik  yang berperan  dalam  degradasi  oksalat  hingga  mencapai  reduksi  99,7%.  Proses  pembuatan dilakukan  melalui  inokulasi,  perbanyakan  kultur,  pencampuran  konsorsium  homogen, sentrifugasi, pencucian, dan resuspensi dalam susu skim sebagai krioprotektan. Suspensi konsorsium kemudian diproses melalui metode pengeringan freeze drying, spray drying, atau vacuum drying untuk menghasilkan starter berbentuk serbuk dengan kadar air &amp;le;8% dan viabilitas &amp;ge;108 CFU/g. Produk kering yang diperoleh stabil disimpan minimal tiga bulan pada suhu ruang dan dikemas dalam wadah aluminium foil kedap udara. Invensi ini dapat diaplikasikan  pada  fermentasi  pangan  berbasis  pati  atau  umbi-umbian  serta  memiliki potensi penerapan dalam industri pangan fungsional dan kosmetika.</t>
   </si>
   <si>
     <t>Formulasi Dan Produk Sampo Kucing Tanpa Bilas Berbasis Air Cucian Beras, Lerak Dan Rosemari</t>
   </si>
   <si>
     <t>P00202310436</t>
   </si>
   <si>
     <t>Invensi merupakan inovasi formulasi dan produk sampo kucing tanpa dibilas menggunakan air (dry foam sampoo) untuk membersihkan dan merawat rambut kucing. Masalah utama yang diatasi oleh produk ini yaitu keberadaan kutu pada kucing, kerontokan rambut kucing dan adanya potensi infeksi ektoparasit. Produk ini memiliki formula khusus yang terdiri dari bahan-bahan alami, yaitu air cucian beras, ekstrak buah lerak, essential oil rosemari, surfaktan, NaOH, asam sulfat, dan esens pewangi bunga shakura. Bahan-bahan alami ini memberikan manfaat tidak hanya untuk membersihkan rambut kucing tetapi juga untuk merawat kesehatannya. Dengan produk ini, perawatan kucing menjadi lebih efisien dan efektif dalam menjaga kebersihan dan kesehatan kucing. Produk ini diharapkan dapat menjadi solusi yang praktis dan efektif bagi pemilik kucing dalam merawat hewan peliharaan.</t>
   </si>
   <si>
+    <t>Perangkat Pemantauan Dan Pelacakan Kapal Perikanan Skala Kecil Berbasis GNSS Dengan Penentuan Status Operasional Lokal Dan Manajemen Daya Adaptif</t>
+  </si>
+  <si>
+    <t>12-Jan-2026</t>
+  </si>
+  <si>
+    <t>S00202600264</t>
+  </si>
+  <si>
+    <t>Dr. Muhammad Iqbal, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini mengungkap suatu perangkat pelacakan kapal perikanan skala kecil yang adaptif dan hemat daya, yang direalisasikan sebagai sistem instrumentasi mandiri berbasis perangkat keras tertanam berdaya rendah. Perangkat mencakup suatu unit pemroses tertanam yang terhubung dengan modul Global Navigation Satellite System (GNSS), modul komunikasi seluler berdaya rendah berbasis LTE/NB-IoT, rangkaian pemantauan baterai, sensor lingkungan, serta media penyimpanan data lokal. Unit pemroses dikonfigurasikan untuk menentukan status operasional kapal secara lokal pada perangkat tanpa ketergantungan pada sistem terpusat, dengan mengklasifikasikan kondisi kapal ke dalam paling tidak status sandar, status berlayar, dan status operasi penangkapan ikan berdasarkan kombinasi parameter kecepatan, perubahan posisi geografis, perubahan arah pergerakan (heading), serta status catu daya perangkat termasuk kondisi pengisian daya (charging atau tidak charging). Status operasional kapal yang ditentukan secara lokal tersebut digunakan sebagai parameter pengendali langsung untuk mengatur aktivasi modul GNSS dan modul komunikasi seluler, penentuan interval pengambilan dan pengiriman data, serta pengaturan durasi mode tidur hemat daya (deep sleep). Dengan demikian, invensi ini menyediakan suatu perangkat pelacakan kapal yang cerdas secara fungsional, berukuran kompak, berbiaya rendah, dan sesuai untuk kapal perikanan skala kecil yang memiliki keterbatasan kapasitas energi, dimensi fisik, dan ketersediaan jaringan komunikasi, serta berbeda secara fundamental dari sistem AIS dan VMS konvensional.</t>
+  </si>
+  <si>
     <t>Suatu Set Permainan Untuk Meningkatkan Pengetahuan Konsumen Dalam Pemilihan Produk</t>
   </si>
   <si>
     <t>13-Sep-2019</t>
   </si>
   <si>
     <t>S00201908083</t>
   </si>
   <si>
     <t>Ajat Sudrajat</t>
   </si>
   <si>
     <t>Departemen Ilmu Keluarga dan Konsumen</t>
   </si>
   <si>
     <t>Invensi ini menghasilkan suatu set permainan untuk meningkatkan pengetahuan konsumen dalam memilih produk yang sehat dan sesuai dengan kondisi keuangan. Secara spesifik, invensi ini terdiri dari papan permainan, dadu, kartu identitas, dan kartu pendukung. Kartu identitas berjumlah 4 kartu, terdiri dari kiki, koko, kono, dan kimi. Kartu pendukung berjumlah 79 kartu yang terdiri dari kartu shop 31 kartu, kartu attack 16 kartu, kartu defense 16 kartu, dan kartu bonus 16 kartu. Permainan ini dapat dimainkan maksimal 4 orang dan 1 orang untuk pemegang kartu dan sebagai pemandu permainan. Pemain dapat berjalan dengan cara melempar dadu dan melangkah sesuai dengan angka yang tertera pada dadu. Dimulai pada kotak start bersama-sama dan berakhir di kotak finish dan menjadi konsumen tercerdas versi game ini.</t>
   </si>
   <si>
-    <t xml:space="preserve">Formula Herbal Nefroprotektif yang Mengandung Ekstrak Daun Alpukat (Persea Americana Mill.) Dan Akar Alang-Alang (Imperata Cylindrica L.) </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Invensi  ini  menghasilkan  suatu  formula  herbal  nefroprotektif  yang  memanfaatkan kombinasi  ekstrak  etanol  daun  alpukat  (Persea  americana Mill.)  dan  akar  alang-alang (Imperata cylindrica L.). Hasil uji in silico menunjukkan senyawa bioaktif seperti Cymarin dan 2,4-Hexadienal memiliki afinitas ikatan yang tinggi serta konstanta inhibisi rendah terhadap protein target inflammasome NLRP3, dengan profil bioavailabilitas dan toksisitas yang baik. Pada uji in vivo, pemberian kombinasi ekstrak daun alpukat dan akar alang- alang selama 35 hari terbukti menurunkan atrofi glomerulus, nekrosis tubulus, endapan hialin, serta  kadar  Interleukin-18 (IL-18)  secara  signifikan dibandingkan kontrol negatif. Formula diperoleh melalui metode  maserasi simplisia dengan pelarut etanol  70% pada rasio 1:5, diulang sebanyak tiga kali sehingga total pelarut yang digunakan setara dengan 1:15,  kemudian  dievaporasi  hingga  diperoleh  ekstrak  kental  dan  dicampurkan  sesuai perbandingan  yang  ditentukan.  Berdasarkan  hasil  uji  pra-klinik,  formula  ini  aman  dan efektif, serta berpotensi digunakan sebagai agen nefroprotektif berbasis herbal dengan mekanisme utama melalui inhibisi inflammasome NLRP3 dan penurunan kadar IL-18.</t>
+    <t>Komposisi Jamu Pelangsing Cair Berbasis Ekstrak Buah Asam Gelugur (Garcinia atroviridis)</t>
+  </si>
+  <si>
+    <t>23-Jan-2026</t>
+  </si>
+  <si>
+    <t>S00202600687</t>
+  </si>
+  <si>
+    <t>Formula jamu pelangsing berbasis ekstrak buah asam gelugur dan ekstrak rimpang kunci pepet yang telah dilindungi paten sebelumnya adalah formula awal dengan komposisi ekstrak asam gelugur dan ekstrak kunci pepet dalam bentuk sedian campuran ekstrak kering yang dikemas dalam kapsul. Tetapi masih ditemui permasalahan yang berarti yaitu ekstrak asam gelugur merupakan ekstrak yang sangat higroskopis sehingga untuk menjadikan ekstrak kering harus ditambah dengan bahan pengisi. Hal ini menyebabkan khasiat sebagai pelangsing menurun signifikan bila dibandingkan dengan khasiat formula yang mengandung ekstrak asam gelugur murni. Oleh karena itu dilakukan pengembangan produk jamu pelangsing dari ekstrak asam gelugur maupun kunci pepet dalam bentuk sediaan jamu cair untuk memperoleh sediaan pelangsing yang lebih efektif dan ekonomis dengan tetap memperhatikan aktivitasnya sebagai penurun berat badan. Formula jamu pelangsing cair yang mengandung 24.7% ekstrak buah asam gelugur (Garcinia atroviridis) dan 12.3% ekstrak rimpang kunci pepet (Kaempferia angustifolia), serta bahan tambahan pendukungnya yang sesuai, berpotensi sebagai pelangsing karena mampu menurunkan bobot badan hewan coba tikus penderita obesitas, menekan laju pertumbuhan bobot badan dan menekan konsumsi pakan</t>
   </si>
   <si>
     <t>Ika Resmeiliana, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Ir. Kukuh Nirmala, M.Sc.</t>
+    <t>Metode Produksi Dan Pemurnian Enzim Selulase Bacillus Amyloliquefaciens SLBD Dari Feses Kuda Serta Produk Yang Dihasilkan</t>
+  </si>
+  <si>
+    <t>24-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202515360</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan metode kultivasi dan pemurnian enzim selulase yang dihasilkan oleh Bacillus amyloliquefaciens strain SLBD untuk memperoleh enzim dengan kemurnian dan aktivitas spesifik tinggi. Proses kultivasi dilakukan dengan medium garam minimal dengan komposisi tertentu, pada suhu 37 &amp;deg;C dan agitasi 180 rpm hingga fase stasioner. Supernatan hasil sentrifugasi disaring melalui membran 0,22 &amp;micro;m, dipresipitasi menggunakan amonium sulfat hingga 90% kejenuhan, dan didialisis untuk memperoleh enzim kasar. Pemurnian dilakukan secara bertahap menggunakan kromatografi pertukaran anion dan filtrasi gel. Metode ini meningkatkan kemurnian enzim hingga 24 kali lipat dan menghasilkan selulase dengan aktivitas spesifik 7.010 U/mg serta berat molekul &amp;plusmn;66 kDa berdasarkan SDS&amp;ndash;PAGE. Enzim yang diperoleh menunjukkan karakter netrofilik dan moderat termostabil, dengan retensi aktivitas lebih dari 90% pada pH 5&amp;ndash;9 dan suhu hingga 60 &amp;deg;C. Metode ini memberikan pendekatan yang efisien, sederhana, dan dapat direproduksi untuk memperoleh enzim selulase dengan aktivitas tinggi dan stabilitas baik, yang berpotensi diterapkan dalam konversi biomassa lignoselulosa menjadi bioetanol atau biogas, serta pada industri pakan, tekstil, dan pulp-kertas yang memerlukan biokatalis dengan kinerja optimal di lingkungan netral.</t>
   </si>
   <si>
     <t>Dr. Sarah Augustina, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Alat Teknologi Plasma Dingin Terhadap Pengendalian Gulma</t>
-[...13 lines deleted...]
-  <si>
     <t>Dr. drh. Aulia Andi Mustika, M.Si.</t>
   </si>
   <si>
     <t>Dr. Mustaruddin, S.T.P.</t>
   </si>
   <si>
     <t>Muhammad Arif Mulya, S.Pi., M.Si.</t>
   </si>
   <si>
+    <t>Nanoserbuk Simplisia Surian (Toona sinensis) Dan Metode Pembuatannya Menggunakan Mechanical Milling</t>
+  </si>
+  <si>
+    <t>12-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202514365</t>
+  </si>
+  <si>
+    <t>Dr. Syamsul Falah, S.Hut., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan metode pembuatan nanoserbuk simplisia surian metode mechanical milling, yaitu kombinasi metode blade mill dan dry ball mill. Lebih khusus lagi invensi ini berkaitan dengan metode pembuatan nanoserbuk dengan target ukuran 600- 800 nm dan PDI 0,2-0,5 dengan tetap mempertahankan senyawa bioaktif dari simplisia surian. Nanoserbuk simplisia surian yang dihasilkan diharapkan dapat dapat mengoptimalkan efektivitas ekstrak herbal melalui peningkatan bioavaibilitas dan memperkuat efek antihiperglikemik serta memungkinkan pengembangan sediaan yang lebih praktis, stabil, dan siap menuju hilirisasi sebagai produk herbal antidiabetes yang inovatif dan berbasis nanoteknologi. Terdapat 3 tahap kegiatan pembuatan dan karakterisasi nanoserbuk simplisia pada invensi ini yaitu preparasi simplisia surian ukuran mikrometer dengan metode blade mill selama 15-30 jam menggunakan mode siklus intermiten 5&amp;ndash;20 detik operation time dan 5&amp;ndash;15 menit intermittent phase, dan pengayakan 200 mesh. Tahap kedua pembuatan nanoserbuk dengan metode ball mill selama 10-20 jam menggunakan mode siklus intermiten 5&amp;ndash;20 detik operation time dan 5&amp;ndash;15 menit intermittent phase, dan Tahap ketiga karakterisasi nanoserbuk menggunakan Particle Size Analyzer (PSA). Nanoserbuk simplisia surian yang dihasilkan sesuai invensi ini memiliki ukuran partikel sebesar 720,7 nm dengan PDI 0,5324.</t>
+  </si>
+  <si>
     <t>Dr. Ir. Lilik Kustiyah, M.S.</t>
   </si>
   <si>
-    <t>Formula Pembersih Wajah Berbahan Surfaktan Metil Ester Sulfonat Dan Kolagen Laut Dan Proses Pembuatannya</t>
-[...11 lines deleted...]
-    <t>Dr. Ir. Irmansyah, M.Si.</t>
+    <t>Produk Pulp Berbahan Biomassa Sawit Dengan Rendemen Tinggi Menggunakan Metode Semi Mekanis</t>
+  </si>
+  <si>
+    <t>07-Oct-2025</t>
+  </si>
+  <si>
+    <t>P00202509958</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan produk pulp berbahan serat alam yaitu tandan kosong kelapa  sawit (TKKS). Serat  alam yang digunakan  adalah serat TKKS pada  bagain  stalk dengan  proses  pulping  semi  mekanis.  Tahapan  metodologi  adalah  perendaman  statis (retting), penggilingan mekanis (milling), dan pemasakan alkali aktif NaOH 8% pada suhu ruang dan waktu 8 jam serta pemutihan menggunakan peroksida 12%. pencucian pulp menggunakan air dingin sistem konitnu pada fluida dinamis secara berulang hingga air cucian bening dan pH netral. Pemanfaatan serat tandan kosong kelapa sawit merupakan bagian dari pengembangan biomaterial dan sebagai upaya untuk menjawab permasalahan terkait  kebutuhan  bahan  baku  dari  serat  alam  di  industri  tekstil,  kertas  dan  filter. Penggunaan serat tandan kosong kelapa sawit sebagai pulp pada studi kasus bahan baku rayon viskosa juga merupakan cara untuk substitusi impor dan mengatasi melimpahnya limbah  padat  sawit  yang  merupakan  hasil  samping  dari  tingginya  produktifitas  CPO  di Indonesia. Pulp putih yang dihasilkan memiliki karakteristik a-Selulosa 67%,, lignin 10%, kadar abu 6,17%, pentosan 5,93%, ekstrak DCM 0,4%. Sementara itu kekuatan tarik pulp pada freeness 164 mL CSF adalah 47,5 N.m/g, indeks sobek 5,64 mN.m2/g, indeks retak 2,2 kPa.m2/g.</t>
+  </si>
+  <si>
+    <t>Cahyuning Isnaini, S.Gz., M.Sc.</t>
   </si>
   <si>
     <t>Harum Fadhilatunnur, S.TP., M.Sc.</t>
   </si>
   <si>
     <t>Dr. Muhamad Baihaqi, S.Pt., M.Sc.</t>
   </si>
   <si>
-    <t>Proses Produksi Immunoglobulin Y Spesifik SARS-CoV-2 Pada Ayam Petelur Menggunakan Protein Rekombinan Sebagai Antigen</t>
-[...8 lines deleted...]
-    <t>Invensi yang diungkapkan disini adalah proses produksi IgY spesifik SARS-CoV-2 pada ayam petelur yang dapat digunakan sebagai bahan aktif pada produk untuk mitigasi alternatif SARS-CoV-2. Adapun metode produksi antibodi terdiri dari menentukan protein rekombinan S1, RBD dan N sebagai antigen, menentukan dosis imunisasi untuk ayam adalah 3&amp;micro;g tiap protein, menentukan waktu imunisasi pada umur 28 hari dan booster dengan interval 1 minggu, mendeteksi keberadaan IgY pada telur dengan interval satu minggu, memanen telur setelah IgY terdeteksi dan memurnikan IgY dari kuning telur serta karakterisasi IgY. Disamping itu diungkapkan juga suatu antibodi spesifik terhadap SARSCoV-2 yang dapat dapat mencegah perlekatan antara protein receptor-binding-domain (RBD) dari SARS-CoV-2 dan reseptor RBD-angiotensin-converting-enzyme-2 (ACE2) dengan titer netralisasi 1009,45 U/mL dan 1024,98 U/mL dengan persen penghambatan masingmasing 70,63% dan 76,531%.</t>
+    <t>Oil Solidifier Minyak Jelantah Berbasis Limbah Ampas Tebu</t>
+  </si>
+  <si>
+    <t>15-Oct-2025</t>
+  </si>
+  <si>
+    <t>S00202510283</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini memanfaatkan limbah biomassa ampas tebu sebagai bahan baku oil solidifier ramah  lingkungan  yang  diformulasikan  melalui  proses  pengeringan,  penggilingan,  dan penyaringan hingga menjadi serbuk simplisia, kemudian dicampur dengan asam stearat menggunakan metode dry mixing dan simplisia ampas tebu untuk pemadatan setiap 200 mL  minyak  jelantah.  Formula  yang  dihasilkan  mampu  mengubah  minyak  jelantah  cair menjadi padatan semi-kompak yang stabil, mudah ditangani, dikemas, dan dibuang secara aman, sekaligus memiliki potensi pemanfaatan sebagai sumber lemak tambahan dalam pakan  ternak.  Invensi  ini  mendukung  penerapan  konsep zero  waste dengan mengintegrasikan pengolahan limbah organik dan cair, serta berpotensi diaplikasikan pada skala rumah tangga hingga industri dengan nilai komersialisasi tinggi.</t>
   </si>
   <si>
     <t xml:space="preserve">Luluk Annisa,  S.Pi.</t>
   </si>
   <si>
     <t>Adna Sumadikarta, S.Si., M.Ling.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Neviaty Putri Zamani, M.Sc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Hasan Nasrullah</t>
   </si>
   <si>
     <t>Prof. Dr. Sri Suharti, S.Pt., M.Si.</t>
   </si>
   <si>
+    <t>Proses Pembuatan Combro Beku Dari Campuran Tepung Singkong Dan Tepung Beras Ketan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202415459 </t>
+  </si>
+  <si>
     <t>Prof. Dr. Ir. Sugiyono, M.App.Sc.</t>
   </si>
   <si>
-    <t>Muhammad Aries, S.P., M.Si.</t>
-[...2 lines deleted...]
-    <t>Dondy Arafat, S.Pi., M.Si.</t>
+    <t>Invensi ini berupa proses pembuatan combro beku dari campuran tepung singkong dan tepung beras ketan, kelapa parut kering, santan bubuk, air, dan oncom tumis. Proses pembuatan combro beku melalui tahapan menyiapkan bahan-bahan, menimbang bahanbahan, mencampur bahan-bahan kecuali oncom tumis, mengisikan oncom tumis dalam adonan dan membentuk adonan menjadi bulat lonjong dengan berat 37 gram, menggoreng adonan combro menjadi setengah matang, dan membekukan combro setengah matang. Dengan proses pembuatan sesuai invensi ini dihasilkan combro yang dapat disimpan beku dan ketika digoreng memiliki tekstur lunak (empuk, tidak keras).</t>
   </si>
   <si>
     <t>Dean Apriana Ramadhan, S.Kom., M.Kom.</t>
   </si>
   <si>
     <t>Mesin Milling Dingin Untuk Pembuatan Nanopartikel Kuning Telur</t>
   </si>
   <si>
     <t>P00202502999</t>
   </si>
   <si>
     <t>Prof. Dr. drh. Bambang Purwantara, M.Sc.</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini mengenai modifikasi suatu mesin milling dingin rakitan yang digunakan untuk pembuatan nanopartikel kuning telur sebagai salah satu bahan pelarut semen beku pada hewan  ruminansia.  Rangkaian  mesin milling dingin  yang  digunakan  terdiri  dari  mesin pendingin, timer, blender dan  termometer.  Kuning  telur  dicampurkan  dengan  pelarut antara lain akuades sebanyak 400 - 700 mL dimasukan kedalam milling chamber. Setelah itu, di milling dingin dengan kecepatan 15.000 &amp;ndash; 20.000 rpm, selama 1 - 2 menit dengan waktu jeda selama 4 - 8 menit dengan total waktu milling selama 110 - 610 menit dengan suhu -100C &amp;ndash; -150C.</t>
   </si>
   <si>
     <t>Prof. Dr. Julie Ekasari, S.Pi., M.Sc.</t>
   </si>
   <si>
     <t>Pemodelan Sirkulasi Laut Untuk Analisis Upwelling Dan Fishing Ground Laut Indonesia</t>
   </si>
   <si>
+    <t>08-Aug-2024</t>
+  </si>
+  <si>
     <t>P00202407610</t>
   </si>
   <si>
+    <t>Prof. Dr. Ir. Agus Saleh Atmadipoera, D.E.S.S.</t>
+  </si>
+  <si>
     <t>Invensi ini adalah paket pemodelan sirkulasi CROCO &amp;ldquo;ITF-ROCM&amp;rdquo; laut untuk analisis upwelling dan fishing ground metode simulasi pergerakan massa air untuk mendeteksi distribusi larva biota laut (ikan). Invensi ini meliputi proses-proses yang mengacu pada langkah berikut: langkah (1) mengunduh data kondisi awal dan syarat batas lateral model, yang terdiri dari data komponen laut, atmosfer, dan pasang surut.; langkah (2), menjalankan model ITF-ROCM untuk mensimulasikan pola sirkulasi laut secara realistis; langkah (3), menganalisis intensitas upwelling dengan nilai Composite Upwelling Index (CUI) yang dikembangkan; langkah (4), menganalisis fishing ground berdasarkan prosedur/langkah yang telah dikembangkan. Metode yang ada dalam invensi ini dijalankan dalam tahapan yang langkah yang telah disebutkan sebelumnya. Sistem operasi yang digunakan adalah LINUX dengan bahasa pemrogaraman Matlab, Python, Unix dan Java. Dengan invensi ini, tersedia solusi simulasi analisis upwelling dan fishing ground potensial yang dapat diterapkan dalam proses pengelolaan perikanan yang berkelanjutan serta pelestarian lingkungan laut.</t>
   </si>
   <si>
-    <t>Pramita Nurillisan, S.E.</t>
-[...2 lines deleted...]
-    <t>PROSES PEMBUATAN GULA CAIR SAGU DARI PATI DAN AMPAS SAGU (Metroxylon spp.), KOMPOSISI BAHAN DAN PRODUK GULA CAIR SAGU YANG DIHASILKAN</t>
+    <t>Proses Pembuatan Gula Cair Sagu Dari Pati Dan Ampas Sagu (Metroxylon Spp.), Komposisi Bahan Dan Produk Gula Cair Sagu Yang Dihasilkan</t>
   </si>
   <si>
     <t>P00202308163</t>
   </si>
   <si>
     <t>Prof. Dr. Dra. Laksmi Ambarsari, M.S.</t>
   </si>
   <si>
+    <t>Departemen Agronomi dan Hortikultura</t>
+  </si>
+  <si>
     <t>Yang diungkapkan disini adalah proses pembuatan gula cair sagu sebagai alternatif pengganti gula cair pasir dan tebu yang terdiri dari : a.menyiapkan bahan pati kering; b.mencampurkan pati sagu kering 20-25% dengan air 75-80%; c.melakukan likuifikikasi dengan menambahkan enzim alfa-amilase 1 ml/liter ke campuran pati sagu dan air; d.memanaskan campuran pati sagu pemanasan campuran pati sagu, air dan enzim alfaamilase pada suhu mendidih 100oC, kemudian didinginkan sampai suhu 60oC; e.melakukan sakarifikasi dengan penambahan enzim glukoamilase 1 ml/kg pati sagu pada kondisi suhu 60oC selama 1 jam dan didiamkan selama 24 jam; f.menyaring hasil sakarifikasi menggunakan kain tebal dan dilewatkan melalui ion anion dan kation; g.menguapkan hasil sakarifikasi yang sudah disaring dengan pemanasan suhu sampai 100oC untuk menghasilkan gula sagu cair sagu dengan brix minimal 70obrix. Adapun produk yang dihasilkan adalah gula cair sagu yang mengandung glukosa yang berwarna jernih dan higienis. Aplikasi invensi ini digunakan ke industri makanan dan minuman.</t>
   </si>
   <si>
-    <t xml:space="preserve">Metode Pengolahan Eksudat Balsam Dari Pohon Rasamala (Liquidambar Excelsa) Menggunakan Teknik Terpadu Destilasi Dan Refluks Etanol </t>
-[...11 lines deleted...]
-    <t xml:space="preserve">Invensi  ini  mengungkapkan  metode  terpadu  pengolahan  eksudat  balsam  dari  pohon rasamala (Liquidambar excelsa) menggunakan kombinasi destilasi dan ekstraksi refluks dengan pelarut etanol. Tujuan utama metode ini adalah memperoleh dua fraksi bioaktif, yaitu  fraksi  volatil  berupa  minyak  atsiri  dan  fraksi  non-volatil  berupa  ekstrak  etanol, dengan rendemen tinggi serta kemurnian optimal. Proses diawali dengan pengumpulan eksudat dari batang pohon yang diinduksi menggunakan metil jasmonat 10%, kemudian dilanjutkan  dengan  ekstraksi  refluks  pada  suhu  80&amp;deg;C  dengan  rasio  balsam:etanol  1:10 selama 2 jam untuk mendapatkan fraksi non-volatil. Selanjutnya, fraksi volatil diperoleh melalui proses hidrodistilasi pada suhu 95&amp;ndash;100&amp;deg;C selama 3&amp;ndash;4 jam, menghasilkan minyak atsiri yang dipisahkan dari hidrosol menggunakan corong pisah dan dimurnikan dengan Na2SO4 anhidrat. Keunggulan invensi ini dibanding metode terdahulu adalah integrasi dua teknik  sederhana  namun  efektif  dalam  satu  protokol  yang  memungkinkan  pemisahan optimal senyawa volatil dan non-volatil menggunakan pelarut yang aman, murah, serta ramah  lingkungan.  Produk  hasil  berupa  ekstrak  etanol  dan  minyak  atsiri  menunjukkan aktivitas  antibakteri  signifikan  terhadap Pseudomonas  aeruginosa dan Staphylococcus aureus,  serta  toksisitas  tinggi  berdasarkan  uji Brine  Shrimp  Lethality  Test.  Metode  ini berpotensi  diaplikasikan  dalam  industri  farmasi,  kimia,  maupun  kosmetik  secara berkelanjutan.</t>
+    <t>Metode Perkuatan Balok Glulam Dengan Menggunakan Komposit Hibrid FRP-Aluminium</t>
+  </si>
+  <si>
+    <t>S00202511162</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  berhubungan  dengan  metode  perkuatan  pada  balok  kayu  laminasi menggunakan  sistem  komposit  antara  material  FRP  dan  aluminium  yang  hanya ditampatkan pada sisi tarik balok. Tujuan utama dari invensi ini adalah untuk mengatasi masalah penggunaan serat sintetis yang berlebihan pada sistem perkuatan kayu laminasi atau glulam dengan FRP. Metode perkuatan glulam menggunakan material komposit hibrid FRP-aluminium ini dapat diterapkan pada semua jenis balok kayu laminasi. Hibrid FRP yang digunakan adalah gabungan antara serat karbon, serat kaca, dan serat rami (serat alam). Material  perkuatan  komposit  hibrid  FRP-aluminium  tersebut  dibenamkan  kedalam permukaan tarik balok secara vertikal dengan resin epoxy sebagai pengikatnya ke elemen kayu. Invensi ini memiliki keunggulan yaitu dapat secara signifikan mengurangi jumlah penggunaan  serat  sintetis  (serat  karbon  dan  serat  kaca)  pada  sistem  perkuatan  kayu laminasi dengan bahan FRP.</t>
+  </si>
+  <si>
+    <t>Fermentasi Kopi Enzimatis Menggunakan Starter Kering Kultur Bakteri Bacillus Aerophilus.</t>
+  </si>
+  <si>
+    <t>23-Dec-2025</t>
+  </si>
+  <si>
+    <t>P00202515288</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Khaswar Syamsu, M.Sc.St.</t>
   </si>
   <si>
-    <t>Dr. Muchamad Bachtiar, S.T.P., M.M.</t>
-[...17 lines deleted...]
-    <t>Invensi ini menyediakan formulasi komposisi pot organik yang mudah terurai, ramah lingkungan yang berbahan dasar kertas koran bekas, kompos dan cocopeat serta ditambah dengan fosfat alam (rock phosphate) yang bersinergi dengan fungi mikoriza arbuskula. Pot organik ini dapat bertahan sampai 6 bulan di persemaian saat produksi bibit berlangsung. Pot organik ini dapat digunakan sebagai wadah media tanam dan dapat menggantikan fungsi polybag yang kurang ramah lingkungan. Pot organik ini dapat meningkatkan pertumbuhan dan serapan hara tanaman dan saat dipindahkan ke lapangan dapat meningkatkan usnur hara di dalam tanah sehingga sangat cocok untuk menambah kesuburan pada tanah-tanah marginal.</t>
+    <t>Invensi ini berkaitan dengan proses pembuatan kopi secara enzimatis menggunakan starter kering kultur bakteri Bacillus aerophilus dalam proses fermentasi kopi enzimatis untuk menghasilkan kopi spesialti. Dalam pembuatan kopi enzimatis menggunakan kultur bakteri Bacillus aerophilus terdiri dari dua bagian yang dilakukan, yaitu pembuatan starter cair dari starter kering dengan umur simpan hingga empat minggu dan fermentasi padat kopi. Starter kering dibuat dengan memanfaatkan kulit kopi sebagai bahan pengisi. Starter kering yang mengandung bakteri inokulum Bacillus aerophilus disimpan selama 4 minggu pada suhu 4 oC (RH 40-55%). Pembuatan starter cair menggunakan starter kering yang telah ditumbuhkan dalam media cair selama 1-2 jam kemudian dicampur dengan buah kopi secara merata dengan rasio 3% (v/b). Ceri yang digunakan adalah ceri utuh (proses natural), ceri tanpa kulit (honey) dan ceri tanpa kulit dan dicuci (full washed). Untuk proses honey dan full washed, ceri dan kulit kopi dicampur sampai merata dengan perbandingan 2:1. Fermentasi dilakukan secara aerobik fakultatif selama 3 hari. Pengeringan dilakukan melalui pengeringan matahari selama 32-40 hari sampai kadar air mencapai sekitar 12%. Kopi yang dihasilkan dari proses ini memiliki cupping score diatas 80 untuk biji kopi dari berbagai agroekologi. Hasil ini menunjukkan konsistensi produk kopi yang diperoleh memiliki kualitas kopi spesialti</t>
   </si>
   <si>
     <t>Dr. Am Azbas Taurusman, S.Pi., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Anang Kurnia, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Komposisi dan Proses Pembuatan Pakan Predigestion untuk Benih Ikan Menggunakan Ekstrak Pankreas Ayam</t>
-[...11 lines deleted...]
-    <t>Dr. Heru Sukoco, S.Si., M.T.</t>
+    <t>Penentuan Bobot Syarat Tumbuh Pada Evaluasi Kesesuaian Lahan Komoditas Hortikultura Dan Pangan Utama</t>
+  </si>
+  <si>
+    <t>11-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202514303</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Imas Sukaesih Sitanggang, S.Si., M.Kom.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan penentuan bobot syarat tumbuh untuk kelas kesesuaian lahan untuk komoditas hortikultura dan pangan utama yaitu bawang putih, bawang merah, cabai merah, cabai rawit, jagung, dan kentang, berdasarkan faktor statis dan dinamis. Faktor statis mencakup elevasi dan karakteristik lahan dan tanah, sedangkan faktor dinamis adalah data cuaca (temperatur, curah hujan, lama penyinaran dan radiasi penyinaran). Struktur klasifikasi kesesuaian lahan mengacu pada kerangka FAO (1976) yaitu lahan sangat sesuai (S1), cukup sesuai (S2), sesuai marginal (S3) dan tidak sesuai (N). Interval setiap syarat tumbuh tanaman diformulasikan berdasarkan kelas kesesuaian lahannya berdasarkan pengetahuan pakar dalam bidang budidaya tanaman hortikultura dan pangan. Bobot setiap kelompok faktor ditetapkan berdasarkan 3 (tiga) kelompok tanaman yaitu bawang putih dan kentang, jagung dan bawang merah, dan cabai merah dan cabai rawit. Pengelompokan dilakukan berdasarkan evaluasi pakar terkait faktor dominan yang mempengaruhi budidaya tanaman hortikultura dan pangan utama.</t>
+  </si>
+  <si>
+    <t>Formulasi Bio-Oil Spill Dispersant Yang Mengandung Endospora Bacillus Pseudomycoides Ray21 Sebagai Agen Bioremediasi Tanah Tercemar Minyak Bumi</t>
+  </si>
+  <si>
+    <t>S00202515166</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Syaiful Anwar,, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi Invensi ini berhubungan dengan formulasi Bio-Oil Spill Dispersant (Bio-OSD) berbasis minyak sawit yang mengandung endospora Bacillus pseudomycoides RAY21 dan penggunaannya untuk bioremediasi tanah tercemar minyak bumi. Bio-OSD digunakan sebagai media pembawa (carrier) endospora yang diformulasikan dengan perbandingan 1 g pelet endospora per 100 mL Bio-OSD steril. Formula yang diperoleh stabil selama sedikitnya 30 hari penyimpanan pada suhu ruang dan pada saat aplikasi dapat diencerkan untuk mencapai DOR 0,25:1 &amp;ndash; 0,50:1 sebelum disemprotkan ke tanah tercemar. Aplikasi formula ini pada tanah steril dan non-steril yang terkontaminasi minyak bumi menghasilkan efisiensi degradasi Total Petroleum Hydrocarbon (TPH) masing-masing hingga 70 % dan 77 % setelah 28 hari inkubasi, serta terbukti mampu memiliki kemampuan Plant Growth Promoting Rhizobacteria (PGPR), seperti pelarut fosfat dan kalium, penambat nitrogen bebas, serta penghasil fitohormon yang mendukung pertumbuhan tanaman. Invensi ini menggabungkan fungsi pendispersi minyak dan agen biologi degrader serta potensi peningkatan unsur hara bagi tanah dalam satu formulasi, sehingga meningkatkan bioavailabilitas minyak sekaligus efektivitas bioremediasi di lahan tercemar minyak bum</t>
   </si>
   <si>
     <t>Wina Yulianti, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Dr.Ing. Dase Hunaefi, S.T.P., M.Food.St.</t>
   </si>
   <si>
-    <t>Dr. Ir. Wazir Mawardi, M.Si.</t>
-[...2 lines deleted...]
-    <t>Dr. drh. Amaq Fadholly, S.K.H., M.Si.</t>
+    <t>Prof. Dr. Ir. Hardinsyah, M.S.</t>
+  </si>
+  <si>
+    <t>Aulia Hidayati, S.E., M.Ak.</t>
+  </si>
+  <si>
+    <t>Bubu Lipat Bertingkat Multi-Spesies dan Booster Umpan untuk Penangkapan Krustasea, Moluska dan Ikan Demersal</t>
+  </si>
+  <si>
+    <t>P00202511224</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini  berkenaan dengan  alat penangkapan ikan  (bubu)  yang dapat dilipat  yang memiliki ukuran panjang x lebar x tinggi (80 cm x 60 cm x 50 cm), memiliki dua ruang perangkap yaitu perangkap bawah dan perangkap atas, memiliki spesies target tangkapan yang  bersifat  multi-spesies,  seperti  krustasea,  moluska,  dan  ikan  demersal.  Bubu  lipat bertingkat multi-spesies dapat dioperasikan pada dasar perairan yang bersubstrat pasir berlumpur, pasir berkarang, lumpur berkarang dan karang. Pengoperasian alat tangkap bubu  lipat  bertingkat  multi-spesies  menggunakan booster umpan  dan  umpan  biasa. Booster umpan dalam bentuk beku yang terbuat dari  bahan umpan dari cacahan ikan tembang  dan  cumi-cumi  yang  dicampur  dengan  cairan  kental  dari  hasil  blender  ikan tembang, cumi-cumi, telor ayam dan air. Booster umpan ditempatkan pada perangkap bagian atas. Booster umpan hanya mengeluarkan bau asam amino esensial dari protein umpan  untuk  memikat  dan  mengumpulkan  spesies  target  tangkapan  mendekati  dan memasuki bubu lipat bertingkat multi-spesies secara efektif. Umpan biasa yang digunakan adalah  jenis  ikan  tembang  utuh  berjumlah  dua  ekor  untuk  setiap  perangkap  bawah maupun  perangkap  bagian  atas.  Keunggulan  invensi  ini  adalah  pembuatan  konstruksi bubu  lipat  bertingkat  multi-spesies  mudah  dibuat  dan  dapat  dilipat,  bila  dioperasikan dengan booster umpan dan umpan biasa akan meningkatkan hasil tangkapan.</t>
   </si>
   <si>
     <t>Amalia Putri Firdausi, S.Pi., M.Si.</t>
   </si>
   <si>
     <t>Ratih Damayanti, S.Hut., M.Si., Ph.D.</t>
   </si>
   <si>
-    <t xml:space="preserve">Sistem Fertigator Otomatis Nirdaya Untuk Persemaian Tanaman Kehutanan </t>
-[...2 lines deleted...]
-    <t>S00202508707</t>
+    <t>Sistem Fertigasi Otomatis Nirdaya Untuk Budidaya Padi-Ikan Terintegrasi Pada Kawasan Urban</t>
+  </si>
+  <si>
+    <t>S00202515167</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Budi Indra Setiawan, M.Agr.</t>
   </si>
   <si>
-    <t>Departemen Teknik Sipil dan Lingkungan</t>
-[...14 lines deleted...]
-    <t>Invensi ini dikaitkan dengan metode produksi bioherbisida ramah lingkungan menggantikan sebagian penggunaan herbisida sintetik dengan proses hidrolisis ampas bonggol nanas pada suhu dan tekanan sedang serta dalam waktu proses yang relatif singkat selama 1 jam menghasilkan senyawa umum gugus fenolat. Bioherbisida tersebut dimanfaatkan sebagai bahan aktif untuk pengendali gulma jenis rumput, teki dan daun lebar, yang kesemuanya diujikan pada fase pra tumbuh, tumbuh awal dan pasca tumbuh. Pengujian efektivitas dilakuakan dengan substitusi penggunaan pestisida standar sintetik sebesar 20% dan 40% dengan menggunakan kontrol air dan aplikasi pestisida standar acuan. Pertumbuhan pada seluruh kelompok gulma pada fase pratumbuh mampu ditekan pada tingkat 100%, pada tingkat awal tumbuh dan pasca tumbuh mampu ditekan 68-94% pada pada gulma golongan rumput dan daun lebar, baik pada Brachiaria, Praxelis dan Borreria. Pada golongan rumput Digitaria substitusi bioherbisida sebesar 20% mampu memperbaiki efektivitas herbisida standar yang tidak mampu menimbulkan kematian dengan 0% daya bunuh rumput tersebut menjadi 44%. Pada level substitusi ini mempunya performa efektivitas yang lebih baik untuk pengendalian Borreria dan Digitaria dibandingkan dengan standar penggunaan herbisida sintetik. Aplikasi pestisida sintetik standar dan biopestisida tidak mampu mengendalikan teki Dactyloteneum.</t>
+    <t>Invensi ini berhubungan dengan sistem fertigasi dan irigasi otomatis untuk budidaya padi-ikan terintegrasi (FONi&amp;ndash;Minapadi) yang diterapkan pada pertanian perkotaan (urban farming). Sistem ini dirancang untuk menjaga keseimbangan air secara otomatis tanpa memerlukan sumber daya listrik, dengan memanfaatkan prinsip bejana berhubungan dan pelampung stop-keran otomatis sebagai pengendali tinggi muka air. Perangkat utama terdiri dari ember reservoir, ember kontrol, bak budidaya, pipa peluap, drainase darurat, serta perangkat tambahan berupa meteran air dan alat cuaca seluler yang bersifat opsional. Air dari sumber utama mengalir secara gravitasi melalui sistem tertutup, di mana tinggi muka air dijaga konstan antara ember kontrol dan bak budidaya. Mekanisme sistem mengikuti prinsip neraca air (IR + R = ET + D &amp;plusmn; &amp;Delta;TMA) sehingga mampu menyeimbangkan kondisi air akibat perubahan cuaca, hujan, maupun evapotranspirasi tanaman. Bak budidaya diisi polybag berisi media tanam padi, sedangkan ikan dipelihara di sela-sela polybag untuk menciptakan ekosistem padi-ikan yang saling menguntungkan. Limbah organik ikan dimanfaatkan sebagai nutrisi tanaman, menjadikan sistem ini hemat air, efisien energi, serta mendukung produksi pangan berkelanjutan skala rumah tangga di kawasan perkotaan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ALAT PENGOLAHAN PANGAN NON-TERMAL BERBASIS PULSED ELECTRIC FIELD (PEF) DENGAN FLYBACK TRANSFORMER DAN MOSFET UNTUK PRETREATMENT UMBI WALUR </t>
+  </si>
+  <si>
+    <t>S00202601272</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Purwiyatno Hariyadi, M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini merupakan alat pengolahan pangan tanpa panas berbasis Pulsed electric Field (PEF) yang mengaplikasikan pulsa medan listrik tegangan tinggi kepada sampel sehingga menyebabkan terjadinya elektroporasi pada membran sel. Invensi ini digunakan untuk menurunkan kandungan oksalat pada umbi walur (Amorphophallus Paeoniifolius var. sylvestris). PEF ini terdiri dari flyback transformer sebagai sumber tegangan tinggi, Zero Voltage Switching (ZVS) driver, MOSFET berkecepatan tinggi yang berfungsi sebagai saklar tegangan tinggi sekaligus pembentuk pulsa berbentuk persegi (rectangular pulsed), bank kapasitor, sistem kendali berbasis mikrokontroler, dan ruang perlakuan tempat berlangsungnya proses PEF. Rangkaian ini mampu menghasilkan pulsa medan listrik tegangan tinggi dalam kondisi non thermal dengan suhu operasi yang dipertahankan agar tidak meningkat secara signifikan selama perlakuan. Invensi ini memungkinkan penerapan teknologi PEF pada bahan pangan lokal dengan rancangan yang kompak, efisien energi, dan mudah dioperasikan</t>
+  </si>
+  <si>
+    <t>Krim Wajah Berbasis Rumput Laut Hijau Dan Mikroalga Sebagai Penstabil, Surfaktan, Dan Pelindung Alami Kulit</t>
+  </si>
+  <si>
+    <t>S00202601198</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan formulasi krim wajah berbasis bahan alami dari sumber daya laut yang memanfaatkan polisakarida unik dari rumput laut hijau (Ulva sp) dan fikosianin dari mikroalga (Spirulina sp.) sebagai bahan aktif utama. Bahan berbasis sumber daya laut tersebut memiliki fungsi utama sebagai penstabil alami, emulsifier, dan surfaktan, sekaligus berperan sebagai pelembap kulit melalui kemampuan mengikat air. Sementara itu, memiliki kemampuan biologis sebagai pelindung kulit terhadap sinar ultraviolet, serta memiliki aktivitas antioksidan dan antibakteri. Formulasi krim disusun dari kombinasi fase air dan fase minyak menggunakan bahan alami yang aman bagi kulit. Hasil analisis menunjukkan bahwa sediaan krim memiliki stabilitas tinggi, aktivitas antioksidan, pelindung dari sinar UV lebih dari 25+ SPF dengan efek terhadap eritema dan pigmentasi yang cukup rendah, yang menandakan efektivitas tinggi dalam melindungi kulit dari paparan sinar matahari. Uji antimikroba menunjukkan zona hambat terhadap beberapa bakteri penyebab jerawat. Invensi ini menghasilkan krim wajah alami yang bersifat pelembap, antioksidan, pelindung sinar UV, dan antimikroba, dengan keunggulan utama yaitu pemanfaatan bahan bioaktif laut yang ramah lingkungan, berkelanjutan, dan aman digunakan dalam kosmetik alami.</t>
   </si>
   <si>
     <t>Dr. Dilla Mareistia Fassah, S.Pt., M.Sc.</t>
   </si>
   <si>
-    <t>Alat Penguapan Ekstrak Daun Kering Cengkeh Untuk Mengatasi Hama Kutu Pada Pakan Ternak</t>
-[...26 lines deleted...]
-    <t>Dr. Tetty Kemala, M.Si.</t>
+    <t>Dr. Windi Al Zahra, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. drh. Wahono Esthi Prasetyaningtyas, M.Si.</t>
   </si>
   <si>
     <t>Formula Bioplastik Antimikrob Berbasis Selulosa Pelepah Pisang Klutuk Dengan Penambahan Essential Oil Serai Wangi Untuk Meningkatkan Umur Simpan Daging Segar</t>
   </si>
   <si>
+    <t>03-Oct-2024</t>
+  </si>
+  <si>
     <t xml:space="preserve">S00202410618 </t>
   </si>
   <si>
     <t>Konsumen Indonesia lebih menyukai daging dalam kondisi segar yang umumnya memiliki masa simpan 2 hari pada suhu refrigerator sehingga menjadi tantangan bagi swalayan dan restoran yang menawarkan daging kualitas premium. Daging premium umumnya dikemas dalam plastic wrap yang tidak mampu mempertahankan kualitas akibat pertumbuhan mikrob dan menimbulkan sampah yang berdampak bagi lingkungan. Penambahan minyak asiri serai wangi (SW) ke dalam plastik biodegradable berbasis selulosa pelepah pisang berpotensi sebagai kemasan antimikrob. Formula bioplastik yaitu selulosa pelepah pisang klutuk, pati jagung, kitosan, aquades, asam asetat, gliserol dan essential oil serai wangi dengan nilai elongasi 172,15%, migrasi 320 mg/dm&amp;sup2;, permeabilitas uap air 0,165 g H2O/m&amp;sup2;/24 jam, ketahanan air 60,37%, dan biodegradabilitas 8 hari. Uji umur simpan daging menunjukkan bahwa daging yang dikemas dalam bioplastik P4 memenuhi standar angka lempeng total (ALT) hingga hari ke-4 dengan hasil negatif untuk Escherichia coli dan kapang, sedangkan pada plastic wrap hanya hingga hari ke-2. Perubahan parameter bau, warna, dan tekstur pada bioplastik P4 lebih baik dibandingkan plastic wrap. Dengan demikian, bioplastik P4 memiliki karakteristik mekanik terbaik dan efektif memperpanjang umur simpan daging segar hingga hari ke-4.</t>
   </si>
   <si>
+    <t>Zacky Arivaie Santosa, S.T.P</t>
+  </si>
+  <si>
     <t>Prof. Dr. Ir. Irzaman, M.Si.</t>
   </si>
   <si>
-    <t>Lampu Bawah Air Sebagai Alat Bantu Pengumpul Ikan</t>
-[...25 lines deleted...]
-  <si>
     <t>Prof. Dr. Megawati Simanjuntak, S.P., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Suwardi, M.Agr.</t>
-[...14 lines deleted...]
-    <t>Invensi ini berkaitan dengan yang berasal dari lebah tanpa sengat Trigona laeviceps menggunakan teknik sonikasi dengan pelarut Polietilen gliko; 400 (PEG 400). Pembuatan propolis cair dari trigona leaviceps diawali dengan pembersihan propolis mentah trigona dari kotoran, penambahan pelarut polietilen glikol 400 (PEG 400) sebanyak 3 bagian propolis mentah, proses ekstraksi dalam alat sonikator pada suhu 70&amp;deg;C dengan siklus ekstraksi sebanyak 3 kali, pemisahan ampas propolis dengan penyaringan, penambahan gliserin 5% (b/v) dan homogenisasi serta melakukan penyaringan dengan menggunakan filter press sehingga menghasilkan propolis cair. Propolis yang dihasilkan memenuhi persyaratan yang ditetapkan oleh pemerintah melalui SNI 8490 tahun 2018 tentang propolis cair, dan masa simpan selama 2 tahun.</t>
+    <t>Prof. Dr. drh. Agustin Indrawati, M.Biomed.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Nugraha Edhi Suyatma, S.T.P., D.E.A.</t>
   </si>
   <si>
     <t>Dr. Suyatno, S.Pt., M.Si.</t>
   </si>
   <si>
+    <t xml:space="preserve">Proses Pembuatan Susu Kecipir Dengan Bahan Utama  Kecambah Biji Kecipir</t>
+  </si>
+  <si>
+    <t>31-Oct-2025</t>
+  </si>
+  <si>
+    <t>S00202511268</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Maya Melati, M.S., M.Sc.</t>
+  </si>
+  <si>
+    <t>Invensi ini adalah suatu proses pembuatan susu kecipir dari kecambah biji kecipir. Proses pembuatannya dimulai dengan memilih biji kecipir segar,dicuci, ditiriskan kemudian direndam dalam air selama semalam. Biji kecipir yang sudah direndam semalaman, ditiriskan, lalu ditaruh di nampan yang diberi kain basah selama 3 hari hingga berkecambah. Kecambah biji kecipir lalu diblender dengan air dengan perbandingan 1:4 sehingga terbentuk ekstrak larutan kecipir. Ekstrak larutan ini disaring dengan kain bersih untuk mendapatkan susu kecipir. Susu kecipir yang dihasilkan kemudian ditaruh di panci dan diberi gula. Susu kecipir yang diberi gula lalu didihkan kemudian didinginkan dan disimpan dalam botol kaca. Berdasarkan hasil penelitian, susu nabati berbahan kecambah biji kecipir 3 hari memiliki kandungan gizi, skor hedonik dan skor rating test lebih baik dibandingkan kecambah biji kecipir 0 dan 6 hari.</t>
+  </si>
+  <si>
     <t>Gilang Dwi Laksono, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Tintin Rostini, S.Pt., M.P., IPM.</t>
+    <t>Dr. Sutikno, S.Pt., M.Si</t>
+  </si>
+  <si>
+    <t>Dr. Berry Juliandi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Erliza Hambali, M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Darmawan, M.Sc.</t>
   </si>
   <si>
-    <t>Okti Syah Isyani Permatasari, S.P., M.Si.</t>
-[...5 lines deleted...]
-    <t>M. Agung Zaim Adzkiya, S.Si., M.Si.</t>
+    <t>Dr. Dwiyoga Nugroho, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Moh. Yani, M.Eng.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Euis Kania Kurniawati, S.T., M.T., IPM.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Akhmad Endang Zainal Hasan, M.Si.</t>
   </si>
   <si>
-    <t xml:space="preserve">KEMASAN AKTIF PENJERAP ETILEN DAN UAP AIR BERBAHAN JERAMI PADI DAN KARBON AKTIF BESERTA METODE PEMBUATANNYA </t>
-[...2 lines deleted...]
-    <t>07-Oct-2025</t>
+    <t>Dr. Sony Hartono Wijaya, S.Kom., M.Kom.</t>
+  </si>
+  <si>
+    <t>Andini Tribuana Tunggadewi, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Katrin Roosita, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Kemasan Aktif Penjerap Etilen Dan Uap Air Berbahan Jerami Padi Dan Karbon Aktif Beserta Metode Pembuatannya</t>
   </si>
   <si>
     <t>P00202509955</t>
   </si>
   <si>
+    <t>Prof. Dr. Endang Warsiki, S.T.P., M.Si.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Invensi ini berkaitan dengan suatu kemasan aktif berupa lembaran yang terbuat dari pulp jerami  padi  yang  dicampur  dengan  karbon  aktif.  Lembaran  ini  dirancang  untuk memperlambat pematangan buah klimaterik dengan cara menyerap gas etilen dan uap air di  sekitar  buah,  sehingga  kualitas  dan  kesegarannya  dapat  dipertahankan  lebih  lama selama  penyimpanan  maupun  distribusi.  Proses  pembuatan  kemasan  aktif  ini  meliputi tahap  pembersihan  dan  perendaman  jerami  padi,  delignifikasi  menggunakan  larutan natrium hidroksida, pencucian, penghancuran, dan penghalusan hingga menjadi pulp. Pulp kemudian dicampurkan dengan bubuk karbon aktif dalam perbandingan tertentu, dicetak menggunakan deckle,  dan  dikeringkan  hingga  terbentuk  lembaran  kertas  yang  siap digunakan.  Kemasan aktif  berupa lembaran ini  digunakan dengan  cara ditempatkan di dalam atau di atas kardus buah, sehingga memungkinkan interaksi langsung dengan gas etilen yang dilepaskan oleh buah. Invensi ini dapat diterapkan pada berbagai jenis buah klimaterik dengan tingkat kerusakan tinggi, seperti pisang, mangga, pepaya, dan alpukat, serta  memberikan nilai  tambah melalui  pemanfaatan  limbah  pertanian  menjadi produk pengemasan yang ramah lingkungan.</t>
   </si>
   <si>
-    <t>Ir. Andi Sukendro, M.Si.</t>
+    <t>Alat Filtrasi Air Dan Pengolahan Sludge Untuk Budidaya Udang</t>
+  </si>
+  <si>
+    <t>S00202515168</t>
+  </si>
+  <si>
+    <t>Departemen Ekonomi Sumberdaya dan Lingkungan</t>
+  </si>
+  <si>
+    <t>mbah air dan memanfaatkannya sebagai pupuk ramah lingkungan tanpa mencemari lingkungan sekitar. Sistem ini terdiri dari empat bak filter utama, yaitu bak air bersih (1), bak filter biologis (2), bak filter fisik (3), dan bak pengendapan (4). Dalam bak pengendapan, terdapat tiga bilik labirin yang berfungsi untuk menyaring endapan atau sludge yang dihasilkan selama proses budidaya udang. Sludge yang terkumpul dapat diolah menjadi pupuk yang berguna, mendukung konsep zero externality dalam budidaya udang, dan mengurangi dampak lingkungan yang dihasilkan. Sistem ini diharapkan dapat memperbaiki kualitas air dalam kolam budidaya serta mengurangi polusi yang dapat terjadi pada lingkungan sekitar</t>
   </si>
   <si>
     <t>Atep Dian Supardan, S.Si., M.Si.</t>
   </si>
   <si>
+    <t>Dr. Puji Rianti, S.Si., M.Si.</t>
+  </si>
+  <si>
     <t>BIOINOKULAN BERBASIS Providencia manganoxydans M7 DAN PENGGUNAANNYA</t>
   </si>
   <si>
     <t>19-Aug-2025</t>
   </si>
   <si>
     <t>P00202507818</t>
   </si>
   <si>
     <t>Dr. Prayoga Suryadarma, S.T.P., M.T.</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan bioinokulan berbasis bakteri Providencia manganoxydans galur M7. Galur M7 telah dikarakterisasi secara fenotipik dan genotipik, termasuk sekuensing genom lengkap yang menunjukkan keberadaan gen fungsional untuk produksi fitohormon (IAA), fiksasi nitrogen, pelarutan fosfat &amp;amp; kalium, dan siderofor. Pembuatan bioinokulan Providencia manganoxydans M7 dilakukan dengan menumbuhkan bakteri dari stok gliserol ke media NA dan menginkubasinya pada suhu kamar. Satu koloni murni kemudian diinokulasikan ke dalam 20 mL Luria Broth (LB) untuk menghasilkan suspensi sel (inokulum) dan diinkubasi dengan kecepatan. Perbanyakan dilakukan dengan memindahkan inokulum ke dalam 50 mL LB dalam erlenmeyer, kemudian diinkubasi hingga diperoleh kultur akhir 105-108 CFU/mL yang siap digunakan sebagai bioinokulan. Bioinokulan yang dihasilkan dapat meningkatkan pertumbuhan tanaman, ketahanan tanaman, dan kemanisan buah.</t>
   </si>
   <si>
     <t>Dr. Eva Rachmawati, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Drs. Zainal Alim Mas'ud, D.E.A.</t>
+    <t>Dr. drh. Susi Soviana, M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Titi Candra Sunarti, M.Si.</t>
   </si>
   <si>
     <t>Dr. Muhamad Gustilatov, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Mira Rivai, S.TP., M.Si</t>
-[...5 lines deleted...]
-    <t>Fariz Am Kurniawan, S.Pt., M.Si.</t>
+    <t>Prof. Dr. Ir. Dietriech Geoffrey Bengen, D.E.A.</t>
   </si>
   <si>
     <t>Resti Meilani, S.Hut., M.Si.</t>
   </si>
   <si>
     <t>Yusup Amin, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Feri Kusnandar, M.Sc.</t>
+    <t>Faldiena Marcelita, S.T., M.Kom.</t>
   </si>
   <si>
     <t>Dr. Ahmad Yani, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Endang Prangdimurti, M.Si.</t>
   </si>
   <si>
-    <t>Dr. Ir. Sulistijorini, M.Si.</t>
-[...23 lines deleted...]
-    <t>Prof. Dr. Ir. Wini Trilaksani, M.Sc.</t>
+    <t>Lis Rosmanah, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Metode Dan Formula Pembuatan Minuman Konsentrat Protein Tempe</t>
+  </si>
+  <si>
+    <t>31-Aug-2023</t>
+  </si>
+  <si>
+    <t>P00202308251</t>
+  </si>
+  <si>
+    <t>Invensi ini berkaitan dengan aplikasi konsentrat protein tempe sebagai bahan baku pembuatan minuman kesehatan. Invensi ini bertujuan untuk menyediakan formula dan metode pembuatan minuman kesehatan berbasis konsentrat protein tempe dan menunjukkan pemenuhan persyaratan uji SNI 7612:2011 untuk bubuk minuman kedelai. Tahapan pembuatan minuman kesehatan terdiri dari tiga tahapan utama yaitu: 1) pembuatan tepung tempe, 2) pembuatan konsentrat protein tempe, dan 3) pembuatan minuman kesehatan. Formula minuman kesehatan adalah campuran 63-66% konsentrat protein tempe, 20-23% maltodekstrin, 0,4-0,6% perisa minuman, dan 0,1-0,4% gom xanthan. Minuman kesehatan telah memenuhi persyaratan uji Standar Nasional Indonesia (SNI) 7612:2011 untuk bubuk minuman kedelai berdasarkan parameter proksimat, cemaran logam berat, dan mikrobiologi. Minuman kesehatan memiliki skor penerimaan keseluruhan atribut sebesar 4,90 yang berarti minuman kesehatan dinilai konsumen berada pada kisaran netral hingga agak suka. Invensi yang diajukan ini berbeda dengan invensi sebelumnya, yaitu menemukan metode dan formula pembuatan minuman kesehatan berbahan konsentrat protein tempe. Konsentrat protein tempe yang digunakan diperoleh dari proses ekstraksi menggunakan ultrasonikasi, sehingga menghasilkan konsentrat protein dengan kadar protein tinggi dan kadar lemak yang rendah</t>
+  </si>
+  <si>
+    <t>Ir. Nurul Jannah, M.M., Ph.D.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Asep Sudarman, M.Rur.Sc.</t>
   </si>
   <si>
+    <t>Prof. Dr. Didah Nur Faridah, S.T.P., M.Si.</t>
+  </si>
+  <si>
     <t>dr. Riati Sri Hartini, M.Sc., Sp.KJ</t>
   </si>
   <si>
-    <t>Proses Pembuatan Minyak Hati Ikan Cucut (Centrophorus Sp.) Kombinasi Omega-3 dan Antioksidan sebagai Imunostimulan</t>
-[...5 lines deleted...]
-    <t>S00202313772</t>
+    <t>Luvy Dellarosa, S.T., M.T.</t>
   </si>
   <si>
     <t>Prof. Dr. Sugeng Heri Suseno, S.Pi., M.Si.</t>
   </si>
   <si>
-    <t xml:space="preserve">Invensi ini bertujuan menghasilkan proses pembuatanminyak hati ikan cucut yang dikombinasikan dengan omega-3 dan antioksidan sebagai imunostimulan. Minyak hati cucut (Centrophorus sp.) diekstraksi sehingga dihasilkan minyak ikan kaya squalene. Minyak ikan kaya squalene ditambahkan denganomega-3 15% dan 30% serta antioksidan
-[...1 lines deleted...]
-fagositosis makrofag. Penambahan antioksidan pada minyak dapat menghambat oksidasi minyak ikan kombinasi selama penyimpanan hingga 30 hari pada suhu ruang untuk semua sampel, namun pada konsentrasi 6000 ppm terjadi prooksidan yang diakibatkan konsentrasi antioksidan yang ditambahkan terlalu tinggi.</t>
+    <t>Prof. Dr. Ir. Indra Jaya, M.Sc.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. I Komang Gede Wiryawan</t>
   </si>
   <si>
-    <t>Ai Imas Faidoh Fatimah, S.T.P., M.P., M.Sc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ukhradiya Magharaniq Safira Purwanto, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Dr. Sari Putri Dewi, S.Pt., M.Si.</t>
+    <t>Prof. Dr. Ir. Anas Miftah Fauzi, M.Eng.</t>
   </si>
   <si>
     <t>Formulasi Dan Metode Pembuatan Nanopartikel Ekstrak Daun Bugenvil (Bougainvillea Spectabilis) Untuk Mengendalikan Bean Common Mosaic Virus Dan Aphis Craccivora Koch</t>
   </si>
   <si>
     <t>23-Apr-2024</t>
   </si>
   <si>
     <t xml:space="preserve">P00202411694 </t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan komposisi bahan, metode pembuatan, dan produk nanopartikel ekstrak daun bugenvil (EDB-NP) yang berasal dari ekstrak daun bugenvil menggunakan metode gelasi ionik. Formula nanopartikel ekstrak daun bugenvil sesuai invensi ini mampu menginduksi ketahanan tanaman dan mengandung antivirus. Nanopartikel ekstrak daun bugenvil disintesis dengan mengeringkan daun bugenvil segar yang telah disortasi, dicuci dengan air mengalir. Daun bugenvil digiling sampai halus dan diayak. Serbuk daun bugenvil diekstraksi dengan cara maserasi menggunakan pelarut etanol. Pelarut Ekstraksi diuapkan menggunakan rotary evaporator sehingga diperoleh senyawa ekstrak daun bugenvil. Ekstrak daun bugenvil dicampur dengan pelarut etanol 70%, natrium alginat, dan kalsium klorida (CaCl2). Larutan campuran diaduk menggunakan magnetic stirrer dan kemudian larutan disonikasi. Nanopartikel yang diperoleh mempunyai ukuran rata-rata 163.68 nm dengan morfologi berbentuk bola (sferis). Aplikasi nanopartikel ekstrak daun bugenvil terbukti mampu memperpanjang masa inkubasi dan menghambat pembentukan lesio lokal nekrotik dengan keefektifan berkisar 67,5%-100%. EDB-NP juga menunjukkan mampu menyebabkan mortalitas kutudaun berkisar 28-76% pada 48 JSP. Hasil pengujian aktivitas insektisidal nanopartikel ekstrak daun bugenvil didapatkan LC50 pada 24 dan 48 jam setelah perlakuan adalah pada konsentrasi 167.1 ppm dan 427.7 ppm.</t>
   </si>
   <si>
-    <t xml:space="preserve">Primer Untuk Snp Spesifik Gen Fabp4 Sebagai Biomarka Daging  Dengan Omega 3 Tinggi Pada Ayam Ipb D1 </t>
-[...7 lines deleted...]
-  <si>
     <t>Dr. Isyana Khaerunnisa, S.Pt</t>
   </si>
   <si>
-    <t xml:space="preserve">Invensi ini bertujuan untuk menghasilkan primer spesifik yang dapat digunakan untuk identifikasi SNP gen FABP4 yang diasosiasikan dengan komposisi asam lemak daging pada daging ayam IPB D1. Invensi ini diperoleh melalui beberapa tahap, yaitu koleksi darah, isolasi DNA, perancangan primer gen FABP4, PCR dan elektroforesis DNA, identifikasi SNP menggunakan metode DNA Sequencing dan asosiasi komposisi asam lemak daging ayam IPB D1. Primer spesifik untuk identifikasi SNP gen FABP4 yang diasosiasikan pada  ayam IPB  D1,  dengan  susunan  nukleotida  F:  5&amp;rsquo;-GGTGATGTGATAACCATCAG-3&amp;rsquo;  dan  R: 5&amp;rsquo;GGATGGAATGCAGATACCTC  -3&amp;rsquo;.  Hasil  analisis  menunjukkan  bahwa  kedua  set  primer tersebut dapat digunakan dengan baik mengidentifikasi SNP FABP4 pada ayam IPB D1. Hasil DNA sequencing ditemukan 10 SNP yaitu 4 SNP ditemukan di daerah intron 2, 3 SNP ditemukan di daerah exon 3 dan 3 SNP lagi ditemukan di daerah intron 3. SNP c.266A&amp;gt;G FABP4  berasosiasi  dengan  komposisi  asam  lemak  daging  ayam  IPB  D1.  Genotipe  AG memiliki kandungan omega-3 lebih tinggi dengan nilai kandungan omega-3 3,03 dan rasio omega-6/omega-3  yang  relatif  lebih  rendah  yaitu  7,35.  Genotipe  AG  yang  memiliki kandungan gizi yang lebih tinggi dan baik untuk kesehatan, dapat dijadikan sebagai marka genetik untuk seleksi yang dapat meningkatkan kualitas gizi daging ayam dan sehat untuk dikonsumsi.</t>
+    <t>Prof. Dr. Dra. Purwantiningsih, M.S.</t>
   </si>
   <si>
     <t>Dr. drh. Mawar Subangkit, M.Si.</t>
   </si>
   <si>
-    <t>Ir. Endang Sunarwati Srimariana, M.Si.</t>
+    <t>Bakteri Psichrobacter Maritimus Strain A1 Asal Spons Spirastrella hartmani Penghasil Antiparasit Argulus sp. Pada Ikan Mas (Carassius auratus)</t>
+  </si>
+  <si>
+    <t>S00202511470</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan penemuan suatu bakteri Psichrobacter maritimus strain A1  yang  bersimbiosis  dengan  spons Spirastrella  hartmani,dan  dapat  menghasilkan senyawa  metabolit  sekunder  yang  dapat  dimanfaatkan  dalam  penanganan  parasite Argulus sp.  pada  ikan  hias  Mas  Koki  (Carassius  auratus).  Sekuen  genetic  dari  bakteri Psichrobacter maritimus strain A1, sesuai dengan klaim memiliki panjang sekuen 1432 base-pair (bp) dengan kemiripan 99,42% dengan Psichrobacter maritimus strain Pi2-20; KMM 3646.  Preparasi  senyawa metabolit  sekunder isolate bakteri  ini dilakukan  dengan ekstraksi kultur menggunakan pelarut etanol 98% pada fase pertumbuhan di jam inkubasi 44-52 jam. Efektifitas yang dihasilkan adalah sebesar 100% dalam membunuh parasite Argulus sp. setelah perlakuan selama 4 hari. Invensi ini berpotensi dalam penanganan parasite Argulus sp. pada budidaya ikan hias mas koki dengan waktu yang relative lebih cepat dan ramah lingkungan.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Satyanto Krido Saptomo, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Harton Arfah, M.Si.</t>
   </si>
   <si>
+    <t>Prof. Dr. drh. Deni Noviana</t>
+  </si>
+  <si>
     <t>Prof. Dr. Ir. Odang Carman, M.Sc.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Trisna Priadi, M.Eng.Sc.</t>
   </si>
   <si>
-    <t>Dr. Kasita Listyarini, S.Si., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Prof. Dr. Nancy Dewi Yuliana, S.T.P., M.Sc.</t>
   </si>
   <si>
     <t>Dr. Toto Haryanto, S.Kom., M.Si.</t>
   </si>
   <si>
     <t>Arif Darmawan, S.Pt., M.Si., Ph.D.</t>
   </si>
   <si>
     <t>Dr. Heriyanto Syafutra, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Dimas Ardi Prasetya, S.T., M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Muhammad Fedi Alfiadi Sondita, M.Sc.</t>
   </si>
   <si>
     <t>Dr. Ismail Budiman, S.Hut., M.Si.</t>
   </si>
   <si>
     <t>Formulasi Sabun Cair Dengan Penambahan Spirulina</t>
   </si>
   <si>
     <t>23-Apr-2025</t>
   </si>
   <si>
     <t>S00202503652</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini berhubungan dengan formulasi sabun cair yang ditambahkan Spirulinaplatensis untuk meningkatkan kandungan nutrisi dan komponen aktif. PenambahanSpirulina platensis dalam formulasi ini menjadi penciri dari invensi ini. Sabun cair denganpenambahan Spirulina platensis memiliki nilai sensori yang bagus dengan kenampakan7,5; aroma 7,5; dan tekstur 8,2, dimana masuk dalam kategori sangat disukai. Viskositassabun cair spirulina, yaitu 55%, daya busa 187%, dengan nilai IC50 184 ppm yang
 menunjukkan adanya aktivitas antioksidan, dan angka lempeng total (ALT) &amp;lt;1X101CFU/mL yang menunjukkan produk aman dari bakteri perusak. Penggunaan bahan-bahanalami dalam sabun ini tidak hanya menjadikannya efektif dalam membersihkan kulit,tetapi juga aman dari bahan kimia berbahaya dan mikroba perusak.</t>
   </si>
   <si>
     <t>drh. Leni Maylina, M.Si., Ph.D.</t>
   </si>
   <si>
     <t>Komposisi Yoghurt Dari Bunga Dan Bubuk Batang Saraca Ashoka</t>
   </si>
   <si>
     <t>S00202406482</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan komposisi yoghurt berbahan bunga dan bubuk batang Saraca ashoka sebagai minuman yang dapat mencegah kanker payudara, SOPK, dan nyeri haid. Minuman ini terbuat dari bunga dan bubuk batang Saraca ashoka yang dicampur dengan yoghurt yang terbuat dari susu dan starter yoghurt. Buah stroberi dan nanas madu pemalang dijadikan selai dan ditambahkan sebagai pemanis alami sehhingga dapat mengurangi penggunaan gula tambahan. Batang Saraca ashoka mengandung senyawa bioaktif seperti steroid, alkaloid, flavonoid, tanin, glikosida dan saponin. Sementara itu, bunga ashoka mengandung karotenoid, flavonoid, fenol, flavon glikosida, dan phytoestrogen. Senyawa-senyawa tersebut secara teori dapat bersifat spasmogenik, uterotonic, oksitosin, antibakteri, anti-tumor, anti-implantasi, anti-progestational, dan anti estrogenik untuk mencegah kanker payudara, SOPK, dan nyeri haid.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Herdhata Agusta</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">SISTEM KONTROL MIKROKLIMAT DAN HEAT STRESS BERBASIS IOT UNTUK RUMINANSIA </t>
+    <t>Dr. Liyantono, S.T.P., M.Agr.</t>
+  </si>
+  <si>
+    <t>Sistem Kontrol Mikrolimat Dan Heast Stress Berbasis IOT untuk Ruminansia</t>
   </si>
   <si>
     <t>21-Jul-2025</t>
   </si>
   <si>
     <t>S00202506764</t>
   </si>
   <si>
     <t xml:space="preserve">Invensi ini merupakan sistem pemantauan mikroklimat dan heat stres berbasis Internet of Things (IoT) untuk ruminansia bernama D-Ruminansia. D-Ruminansia terdiri dari alat pengukur  mikroklimat  seperti  suhu  udara,  kelembapan,  kecepatan  angin,  intensitas cahaya,  dan  kadar  amonia.  D-Ruminansia  juga  dilengkapi  kamera  untuk  pemantauan visual ternak secara jarak jauh. Seluruh data dikumpulkan secara real-time dan digunakan untuk  menghitung  nilai Temperature  Humidity  Index (THI).  Nilai  THI  digunakan  sistem untuk memberikan klasifikasi tingkat kenyamanan ternak berdasarkan heat stress. Data hasil pemantauan ditransmisikan ke server cloud dan divisualisasikan dalam bentuk grafik, tabel,  melalui  dashboard  berbasis  web  dan  aplikasi  Android.  Invensi  ini  mendukung pengelolaan kandang berbasis data untuk meningkatkan kenyamanan dan produktivitas sapi perah di lingkungan tropis.</t>
   </si>
   <si>
     <t>Dr. Hagia Sophia Khairani, S.P., M.Si.</t>
   </si>
   <si>
     <t>Auriza Rahmad Akbar, S.Komp., M.Kom.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Domu Simbolon, M.Si.</t>
-[...11 lines deleted...]
-    <t>Invensi ini berhubungan dengan produk sosis daging sapi menggunakan pewarna alami ekstrak umbi bawang dayak (Eleutherine bulbosa). Lebih khusus lagi invensi ini berhubungan dengan metode ekstraksi umbi bawang dayak dan metode proses pengolahan sosis menggunakan pewarna alami ekstrak bawang dayak. Metode ekstraksi untuk mendapatkan ekstrak air dan ekstrak etanol menggunakan teknik maserasi yang dikombinasikan dengan sonikasi. Ekstrak cair yang didapatkan kemudian dipekatkan menggunakan alat rotary evaporator. Metode proses pengolahan sosis daging sapi meliputi penggunaan ekstrak air 3000 ppm dan ekstrak etanol 1000 ppm yang ditambahkan ke dalam bahan adonan sosis yang terdiri dari daging sapi, es batu, minyak goreng, tepung tapioka, bawang putih, garam, lada bubuk, bumbu bratwurst, gula pasir, dan STPP. Karakteristik sosis daging sapi dengan pewarna alami ekstrak air umbi bawang dayak dan ekstrak etanol umbi bawang dayak telah memenuhi persyaratan SNI 3280- 2024. Setiap 100 g sosis sapi menghasilkan energi dari lemak 87,39 dan 95,49 kkal, serta energi total masing-masing 177,79 dan 173,49 kkal.</t>
+    <t>Dr. Ir. Tatag Budiardi, M.Si.</t>
+  </si>
+  <si>
+    <t>Komposisi Sup Krim Berbasis Rumput Laut Untuk Menurunkan Kadar Gula Darah</t>
+  </si>
+  <si>
+    <t>S00202512434</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Purwaningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Rumput laut Gracilaria sp. merupakan salah satu potensi lokal dari Jawa Baratyang mudah dibudidaya namun selama ini kurang dimanfaatkan sehingga harga murah. Tujuan invensi ini adalah memanfaatkan potensi lokal berupa rumput laut menjadi sup krim untuk penderita diabetes. Komposisi sup krim sesuai invensi ini secara lengkap terdiri dari tepung Gracilaria sp., tepung sagu, tepung singkong, susu bubuk full krim, garam, lada bubuk, kaldu jamur, bawang putih bubuk, nori.Hasil uji in vivo menunjukkan sup krim Gracilaria sp. menurunkan kadar glukosa darah dan pada gambaran imunohistokimia terjadi perbaikan sel beta pankreas.</t>
+  </si>
+  <si>
+    <t>Septian Fauzi Dwi Saputra, S.T.P., M.Si., Ph.D.</t>
   </si>
   <si>
     <t>Sistem Pengolahan Air Limbah Pertambangan Minyak Dan Gas Bumi Dengan Kolam Biologis Suhu Tinggi (Bio-Pond High Temperature/Bio-Pond Ht)</t>
   </si>
   <si>
     <t>P00202414295</t>
   </si>
   <si>
     <t>Invensi ini berkaitan dengan sistem pengolahan air limbah pertambangan minyak dan gas bumi dengan sistem Kolam Biologis Suhu Tinggi (Bio-Pond High Temperature/Bio-Pond HT). Sistem pengolahan air limbah pertambangan sesuai invensi ini terdiri dari kolam prakondisi, kompartemen kolam pembersihan, dan titik penataan. Kompartemen kolam pembersihan ditanami dengan tumbuhan rawa yang tahan suhu air tinggi di dasar kompartemen atau dapat diapungkan dengan media apung dari sabut kelapa dengan media tanah dan pupuk. Kompartemen pra-kondisi ditanami dengan enceng gondok dan atau diberi sekat dari anyaman sabut kelapa. Air dari kompartemen terakhir kolam pembersihan disalurkan ke titik penaatan menggunakan pipa. Air limbah yang keluar dari sistem pengolahan ini di titik penataan akan menghasilkan air dengan suhu 32,4-36,5&amp;deg;C. Selain suhu, kandungan bahan pencemar lain seperti NH3-N, H2S, dan Fenol dari 1,8; 0,002; dan 0,002 menjadi 1,48; &amp;lt;0,001; dan &amp;lt;0,001. Kandungan minyak dan lemak juga turun dari 1,4 menjadi &amp;lt; 1 mg/L.</t>
   </si>
   <si>
     <t>Rizki Agung Nugraha</t>
   </si>
   <si>
     <t>Dr. Ir. Ali Nurmansyah, M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Tri Asmira Damayanti, M.Agr.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Imam Wahyudi, M.S.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Sudradjat, M.S.</t>
-[...4 lines deleted...]
-  <si>
     <t>Dr. Ir. Budhi Hascaryo Iskandar, M.Si.</t>
   </si>
   <si>
     <t>Dr. Ir. Lilis Khotijah, M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Anuraga Jayanegara, S.Pt., M.Sc.</t>
-[...2 lines deleted...]
-    <t>Dr. Fitra Aji Pamungkas, S.Pt., M.Si.</t>
+    <t>Formula Velva Tepung Gayam Sebagai Kudapan Sumber Serat</t>
+  </si>
+  <si>
+    <t xml:space="preserve">S00202601197 </t>
+  </si>
+  <si>
+    <t>Pengembangan kudapan beku berbasis pangan lokal berpotensi menjadi alternatif pangan fungsional yang lebih sehat, khususnya dalam meningkatkan asupan serat pangan. invansi ini bertujuan untuk merumuskan dan mengkarakterisasi produk velva berbahan dasar tepung gayam (Inocarpus fagifer), madu murni, dan susu cair full cream sebagai kudapan sumber serat. Invensi ini menggunakan bahan penstabil Propylene Glycol Monoesters. Hasil analisis menunjukkan bahwa velva gayam memiliki kandungan serat pangan total sekurang-kurangnya 3% per 100 g produkSehingga dapat dinyatakan bahwa velva gayam ini menjadi kudapan dengan klaim sumber serat pangan. Produk velva dikemas dalam bentuk beku dan disimpan pada suhu -18 &amp;deg;C untuk menjaga tekstur, mutu sensoris, serta stabilitas komponen gizi. Dengan karakteristik tersebut, velva gayam berpotensi dikembangkan sebagai produk kudapan fungsional berbasis pangan lokal yang tidak hanya memiliki daya terima yang baik, tetapi juga berkontribusi dalam peningkatan kualitas gizi dan diversifikasi pangan.</t>
   </si>
   <si>
     <t>Taryati, S.Pt.</t>
   </si>
   <si>
-    <t>Edi Wiraguna, S.P., M.Ag.Sc., Ph.D.</t>
-[...1 lines deleted...]
-  <si>
     <t>Dr. Elisa Anggraeni, S.T.P., M.Sc.</t>
   </si>
   <si>
-    <t xml:space="preserve">KOMPOSISI   DAN   PROSES  PEMBUATAN  KEJU   ANALOG  OLES  BERBASIS  KACANG   BOGOR (Vigna subterranea) DAN SANTAN </t>
-[...10 lines deleted...]
-  <si>
     <t>Dr. Tuti Suryati, S.Pt., M.Si.</t>
   </si>
   <si>
-    <t>Ade Astri Muliasari, S.P., M.Si.</t>
+    <t>Formula Pakan Buatan Untuk Larva Hama Boktor (Xystrocera Festiva)</t>
+  </si>
+  <si>
+    <t>S00202511481</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ulfah Juniarti, M.Agr.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi  ini  merupakan  suatu  cara  untuk  memahami  perilaku  makan,  sifat,  cara penggerekan, zat kimia penghambat dan pemacu pertumbuhan dari hama boktor melalui pakan buatan dan informasi lainnya yang dapat dijadikan dasar dalam pengendalian hama boktor. Bahan utama dari pakan buatan yang dikembangkan adalah serbuk kayu sengon yang  mengandung  trypsin  inhibitor  dan  alpha-amylase  inhibitor.  Serbuk  kayu  yang merupakan  bahan  organik  dicampurkan  dengan  bahan  kimia  berupa  yeast  extract (0,64%),  streptomucin  (0,42%),  natrium  benzoate  (0,42%),  dan  ascorbic  acid  (0,42%). Selain bahan kimia tersebut, ditambahkan juga aquades (84,75%) sebagai pelarut, sukrosa (4,24%) sebagai sumber energi bagi larva, dan agar-agar (0,64%) sebagai pemberi tekstur pakan.  Hasil menunjukkan bahwa kondisi pohon sehat dengan aktivitas trypsin inhibitor yang  tinggi  tidak  diminati  larva  boktor  ukuran  kecil,  sedangkan  kondisi  pohon  sehat dengan aktivitas alfa&amp;ndash;amylase inhibitor tinggi tidak diminati larva boktor ukuran besar, dan berlaku hal yang sebaliknya pada kondisi pohon sakit.</t>
   </si>
   <si>
     <t>Dr. Ir. Dewi Sarastani, M.Si.</t>
   </si>
   <si>
-    <t>Metode Sintesis Katalis Sulfonik Magnetik Karbon Dari Ulva Lactuca Dan Karakteristik Produk Yang Dihasilkannya</t>
-[...5 lines deleted...]
-    <t>Invensi ini mengungkapkan suatu metode sintesis katalis sulfonik magnetik karbon dari Ulva lactuca dengan tahapan menyiapkan serbuk Ulva lactuca yang sudah bersih dan kering, menambahkan larutan FeCl3 0,01 M b/v dan menghomogenkannya; mengeringkan dan mengkarbonisasi pada suhu suhu 400&amp;deg;C selama 1 jam; mencampurkan dengan asam sulfat pekat diikuti dengan pemanasan; mendinginkan serta mengencerkan dengan akuades, penyaringan dan pencucian sehingga pH netral, dan pengeringan sehingga diperoleh katalis padat. Produk katalis sulfonik magnetik karbon hasil sintesis dari Ulva lactuca memiliki karakter, yaitu munculnya gugus -SO3 sebagai hasil pengabungan sulfonat dalam matrik karbon tersulfonasi, memiliki struktur amorf aromatik dengan intensitas tinggi pada 2 theta 27,91&amp;ordm; dan termasuk dalam tipe mesopori berasarkan ukuran porinya.</t>
+    <t>Metode Ekstraksi Biopigmen Dari Makroalga Laut Ulva Lactuca Dan Karakteristik Produk Yang Dihasilkannya</t>
+  </si>
+  <si>
+    <t>P00202407848</t>
+  </si>
+  <si>
+    <t>Makroalga laut adalah alga yang berukuran besar, dari beberapa centimeter (cm) hingga beberapa meter (m). Makroalga laut memiliki pigmen alami (biopigmen), yaitu klorofil, karotenoid dan fikobilin. Invensi ini menggunakan 2 jenis pelarut kimia untuk mengekstrak biopigmen makroalga laut Ulva lactuca. Hasil ekstraksi dianalisis untuk mengetahui kadar biopigmen dan antioksidan pada makroalga laut Ulva lactuca. Ekstraksi biopigmen Ulva lactuca dilakukan menggunakan dua pelarut kimia, yaitu metanol atau aseton selama 24 jam pada suhu rendah (27&amp;deg;C). Kadar biopigmen ekstrak metanol, yaitu klorofil a (20,81 &amp;mu;g/mL), b (16,31 &amp;mu;g/mL), c (1,53 &amp;mu;g/mL), d (1,79 &amp;mu;g/mL), total klorofil (40,44 &amp;mu;g/mL), dan total karotenoid (6,97 &amp;mu;g/mL). Kadar biopigmen ekstrak aseton, yaitu klorofil a (29,76 &amp;mu;g/mL), b (28,41 &amp;mu;g/mL), c (0,24 &amp;mu;g/mL), d (2,32 &amp;mu;g/mL), total klorofil (60,73 &amp;mu;g/mL), dan total karotenoid (2.17 &amp;mu;g/mL). Daya aktivitas antioksidan ekstrak metanol Ulva lactuca memiliki nilai IC50 sebesar 266,42 ppm dan ekstrak aseton sebesar 161,57 ppm.</t>
   </si>
   <si>
     <t>Ir. Sutrisno Koswara, M.Si.</t>
   </si>
   <si>
     <t>Irsan Alipraja, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Y. Aris Purwanto, M.Sc.</t>
-[...29 lines deleted...]
-    <t>Prof. Dr. Ir. Yandra, M.Eng.</t>
+    <t>Dr. Etik Mardliyanti, M.Eng.</t>
+  </si>
+  <si>
+    <t>Dr. Andi Early Febrina, S.T.P., M.S.</t>
+  </si>
+  <si>
+    <t>Dr. Fengky Satria Yoresta, S.T., M.T.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Slamet Budijanto, M.Agr.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sandra Arifin Aziz, M.S.</t>
   </si>
   <si>
     <t>Formulasi Minyak Aromaterapi Dari Minyak Kayu Cendana Dan Minyak Daun Kemangi</t>
   </si>
   <si>
     <t>S00202406485</t>
   </si>
   <si>
     <t>Invensi ini berhubungan dengan formulasi minyak aromaterapi berbasis minyak atsiri dari kayu cendana (Santalum album L) dan minyak daun kemangi (Ocimum bacilicum L) dengan tambahan lainnya berupa mentol dan kamfer. Variasi formulasi dibuat sebanyak dua jenis, yaitu variasi &amp;ldquo;warm&amp;rdquo; dan &amp;ldquo;hot&amp;rdquo;. Aplikasi dari invensi ini dengan cara dihirup dan dioleskan ke kulit tubuh.</t>
   </si>
   <si>
+    <t>Alat Aplikator Pestisida Hama Pucuk Sawit (Elaeis Guineensis Jacq)</t>
+  </si>
+  <si>
+    <t>S00202512432</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Agus Sutejo, M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berhubungan dengan bidang teknologi pertanian, khususnya alataplikator pestisida portabel yang dirancang untuk tanaman pucuk kelapa sawit. Alat ini berupa tongkat teleskopik (1) berbasis pipa aluminium yang dilengkapi sistem pengunci, sehingga dapat diperpanjang hingga 3 meter untuk menjangkau pucuk dan pelepah kelapa sawit tanpa perlu pemanjatan. Sistem utama terdiri atas hopper (1) plastik tahan korosi berkapasitas 300 gram, auger (4) baja tahan karat yang digerakkan oleh motor DC (5), serta pipa penyalur (3) yang menyalurkan pestisida secara stabil hingga ke ujung tongkat. Operasi alat dikendalikan oleh monostabil multivibrator (7) yang memungkinkan pengaturan dosis aplikasi pestisida dengan pilihan 5, 10, atau 15 detik. Energi diperoleh dari aki 12V (8) yang membuat alat ini portabel dan mandiri. Seluruh komponen didukung oleh sistem klem (6) untuk menjaga kestabilan dan posisi saat digunakan. Dengan desain ini, alat aplikator pestisida teleskopik mampu meningkatkan efisiensi, presisi, dan keamanan aplikasi pestisida, sekaligus mengurangi risiko operator dan pemborosan pestisida pada perkebunan kelapa sawit.</t>
+  </si>
+  <si>
+    <t>Dr. Efi Toding Tondok, S.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iis Diatin, M.M.</t>
+  </si>
+  <si>
     <t>Prof. Dr. Jakaria, S.Pt., M.Si.</t>
   </si>
   <si>
     <t>Dr. Irman Firmansyah, S.Hut., M.Si.</t>
   </si>
   <si>
     <t>Neny Mariyani, S.T.P., M.Si.</t>
   </si>
   <si>
-    <t>Produksi Steviosida Dengan Ekstraksi Menggunakan Kavitasi Microbubble</t>
-[...13 lines deleted...]
-  <si>
     <t>Prof. Dr. Effendi Tri Bahtiar, S.Hut., M.Si.</t>
   </si>
   <si>
-    <t xml:space="preserve">Formula Minuman Bubuk Instan Berbasis Kolagen Tulang Ayam Dengan Penambahan Tepung Oat dan Tepung Cangkang Telur </t>
-[...20 lines deleted...]
-    <t>Invensi ini berkaitan dengan alat penyiang gulma secara fisik dengan pembakaran dari sinar laser menggunakan manipulator kartesian sumbu XY dengan rangka adjustable yang dapat disesuaikan ketinggiannya mengikuti tinggi tanaman padi yang diberi nama Weedblazer. Gulma pada areal pertanaman padi menyebabkan kompetisi dengan tanaman budidaya, yang dapat menurunkan hasil pertanian. Weedblazer sebagai alat penyiang gulma dirancang dengan tujuan untuk mengurangi beban kerja petani selama masa tanam sebagai upaya penting untuk meningkatkan efisiensi dan produktivitas tanaman. Alat penyiang gulma yang praktis dan mudah dioperasikan dapat membantu petani dalam proses penyiangan, sehingga petani dapat bekerja lebih efektif. Selain itu, Weedblazer sebagai alat penyiang gulma yang ramah energi dan ramah lingkungan juga mendukung keberlanjutan pertanian dan mengurangi dampak negatif terhadap lingkungan. laser digunakan untuk membasmi gulma secara fisik dari sinar yang dipancarkan. Pergerakan laser dilakukan oleh manipulator kartesian sumbu xy sesuai koordinat yang sudah diprogram dengan sistem objek deteksi You Only Look Once (YOLO)dengan kamera. Ketinggian kolong kaki dapat disesuaikan karena bersifat adjustable dengan tinggi minimal mesin 60 cm dan tinggi maksimal mesin 80 cm. Komponen traksi berupa roda besi bersirip yang bertujuan untuk meningkatkan traksi pada tanah sehingga mesin dapat berjalan pada kondisi tanah berlumpur.</t>
+    <t>Alat Penyortir Dan Penghitung Benih Ikan Lele</t>
+  </si>
+  <si>
+    <t>10-Sep-2021</t>
+  </si>
+  <si>
+    <t>S00202107427</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Invensi ini berupa suatu alat penyortir dan penghitung benih ikan lele. Invensi ini menyatukan proses grading dan perhitungan benih lele dalam satu proses, sehingga lebih efektif dan efisien dalam penggunaannya. Dimensi invensi ini memilik panjang 150 cm, lebar 50 cm dan tinggi 65 cm, terdiri atas 5 bagian utama yaitu: saluran air, jalur seluncuran ikan, jalur sortir, saluran penampungan, dan wadah penampungan. Invensi ini melakukan grading menggunakan system mechanical grading dengan pipa silinder terbuat dari alumunium yang ditempatkan sebanyak 8 buah sehingga menghasilkan 7 celah grading, ukuran celah dari atas kebawah semakin besar. Serta dapat melakukan perhitungan otomatis dengan menggunakan sensor infrared yang dirangkai sedemikian rupa dan diletakan pada tiang yang terdapat pada bagian akhir saluran penampungan.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Eko Hari Purnomo, S.T.P., M.Sc.</t>
+  </si>
+  <si>
+    <t>Asep Gunawan</t>
   </si>
   <si>
     <t>Dr. Wulansih Dwi Astuti, S.Pt., M.Si.</t>
   </si>
   <si>
-    <t>Riska Amelia Candra, S.Si</t>
+    <t>Prof. Dr. drh. Upik Kesumawati, M.S.</t>
   </si>
   <si>
     <t>Dr. drh. Eva Harlina, M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Muhammad Ridla, M.Agr.</t>
   </si>
   <si>
     <t>Mohamad Alief Ramdhan, S.Si., M.Si.</t>
   </si>
   <si>
+    <t>Dr. drh. Ni Luh Putu Ika Mayasari</t>
+  </si>
+  <si>
     <t>Prof. Dr. Ir. Ali Khomsan, M.S.</t>
   </si>
   <si>
     <t>Muhammad Ilham, S.Kom.</t>
   </si>
   <si>
+    <t>Prof. Dr. Ir. Luki Abdullah, M.Sc.Agr.</t>
+  </si>
+  <si>
     <t>Prof.Dr. Roni Ridwan, S.Pt., M.Si</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Iman Rusmana, M.Si.</t>
   </si>
   <si>
-    <t>CONCRETE CANVAS DENGAN SUBTITUSI SERAT WOL DOMBA LOKAL (Ovies aries) DAN METODE PEMBUATANNYA</t>
+    <t>Prof. Dr. Fitmawati, M.Si.</t>
+  </si>
+  <si>
+    <t>Concrete Canvas Dengan Subtitusi Serat Wol Domba Lokal (Ovies Aries) Dan Metode Pembuatannya</t>
   </si>
   <si>
     <t>24-Oct-2023</t>
   </si>
   <si>
     <t>P00202310926</t>
   </si>
   <si>
-    <t>Dr.Eng. Heriansyah Putra, S.Pd., M.Eng.</t>
-[...1 lines deleted...]
-  <si>
     <t>Invensi ini berhubungan dengan produk concrete canvas dengan subtitusi serat wol domba lokal (Ovis aries) dan metode pembuatannya. Substitusi serat wol domba lokal ini mengemukakan metode riset sebagai terobosan inovasi penguatan lentur pada concrete canvas. Komposisi pada Concrete Canvas dengan subtitusi serat wol domba lokal (Ovis aries) yaitu sebagai berikut; Portland composite cement, geotextile woven DJ 15, mesh, HDPE membrane, geotextile woven DJ 10, air. Subtitusi serat wol domba lokal (ovis aries) menggantikan posisi serat plastik yang mengalami transisi gelas sehingga menyebabkan keretakan pada Concrete Canvas. Metode pembuatan Concrete Canvas dengan subtitusi wol domba lokal (Ovis Aries) dengan mempersiapkan alat dan bahan, kemudian melakukan pemintalan benang wol sebagai bahan utama. Bahan lapisan yang sudah terkumpul selanjutnya dilakukan pemotongan dengan ukuran 60x60 cm lalu lapisan HDPE diberi lubang dengan jarak antar lubang sebesar 0,5 cm. Benang wol dijahit kedalam lubang lapisan HDPE hingga menembus lapisan geotextile. Setelah semua lubang terjahit, maka semua lapisan disatukan dan dikontrol ulang agar tebalnya tepat 1 cm. Semen ditambahkan kedalam rongga concrete canvas sampai padat, lalu dilakukan proses hidrasi dengan air. Setelah hidrasi dilakukan maka beton dibiarkan mengeras selama 24 jam dan kemudian dilakukan proses curing setiap harinya, selama tujuh hari.</t>
   </si>
   <si>
     <t>Dr. Rudi Heryanto, S.Si., M.Si.</t>
   </si>
   <si>
-    <t>Dr. dr. Desdiani, Sp.P., M.K.K., M.Sc.(M.Bio.Et.)</t>
-[...14 lines deleted...]
-    <t>Invensi ini berhubungan dengan komposisi optimum dalam formulasi dan pembuatan pulp sebagai bahan baku kertas sawit. Aplikasi produk adalah kertas ramah lingkungan yang setelah penggunaan dapat terdegradasi oleh lingkungan dengan waktu cepat. Kertas ini berbahan pulp biomasa sawit khususnya adalah tandan kosong kelapa sawit pada bagain stalk dengan proses secara bertahap yaitu kombinasi biologi (fermentasi), fisika (dekortikasi milling) dan kimia dengan komposisi optimum. Proses kimia akan menghasilkan pulp dengan proses hidrolisa asam sulfat (konstan), pemasakan menggunakan alkali aktif NaOH dan tidak menggunakan pemutihan, untuk menghasilkan pulp dengan selulosa optimum. Pulping rotary digester menggunakan hidrolisi asam sulfat, sulfiditas serta pemasakan dengan natrium hidroksida. Kertas sawit dibuat dengan teknik casting berbentuk lembaran dengan permukaan halus dan dimensi konstan kontinu. Karakteristik kertas cepat pakai adalah ringan, tidak transparan, dapat menahan cairan air dan minyak dalam waktu hingga 15 menit. Pemanfaatan serat tandan kosong kelapa sawit merupakan bagian dari pengembangan biomaterial dan merupakan upaya untuk menjawab permasalahan terkait kebutuhan bahan baku dari serat alam di industri kertas cepat pakai. Penggunaan serat tandan kosong kelapa sawit sebagai bahan baku kertas juga merupakan cara untuk mengatasi melimpahnya limbah padat sawit yang merupakan hasil samping dari tingginya produktifitas CPO di Indonesia.</t>
+    <t>Wiranda Intan Suri, M.T.</t>
+  </si>
+  <si>
+    <t>Metode Pembuatan Ekstrak Gambir (Uncaria Gambir) Terpurifikasi Untuk Fibrosis Paru</t>
+  </si>
+  <si>
+    <t>16-Dec-2025</t>
+  </si>
+  <si>
+    <t>S00202514648</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Invensi ini berhubungan dengan metode pembuatan ekstrak gambir terpurifikasi, lebih
+khusus lagi, invensi ini mengenai metode pembuatan ekstrak gambir terpurifikasi sebagai
+kandidat Obat Herbal Terstandar (OHT) untuk penyakit fibrosis paru. Invensiini meliputi
+dua tahapan utama yaitu proses persiapan sampel gambir dan proses ekstraksi yang
+dicirikan dengan penggunaan pelarut etil asetat. Ekstrak gambir yang dihasilkan memiliki
+karakteristik warna cokelat muda, bentuk serbuk, kadar air 9,1%, kadar abu 0,3%, kadar
+abu tidak larut asam 0,07%, bahan tak larut air 0,4%, bahantak larut alkohol 0,2%, dan
+kadar (+)-Katekin 91,8%. Invensi ini ditujukan sebagai kandidat obat herbal untuk penyakit
+fibrosis paru yang aman, berbasis bahan alam, dan tidak menimbulkan efek toksik.</t>
   </si>
   <si>
     <t>Dian Anggraini Indrawan, S. Hut., M.M.</t>
   </si>
   <si>
-    <t>Dr. drh. I Ketut Mudite Adnyane, M.Si.</t>
+    <t>Prof. Dr. Kustiariyah, S.Pi., M.Si.</t>
   </si>
   <si>
     <t>Nindya Tri Muliawati, M.Sc.</t>
   </si>
   <si>
-    <t>Bonjok Istiaji, S.P., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ratih Rinendyaputri, S.K.H., M.Biomed.</t>
   </si>
   <si>
-    <t>Dr. Drs. Komar Sutriah, M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Andika Septiana Suryaningsih, S.P., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. drh. Arief Boediono</t>
   </si>
   <si>
-    <t>Dea Fauzia Lestari, S.I.K., M.Si.</t>
-[...1 lines deleted...]
-  <si>
     <t>Rima Fitria Adiati, S.T., M.T.</t>
   </si>
   <si>
+    <t>Prof. Dr. Ir. Noor Farikhah Haneda, M.Si.</t>
+  </si>
+  <si>
     <t>Dr. Ir. Heri Ahmad Sukria, M.Sc.Agr.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Naresworo Nugroho, M.S.</t>
+    <t>Ni Made Rusmiati, A.Md.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ronny Rachman Noor, M.Rur.Sc.</t>
   </si>
   <si>
     <t>Prof. Dr. Nurul Taufiqu Rochman, M.Eng., APU., Ph.D.</t>
   </si>
   <si>
+    <t>Prof. Dr. Ir. Edy Hartulistiyoso, M.Sc.Agr.</t>
+  </si>
+  <si>
     <t xml:space="preserve">Prof. Dr. Ir.  H.M.H Bintoro, M.Agr</t>
   </si>
   <si>
-    <t>Dr. Yopi Novita, S.Pi., M.Si.</t>
+    <t>Dr. drh. Ryan Septa Kurnia, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Apriana Vinasyiam, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Emil Wahdi, S.Si., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Drs. Rimbawan</t>
   </si>
   <si>
     <t>Prof. Dr. drh. Umi Cahyaningsih, M.S.</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Sulistiono, M.Sc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Ir. Noor Faiqoh Mardatin, M.Sc.</t>
   </si>
   <si>
     <t>Dr.rer.nat Noviyan Darmawan, S.Si., M.Sc.</t>
   </si>
   <si>
+    <t>Dr. Tri Joko Santoso, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Muhamad Syukur, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alda Widyanti Sapitri,  S.Pt.</t>
+  </si>
+  <si>
+    <t>Iis Erlina</t>
+  </si>
+  <si>
+    <t>Muhammad Izatul Al Fajar</t>
+  </si>
+  <si>
+    <t>Siti Khoriah</t>
+  </si>
+  <si>
+    <t>Arga Ardidarma, SSi, MT</t>
+  </si>
+  <si>
+    <t>Ir Titah Sihdjati Riadhie</t>
+  </si>
+  <si>
+    <t>Dr. Renan Prasta Jenie, S.TP, M.T.</t>
+  </si>
+  <si>
+    <t>Ichsan Hardyanto, S.Si.</t>
+  </si>
+  <si>
+    <t>Vania Rahmawaty, Ssi</t>
+  </si>
+  <si>
+    <t>dr. Dian Sukma Hanggara, Sp.PK, M.Biomed</t>
+  </si>
+  <si>
+    <t>Luqinthar Sudarsono</t>
+  </si>
+  <si>
+    <t>Tajul Iflah, S.TP., M.Si</t>
+  </si>
+  <si>
+    <t>Regilia, S.Si</t>
+  </si>
+  <si>
+    <t>Nisa Nurmilati Barkah, S.Pt, M.Si</t>
+  </si>
+  <si>
+    <t>Dr. Elizabeth Wina, M.Sc.Sc.Agr</t>
+  </si>
+  <si>
+    <t>Siti Maysaroh</t>
+  </si>
+  <si>
+    <t>Muhammad Rifqi</t>
+  </si>
+  <si>
+    <t>Vicky Ardiansyah</t>
+  </si>
+  <si>
+    <t>Nuraini Fadhillah Purnadi</t>
+  </si>
+  <si>
+    <t>Dalilah Artaghinna Lohi</t>
+  </si>
+  <si>
+    <t>Nunung Nurlaelasari</t>
+  </si>
+  <si>
+    <t>Faizal Ainul Adha</t>
+  </si>
+  <si>
+    <t>Ulfah Mubarokah</t>
+  </si>
+  <si>
+    <t>Rizky Fadilla Agustin Rangkuti, SPi., MS</t>
+  </si>
+  <si>
+    <t>Dendi Hidayatullah</t>
+  </si>
+  <si>
+    <t>Nafisyah Jauharah</t>
+  </si>
+  <si>
+    <t>Muhammad Roisul Faruq</t>
+  </si>
+  <si>
+    <t>Siti Malika Azizatul Fitri M, S.TP</t>
+  </si>
+  <si>
+    <t>Ayu Putri Gitanjali Prayudani, S.TP., M.Si</t>
+  </si>
+  <si>
+    <t>Marlin Putri Maldia, S.Si</t>
+  </si>
+  <si>
+    <t>Iwan Jepri</t>
+  </si>
+  <si>
+    <t>Debi Arivo, MSi</t>
+  </si>
+  <si>
+    <t>Taufiq</t>
+  </si>
+  <si>
+    <t>Wazir Mawardi</t>
+  </si>
+  <si>
+    <t>Mulyono</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Putri Pembayun,A.Md </t>
+  </si>
+  <si>
+    <t>Agus Budiyanto, STP, MSc</t>
+  </si>
+  <si>
+    <t>Dr.Endang Yuli Purwani, MSi</t>
+  </si>
+  <si>
+    <t>Prof.Dr.Ir.Nu Richana. MSi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Leni Tria Melati, S. Si, M. Han </t>
+  </si>
+  <si>
+    <t>Alfan Setya Budi, S.T.Pn</t>
+  </si>
+  <si>
+    <t>Sulaiman Akbar Mahdi, S.T.P., M.Si</t>
+  </si>
+  <si>
+    <t>Gilang Dwi Laksono</t>
+  </si>
+  <si>
+    <t>Prof. Ir. Yazid Bindar,M.Sc., Ph.D</t>
+  </si>
+  <si>
+    <t>Retno Damajanti Soejoedono</t>
+  </si>
+  <si>
+    <t>Meliana Eka Saputri</t>
+  </si>
+  <si>
+    <t>Aulia Ul Hafizah</t>
+  </si>
+  <si>
+    <t>Rahadiyan Garuda Langit Dewangga</t>
+  </si>
+  <si>
+    <t>Mia Maesarotus Solihah</t>
+  </si>
+  <si>
+    <t>Herman Marius Zendrato, SSi, MSi</t>
+  </si>
+  <si>
+    <t>Nanang Masruchin, ST, MT, Ph.D</t>
+  </si>
+  <si>
+    <t>Etika Ayu Kusumadewi, S.P</t>
+  </si>
+  <si>
+    <t>Ary Kristianto, S.TP</t>
+  </si>
+  <si>
+    <t>Renaldi Purnomo Adji</t>
+  </si>
+  <si>
+    <t>Mahirah Firadus, S.Pt</t>
+  </si>
+  <si>
+    <t>Triami Lestari, S.Pt</t>
+  </si>
+  <si>
+    <t>Nofa Mardia Ningsih Kaswati, S.Si, M.Si.</t>
+  </si>
+  <si>
+    <t>apt. Yustisia Riantiarno, S.Farm.</t>
+  </si>
+  <si>
+    <t>Putri Hawa Syaifie, S.Si, M.Si.</t>
+  </si>
+  <si>
+    <t>Nurwenda Novan Maulana, S.Si, MS.</t>
+  </si>
+  <si>
+    <t>Nurah Anggraeni</t>
+  </si>
+  <si>
+    <t>Sylvia Ayuningsih</t>
+  </si>
+  <si>
+    <t>Cindy Larasati</t>
+  </si>
+  <si>
+    <t>Rama Dista</t>
+  </si>
+  <si>
+    <t>Sulaiman Akbar Mahdi, S.TP</t>
+  </si>
+  <si>
+    <t>Anisa Sekar Widhi, S.Gz, M.Gz</t>
+  </si>
+  <si>
+    <t>Suharno</t>
+  </si>
+  <si>
+    <t>Bayu Prastowo, Msi</t>
+  </si>
+  <si>
+    <t>Dr Ir Yaya Suryana,M.Sc</t>
+  </si>
+  <si>
+    <t>Bayu Nurbiantoro</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Shevara Raminda Ferreta</t>
+  </si>
+  <si>
+    <t>Dr. Eng. Apip Amrullah, S.T, M.Eng</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. Dr. Widya  Fatriasari</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gissa Navira Sevie S.T.,  M.T.</t>
+  </si>
+  <si>
+    <t>Imron Masfuri, S.T.</t>
+  </si>
+  <si>
+    <t>Putti Tyani Cahya</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr. Novi Syaftika, S.Si,  M.Eng.</t>
+  </si>
+  <si>
+    <t>Tyas Puspita Rini, S.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Made Wedanta Suryadarma, S.Ik. </t>
+  </si>
+  <si>
+    <t>Dr. Apriansyah, S.Si, M.Si</t>
+  </si>
+  <si>
+    <t>Muhammad Akbar Zidane</t>
+  </si>
+  <si>
+    <t>Muhammad Yazid Ardiansyah Harahap</t>
+  </si>
+  <si>
+    <t>Gracella Florensa Charistia</t>
+  </si>
+  <si>
+    <t>Aulia Sufi Sihab</t>
+  </si>
+  <si>
+    <t>Viona Nathania Christanti Tampubolon</t>
+  </si>
+  <si>
+    <t>Marsya Halya Alfrida</t>
+  </si>
+  <si>
+    <t>Restu Saputra</t>
+  </si>
+  <si>
+    <t>Raden Roro Fatimah Azzahra Aulia</t>
+  </si>
+  <si>
+    <t>Abdul Aziz Ramdani</t>
+  </si>
+  <si>
+    <t>Rangga Mahardika Nazarulloh</t>
+  </si>
+  <si>
+    <t>Novia Miftakhul Qisthi</t>
+  </si>
+  <si>
+    <t>Renhard Al Rasyid</t>
+  </si>
+  <si>
+    <t>Seni Fitriani Safitri</t>
+  </si>
+  <si>
+    <t>Suci Meyditia Oktafiri</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Neng Wiwi Whidiningsih</t>
+  </si>
+  <si>
+    <t>Siti Rohmah</t>
+  </si>
+  <si>
+    <t>Puja Mutiara Hati</t>
+  </si>
+  <si>
+    <t>Rachmalia Isni Oktaviani</t>
+  </si>
+  <si>
+    <t>Dewi Anggraini</t>
+  </si>
+  <si>
+    <t>Fidela Nailan Faza Prasetyaji</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rahmadani Fitria </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Alinggar Agli Nugroho </t>
+  </si>
+  <si>
+    <t>Lestari Ayuning Anggraeni</t>
+  </si>
+  <si>
+    <t>Kukuh Setiawan</t>
+  </si>
+  <si>
+    <t>Chintya Dwi Azizah</t>
+  </si>
+  <si>
+    <t>Faij Horul Nasrudin</t>
+  </si>
+  <si>
+    <t>Yukio Zion Hadar</t>
+  </si>
+  <si>
+    <t>Sekar Putri Maharani</t>
+  </si>
+  <si>
+    <t>Amelia Nur Ajizah</t>
+  </si>
+  <si>
+    <t>Fadila Tul Rahmi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nopa Aris Iskandar, SPi </t>
+  </si>
+  <si>
+    <t>Anggrei Viona Seulalae, SPi MSi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hana Ankrissa Hondo,  S.T.Pn</t>
+  </si>
+  <si>
+    <t>Syifa Khairunnisa, S.T.Pn</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Astrid Alvina  Damayanty </t>
+  </si>
+  <si>
+    <t>Syifa Robbani</t>
+  </si>
+  <si>
+    <t>Afrinal Firmanda, S.TP, M.T.</t>
+  </si>
+  <si>
+    <t>Ketut Bagus Priambada Putra</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Umamah Al Batul </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vanya Azzahra  Chairunissa, S.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Hawis H. Madduppa, SPI, MSi</t>
+  </si>
+  <si>
+    <t>Nurlita Putri Anggraini</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Leni Mariana Simbolon</t>
+  </si>
+  <si>
+    <t>Nur Alam Dwi Cahyati</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muhammad Qustam  Sahibuddin</t>
+  </si>
+  <si>
+    <t>Ani Nuraeni, S.Pd., M.Pd</t>
+  </si>
+  <si>
+    <t>Pelangi Ananda Juandini, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Reni Sulastriani, S.Pt.</t>
+  </si>
+  <si>
+    <t>Ghina Mufidah</t>
+  </si>
+  <si>
+    <t>Mardiyah Salamatussa'adah, S.Gz</t>
+  </si>
+  <si>
+    <t>Nira Delina, S.Gz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ricter Pangestika, S.Gz </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hanin Nur Azizah </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Arwanila Sartika Tri Febianti </t>
+  </si>
+  <si>
+    <t>Lingga Fauzyan Firdhaus</t>
+  </si>
+  <si>
+    <t>Farhan Al Ghifari</t>
+  </si>
+  <si>
+    <t>Fitroh Agung Dimas Tetuko</t>
+  </si>
+  <si>
+    <t>Bahidin Laode Mpapa</t>
+  </si>
+  <si>
+    <t>lham Putra S</t>
+  </si>
+  <si>
+    <t>Akmal Zidan</t>
+  </si>
+  <si>
+    <t>Vany RMS</t>
+  </si>
+  <si>
+    <t>Dwinitha Ayudyah</t>
+  </si>
+  <si>
+    <t>Khairunnisa</t>
+  </si>
+  <si>
+    <t>Formulasi Beras Analog Berbahan Dasar Limbah Tongkol Jagung</t>
+  </si>
+  <si>
+    <t>11-Oct-2023</t>
+  </si>
+  <si>
+    <t>S00202310309</t>
+  </si>
+  <si>
+    <t>Alisya Pramudya Wardhani</t>
+  </si>
+  <si>
+    <t>Invensi menghasilkan beras analog kaya serat yang terbuat dari tepung limbah tongkol jagung dan beberapa tambahan bahan pendukung lainnya seperti tepung maizena, tepung tapioka, dan gliserol monostearat (GMS). Menurut data Kementerian Pertanian RI, produksi jagung manis di Indonesia tahun 2021 periode September - Desember berturut-turut sebesar 1,21 juta ton, 916.759 ton, 1 juta ton dan 881.787 ton. Tingginya produksi jagung di Indonesia diiringi dengan tingginya produksi limbah tongkol jagung. Invensi ini dapat menjadi salah satu upaya mengurangi limbah tongkol jagung, meningkatkan produksi beras dalam negeri serta memanfaatkan sumber karbohidrat lainnya yang melimpah di Indonesia sebagai makanan pokok masyarakat. Tongkol jagung memiliki nilai serat mencapai 46,52% dari total bobot. Berdasarkan hasil pendekatan perhitungan nilai AKG (Angka Kecukupan Gizi), produk beras analog berbahan baku tongkol jagung memiliki nilai kadar serat mencapai 6,4 gram/50 gram takaran saji sehingga produk dapat dikatakan produk pangan kaya serat yang baik untuk masyarakat yang menjaga berat tubuh ideal.</t>
+  </si>
+  <si>
+    <t>Ananda ZahraAriannisa</t>
+  </si>
+  <si>
+    <t>Annisa Rianti Andarini</t>
+  </si>
+  <si>
+    <t>Nurul Cinthiya Nasution</t>
+  </si>
+  <si>
+    <t>Dr.rer.nat. Chaidir, Apt.</t>
+  </si>
+  <si>
+    <t>Dr. Nurliani Bermawie</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dini Irmawati </t>
+  </si>
+  <si>
+    <t>Ricter Pangestika, S.Gz</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fitria Cita Dirna, S.Hut, M.Si </t>
+  </si>
+  <si>
+    <t>M. Alif Alcarino, S.Hut</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Prof. Dr. Akhiruddin Maddu, MS </t>
+  </si>
+  <si>
+    <t>Dodi Nandika</t>
+  </si>
+  <si>
+    <t>Dhiya Ulayya Tsabitah</t>
+  </si>
+  <si>
+    <t>Anthony Dwya Putra</t>
+  </si>
+  <si>
+    <t>Dzaki Ihsaan Tamba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Muhammad Reza Nurmansyah </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rifqi Hafidz Ash Shiddiq </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aditiya Resqiyanto </t>
+  </si>
+  <si>
+    <t>Ghassani Tsurraya Prilyadi</t>
+  </si>
+  <si>
+    <t>Fayza Kamila</t>
+  </si>
+  <si>
+    <t>Khalisha Rahma Ardhiani</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Nabila Sukma Priyatnasari </t>
+  </si>
+  <si>
+    <t>Khalisah</t>
+  </si>
+  <si>
+    <t>Dicky Winata Wiharja</t>
+  </si>
+  <si>
+    <t>Dr. Dinamella Wahjuningrum, S.Si., M.Si</t>
+  </si>
+  <si>
+    <t>Rias Ratri Novita, S.T.P., M. Si</t>
+  </si>
+  <si>
+    <t>Rahmi Naily Maghfiroh, S. T. P</t>
+  </si>
+  <si>
+    <t>Bayu Purnomo</t>
+  </si>
+  <si>
+    <t>Dr. Anto Trisugiarto, M. Eng</t>
+  </si>
+  <si>
+    <t>Rani Anggraeni</t>
+  </si>
+  <si>
+    <t>Prof. Dr.rer.nat Kustiariyah, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mirah Afiza Nurazizah, S.Pi., M.Si </t>
+  </si>
+  <si>
+    <t>Caddoumy Zahrel Ben, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Bintang Diva Juno, S.Pi.</t>
+  </si>
+  <si>
+    <t>Zahrotul Firdaus, S.Pi.,M.Si.</t>
+  </si>
+  <si>
+    <t>Mokhamad Fahrudin</t>
+  </si>
+  <si>
+    <t>Nur Setiawati Rahayu</t>
+  </si>
+  <si>
+    <t>Yusma Indah Jayadi S.Gz M.Kes</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dini Wulan Dari, S.Gz., M.Si </t>
+  </si>
+  <si>
+    <t>Syahla Athaya Heggi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dewi Sarastani </t>
+  </si>
+  <si>
+    <t>Jasmine Ramadhanti Putri Widya S.Tr.T.L</t>
+  </si>
+  <si>
+    <t>Agung Tri Nugroho S. Ik</t>
+  </si>
+  <si>
+    <t>Anggit Raksajati</t>
+  </si>
+  <si>
+    <t>Hilda Susanty</t>
+  </si>
+  <si>
+    <t>Venanda Eka Wahyuni, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Ardiyan Harimawan</t>
+  </si>
+  <si>
+    <t>Elvi Restiawaty</t>
+  </si>
+  <si>
+    <t>Ely Vebriyanti</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Guntur Adisurya Ismail </t>
+  </si>
+  <si>
+    <t>Sigit Puspito</t>
+  </si>
+  <si>
+    <t>Dr. Eng.Wahyu Ramadhan., S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Muhammad Haekal, STP</t>
+  </si>
+  <si>
+    <t>Adinda Yulya Rachmawati, S.Pi</t>
+  </si>
+  <si>
+    <t>Zacky Arivaie Santosa, STP</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Eng Uju, S.Pi, M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr.rer.nat. Kustiariyah  Tarman, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Rifki Rahmatullah, M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Yeni Veronica Simatupang	</t>
+  </si>
+  <si>
+    <t>Baskoro Tri Julianto</t>
+  </si>
+  <si>
+    <t>Meyla Suhendra, S.Si, M.Si</t>
+  </si>
+  <si>
+    <t>Kayla Laksmi</t>
+  </si>
+  <si>
+    <t>Alif Ramadhani Suyoko, B.Sc</t>
+  </si>
+  <si>
+    <t>Faisal Rifqi, STP</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dr. M. Sarfat Syukur </t>
+  </si>
+  <si>
+    <t>Dr. Muchamad Yusron, M.Phil</t>
+  </si>
+  <si>
+    <t>Gansuar Sepri, S.Pi</t>
+  </si>
+  <si>
+    <t>Siti Anjani Putri</t>
+  </si>
+  <si>
+    <t>Alik Ramadani</t>
+  </si>
+  <si>
+    <t>Muhammad Miftah Jauhar</t>
+  </si>
+  <si>
+    <t>Ukhradiyah Magharaniq Safira P</t>
+  </si>
+  <si>
+    <t>Hilyatul Mustafidah, S.Pd., M.Kom</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sobir, M.Si</t>
+  </si>
+  <si>
+    <t>Dr. Eng Annisa, S.Kom, M.Kom</t>
+  </si>
+  <si>
+    <t>Muhammad Asyhar Agmalaro, S.Si, M.Kom</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Lalu Miftahul Ulum, ST. </t>
+  </si>
+  <si>
+    <t>Paniran ST., MT</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Made Ginarsa</t>
+  </si>
+  <si>
+    <t>Dr. Misbahuddin</t>
+  </si>
+  <si>
+    <t>Dr. Eng. Ir. Apip Amrullah, ST., M.Eng</t>
+  </si>
+  <si>
+    <t>Isna Tustiyani</t>
+  </si>
+  <si>
+    <t>Muhammad Iqbal</t>
+  </si>
+  <si>
+    <t>Awanda Wira Anggini</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Herpina, S.Pt., M.S </t>
+  </si>
+  <si>
+    <t>Ratna Sholatia Harahap, S.Pt</t>
+  </si>
+  <si>
+    <t>Sarah Aprilia, S.Si</t>
+  </si>
+  <si>
+    <t>Zukhruf Khairati Baharuddin</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mira Andriani </t>
+  </si>
+  <si>
+    <t>Theo Mahiseta Syahniar</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Anggra Fiveriati </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Evira Lisnaina, S.Pi. </t>
+  </si>
+  <si>
+    <t>Sabila Diana Ahmad S, S.Pi.</t>
+  </si>
+  <si>
+    <t>Dianty Dwi Nandita, S.Pi.</t>
+  </si>
+  <si>
+    <t>Sri Widy Yani, S.Pi.</t>
+  </si>
+  <si>
+    <t>Mutiara Fajar Ananda</t>
+  </si>
+  <si>
+    <t>Fajriani Mutmainnah Makmur, S.Pt., M.Si</t>
+  </si>
+  <si>
+    <t>Ati Atul Quddus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">drh. Ismail Fanany </t>
+  </si>
+  <si>
+    <t>drh. Dina Ferdianita, MM</t>
+  </si>
+  <si>
     <t>Abdus Syukur</t>
   </si>
   <si>
+    <t>Keiko Eventius Warman</t>
+  </si>
+  <si>
+    <t>Elramda Nafis Zada</t>
+  </si>
+  <si>
+    <t>As Syifa Savitri</t>
+  </si>
+  <si>
+    <t>Riswan Yanuar Gani</t>
+  </si>
+  <si>
+    <t>Marsha Callista Birachmatika</t>
+  </si>
+  <si>
     <t>Salsabilla Permata Bayah</t>
   </si>
   <si>
     <t>Pristy Tasya Nabila</t>
   </si>
   <si>
     <t>Annisa Nur Azahra</t>
   </si>
   <si>
-    <t>Suharno</t>
-[...32 lines deleted...]
-    <t>Regilia, S.Si</t>
+    <t>Angga Saputra, M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hawa Zahra Ramadhani </t>
+  </si>
+  <si>
+    <t>Moch. Ragil Zia Rahman</t>
+  </si>
+  <si>
+    <t>Pradiptha Aryasena</t>
+  </si>
+  <si>
+    <t>Qoida Amanina Syahadah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aisha Nurfadhilla </t>
+  </si>
+  <si>
+    <t>Naena Salsabila</t>
+  </si>
+  <si>
+    <t>Salsabilla Meidiyanti</t>
+  </si>
+  <si>
+    <t>Octari Rahmawati</t>
+  </si>
+  <si>
+    <t>Yusup Cahyadi</t>
+  </si>
+  <si>
+    <t>Muhammad Ihsan Sulaiman</t>
+  </si>
+  <si>
+    <t>Dianty Dwi Nandita</t>
+  </si>
+  <si>
+    <t>Daffa’ Rizal Dzulfaqaar Alauddin, S.Si., M.Si</t>
+  </si>
+  <si>
+    <t>Ahmad Saleh Harahap, S.Pt M.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wirahmi Elniasari</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Wahyu Pratama</t>
+  </si>
+  <si>
+    <t>Atika Kusumastuti, S.T., M.Si.</t>
+  </si>
+  <si>
+    <t>Cucu Wijayanti, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Aatikah Dewi Ghaisani, S.Pi</t>
+  </si>
+  <si>
+    <t>Dr. Mohammad Fayruz, S.Pt, M.M</t>
+  </si>
+  <si>
+    <t>drh.Rosita</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jimmy Chandra	</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Sinta Amanah, S.Hut	</t>
+  </si>
+  <si>
+    <t>Anindya Himawan Kurniadi</t>
+  </si>
+  <si>
+    <t>Alif Permata Gusti</t>
+  </si>
+  <si>
+    <t>Khusnul Aini</t>
+  </si>
+  <si>
+    <t>Meilinda</t>
+  </si>
+  <si>
+    <t>Maulita Putri Dawmawati, S.Pt.,M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Tjut Awaliyah Zuraiyah, S.Kom., M.Kom.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Drh. Tuty Laswardi Yusuf, MS.</t>
+  </si>
+  <si>
+    <t>Dr. Oriza Savitri Ariantie, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Ivan Taufiq Nugraha</t>
+  </si>
+  <si>
+    <t>Aminudi, S.P.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">dr. Sigit Daru Cahayadi, Sp. OT (K) </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Abdurrahman B., M.Si </t>
+  </si>
+  <si>
+    <t>Angga Saputra, S.Si</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rahman </t>
+  </si>
+  <si>
+    <t>Dhiya Khairunissa</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Teddy Latifatul Aisyah Bachtiyar </t>
+  </si>
+  <si>
+    <t>Widya Hermawan</t>
+  </si>
+  <si>
+    <t>Pirda Maharani Nafisah</t>
+  </si>
+  <si>
+    <t>Adi Santoso</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rohmah Pari </t>
+  </si>
+  <si>
+    <t>Adik Bahanawan</t>
+  </si>
+  <si>
+    <t>Efrida Basri</t>
+  </si>
+  <si>
+    <t>Saefudin</t>
+  </si>
+  <si>
+    <t>Alwan Alawi</t>
+  </si>
+  <si>
+    <t>Ziyan Tirta Maulitia</t>
+  </si>
+  <si>
+    <t>Putri Nur Angelina</t>
+  </si>
+  <si>
+    <t>Haditsah Salsabila</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Salma Nur Karima, S.Pi </t>
+  </si>
+  <si>
+    <t>Dr. Ir. Anna Juliarti, M.Si</t>
+  </si>
+  <si>
+    <t>Prof. Joni Hermana</t>
+  </si>
+  <si>
+    <t>Nafiuz Zuber Nasir</t>
+  </si>
+  <si>
+    <t>Zuffy Audhinna</t>
+  </si>
+  <si>
+    <t>Yovieta C Pasaribu</t>
+  </si>
+  <si>
+    <t>Arbono Wisnu Kristianto</t>
+  </si>
+  <si>
+    <t>Guntur Gantara</t>
+  </si>
+  <si>
+    <t>Sony Aria Wiryawan</t>
+  </si>
+  <si>
+    <t>Heru Cahyono</t>
+  </si>
+  <si>
+    <t>Johar Pribawana</t>
+  </si>
+  <si>
+    <t>Azumar Ridwan</t>
+  </si>
+  <si>
+    <t>Niko Prasetiyo, ST, MM</t>
+  </si>
+  <si>
+    <t>Erwin Sinisuka</t>
+  </si>
+  <si>
+    <t xml:space="preserve">I Nyoman Widaryantha Naya </t>
+  </si>
+  <si>
+    <t>Miftahul Nimaturrohmi</t>
   </si>
   <si>
     <t>Miftahul Jannah</t>
   </si>
   <si>
-    <t>Hamidatul Rimadani</t>
-[...413 lines deleted...]
-    <t>Listiana Ningrum</t>
+    <t>Sukma Surya Kusumah</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dicky Kurniawan </t>
   </si>
   <si>
     <t>Ali Khumaidi</t>
   </si>
   <si>
-    <t>Sari Intan Kailaku</t>
-[...271 lines deleted...]
-  <si>
     <t>Agus Mulyana, MT</t>
   </si>
   <si>
     <t xml:space="preserve">dr. Putri C Eyanoer, M.Epid., Ph.D </t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr. dr. Suradi, M.A.R.S., Sp.P(K) </t>
   </si>
   <si>
     <t>dr. Nurjati Chairani Siregar, M.S., Sp.PA(K), Ph.D</t>
   </si>
   <si>
     <t>Prof. Dr. dr. Sri Widia A. Jusman, M.S.</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. dr. Mohammad Sadikin, D.Sc </t>
   </si>
   <si>
     <t>Prof. Dr. dr. Samsuridjal Djauzi, Sp.PD-KAI</t>
   </si>
   <si>
     <t xml:space="preserve">Prof. Dr. dr. Iris Rengganis, Sp.PD-KAI </t>
   </si>
   <si>
     <t>Lutfi, S.Pi., M.Si.</t>
   </si>
   <si>
     <t>Nurbety Tarigan</t>
   </si>
   <si>
     <t>Dr. Wahyu Hidayat, S.Hut. MSc</t>
   </si>
   <si>
     <t>Fadilah Fitrianum</t>
   </si>
   <si>
-    <t>Wirza Revinda</t>
-[...46 lines deleted...]
-  <si>
     <t>Baref Agung Wicaksono, S.Pi</t>
   </si>
   <si>
     <t>Ir. Efrida Basri, M.Sc</t>
   </si>
   <si>
     <t xml:space="preserve">Manggar Arum Aristri, S.Si., M.Si </t>
   </si>
   <si>
     <t>Nisa Fadhila Islami, S.P</t>
   </si>
   <si>
-    <t>Ananda Najwa Rizki</t>
-[...16 lines deleted...]
-  <si>
     <t xml:space="preserve">Ir. Caecillia Chrismie Nurwitri, DAA. </t>
   </si>
   <si>
     <t xml:space="preserve">Erizka Febiazni </t>
   </si>
   <si>
     <t>Pharidisya Rachmi Sativa</t>
   </si>
   <si>
     <t xml:space="preserve">Nurul Izzah Fasya </t>
   </si>
   <si>
     <t>Della Orya Febriana</t>
   </si>
   <si>
-    <t>Naila Nur Alifa</t>
-[...16 lines deleted...]
-  <si>
     <t>Meida Safira</t>
   </si>
   <si>
     <t>Eirene Tentua</t>
   </si>
   <si>
     <t>Bagus Ansani Takwin, S.Pi</t>
   </si>
   <si>
     <t>Nova Andriani</t>
   </si>
   <si>
     <t>Hana Aulia Mughniy</t>
   </si>
   <si>
     <t>Dr. Hilman Syaeful Alam, M.T</t>
   </si>
   <si>
-    <t>Dr. Muchamad Yusron, M.Phil</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Dr. Anto Tri  Sugiarto,  M.Eng</t>
   </si>
   <si>
     <t xml:space="preserve">Devi Murtini, S.Pt.,  MAFH.</t>
   </si>
   <si>
     <t xml:space="preserve">Venanda Eka Wahyuni,  S.Pt., M.Si</t>
-  </si>
-[...220 lines deleted...]
-    <t>drh. Dina Ferdianita, MM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -4416,74 +4628,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J1009" headerRowCount="1">
-  <autoFilter ref="A4:J1009"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J1047" headerRowCount="1">
+  <autoFilter ref="A4:J1047"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J1009"/>
+  <dimension ref="A1:J1047"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -4520,26128 +4732,27116 @@
       </c>
       <c r="B5" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C5" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="H5" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I5" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J5" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H6" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="I6" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J6" s="0" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G7" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="H7" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I7" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J7" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>10</v>
+        <v>26</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>11</v>
+        <v>27</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="F8" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G8" s="0" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H9" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I9" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B10" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H10" s="0" t="s">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="I10" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>37</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C11" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F11" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="H11" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I11" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J11" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="C12" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="F12" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H12" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I12" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F13" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G13" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="H13" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="H13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I13" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="H14" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="I14" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B16" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F16" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="0" t="s">
         <v>44</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H16" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="I16" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>26</v>
+        <v>10</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>28</v>
+        <v>12</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="H17" s="0" t="s">
-        <v>30</v>
+        <v>15</v>
       </c>
       <c r="I17" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="H18" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I18" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>43</v>
+        <v>19</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="I19" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>48</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="H20" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I20" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I21" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I22" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>28</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>30</v>
       </c>
       <c r="I23" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J23" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>62</v>
+        <v>33</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>10</v>
+        <v>19</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>34</v>
+        <v>20</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>35</v>
+        <v>21</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>24</v>
+        <v>59</v>
       </c>
       <c r="H28" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I28" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>37</v>
+        <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>43</v>
+        <v>36</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>44</v>
+        <v>37</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="H29" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="I29" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="I31" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J31" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>44</v>
+        <v>64</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>45</v>
+        <v>65</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G32" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="H32" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="H32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I32" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>22</v>
+        <v>73</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>37</v>
+        <v>74</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>33</v>
+        <v>75</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>34</v>
+        <v>76</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>35</v>
+        <v>77</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="I34" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>37</v>
+        <v>78</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>43</v>
+        <v>79</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>44</v>
+        <v>80</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>45</v>
+        <v>81</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>70</v>
+        <v>82</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="I35" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>48</v>
+        <v>83</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>26</v>
+        <v>84</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>27</v>
+        <v>85</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>28</v>
+        <v>86</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>71</v>
+        <v>87</v>
       </c>
       <c r="H36" s="0" t="s">
-        <v>30</v>
+        <v>88</v>
       </c>
       <c r="I36" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>32</v>
+        <v>89</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>74</v>
+        <v>92</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>76</v>
+        <v>88</v>
       </c>
       <c r="I37" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>78</v>
+        <v>94</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>80</v>
+        <v>95</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>75</v>
+        <v>87</v>
       </c>
       <c r="H38" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I38" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>82</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>83</v>
+        <v>97</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>84</v>
+        <v>98</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>88</v>
+        <v>100</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>89</v>
+        <v>101</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>90</v>
+        <v>64</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>92</v>
+        <v>87</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I40" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>94</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>95</v>
+        <v>10</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>96</v>
+        <v>11</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>97</v>
+        <v>12</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I41" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>98</v>
+        <v>17</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>84</v>
+        <v>106</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="I42" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>101</v>
+        <v>110</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>102</v>
+        <v>111</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>103</v>
+        <v>112</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>104</v>
+        <v>113</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="H43" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="I43" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>106</v>
+        <v>115</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>107</v>
+        <v>116</v>
       </c>
       <c r="C44" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="F44" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="F44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H44" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="I44" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>109</v>
+        <v>118</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>110</v>
+        <v>119</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>111</v>
+        <v>120</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="H45" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="I45" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>115</v>
+        <v>70</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>116</v>
+        <v>124</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>118</v>
+        <v>127</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>119</v>
+        <v>128</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>120</v>
+        <v>129</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>122</v>
+        <v>131</v>
       </c>
       <c r="H47" s="0" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="I47" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>124</v>
+        <v>133</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>111</v>
+        <v>135</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>122</v>
+        <v>137</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>127</v>
+        <v>139</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>128</v>
+        <v>140</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I49" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>132</v>
+        <v>10</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>133</v>
+        <v>11</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>134</v>
+        <v>12</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>122</v>
+        <v>18</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I50" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>135</v>
+        <v>17</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>136</v>
+        <v>144</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>73</v>
+        <v>145</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>137</v>
+        <v>146</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>138</v>
+        <v>147</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="I51" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>140</v>
+        <v>149</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>141</v>
+        <v>150</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>143</v>
+        <v>152</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>144</v>
+        <v>153</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>145</v>
+        <v>154</v>
       </c>
       <c r="I52" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>146</v>
+        <v>155</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>147</v>
+        <v>156</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>148</v>
+        <v>157</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>149</v>
+        <v>158</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="I53" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>152</v>
+        <v>160</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>114</v>
+        <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>115</v>
+        <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>116</v>
+        <v>163</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>118</v>
+        <v>165</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>154</v>
+        <v>63</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>155</v>
+        <v>64</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>156</v>
+        <v>65</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>159</v>
+        <v>68</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>107</v>
+        <v>167</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>161</v>
+        <v>168</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I56" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="F57" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H57" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I57" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H58" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I58" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>174</v>
+        <v>181</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="B60" s="0" t="s">
+        <v>184</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>185</v>
+      </c>
+      <c r="F60" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" s="0" t="s">
         <v>177</v>
       </c>
-      <c r="C60" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H60" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I60" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>181</v>
+        <v>188</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>183</v>
+        <v>190</v>
       </c>
       <c r="H61" s="0" t="s">
-        <v>184</v>
+        <v>138</v>
       </c>
       <c r="I61" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>107</v>
+        <v>193</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="H63" s="0" t="s">
-        <v>81</v>
+        <v>200</v>
       </c>
       <c r="I63" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>196</v>
+        <v>64</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>193</v>
+        <v>204</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I64" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>186</v>
+        <v>211</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>107</v>
+        <v>212</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>187</v>
+        <v>213</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="H66" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I66" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>189</v>
+        <v>214</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H67" s="0" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="I67" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="H68" s="0" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="I68" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>215</v>
+        <v>202</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>216</v>
+        <v>64</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>217</v>
+        <v>203</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="H69" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I69" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>219</v>
+        <v>205</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>199</v>
+        <v>226</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>200</v>
+        <v>227</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>201</v>
+        <v>228</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>218</v>
+        <v>229</v>
       </c>
       <c r="H70" s="0" t="s">
-        <v>162</v>
+        <v>223</v>
       </c>
       <c r="I70" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>202</v>
+        <v>230</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>220</v>
+        <v>231</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>120</v>
+        <v>232</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="H71" s="0" t="s">
-        <v>123</v>
+        <v>235</v>
       </c>
       <c r="I71" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>223</v>
+        <v>236</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>224</v>
+        <v>237</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>225</v>
+        <v>238</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>226</v>
+        <v>239</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="H72" s="0" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I72" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>229</v>
+        <v>211</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>148</v>
+        <v>212</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>230</v>
+        <v>213</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="H73" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I73" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>231</v>
+        <v>214</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>180</v>
+        <v>215</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>181</v>
+        <v>216</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>182</v>
+        <v>217</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
       <c r="H74" s="0" t="s">
-        <v>184</v>
+        <v>67</v>
       </c>
       <c r="I74" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>185</v>
+        <v>218</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>233</v>
+        <v>120</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>234</v>
+        <v>243</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>235</v>
+        <v>244</v>
       </c>
       <c r="H75" s="0" t="s">
-        <v>236</v>
+        <v>109</v>
       </c>
       <c r="I75" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>238</v>
+        <v>246</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>233</v>
+        <v>247</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>239</v>
+        <v>248</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>235</v>
+        <v>249</v>
       </c>
       <c r="H76" s="0" t="s">
-        <v>236</v>
+        <v>88</v>
       </c>
       <c r="I76" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>84</v>
+        <v>252</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>242</v>
+        <v>253</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="H77" s="0" t="s">
-        <v>213</v>
+        <v>88</v>
       </c>
       <c r="I77" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H78" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I78" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H79" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I79" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>254</v>
+        <v>262</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>204</v>
+        <v>263</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>205</v>
+        <v>264</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
       <c r="F80" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>255</v>
+        <v>266</v>
       </c>
       <c r="H80" s="0" t="s">
-        <v>151</v>
+        <v>52</v>
       </c>
       <c r="I80" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J80" s="0" t="s">
-        <v>208</v>
+        <v>267</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>258</v>
+        <v>269</v>
       </c>
       <c r="F81" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>259</v>
+        <v>270</v>
       </c>
       <c r="H81" s="0" t="s">
-        <v>260</v>
+        <v>104</v>
       </c>
       <c r="I81" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H82" s="0" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="I82" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>210</v>
+        <v>278</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>268</v>
+        <v>279</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>14</v>
+        <v>280</v>
       </c>
       <c r="H83" s="0" t="s">
-        <v>213</v>
+        <v>104</v>
       </c>
       <c r="I83" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>271</v>
+        <v>80</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>272</v>
+        <v>283</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>14</v>
+        <v>280</v>
       </c>
       <c r="H84" s="0" t="s">
-        <v>213</v>
+        <v>104</v>
       </c>
       <c r="I84" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>273</v>
+        <v>284</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>14</v>
+        <v>287</v>
       </c>
       <c r="H85" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I85" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>274</v>
+        <v>289</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>275</v>
+        <v>290</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="H86" s="0" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="I86" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>279</v>
+        <v>293</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>164</v>
+        <v>294</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>165</v>
+        <v>295</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>166</v>
+        <v>296</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="H87" s="0" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="I87" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>167</v>
+        <v>297</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>114</v>
+        <v>226</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>115</v>
+        <v>227</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>116</v>
+        <v>228</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>59</v>
+        <v>298</v>
       </c>
       <c r="H88" s="0" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="I88" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>118</v>
+        <v>230</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>281</v>
+        <v>174</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>216</v>
+        <v>175</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>282</v>
+        <v>176</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="H89" s="0" t="s">
-        <v>151</v>
+        <v>132</v>
       </c>
       <c r="I89" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>284</v>
+        <v>178</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>285</v>
+        <v>179</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>286</v>
+        <v>180</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>287</v>
+        <v>181</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>283</v>
+        <v>299</v>
       </c>
       <c r="H90" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I90" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>288</v>
+        <v>182</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>154</v>
+        <v>300</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>155</v>
+        <v>301</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>156</v>
+        <v>302</v>
       </c>
       <c r="F91" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>283</v>
+        <v>303</v>
       </c>
       <c r="H91" s="0" t="s">
-        <v>158</v>
+        <v>304</v>
       </c>
       <c r="I91" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>159</v>
+        <v>305</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>164</v>
+        <v>306</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>165</v>
+        <v>307</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>166</v>
+        <v>308</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>283</v>
+        <v>309</v>
       </c>
       <c r="H92" s="0" t="s">
-        <v>158</v>
+        <v>310</v>
       </c>
       <c r="I92" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>167</v>
+        <v>311</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>289</v>
+        <v>312</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>290</v>
+        <v>260</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>291</v>
+        <v>313</v>
       </c>
       <c r="F93" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>292</v>
+        <v>22</v>
       </c>
       <c r="H93" s="0" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
       <c r="I93" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J93" s="0" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>95</v>
+        <v>268</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>96</v>
+        <v>238</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>97</v>
+        <v>269</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="H94" s="0" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I94" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>98</v>
+        <v>271</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>99</v>
+        <v>315</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>84</v>
+        <v>316</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>100</v>
+        <v>317</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="H95" s="0" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="I95" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>101</v>
+        <v>318</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>102</v>
+        <v>19</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>103</v>
+        <v>20</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>104</v>
+        <v>21</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="H96" s="0" t="s">
-        <v>93</v>
+        <v>319</v>
       </c>
       <c r="I96" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J96" s="0" t="s">
-        <v>105</v>
+        <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>106</v>
+        <v>320</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>107</v>
+        <v>321</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>108</v>
+        <v>322</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>294</v>
+        <v>22</v>
       </c>
       <c r="H97" s="0" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
       <c r="I97" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>109</v>
+        <v>323</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>295</v>
+        <v>150</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>181</v>
+        <v>151</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>296</v>
+        <v>152</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>294</v>
+        <v>324</v>
       </c>
       <c r="H98" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="I98" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>297</v>
+        <v>155</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="H99" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I99" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>113</v>
+        <v>169</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>125</v>
+        <v>326</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>111</v>
+        <v>327</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>126</v>
+        <v>328</v>
       </c>
       <c r="F100" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>298</v>
+        <v>329</v>
       </c>
       <c r="H100" s="0" t="s">
-        <v>123</v>
+        <v>330</v>
       </c>
       <c r="I100" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J100" s="0" t="s">
-        <v>127</v>
+        <v>331</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>299</v>
+        <v>315</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>300</v>
+        <v>316</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>301</v>
+        <v>317</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>298</v>
+        <v>332</v>
       </c>
       <c r="H101" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I101" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J101" s="0" t="s">
-        <v>302</v>
+        <v>318</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>18</v>
+        <v>333</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>19</v>
+        <v>151</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>20</v>
+        <v>334</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>21</v>
+        <v>335</v>
       </c>
       <c r="H102" s="0" t="s">
-        <v>87</v>
+        <v>154</v>
       </c>
       <c r="I102" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>23</v>
+        <v>336</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>303</v>
+        <v>150</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>142</v>
+        <v>151</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>304</v>
+        <v>152</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>21</v>
+        <v>335</v>
       </c>
       <c r="H103" s="0" t="s">
-        <v>236</v>
+        <v>154</v>
       </c>
       <c r="I103" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>305</v>
+        <v>155</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>306</v>
+        <v>161</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>307</v>
+        <v>162</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>308</v>
+        <v>163</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>62</v>
+        <v>337</v>
       </c>
       <c r="H104" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I104" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>309</v>
+        <v>165</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>310</v>
+        <v>166</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>311</v>
+        <v>167</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>312</v>
+        <v>168</v>
       </c>
       <c r="F105" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>313</v>
+        <v>337</v>
       </c>
       <c r="H105" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I105" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>314</v>
+        <v>169</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>315</v>
+        <v>338</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>316</v>
+        <v>339</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>317</v>
+        <v>340</v>
       </c>
       <c r="F106" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>313</v>
+        <v>337</v>
       </c>
       <c r="H106" s="0" t="s">
-        <v>162</v>
+        <v>223</v>
       </c>
       <c r="I106" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>318</v>
+        <v>341</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>319</v>
+        <v>170</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>133</v>
+        <v>171</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>320</v>
+        <v>172</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>321</v>
+        <v>337</v>
       </c>
       <c r="H107" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I107" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>322</v>
+        <v>173</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>324</v>
+        <v>343</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
       <c r="F108" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="H108" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I108" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>327</v>
+        <v>346</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>328</v>
+        <v>183</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>329</v>
+        <v>184</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>330</v>
+        <v>185</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>326</v>
+        <v>347</v>
       </c>
       <c r="H109" s="0" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="I109" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>331</v>
+        <v>186</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>332</v>
+        <v>348</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>333</v>
+        <v>349</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>334</v>
+        <v>350</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>326</v>
+        <v>347</v>
       </c>
       <c r="H110" s="0" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="I110" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>335</v>
+        <v>351</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>326</v>
+        <v>347</v>
       </c>
       <c r="H111" s="0" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="I111" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>224</v>
+        <v>356</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>225</v>
+        <v>357</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>226</v>
+        <v>358</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>340</v>
+        <v>359</v>
       </c>
       <c r="H112" s="0" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="I112" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>228</v>
+        <v>360</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>341</v>
+        <v>94</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>342</v>
+        <v>80</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>343</v>
+        <v>95</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>344</v>
+        <v>361</v>
       </c>
       <c r="H113" s="0" t="s">
-        <v>345</v>
+        <v>88</v>
       </c>
       <c r="I113" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J113" s="0" t="s">
-        <v>346</v>
+        <v>96</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>347</v>
+        <v>97</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>348</v>
+        <v>98</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>349</v>
+        <v>99</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="H114" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I114" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J114" s="0" t="s">
-        <v>351</v>
+        <v>100</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>352</v>
+        <v>101</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>353</v>
+        <v>64</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>354</v>
+        <v>102</v>
       </c>
       <c r="F115" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="H115" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I115" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>355</v>
+        <v>103</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>319</v>
+        <v>362</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>133</v>
+        <v>198</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>320</v>
+        <v>363</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>350</v>
+        <v>361</v>
       </c>
       <c r="H116" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I116" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>322</v>
+        <v>364</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>356</v>
+        <v>365</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>342</v>
+        <v>366</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="F117" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="H117" s="0" t="s">
-        <v>359</v>
+        <v>88</v>
       </c>
       <c r="I117" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J117" s="0" t="s">
-        <v>360</v>
+        <v>368</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>361</v>
+        <v>115</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>169</v>
+        <v>116</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>362</v>
+        <v>117</v>
       </c>
       <c r="F118" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>358</v>
+        <v>369</v>
       </c>
       <c r="H118" s="0" t="s">
-        <v>359</v>
+        <v>109</v>
       </c>
       <c r="I118" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J118" s="0" t="s">
-        <v>363</v>
+        <v>118</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>306</v>
+        <v>370</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>307</v>
+        <v>371</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>308</v>
+        <v>372</v>
       </c>
       <c r="F119" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>63</v>
+        <v>369</v>
       </c>
       <c r="H119" s="0" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="I119" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J119" s="0" t="s">
-        <v>309</v>
+        <v>373</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>262</v>
+        <v>26</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>263</v>
+        <v>27</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>264</v>
+        <v>28</v>
       </c>
       <c r="F120" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>364</v>
+        <v>29</v>
       </c>
       <c r="H120" s="0" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="I120" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J120" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>266</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>241</v>
+        <v>374</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>84</v>
+        <v>129</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>242</v>
+        <v>375</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>365</v>
+        <v>29</v>
       </c>
       <c r="H121" s="0" t="s">
-        <v>213</v>
+        <v>275</v>
       </c>
       <c r="I121" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J121" s="0" t="s">
-        <v>244</v>
+        <v>376</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>18</v>
+        <v>377</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>19</v>
+        <v>378</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>20</v>
+        <v>379</v>
       </c>
       <c r="F122" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>24</v>
+        <v>57</v>
       </c>
       <c r="H122" s="0" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="I122" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>23</v>
+        <v>380</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>366</v>
+        <v>381</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>367</v>
+        <v>382</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>368</v>
+        <v>383</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>369</v>
+        <v>384</v>
       </c>
       <c r="H123" s="0" t="s">
-        <v>370</v>
+        <v>159</v>
       </c>
       <c r="I123" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J123" s="0" t="s">
-        <v>371</v>
+        <v>385</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>372</v>
+        <v>386</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>373</v>
+        <v>387</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>374</v>
+        <v>388</v>
       </c>
       <c r="F124" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>375</v>
+        <v>384</v>
       </c>
       <c r="H124" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I124" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>141</v>
+        <v>390</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>142</v>
+        <v>343</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>143</v>
+        <v>391</v>
       </c>
       <c r="F125" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>377</v>
+        <v>384</v>
       </c>
       <c r="H125" s="0" t="s">
-        <v>145</v>
+        <v>159</v>
       </c>
       <c r="I125" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J125" s="0" t="s">
-        <v>146</v>
+        <v>392</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>366</v>
+        <v>393</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>367</v>
+        <v>112</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>368</v>
+        <v>394</v>
       </c>
       <c r="F126" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>378</v>
+        <v>395</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>370</v>
+        <v>138</v>
       </c>
       <c r="I126" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J126" s="0" t="s">
-        <v>371</v>
+        <v>396</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>379</v>
+        <v>397</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>380</v>
+        <v>171</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>381</v>
+        <v>398</v>
       </c>
       <c r="F127" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>383</v>
+        <v>399</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>384</v>
+        <v>400</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>386</v>
+        <v>402</v>
       </c>
       <c r="F128" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>387</v>
+        <v>403</v>
       </c>
       <c r="H128" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I128" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J128" s="0" t="s">
-        <v>388</v>
+        <v>404</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>186</v>
+        <v>405</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>107</v>
+        <v>406</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>187</v>
+        <v>407</v>
       </c>
       <c r="F129" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>389</v>
+        <v>403</v>
       </c>
       <c r="H129" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I129" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>189</v>
+        <v>408</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>390</v>
+        <v>409</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>391</v>
+        <v>410</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>392</v>
+        <v>411</v>
       </c>
       <c r="F130" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="H130" s="0" t="s">
-        <v>123</v>
+        <v>52</v>
       </c>
       <c r="I130" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>394</v>
+        <v>412</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>395</v>
+        <v>413</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>397</v>
+        <v>415</v>
       </c>
       <c r="F131" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="H131" s="0" t="s">
-        <v>139</v>
+        <v>52</v>
       </c>
       <c r="I131" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>398</v>
+        <v>416</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>10</v>
+        <v>246</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>11</v>
+        <v>247</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>12</v>
+        <v>248</v>
       </c>
       <c r="F132" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>25</v>
+        <v>417</v>
       </c>
       <c r="H132" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I132" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>17</v>
+        <v>250</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>306</v>
+        <v>251</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>307</v>
+        <v>252</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>308</v>
+        <v>253</v>
       </c>
       <c r="F133" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>25</v>
+        <v>417</v>
       </c>
       <c r="H133" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I133" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>309</v>
+        <v>254</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>83</v>
+        <v>326</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>84</v>
+        <v>327</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>85</v>
+        <v>328</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>399</v>
+        <v>418</v>
       </c>
       <c r="H134" s="0" t="s">
-        <v>87</v>
+        <v>330</v>
       </c>
       <c r="I134" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>88</v>
+        <v>331</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>400</v>
+        <v>419</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>401</v>
+        <v>420</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>402</v>
+        <v>421</v>
       </c>
       <c r="F135" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="H135" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I135" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>404</v>
+        <v>423</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>405</v>
+        <v>424</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>406</v>
+        <v>425</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>407</v>
+        <v>426</v>
       </c>
       <c r="F136" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>403</v>
+        <v>422</v>
       </c>
       <c r="H136" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I136" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>408</v>
+        <v>427</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>232</v>
+        <v>393</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>233</v>
+        <v>112</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>234</v>
+        <v>394</v>
       </c>
       <c r="F137" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="H137" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I137" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>237</v>
+        <v>396</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>238</v>
+        <v>187</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>233</v>
+        <v>188</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>239</v>
+        <v>189</v>
       </c>
       <c r="F138" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I138" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>240</v>
+        <v>191</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>303</v>
+        <v>397</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>142</v>
+        <v>171</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>304</v>
+        <v>398</v>
       </c>
       <c r="F139" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="H139" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I139" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>305</v>
+        <v>399</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>410</v>
+        <v>428</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>411</v>
+        <v>429</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>412</v>
+        <v>430</v>
       </c>
       <c r="F140" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>409</v>
+        <v>431</v>
       </c>
       <c r="H140" s="0" t="s">
-        <v>236</v>
+        <v>432</v>
       </c>
       <c r="I140" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>413</v>
+        <v>433</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>414</v>
+        <v>19</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>411</v>
+        <v>20</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>415</v>
+        <v>21</v>
       </c>
       <c r="F141" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>409</v>
+        <v>32</v>
       </c>
       <c r="H141" s="0" t="s">
-        <v>236</v>
+        <v>319</v>
       </c>
       <c r="I141" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>416</v>
+        <v>25</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>417</v>
+        <v>377</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>418</v>
+        <v>378</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>419</v>
+        <v>379</v>
       </c>
       <c r="F142" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>409</v>
+        <v>32</v>
       </c>
       <c r="H142" s="0" t="s">
-        <v>236</v>
+        <v>23</v>
       </c>
       <c r="I142" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>420</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>367</v>
+        <v>435</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>422</v>
+        <v>436</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>409</v>
+        <v>437</v>
       </c>
       <c r="H143" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I143" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>423</v>
+        <v>438</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>176</v>
+        <v>277</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>177</v>
+        <v>278</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>178</v>
+        <v>279</v>
       </c>
       <c r="F144" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>424</v>
+        <v>439</v>
       </c>
       <c r="H144" s="0" t="s">
-        <v>81</v>
+        <v>104</v>
       </c>
       <c r="I144" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J144" s="0" t="s">
-        <v>179</v>
+        <v>281</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>26</v>
+        <v>434</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>27</v>
+        <v>435</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>28</v>
+        <v>436</v>
       </c>
       <c r="F145" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>29</v>
+        <v>440</v>
       </c>
       <c r="H145" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I145" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>32</v>
+        <v>438</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>425</v>
+        <v>26</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>426</v>
+        <v>27</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>427</v>
+        <v>28</v>
       </c>
       <c r="F146" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H146" s="0" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="I146" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J146" s="0" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>114</v>
+        <v>441</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>115</v>
+        <v>442</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>116</v>
+        <v>443</v>
       </c>
       <c r="F147" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>29</v>
+        <v>444</v>
       </c>
       <c r="H147" s="0" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="I147" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>118</v>
+        <v>445</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>306</v>
+        <v>179</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>307</v>
+        <v>180</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>308</v>
+        <v>181</v>
       </c>
       <c r="F148" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>65</v>
+        <v>444</v>
       </c>
       <c r="H148" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I148" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>309</v>
+        <v>182</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>429</v>
+        <v>128</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>342</v>
+        <v>129</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>430</v>
+        <v>130</v>
       </c>
       <c r="F149" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="H149" s="0" t="s">
-        <v>359</v>
+        <v>132</v>
       </c>
       <c r="I149" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J149" s="0" t="s">
-        <v>432</v>
+        <v>133</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>356</v>
+        <v>446</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>342</v>
+        <v>175</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>357</v>
+        <v>447</v>
       </c>
       <c r="F150" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="H150" s="0" t="s">
-        <v>359</v>
+        <v>132</v>
       </c>
       <c r="I150" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>360</v>
+        <v>448</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>433</v>
+        <v>449</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>434</v>
+        <v>450</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>435</v>
+        <v>451</v>
       </c>
       <c r="F151" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>436</v>
+        <v>452</v>
       </c>
       <c r="H151" s="0" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="I151" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J151" s="0" t="s">
-        <v>437</v>
+        <v>453</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>99</v>
+        <v>454</v>
       </c>
       <c r="B152" s="0" t="s">
-        <v>84</v>
+        <v>455</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>100</v>
+        <v>456</v>
       </c>
       <c r="F152" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
       <c r="H152" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I152" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>101</v>
+        <v>458</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>229</v>
+        <v>459</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>148</v>
+        <v>460</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>230</v>
+        <v>461</v>
       </c>
       <c r="F153" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>438</v>
+        <v>457</v>
       </c>
       <c r="H153" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I153" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J153" s="0" t="s">
-        <v>231</v>
+        <v>462</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>439</v>
+        <v>202</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>210</v>
+        <v>64</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>440</v>
+        <v>203</v>
       </c>
       <c r="F154" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>441</v>
+        <v>463</v>
       </c>
       <c r="H154" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I154" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J154" s="0" t="s">
-        <v>442</v>
+        <v>205</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>303</v>
+        <v>464</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>142</v>
+        <v>465</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>304</v>
+        <v>466</v>
       </c>
       <c r="F155" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>441</v>
+        <v>34</v>
       </c>
       <c r="H155" s="0" t="s">
-        <v>236</v>
+        <v>73</v>
       </c>
       <c r="I155" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>305</v>
+        <v>467</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>443</v>
+        <v>140</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>444</v>
+        <v>141</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>445</v>
+        <v>142</v>
       </c>
       <c r="F156" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>441</v>
+        <v>34</v>
       </c>
       <c r="H156" s="0" t="s">
-        <v>236</v>
+        <v>104</v>
       </c>
       <c r="I156" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J156" s="0" t="s">
-        <v>446</v>
+        <v>143</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="B157" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C157" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F157" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C157" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H157" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="I157" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J157" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>125</v>
+        <v>237</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>111</v>
+        <v>238</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>126</v>
+        <v>239</v>
       </c>
       <c r="F158" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>447</v>
+        <v>35</v>
       </c>
       <c r="H158" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I158" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>127</v>
+        <v>240</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>132</v>
+        <v>19</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>133</v>
+        <v>20</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>134</v>
+        <v>21</v>
       </c>
       <c r="F159" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>447</v>
+        <v>35</v>
       </c>
       <c r="H159" s="0" t="s">
-        <v>123</v>
+        <v>319</v>
       </c>
       <c r="I159" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J159" s="0" t="s">
-        <v>135</v>
+        <v>25</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>448</v>
+        <v>377</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>449</v>
+        <v>378</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>450</v>
+        <v>379</v>
       </c>
       <c r="F160" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>451</v>
+        <v>35</v>
       </c>
       <c r="H160" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I160" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>452</v>
+        <v>380</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>453</v>
+        <v>468</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>196</v>
+        <v>469</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>454</v>
+        <v>470</v>
       </c>
       <c r="F161" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>451</v>
+        <v>471</v>
       </c>
       <c r="H161" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I161" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>455</v>
+        <v>472</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>129</v>
+        <v>145</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>457</v>
+        <v>474</v>
       </c>
       <c r="F162" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="H162" s="0" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="I162" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>459</v>
+        <v>476</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>460</v>
+        <v>79</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>461</v>
+        <v>80</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>462</v>
+        <v>81</v>
       </c>
       <c r="F163" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>458</v>
+        <v>475</v>
       </c>
       <c r="H163" s="0" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="I163" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>463</v>
+        <v>83</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>465</v>
+        <v>387</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>466</v>
+        <v>478</v>
       </c>
       <c r="F164" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>458</v>
+        <v>479</v>
       </c>
       <c r="H164" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I164" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J164" s="0" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="F165" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>458</v>
+        <v>479</v>
       </c>
       <c r="H165" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I165" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>295</v>
+        <v>485</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>181</v>
+        <v>486</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>296</v>
+        <v>487</v>
       </c>
       <c r="F166" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="H166" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I166" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>297</v>
+        <v>488</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>180</v>
+        <v>489</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>181</v>
+        <v>387</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>182</v>
+        <v>490</v>
       </c>
       <c r="F167" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>472</v>
+        <v>479</v>
       </c>
       <c r="H167" s="0" t="s">
-        <v>184</v>
+        <v>159</v>
       </c>
       <c r="I167" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>185</v>
+        <v>491</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
-        <v>473</v>
+        <v>386</v>
       </c>
       <c r="B168" s="0" t="s">
-        <v>474</v>
+        <v>387</v>
       </c>
       <c r="C168" s="0" t="s">
-        <v>475</v>
+        <v>388</v>
       </c>
       <c r="F168" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G168" s="0" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="H168" s="0" t="s">
-        <v>213</v>
+        <v>159</v>
       </c>
       <c r="I168" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>477</v>
+        <v>389</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>289</v>
+        <v>492</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>290</v>
+        <v>256</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>291</v>
+        <v>493</v>
       </c>
       <c r="F169" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="H169" s="0" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
       <c r="I169" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>293</v>
+        <v>495</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>479</v>
+        <v>272</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>480</v>
+        <v>273</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>481</v>
+        <v>274</v>
       </c>
       <c r="F170" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="H170" s="0" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
       <c r="I170" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>482</v>
+        <v>276</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>483</v>
+        <v>374</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>484</v>
+        <v>129</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>485</v>
+        <v>375</v>
       </c>
       <c r="F171" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>478</v>
+        <v>494</v>
       </c>
       <c r="H171" s="0" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
       <c r="I171" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>486</v>
+        <v>376</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>176</v>
+        <v>496</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>177</v>
+        <v>497</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>178</v>
+        <v>498</v>
       </c>
       <c r="F172" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>487</v>
+        <v>494</v>
       </c>
       <c r="H172" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I172" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J172" s="0" t="s">
-        <v>179</v>
+        <v>499</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>160</v>
+        <v>500</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>107</v>
+        <v>501</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>161</v>
+        <v>502</v>
       </c>
       <c r="F173" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="H173" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I173" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J173" s="0" t="s">
-        <v>163</v>
+        <v>503</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>199</v>
+        <v>504</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>200</v>
+        <v>501</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>201</v>
+        <v>505</v>
       </c>
       <c r="F174" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="H174" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I174" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>202</v>
+        <v>506</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
-        <v>10</v>
+        <v>507</v>
       </c>
       <c r="B175" s="0" t="s">
-        <v>11</v>
+        <v>508</v>
       </c>
       <c r="C175" s="0" t="s">
-        <v>12</v>
+        <v>509</v>
       </c>
       <c r="F175" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>38</v>
+        <v>494</v>
       </c>
       <c r="H175" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I175" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J175" s="0" t="s">
-        <v>17</v>
+        <v>510</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>306</v>
+        <v>511</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>307</v>
+        <v>512</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>308</v>
+        <v>513</v>
       </c>
       <c r="F176" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>38</v>
+        <v>514</v>
       </c>
       <c r="H176" s="0" t="s">
-        <v>81</v>
+        <v>159</v>
       </c>
       <c r="I176" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>309</v>
+        <v>515</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>489</v>
+        <v>516</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>490</v>
+        <v>512</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>491</v>
+        <v>517</v>
       </c>
       <c r="F177" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>38</v>
+        <v>514</v>
       </c>
       <c r="H177" s="0" t="s">
-        <v>81</v>
+        <v>159</v>
       </c>
       <c r="I177" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J177" s="0" t="s">
-        <v>492</v>
+        <v>518</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>379</v>
+        <v>434</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>380</v>
+        <v>435</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>381</v>
+        <v>436</v>
       </c>
       <c r="F178" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>493</v>
+        <v>519</v>
       </c>
       <c r="H178" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I178" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>383</v>
+        <v>438</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>494</v>
+        <v>520</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>495</v>
+        <v>521</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>496</v>
+        <v>522</v>
       </c>
       <c r="F179" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>497</v>
+        <v>523</v>
       </c>
       <c r="H179" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I179" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J179" s="0" t="s">
-        <v>498</v>
+        <v>524</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>106</v>
+        <v>156</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>107</v>
+        <v>157</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>108</v>
+        <v>158</v>
       </c>
       <c r="F180" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="H180" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I180" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J180" s="0" t="s">
-        <v>109</v>
+        <v>160</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>400</v>
+        <v>377</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>401</v>
+        <v>378</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>402</v>
+        <v>379</v>
       </c>
       <c r="F181" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>500</v>
+        <v>58</v>
       </c>
       <c r="H181" s="0" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="I181" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J181" s="0" t="s">
-        <v>404</v>
+        <v>380</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>405</v>
+        <v>525</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>406</v>
+        <v>526</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>407</v>
+        <v>527</v>
       </c>
       <c r="F182" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>500</v>
+        <v>528</v>
       </c>
       <c r="H182" s="0" t="s">
-        <v>117</v>
+        <v>432</v>
       </c>
       <c r="I182" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J182" s="0" t="s">
-        <v>408</v>
+        <v>529</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>456</v>
+        <v>530</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>129</v>
+        <v>531</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>457</v>
+        <v>532</v>
       </c>
       <c r="F183" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>501</v>
+        <v>533</v>
       </c>
       <c r="H183" s="0" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I183" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J183" s="0" t="s">
-        <v>459</v>
+        <v>534</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>502</v>
+        <v>94</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>503</v>
+        <v>80</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>504</v>
+        <v>95</v>
       </c>
       <c r="F184" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>501</v>
+        <v>535</v>
       </c>
       <c r="H184" s="0" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="I184" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J184" s="0" t="s">
-        <v>505</v>
+        <v>96</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>460</v>
+        <v>255</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>461</v>
+        <v>256</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>462</v>
+        <v>257</v>
       </c>
       <c r="F185" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>501</v>
+        <v>535</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="I185" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J185" s="0" t="s">
-        <v>463</v>
+        <v>258</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>464</v>
+        <v>374</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>465</v>
+        <v>129</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>466</v>
+        <v>375</v>
       </c>
       <c r="F186" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>501</v>
+        <v>536</v>
       </c>
       <c r="H186" s="0" t="s">
-        <v>117</v>
+        <v>275</v>
       </c>
       <c r="I186" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J186" s="0" t="s">
-        <v>467</v>
+        <v>376</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>506</v>
+        <v>537</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>507</v>
+        <v>538</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>508</v>
+        <v>539</v>
       </c>
       <c r="F187" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>509</v>
+        <v>536</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I187" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J187" s="0" t="s">
-        <v>510</v>
+        <v>540</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>511</v>
+        <v>36</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>512</v>
+        <v>37</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>513</v>
+        <v>38</v>
       </c>
       <c r="F188" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>509</v>
+        <v>39</v>
       </c>
       <c r="H188" s="0" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="I188" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J188" s="0" t="s">
-        <v>514</v>
+        <v>41</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>515</v>
+        <v>541</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>516</v>
+        <v>366</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>517</v>
+        <v>542</v>
       </c>
       <c r="F189" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>518</v>
+        <v>543</v>
       </c>
       <c r="H189" s="0" t="s">
-        <v>519</v>
+        <v>109</v>
       </c>
       <c r="I189" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J189" s="0" t="s">
-        <v>520</v>
+        <v>544</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>494</v>
+        <v>111</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>495</v>
+        <v>112</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>496</v>
+        <v>113</v>
       </c>
       <c r="F190" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>521</v>
+        <v>543</v>
       </c>
       <c r="H190" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I190" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J190" s="0" t="s">
-        <v>498</v>
+        <v>114</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>33</v>
+        <v>545</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>34</v>
+        <v>442</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>35</v>
+        <v>546</v>
       </c>
       <c r="F191" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>39</v>
+        <v>547</v>
       </c>
       <c r="H191" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I191" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J191" s="0" t="s">
-        <v>37</v>
+        <v>548</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>494</v>
+        <v>441</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>495</v>
+        <v>442</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>496</v>
+        <v>443</v>
       </c>
       <c r="F192" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>522</v>
+        <v>547</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I192" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J192" s="0" t="s">
-        <v>498</v>
+        <v>445</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>523</v>
+        <v>342</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>524</v>
+        <v>343</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>525</v>
+        <v>344</v>
       </c>
       <c r="F193" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>526</v>
+        <v>547</v>
       </c>
       <c r="H193" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I193" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J193" s="0" t="s">
-        <v>528</v>
+        <v>346</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>33</v>
+        <v>549</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>34</v>
+        <v>212</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>35</v>
+        <v>550</v>
       </c>
       <c r="F194" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>40</v>
+        <v>551</v>
       </c>
       <c r="H194" s="0" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="I194" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J194" s="0" t="s">
-        <v>37</v>
+        <v>552</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>529</v>
+        <v>553</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>530</v>
+        <v>106</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>531</v>
+        <v>554</v>
       </c>
       <c r="F195" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>40</v>
+        <v>555</v>
       </c>
       <c r="H195" s="0" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="I195" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J195" s="0" t="s">
-        <v>533</v>
+        <v>556</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>341</v>
+        <v>557</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>342</v>
+        <v>558</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>343</v>
+        <v>559</v>
       </c>
       <c r="F196" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>534</v>
+        <v>555</v>
       </c>
       <c r="H196" s="0" t="s">
-        <v>345</v>
+        <v>159</v>
       </c>
       <c r="I196" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J196" s="0" t="s">
-        <v>346</v>
+        <v>560</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>102</v>
+        <v>333</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>103</v>
+        <v>151</v>
       </c>
       <c r="C197" s="0" t="s">
-        <v>104</v>
+        <v>334</v>
       </c>
       <c r="F197" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G197" s="0" t="s">
-        <v>535</v>
+        <v>555</v>
       </c>
       <c r="H197" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="I197" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J197" s="0" t="s">
-        <v>105</v>
+        <v>336</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>295</v>
+        <v>561</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>181</v>
+        <v>307</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>296</v>
+        <v>562</v>
       </c>
       <c r="F198" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>535</v>
+        <v>555</v>
       </c>
       <c r="H198" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I198" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J198" s="0" t="s">
-        <v>297</v>
+        <v>563</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>180</v>
+        <v>564</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>181</v>
+        <v>565</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>182</v>
+        <v>566</v>
       </c>
       <c r="F199" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>535</v>
+        <v>555</v>
       </c>
       <c r="H199" s="0" t="s">
-        <v>184</v>
+        <v>159</v>
       </c>
       <c r="I199" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J199" s="0" t="s">
-        <v>185</v>
+        <v>567</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>536</v>
+        <v>362</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>537</v>
+        <v>198</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>538</v>
+        <v>363</v>
       </c>
       <c r="F200" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>535</v>
+        <v>568</v>
       </c>
       <c r="H200" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I200" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J200" s="0" t="s">
-        <v>539</v>
+        <v>364</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>110</v>
+        <v>197</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>111</v>
+        <v>198</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>112</v>
+        <v>199</v>
       </c>
       <c r="F201" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>535</v>
+        <v>568</v>
       </c>
       <c r="H201" s="0" t="s">
-        <v>93</v>
+        <v>200</v>
       </c>
       <c r="I201" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J201" s="0" t="s">
-        <v>113</v>
+        <v>201</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
-        <v>224</v>
+        <v>342</v>
       </c>
       <c r="B202" s="0" t="s">
-        <v>225</v>
+        <v>343</v>
       </c>
       <c r="C202" s="0" t="s">
-        <v>226</v>
+        <v>344</v>
       </c>
       <c r="F202" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G202" s="0" t="s">
-        <v>535</v>
+        <v>569</v>
       </c>
       <c r="H202" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I202" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J202" s="0" t="s">
-        <v>228</v>
+        <v>346</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>540</v>
+        <v>352</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>541</v>
+        <v>353</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>542</v>
+        <v>354</v>
       </c>
       <c r="F203" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>535</v>
+        <v>570</v>
       </c>
       <c r="H203" s="0" t="s">
-        <v>543</v>
+        <v>132</v>
       </c>
       <c r="I203" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J203" s="0" t="s">
-        <v>544</v>
+        <v>355</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>95</v>
+        <v>571</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>96</v>
+        <v>572</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>97</v>
+        <v>573</v>
       </c>
       <c r="F204" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>535</v>
+        <v>570</v>
       </c>
       <c r="H204" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I204" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J204" s="0" t="s">
-        <v>98</v>
+        <v>574</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>164</v>
+        <v>575</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>165</v>
+        <v>576</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>166</v>
+        <v>577</v>
       </c>
       <c r="F205" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>545</v>
+        <v>570</v>
       </c>
       <c r="H205" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I205" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J205" s="0" t="s">
-        <v>167</v>
+        <v>578</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>372</v>
+        <v>579</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>373</v>
+        <v>184</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>374</v>
+        <v>580</v>
       </c>
       <c r="F206" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
       <c r="H206" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I206" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J206" s="0" t="s">
-        <v>376</v>
+        <v>581</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>238</v>
+        <v>63</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>233</v>
+        <v>64</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>239</v>
+        <v>65</v>
       </c>
       <c r="F207" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>547</v>
+        <v>582</v>
       </c>
       <c r="H207" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I207" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J207" s="0" t="s">
-        <v>240</v>
+        <v>68</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>245</v>
+        <v>215</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>246</v>
+        <v>216</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>247</v>
+        <v>217</v>
       </c>
       <c r="F208" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>548</v>
+        <v>582</v>
       </c>
       <c r="H208" s="0" t="s">
-        <v>249</v>
+        <v>67</v>
       </c>
       <c r="I208" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J208" s="0" t="s">
-        <v>250</v>
+        <v>218</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>549</v>
+        <v>19</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>257</v>
+        <v>20</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>550</v>
+        <v>21</v>
       </c>
       <c r="F209" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>551</v>
+        <v>42</v>
       </c>
       <c r="H209" s="0" t="s">
-        <v>158</v>
+        <v>319</v>
       </c>
       <c r="I209" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J209" s="0" t="s">
-        <v>552</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>169</v>
+        <v>378</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>362</v>
+        <v>379</v>
       </c>
       <c r="F210" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>553</v>
+        <v>42</v>
       </c>
       <c r="H210" s="0" t="s">
-        <v>359</v>
+        <v>23</v>
       </c>
       <c r="I210" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J210" s="0" t="s">
-        <v>363</v>
+        <v>380</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>379</v>
+        <v>583</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>380</v>
+        <v>584</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>381</v>
+        <v>585</v>
       </c>
       <c r="F211" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>554</v>
+        <v>586</v>
       </c>
       <c r="H211" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I211" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J211" s="0" t="s">
-        <v>383</v>
+        <v>587</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>555</v>
+        <v>434</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>507</v>
+        <v>435</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>556</v>
+        <v>436</v>
       </c>
       <c r="F212" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>557</v>
+        <v>586</v>
       </c>
       <c r="H212" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I212" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J212" s="0" t="s">
-        <v>558</v>
+        <v>438</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>494</v>
+        <v>101</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>495</v>
+        <v>64</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>496</v>
+        <v>102</v>
       </c>
       <c r="F213" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>559</v>
+        <v>588</v>
       </c>
       <c r="H213" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I213" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J213" s="0" t="s">
-        <v>498</v>
+        <v>103</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>332</v>
+        <v>481</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>333</v>
+        <v>482</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>334</v>
+        <v>483</v>
       </c>
       <c r="F214" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>560</v>
+        <v>589</v>
       </c>
       <c r="H214" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="I214" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J214" s="0" t="s">
-        <v>335</v>
+        <v>484</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>180</v>
+        <v>485</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>181</v>
+        <v>486</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>182</v>
+        <v>487</v>
       </c>
       <c r="F215" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>561</v>
+        <v>589</v>
       </c>
       <c r="H215" s="0" t="s">
-        <v>184</v>
+        <v>159</v>
       </c>
       <c r="I215" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J215" s="0" t="s">
-        <v>185</v>
+        <v>488</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>562</v>
+        <v>489</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>396</v>
+        <v>387</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>563</v>
+        <v>490</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G216" s="0" t="s">
-        <v>564</v>
+        <v>589</v>
       </c>
       <c r="H216" s="0" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="I216" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J216" s="0" t="s">
-        <v>565</v>
+        <v>491</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>204</v>
+        <v>590</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>205</v>
+        <v>387</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>206</v>
+        <v>591</v>
       </c>
       <c r="F217" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G217" s="0" t="s">
-        <v>566</v>
+        <v>589</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="I217" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J217" s="0" t="s">
-        <v>208</v>
+        <v>592</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>347</v>
+        <v>564</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>348</v>
+        <v>565</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>349</v>
+        <v>566</v>
       </c>
       <c r="F218" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G218" s="0" t="s">
-        <v>567</v>
+        <v>593</v>
       </c>
       <c r="H218" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I218" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J218" s="0" t="s">
-        <v>351</v>
+        <v>567</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>352</v>
+        <v>553</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>353</v>
+        <v>106</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>354</v>
+        <v>554</v>
       </c>
       <c r="F219" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G219" s="0" t="s">
-        <v>567</v>
+        <v>593</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I219" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J219" s="0" t="s">
-        <v>355</v>
+        <v>556</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>319</v>
+        <v>557</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>133</v>
+        <v>558</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>320</v>
+        <v>559</v>
       </c>
       <c r="F220" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>567</v>
+        <v>593</v>
       </c>
       <c r="H220" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I220" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J220" s="0" t="s">
-        <v>322</v>
+        <v>560</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>220</v>
+        <v>594</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>120</v>
+        <v>112</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>221</v>
+        <v>595</v>
       </c>
       <c r="F221" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>568</v>
+        <v>596</v>
       </c>
       <c r="H221" s="0" t="s">
-        <v>123</v>
+        <v>109</v>
       </c>
       <c r="I221" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J221" s="0" t="s">
-        <v>223</v>
+        <v>597</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>128</v>
+        <v>285</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>129</v>
+        <v>220</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>130</v>
+        <v>286</v>
       </c>
       <c r="F222" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>568</v>
+        <v>596</v>
       </c>
       <c r="H222" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I222" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J222" s="0" t="s">
-        <v>131</v>
+        <v>288</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>569</v>
+        <v>598</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>133</v>
+        <v>599</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>570</v>
+        <v>600</v>
       </c>
       <c r="F223" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>568</v>
+        <v>601</v>
       </c>
       <c r="H223" s="0" t="s">
-        <v>123</v>
+        <v>602</v>
       </c>
       <c r="I223" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J223" s="0" t="s">
-        <v>571</v>
+        <v>603</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="F224" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>575</v>
+        <v>604</v>
       </c>
       <c r="H224" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I224" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J224" s="0" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>577</v>
+        <v>434</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>578</v>
+        <v>435</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>579</v>
+        <v>436</v>
       </c>
       <c r="F225" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>575</v>
+        <v>604</v>
       </c>
       <c r="H225" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I225" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J225" s="0" t="s">
-        <v>580</v>
+        <v>438</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>581</v>
+        <v>36</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>582</v>
+        <v>37</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>583</v>
+        <v>38</v>
       </c>
       <c r="F226" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>575</v>
+        <v>43</v>
       </c>
       <c r="H226" s="0" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="I226" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J226" s="0" t="s">
-        <v>584</v>
+        <v>41</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>585</v>
+        <v>516</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>586</v>
+        <v>512</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>587</v>
+        <v>517</v>
       </c>
       <c r="F227" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>575</v>
+        <v>605</v>
       </c>
       <c r="H227" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="I227" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J227" s="0" t="s">
-        <v>588</v>
+        <v>518</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>224</v>
+        <v>571</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>225</v>
+        <v>572</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>226</v>
+        <v>573</v>
       </c>
       <c r="F228" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>589</v>
+        <v>606</v>
       </c>
       <c r="H228" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I228" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J228" s="0" t="s">
-        <v>228</v>
+        <v>574</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>26</v>
+        <v>183</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>27</v>
+        <v>184</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>28</v>
+        <v>185</v>
       </c>
       <c r="F229" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>41</v>
+        <v>607</v>
       </c>
       <c r="H229" s="0" t="s">
-        <v>117</v>
+        <v>132</v>
       </c>
       <c r="I229" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J229" s="0" t="s">
-        <v>32</v>
+        <v>186</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>114</v>
+        <v>608</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>115</v>
+        <v>382</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>116</v>
+        <v>609</v>
       </c>
       <c r="F230" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>41</v>
+        <v>610</v>
       </c>
       <c r="H230" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I230" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J230" s="0" t="s">
-        <v>118</v>
+        <v>611</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="0" t="s">
-        <v>89</v>
+        <v>434</v>
       </c>
       <c r="B231" s="0" t="s">
-        <v>90</v>
+        <v>435</v>
       </c>
       <c r="C231" s="0" t="s">
-        <v>91</v>
+        <v>436</v>
       </c>
       <c r="F231" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G231" s="0" t="s">
-        <v>590</v>
+        <v>610</v>
       </c>
       <c r="H231" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I231" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J231" s="0" t="s">
-        <v>94</v>
+        <v>438</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="0" t="s">
-        <v>99</v>
+        <v>545</v>
       </c>
       <c r="B232" s="0" t="s">
-        <v>84</v>
+        <v>442</v>
       </c>
       <c r="C232" s="0" t="s">
-        <v>100</v>
+        <v>546</v>
       </c>
       <c r="F232" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G232" s="0" t="s">
-        <v>590</v>
+        <v>612</v>
       </c>
       <c r="H232" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I232" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J232" s="0" t="s">
-        <v>101</v>
+        <v>548</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="0" t="s">
-        <v>591</v>
+        <v>613</v>
       </c>
       <c r="B233" s="0" t="s">
-        <v>210</v>
+        <v>614</v>
       </c>
       <c r="C233" s="0" t="s">
-        <v>592</v>
+        <v>615</v>
       </c>
       <c r="F233" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G233" s="0" t="s">
-        <v>593</v>
+        <v>612</v>
       </c>
       <c r="H233" s="0" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="I233" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J233" s="0" t="s">
-        <v>594</v>
+        <v>616</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="0" t="s">
-        <v>595</v>
+        <v>144</v>
       </c>
       <c r="B234" s="0" t="s">
-        <v>596</v>
+        <v>145</v>
       </c>
       <c r="C234" s="0" t="s">
-        <v>597</v>
+        <v>146</v>
       </c>
       <c r="F234" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G234" s="0" t="s">
-        <v>593</v>
+        <v>617</v>
       </c>
       <c r="H234" s="0" t="s">
-        <v>145</v>
+        <v>148</v>
       </c>
       <c r="I234" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J234" s="0" t="s">
-        <v>598</v>
+        <v>149</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="0" t="s">
-        <v>323</v>
+        <v>618</v>
       </c>
       <c r="B235" s="0" t="s">
-        <v>324</v>
+        <v>619</v>
       </c>
       <c r="C235" s="0" t="s">
-        <v>325</v>
+        <v>620</v>
       </c>
       <c r="F235" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G235" s="0" t="s">
-        <v>593</v>
+        <v>44</v>
       </c>
       <c r="H235" s="0" t="s">
-        <v>87</v>
+        <v>621</v>
       </c>
       <c r="I235" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J235" s="0" t="s">
-        <v>327</v>
+        <v>622</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="0" t="s">
-        <v>10</v>
+        <v>36</v>
       </c>
       <c r="B236" s="0" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="C236" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="F236" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G236" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H236" s="0" t="s">
-        <v>81</v>
+        <v>30</v>
       </c>
       <c r="I236" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J236" s="0" t="s">
-        <v>17</v>
+        <v>41</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="0" t="s">
-        <v>306</v>
+        <v>623</v>
       </c>
       <c r="B237" s="0" t="s">
-        <v>307</v>
+        <v>624</v>
       </c>
       <c r="C237" s="0" t="s">
-        <v>308</v>
+        <v>625</v>
       </c>
       <c r="F237" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G237" s="0" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="H237" s="0" t="s">
-        <v>81</v>
+        <v>621</v>
       </c>
       <c r="I237" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J237" s="0" t="s">
-        <v>309</v>
+        <v>626</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="0" t="s">
-        <v>190</v>
+        <v>326</v>
       </c>
       <c r="B238" s="0" t="s">
-        <v>191</v>
+        <v>327</v>
       </c>
       <c r="C238" s="0" t="s">
-        <v>192</v>
+        <v>328</v>
       </c>
       <c r="F238" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G238" s="0" t="s">
-        <v>599</v>
+        <v>627</v>
       </c>
       <c r="H238" s="0" t="s">
-        <v>81</v>
+        <v>330</v>
       </c>
       <c r="I238" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J238" s="0" t="s">
-        <v>194</v>
+        <v>331</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="0" t="s">
-        <v>195</v>
+        <v>97</v>
       </c>
       <c r="B239" s="0" t="s">
-        <v>196</v>
+        <v>98</v>
       </c>
       <c r="C239" s="0" t="s">
-        <v>197</v>
+        <v>99</v>
       </c>
       <c r="F239" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G239" s="0" t="s">
-        <v>599</v>
+        <v>628</v>
       </c>
       <c r="H239" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I239" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J239" s="0" t="s">
-        <v>198</v>
+        <v>100</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="0" t="s">
-        <v>199</v>
+        <v>362</v>
       </c>
       <c r="B240" s="0" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C240" s="0" t="s">
-        <v>201</v>
+        <v>363</v>
       </c>
       <c r="F240" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G240" s="0" t="s">
-        <v>599</v>
+        <v>628</v>
       </c>
       <c r="H240" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I240" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J240" s="0" t="s">
-        <v>202</v>
+        <v>364</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="0" t="s">
-        <v>595</v>
+        <v>197</v>
       </c>
       <c r="B241" s="0" t="s">
-        <v>596</v>
+        <v>198</v>
       </c>
       <c r="C241" s="0" t="s">
-        <v>597</v>
+        <v>199</v>
       </c>
       <c r="F241" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G241" s="0" t="s">
-        <v>600</v>
+        <v>628</v>
       </c>
       <c r="H241" s="0" t="s">
-        <v>145</v>
+        <v>200</v>
       </c>
       <c r="I241" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J241" s="0" t="s">
-        <v>598</v>
+        <v>201</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="0" t="s">
-        <v>315</v>
+        <v>246</v>
       </c>
       <c r="B242" s="0" t="s">
-        <v>316</v>
+        <v>247</v>
       </c>
       <c r="C242" s="0" t="s">
-        <v>317</v>
+        <v>248</v>
       </c>
       <c r="F242" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G242" s="0" t="s">
-        <v>600</v>
+        <v>628</v>
       </c>
       <c r="H242" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I242" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J242" s="0" t="s">
-        <v>318</v>
+        <v>250</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="0" t="s">
-        <v>220</v>
+        <v>365</v>
       </c>
       <c r="B243" s="0" t="s">
-        <v>120</v>
+        <v>366</v>
       </c>
       <c r="C243" s="0" t="s">
-        <v>221</v>
+        <v>367</v>
       </c>
       <c r="F243" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G243" s="0" t="s">
-        <v>601</v>
+        <v>628</v>
       </c>
       <c r="H243" s="0" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="I243" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J243" s="0" t="s">
-        <v>223</v>
+        <v>368</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="0" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="B244" s="0" t="s">
-        <v>196</v>
+        <v>252</v>
       </c>
       <c r="C244" s="0" t="s">
-        <v>197</v>
+        <v>253</v>
       </c>
       <c r="F244" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G244" s="0" t="s">
-        <v>602</v>
+        <v>628</v>
       </c>
       <c r="H244" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I244" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J244" s="0" t="s">
-        <v>198</v>
+        <v>254</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="0" t="s">
-        <v>199</v>
+        <v>629</v>
       </c>
       <c r="B245" s="0" t="s">
-        <v>200</v>
+        <v>630</v>
       </c>
       <c r="C245" s="0" t="s">
-        <v>201</v>
+        <v>631</v>
       </c>
       <c r="F245" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="0" t="s">
-        <v>602</v>
+        <v>628</v>
       </c>
       <c r="H245" s="0" t="s">
-        <v>162</v>
+        <v>632</v>
       </c>
       <c r="I245" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J245" s="0" t="s">
-        <v>202</v>
+        <v>633</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="0" t="s">
-        <v>352</v>
+        <v>166</v>
       </c>
       <c r="B246" s="0" t="s">
-        <v>353</v>
+        <v>167</v>
       </c>
       <c r="C246" s="0" t="s">
-        <v>354</v>
+        <v>168</v>
       </c>
       <c r="F246" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="0" t="s">
-        <v>603</v>
+        <v>634</v>
       </c>
       <c r="H246" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I246" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J246" s="0" t="s">
-        <v>355</v>
+        <v>169</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="0" t="s">
-        <v>319</v>
+        <v>231</v>
       </c>
       <c r="B247" s="0" t="s">
-        <v>133</v>
+        <v>232</v>
       </c>
       <c r="C247" s="0" t="s">
-        <v>320</v>
+        <v>233</v>
       </c>
       <c r="F247" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G247" s="0" t="s">
-        <v>603</v>
+        <v>635</v>
       </c>
       <c r="H247" s="0" t="s">
-        <v>158</v>
+        <v>235</v>
       </c>
       <c r="I247" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J247" s="0" t="s">
-        <v>322</v>
+        <v>236</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="0" t="s">
-        <v>604</v>
+        <v>289</v>
       </c>
       <c r="B248" s="0" t="s">
-        <v>216</v>
+        <v>290</v>
       </c>
       <c r="C248" s="0" t="s">
-        <v>605</v>
+        <v>291</v>
       </c>
       <c r="F248" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="0" t="s">
-        <v>606</v>
+        <v>635</v>
       </c>
       <c r="H248" s="0" t="s">
-        <v>151</v>
+        <v>292</v>
       </c>
       <c r="I248" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J248" s="0" t="s">
-        <v>607</v>
+        <v>293</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="0" t="s">
-        <v>204</v>
+        <v>636</v>
       </c>
       <c r="B249" s="0" t="s">
-        <v>205</v>
+        <v>145</v>
       </c>
       <c r="C249" s="0" t="s">
-        <v>206</v>
+        <v>637</v>
       </c>
       <c r="F249" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G249" s="0" t="s">
-        <v>606</v>
+        <v>638</v>
       </c>
       <c r="H249" s="0" t="s">
-        <v>151</v>
+        <v>639</v>
       </c>
       <c r="I249" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J249" s="0" t="s">
-        <v>208</v>
+        <v>640</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="0" t="s">
-        <v>608</v>
+        <v>312</v>
       </c>
       <c r="B250" s="0" t="s">
-        <v>609</v>
+        <v>260</v>
       </c>
       <c r="C250" s="0" t="s">
-        <v>610</v>
+        <v>313</v>
       </c>
       <c r="F250" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G250" s="0" t="s">
-        <v>606</v>
+        <v>59</v>
       </c>
       <c r="H250" s="0" t="s">
-        <v>151</v>
+        <v>104</v>
       </c>
       <c r="I250" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J250" s="0" t="s">
-        <v>611</v>
+        <v>314</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="0" t="s">
-        <v>341</v>
+        <v>516</v>
       </c>
       <c r="B251" s="0" t="s">
-        <v>342</v>
+        <v>512</v>
       </c>
       <c r="C251" s="0" t="s">
-        <v>343</v>
+        <v>517</v>
       </c>
       <c r="F251" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G251" s="0" t="s">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H251" s="0" t="s">
-        <v>345</v>
+        <v>159</v>
       </c>
       <c r="I251" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J251" s="0" t="s">
-        <v>346</v>
+        <v>518</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="0" t="s">
-        <v>341</v>
+        <v>642</v>
       </c>
       <c r="B252" s="0" t="s">
-        <v>342</v>
+        <v>301</v>
       </c>
       <c r="C252" s="0" t="s">
-        <v>343</v>
+        <v>643</v>
       </c>
       <c r="F252" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G252" s="0" t="s">
-        <v>613</v>
+        <v>644</v>
       </c>
       <c r="H252" s="0" t="s">
-        <v>345</v>
+        <v>138</v>
       </c>
       <c r="I252" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J252" s="0" t="s">
-        <v>346</v>
+        <v>645</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="0" t="s">
-        <v>425</v>
+        <v>646</v>
       </c>
       <c r="B253" s="0" t="s">
-        <v>426</v>
+        <v>647</v>
       </c>
       <c r="C253" s="0" t="s">
-        <v>427</v>
+        <v>648</v>
       </c>
       <c r="F253" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G253" s="0" t="s">
-        <v>614</v>
+        <v>649</v>
       </c>
       <c r="H253" s="0" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="I253" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J253" s="0" t="s">
-        <v>428</v>
+        <v>650</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="0" t="s">
-        <v>615</v>
+        <v>219</v>
       </c>
       <c r="B254" s="0" t="s">
-        <v>524</v>
+        <v>220</v>
       </c>
       <c r="C254" s="0" t="s">
-        <v>616</v>
+        <v>221</v>
       </c>
       <c r="F254" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G254" s="0" t="s">
-        <v>617</v>
+        <v>651</v>
       </c>
       <c r="H254" s="0" t="s">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="I254" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J254" s="0" t="s">
-        <v>618</v>
+        <v>224</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="0" t="s">
-        <v>619</v>
+        <v>652</v>
       </c>
       <c r="B255" s="0" t="s">
-        <v>620</v>
+        <v>653</v>
       </c>
       <c r="C255" s="0" t="s">
-        <v>621</v>
+        <v>654</v>
       </c>
       <c r="F255" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G255" s="0" t="s">
-        <v>622</v>
+        <v>655</v>
       </c>
       <c r="H255" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I255" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J255" s="0" t="s">
-        <v>623</v>
+        <v>656</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="0" t="s">
-        <v>624</v>
+        <v>434</v>
       </c>
       <c r="B256" s="0" t="s">
-        <v>391</v>
+        <v>435</v>
       </c>
       <c r="C256" s="0" t="s">
-        <v>625</v>
+        <v>436</v>
       </c>
       <c r="F256" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G256" s="0" t="s">
-        <v>626</v>
+        <v>655</v>
       </c>
       <c r="H256" s="0" t="s">
-        <v>260</v>
+        <v>138</v>
       </c>
       <c r="I256" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J256" s="0" t="s">
-        <v>627</v>
+        <v>438</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="0" t="s">
-        <v>229</v>
+        <v>657</v>
       </c>
       <c r="B257" s="0" t="s">
-        <v>148</v>
+        <v>238</v>
       </c>
       <c r="C257" s="0" t="s">
-        <v>230</v>
+        <v>658</v>
       </c>
       <c r="F257" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G257" s="0" t="s">
-        <v>628</v>
+        <v>659</v>
       </c>
       <c r="H257" s="0" t="s">
-        <v>93</v>
+        <v>52</v>
       </c>
       <c r="I257" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J257" s="0" t="s">
-        <v>231</v>
+        <v>660</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="0" t="s">
-        <v>629</v>
+        <v>237</v>
       </c>
       <c r="B258" s="0" t="s">
-        <v>630</v>
+        <v>238</v>
       </c>
       <c r="C258" s="0" t="s">
-        <v>631</v>
+        <v>239</v>
       </c>
       <c r="F258" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G258" s="0" t="s">
-        <v>632</v>
+        <v>661</v>
       </c>
       <c r="H258" s="0" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="I258" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J258" s="0" t="s">
-        <v>633</v>
+        <v>240</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="0" t="s">
-        <v>160</v>
+        <v>197</v>
       </c>
       <c r="B259" s="0" t="s">
-        <v>107</v>
+        <v>198</v>
       </c>
       <c r="C259" s="0" t="s">
-        <v>161</v>
+        <v>199</v>
       </c>
       <c r="F259" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G259" s="0" t="s">
-        <v>634</v>
+        <v>662</v>
       </c>
       <c r="H259" s="0" t="s">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="I259" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J259" s="0" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="0" t="s">
-        <v>635</v>
+        <v>663</v>
       </c>
       <c r="B260" s="0" t="s">
-        <v>411</v>
+        <v>531</v>
       </c>
       <c r="C260" s="0" t="s">
-        <v>636</v>
+        <v>664</v>
       </c>
       <c r="F260" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G260" s="0" t="s">
-        <v>75</v>
+        <v>665</v>
       </c>
       <c r="H260" s="0" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="I260" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J260" s="0" t="s">
-        <v>637</v>
+        <v>666</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="0" t="s">
-        <v>479</v>
+        <v>530</v>
       </c>
       <c r="B261" s="0" t="s">
-        <v>480</v>
+        <v>531</v>
       </c>
       <c r="C261" s="0" t="s">
-        <v>481</v>
+        <v>532</v>
       </c>
       <c r="F261" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G261" s="0" t="s">
-        <v>638</v>
+        <v>665</v>
       </c>
       <c r="H261" s="0" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="I261" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J261" s="0" t="s">
-        <v>482</v>
+        <v>534</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="0" t="s">
-        <v>639</v>
+        <v>419</v>
       </c>
       <c r="B262" s="0" t="s">
-        <v>524</v>
+        <v>420</v>
       </c>
       <c r="C262" s="0" t="s">
-        <v>640</v>
+        <v>421</v>
       </c>
       <c r="F262" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G262" s="0" t="s">
-        <v>86</v>
+        <v>667</v>
       </c>
       <c r="H262" s="0" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="I262" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J262" s="0" t="s">
-        <v>641</v>
+        <v>423</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="0" t="s">
-        <v>489</v>
+        <v>424</v>
       </c>
       <c r="B263" s="0" t="s">
-        <v>490</v>
+        <v>425</v>
       </c>
       <c r="C263" s="0" t="s">
-        <v>491</v>
+        <v>426</v>
       </c>
       <c r="F263" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G263" s="0" t="s">
-        <v>642</v>
+        <v>667</v>
       </c>
       <c r="H263" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I263" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J263" s="0" t="s">
-        <v>492</v>
+        <v>427</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="0" t="s">
-        <v>643</v>
+        <v>393</v>
       </c>
       <c r="B264" s="0" t="s">
-        <v>644</v>
+        <v>112</v>
       </c>
       <c r="C264" s="0" t="s">
-        <v>645</v>
+        <v>394</v>
       </c>
       <c r="F264" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G264" s="0" t="s">
-        <v>92</v>
+        <v>667</v>
       </c>
       <c r="H264" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I264" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J264" s="0" t="s">
-        <v>646</v>
+        <v>396</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="0" t="s">
-        <v>43</v>
+        <v>397</v>
       </c>
       <c r="B265" s="0" t="s">
-        <v>44</v>
+        <v>171</v>
       </c>
       <c r="C265" s="0" t="s">
-        <v>45</v>
+        <v>398</v>
       </c>
       <c r="F265" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G265" s="0" t="s">
-        <v>46</v>
+        <v>667</v>
       </c>
       <c r="H265" s="0" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
       <c r="I265" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J265" s="0" t="s">
-        <v>48</v>
+        <v>399</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="0" t="s">
-        <v>195</v>
+        <v>242</v>
       </c>
       <c r="B266" s="0" t="s">
-        <v>196</v>
+        <v>120</v>
       </c>
       <c r="C266" s="0" t="s">
-        <v>197</v>
+        <v>243</v>
       </c>
       <c r="F266" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G266" s="0" t="s">
-        <v>647</v>
+        <v>668</v>
       </c>
       <c r="H266" s="0" t="s">
-        <v>162</v>
+        <v>109</v>
       </c>
       <c r="I266" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J266" s="0" t="s">
-        <v>198</v>
+        <v>245</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="0" t="s">
-        <v>648</v>
+        <v>105</v>
       </c>
       <c r="B267" s="0" t="s">
-        <v>133</v>
+        <v>106</v>
       </c>
       <c r="C267" s="0" t="s">
-        <v>649</v>
+        <v>107</v>
       </c>
       <c r="F267" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G267" s="0" t="s">
-        <v>650</v>
+        <v>668</v>
       </c>
       <c r="H267" s="0" t="s">
-        <v>236</v>
+        <v>109</v>
       </c>
       <c r="I267" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J267" s="0" t="s">
-        <v>651</v>
+        <v>110</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="0" t="s">
-        <v>26</v>
+        <v>594</v>
       </c>
       <c r="B268" s="0" t="s">
-        <v>27</v>
+        <v>112</v>
       </c>
       <c r="C268" s="0" t="s">
-        <v>28</v>
+        <v>595</v>
       </c>
       <c r="F268" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G268" s="0" t="s">
-        <v>49</v>
+        <v>668</v>
       </c>
       <c r="H268" s="0" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="I268" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J268" s="0" t="s">
-        <v>32</v>
+        <v>597</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="0" t="s">
-        <v>652</v>
+        <v>669</v>
       </c>
       <c r="B269" s="0" t="s">
-        <v>653</v>
+        <v>129</v>
       </c>
       <c r="C269" s="0" t="s">
-        <v>654</v>
+        <v>670</v>
       </c>
       <c r="F269" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G269" s="0" t="s">
-        <v>655</v>
+        <v>671</v>
       </c>
       <c r="H269" s="0" t="s">
-        <v>151</v>
+        <v>672</v>
       </c>
       <c r="I269" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J269" s="0" t="s">
-        <v>656</v>
+        <v>673</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="0" t="s">
-        <v>270</v>
+        <v>636</v>
       </c>
       <c r="B270" s="0" t="s">
-        <v>271</v>
+        <v>145</v>
       </c>
       <c r="C270" s="0" t="s">
-        <v>272</v>
+        <v>637</v>
       </c>
       <c r="F270" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G270" s="0" t="s">
-        <v>657</v>
+        <v>674</v>
       </c>
       <c r="H270" s="0" t="s">
-        <v>213</v>
+        <v>639</v>
       </c>
       <c r="I270" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J270" s="0" t="s">
-        <v>273</v>
+        <v>640</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="0" t="s">
-        <v>540</v>
+        <v>263</v>
       </c>
       <c r="B271" s="0" t="s">
-        <v>541</v>
+        <v>264</v>
       </c>
       <c r="C271" s="0" t="s">
-        <v>542</v>
+        <v>265</v>
       </c>
       <c r="F271" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G271" s="0" t="s">
-        <v>658</v>
+        <v>675</v>
       </c>
       <c r="H271" s="0" t="s">
-        <v>543</v>
+        <v>52</v>
       </c>
       <c r="I271" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J271" s="0" t="s">
-        <v>544</v>
+        <v>267</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="0" t="s">
-        <v>489</v>
+        <v>676</v>
       </c>
       <c r="B272" s="0" t="s">
-        <v>490</v>
+        <v>677</v>
       </c>
       <c r="C272" s="0" t="s">
-        <v>491</v>
+        <v>678</v>
       </c>
       <c r="F272" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G272" s="0" t="s">
-        <v>659</v>
+        <v>675</v>
       </c>
       <c r="H272" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I272" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J272" s="0" t="s">
-        <v>492</v>
+        <v>679</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="0" t="s">
-        <v>10</v>
+        <v>680</v>
       </c>
       <c r="B273" s="0" t="s">
-        <v>11</v>
+        <v>681</v>
       </c>
       <c r="C273" s="0" t="s">
-        <v>12</v>
+        <v>682</v>
       </c>
       <c r="F273" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G273" s="0" t="s">
-        <v>50</v>
+        <v>675</v>
       </c>
       <c r="H273" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I273" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J273" s="0" t="s">
-        <v>17</v>
+        <v>683</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="0" t="s">
-        <v>299</v>
+        <v>251</v>
       </c>
       <c r="B274" s="0" t="s">
-        <v>300</v>
+        <v>252</v>
       </c>
       <c r="C274" s="0" t="s">
-        <v>301</v>
+        <v>253</v>
       </c>
       <c r="F274" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G274" s="0" t="s">
-        <v>660</v>
+        <v>684</v>
       </c>
       <c r="H274" s="0" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="I274" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J274" s="0" t="s">
-        <v>302</v>
+        <v>254</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="0" t="s">
-        <v>72</v>
+        <v>140</v>
       </c>
       <c r="B275" s="0" t="s">
-        <v>73</v>
+        <v>141</v>
       </c>
       <c r="C275" s="0" t="s">
-        <v>74</v>
+        <v>142</v>
       </c>
       <c r="F275" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G275" s="0" t="s">
-        <v>661</v>
+        <v>45</v>
       </c>
       <c r="H275" s="0" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="I275" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J275" s="0" t="s">
-        <v>77</v>
+        <v>143</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="0" t="s">
-        <v>299</v>
+        <v>10</v>
       </c>
       <c r="B276" s="0" t="s">
-        <v>300</v>
+        <v>11</v>
       </c>
       <c r="C276" s="0" t="s">
-        <v>301</v>
+        <v>12</v>
       </c>
       <c r="F276" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G276" s="0" t="s">
-        <v>122</v>
+        <v>45</v>
       </c>
       <c r="H276" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I276" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J276" s="0" t="s">
-        <v>302</v>
+        <v>17</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="0" t="s">
-        <v>662</v>
+        <v>90</v>
       </c>
       <c r="B277" s="0" t="s">
-        <v>663</v>
+        <v>91</v>
       </c>
       <c r="C277" s="0" t="s">
-        <v>664</v>
+        <v>92</v>
       </c>
       <c r="F277" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G277" s="0" t="s">
-        <v>138</v>
+        <v>685</v>
       </c>
       <c r="H277" s="0" t="s">
-        <v>278</v>
+        <v>88</v>
       </c>
       <c r="I277" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J277" s="0" t="s">
-        <v>665</v>
+        <v>93</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="0" t="s">
-        <v>666</v>
+        <v>94</v>
       </c>
       <c r="B278" s="0" t="s">
-        <v>667</v>
+        <v>80</v>
       </c>
       <c r="C278" s="0" t="s">
-        <v>668</v>
+        <v>95</v>
       </c>
       <c r="F278" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G278" s="0" t="s">
-        <v>669</v>
+        <v>685</v>
       </c>
       <c r="H278" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I278" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J278" s="0" t="s">
-        <v>670</v>
+        <v>96</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="0" t="s">
-        <v>671</v>
+        <v>400</v>
       </c>
       <c r="B279" s="0" t="s">
-        <v>672</v>
+        <v>401</v>
       </c>
       <c r="C279" s="0" t="s">
-        <v>673</v>
+        <v>402</v>
       </c>
       <c r="F279" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G279" s="0" t="s">
-        <v>144</v>
+        <v>686</v>
       </c>
       <c r="H279" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I279" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J279" s="0" t="s">
-        <v>674</v>
+        <v>404</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="0" t="s">
-        <v>675</v>
+        <v>128</v>
       </c>
       <c r="B280" s="0" t="s">
-        <v>216</v>
+        <v>129</v>
       </c>
       <c r="C280" s="0" t="s">
-        <v>676</v>
+        <v>130</v>
       </c>
       <c r="F280" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G280" s="0" t="s">
-        <v>677</v>
+        <v>686</v>
       </c>
       <c r="H280" s="0" t="s">
-        <v>249</v>
+        <v>132</v>
       </c>
       <c r="I280" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J280" s="0" t="s">
-        <v>678</v>
+        <v>133</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="0" t="s">
-        <v>43</v>
+        <v>579</v>
       </c>
       <c r="B281" s="0" t="s">
-        <v>44</v>
+        <v>184</v>
       </c>
       <c r="C281" s="0" t="s">
-        <v>45</v>
+        <v>580</v>
       </c>
       <c r="F281" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G281" s="0" t="s">
-        <v>51</v>
+        <v>686</v>
       </c>
       <c r="H281" s="0" t="s">
-        <v>213</v>
+        <v>132</v>
       </c>
       <c r="I281" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J281" s="0" t="s">
-        <v>48</v>
+        <v>581</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="0" t="s">
-        <v>679</v>
+        <v>446</v>
       </c>
       <c r="B282" s="0" t="s">
-        <v>680</v>
+        <v>175</v>
       </c>
       <c r="C282" s="0" t="s">
-        <v>681</v>
+        <v>447</v>
       </c>
       <c r="F282" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G282" s="0" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="H282" s="0" t="s">
-        <v>683</v>
+        <v>132</v>
       </c>
       <c r="I282" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J282" s="0" t="s">
-        <v>684</v>
+        <v>448</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="0" t="s">
-        <v>685</v>
+        <v>174</v>
       </c>
       <c r="B283" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>176</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G283" s="0" t="s">
         <v>686</v>
       </c>
-      <c r="C283" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="H283" s="0" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="I283" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J283" s="0" t="s">
-        <v>689</v>
+        <v>178</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="0" t="s">
-        <v>356</v>
+        <v>657</v>
       </c>
       <c r="B284" s="0" t="s">
-        <v>342</v>
+        <v>238</v>
       </c>
       <c r="C284" s="0" t="s">
-        <v>357</v>
+        <v>658</v>
       </c>
       <c r="F284" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G284" s="0" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="H284" s="0" t="s">
-        <v>359</v>
+        <v>52</v>
       </c>
       <c r="I284" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J284" s="0" t="s">
-        <v>360</v>
+        <v>660</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="0" t="s">
-        <v>390</v>
+        <v>237</v>
       </c>
       <c r="B285" s="0" t="s">
-        <v>391</v>
+        <v>238</v>
       </c>
       <c r="C285" s="0" t="s">
-        <v>392</v>
+        <v>239</v>
       </c>
       <c r="F285" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G285" s="0" t="s">
-        <v>691</v>
+        <v>46</v>
       </c>
       <c r="H285" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I285" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J285" s="0" t="s">
-        <v>394</v>
+        <v>240</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="0" t="s">
-        <v>523</v>
+        <v>19</v>
       </c>
       <c r="B286" s="0" t="s">
-        <v>524</v>
+        <v>20</v>
       </c>
       <c r="C286" s="0" t="s">
-        <v>525</v>
+        <v>21</v>
       </c>
       <c r="F286" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G286" s="0" t="s">
-        <v>150</v>
+        <v>46</v>
       </c>
       <c r="H286" s="0" t="s">
-        <v>527</v>
+        <v>319</v>
       </c>
       <c r="I286" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J286" s="0" t="s">
-        <v>528</v>
+        <v>25</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="0" t="s">
-        <v>52</v>
+        <v>377</v>
       </c>
       <c r="B287" s="0" t="s">
-        <v>53</v>
+        <v>378</v>
       </c>
       <c r="C287" s="0" t="s">
-        <v>54</v>
+        <v>379</v>
       </c>
       <c r="F287" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G287" s="0" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="H287" s="0" t="s">
-        <v>692</v>
+        <v>23</v>
       </c>
       <c r="I287" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
+      </c>
+      <c r="J287" s="0" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="0" t="s">
-        <v>608</v>
+        <v>206</v>
       </c>
       <c r="B288" s="0" t="s">
-        <v>609</v>
+        <v>207</v>
       </c>
       <c r="C288" s="0" t="s">
-        <v>610</v>
+        <v>208</v>
       </c>
       <c r="F288" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G288" s="0" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
       <c r="H288" s="0" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="I288" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J288" s="0" t="s">
-        <v>611</v>
+        <v>210</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="0" t="s">
-        <v>173</v>
+        <v>211</v>
       </c>
       <c r="B289" s="0" t="s">
-        <v>169</v>
+        <v>212</v>
       </c>
       <c r="C289" s="0" t="s">
-        <v>174</v>
+        <v>213</v>
       </c>
       <c r="F289" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G289" s="0" t="s">
-        <v>694</v>
+        <v>687</v>
       </c>
       <c r="H289" s="0" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="I289" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J289" s="0" t="s">
-        <v>175</v>
+        <v>214</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="0" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
       <c r="B290" s="0" t="s">
-        <v>11</v>
+        <v>216</v>
       </c>
       <c r="C290" s="0" t="s">
-        <v>12</v>
+        <v>217</v>
       </c>
       <c r="F290" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G290" s="0" t="s">
-        <v>57</v>
+        <v>687</v>
       </c>
       <c r="H290" s="0" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="I290" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J290" s="0" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="0" t="s">
-        <v>695</v>
+        <v>688</v>
       </c>
       <c r="B291" s="0" t="s">
-        <v>210</v>
+        <v>689</v>
       </c>
       <c r="C291" s="0" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="F291" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G291" s="0" t="s">
-        <v>697</v>
+        <v>687</v>
       </c>
       <c r="H291" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I291" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J291" s="0" t="s">
-        <v>698</v>
+        <v>691</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="0" t="s">
-        <v>425</v>
+        <v>613</v>
       </c>
       <c r="B292" s="0" t="s">
-        <v>426</v>
+        <v>614</v>
       </c>
       <c r="C292" s="0" t="s">
-        <v>427</v>
+        <v>615</v>
       </c>
       <c r="F292" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G292" s="0" t="s">
-        <v>153</v>
+        <v>692</v>
       </c>
       <c r="H292" s="0" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="I292" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J292" s="0" t="s">
-        <v>428</v>
+        <v>616</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="0" t="s">
-        <v>110</v>
+        <v>179</v>
       </c>
       <c r="B293" s="0" t="s">
-        <v>111</v>
+        <v>180</v>
       </c>
       <c r="C293" s="0" t="s">
-        <v>112</v>
+        <v>181</v>
       </c>
       <c r="F293" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G293" s="0" t="s">
-        <v>699</v>
+        <v>692</v>
       </c>
       <c r="H293" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I293" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J293" s="0" t="s">
-        <v>113</v>
+        <v>182</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="0" t="s">
-        <v>285</v>
+        <v>174</v>
       </c>
       <c r="B294" s="0" t="s">
-        <v>286</v>
+        <v>175</v>
       </c>
       <c r="C294" s="0" t="s">
-        <v>287</v>
+        <v>176</v>
       </c>
       <c r="F294" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G294" s="0" t="s">
-        <v>157</v>
+        <v>692</v>
       </c>
       <c r="H294" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I294" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J294" s="0" t="s">
-        <v>288</v>
+        <v>178</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="0" t="s">
-        <v>700</v>
+        <v>688</v>
       </c>
       <c r="B295" s="0" t="s">
-        <v>286</v>
+        <v>689</v>
       </c>
       <c r="C295" s="0" t="s">
-        <v>701</v>
+        <v>690</v>
       </c>
       <c r="F295" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G295" s="0" t="s">
-        <v>702</v>
+        <v>692</v>
       </c>
       <c r="H295" s="0" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="I295" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J295" s="0" t="s">
-        <v>703</v>
+        <v>691</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="0" t="s">
-        <v>671</v>
+        <v>545</v>
       </c>
       <c r="B296" s="0" t="s">
-        <v>672</v>
+        <v>442</v>
       </c>
       <c r="C296" s="0" t="s">
-        <v>673</v>
+        <v>546</v>
       </c>
       <c r="F296" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G296" s="0" t="s">
-        <v>704</v>
+        <v>692</v>
       </c>
       <c r="H296" s="0" t="s">
-        <v>145</v>
+        <v>67</v>
       </c>
       <c r="I296" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J296" s="0" t="s">
-        <v>674</v>
+        <v>548</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="0" t="s">
-        <v>515</v>
+        <v>441</v>
       </c>
       <c r="B297" s="0" t="s">
-        <v>516</v>
+        <v>442</v>
       </c>
       <c r="C297" s="0" t="s">
-        <v>517</v>
+        <v>443</v>
       </c>
       <c r="F297" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G297" s="0" t="s">
-        <v>705</v>
+        <v>692</v>
       </c>
       <c r="H297" s="0" t="s">
-        <v>519</v>
+        <v>67</v>
       </c>
       <c r="I297" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J297" s="0" t="s">
-        <v>520</v>
+        <v>445</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="0" t="s">
-        <v>595</v>
+        <v>242</v>
       </c>
       <c r="B298" s="0" t="s">
-        <v>596</v>
+        <v>120</v>
       </c>
       <c r="C298" s="0" t="s">
-        <v>597</v>
+        <v>243</v>
       </c>
       <c r="F298" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G298" s="0" t="s">
-        <v>706</v>
+        <v>693</v>
       </c>
       <c r="H298" s="0" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="I298" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J298" s="0" t="s">
-        <v>598</v>
+        <v>245</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="0" t="s">
-        <v>585</v>
+        <v>255</v>
       </c>
       <c r="B299" s="0" t="s">
-        <v>586</v>
+        <v>256</v>
       </c>
       <c r="C299" s="0" t="s">
-        <v>587</v>
+        <v>257</v>
       </c>
       <c r="F299" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G299" s="0" t="s">
-        <v>707</v>
+        <v>694</v>
       </c>
       <c r="H299" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I299" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J299" s="0" t="s">
-        <v>588</v>
+        <v>258</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="0" t="s">
-        <v>494</v>
+        <v>326</v>
       </c>
       <c r="B300" s="0" t="s">
-        <v>495</v>
+        <v>327</v>
       </c>
       <c r="C300" s="0" t="s">
-        <v>496</v>
+        <v>328</v>
       </c>
       <c r="F300" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G300" s="0" t="s">
-        <v>708</v>
+        <v>695</v>
       </c>
       <c r="H300" s="0" t="s">
-        <v>158</v>
+        <v>330</v>
       </c>
       <c r="I300" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J300" s="0" t="s">
-        <v>498</v>
+        <v>331</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="0" t="s">
-        <v>89</v>
+        <v>516</v>
       </c>
       <c r="B301" s="0" t="s">
-        <v>90</v>
+        <v>512</v>
       </c>
       <c r="C301" s="0" t="s">
-        <v>91</v>
+        <v>517</v>
       </c>
       <c r="F301" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G301" s="0" t="s">
-        <v>709</v>
+        <v>696</v>
       </c>
       <c r="H301" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I301" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J301" s="0" t="s">
-        <v>94</v>
+        <v>518</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="0" t="s">
-        <v>523</v>
+        <v>211</v>
       </c>
       <c r="B302" s="0" t="s">
-        <v>524</v>
+        <v>212</v>
       </c>
       <c r="C302" s="0" t="s">
-        <v>525</v>
+        <v>213</v>
       </c>
       <c r="F302" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G302" s="0" t="s">
-        <v>710</v>
+        <v>697</v>
       </c>
       <c r="H302" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I302" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J302" s="0" t="s">
-        <v>528</v>
+        <v>214</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="0" t="s">
-        <v>204</v>
+        <v>215</v>
       </c>
       <c r="B303" s="0" t="s">
-        <v>205</v>
+        <v>216</v>
       </c>
       <c r="C303" s="0" t="s">
-        <v>206</v>
+        <v>217</v>
       </c>
       <c r="F303" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G303" s="0" t="s">
-        <v>711</v>
+        <v>697</v>
       </c>
       <c r="H303" s="0" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="I303" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J303" s="0" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="0" t="s">
-        <v>562</v>
+        <v>424</v>
       </c>
       <c r="B304" s="0" t="s">
-        <v>396</v>
+        <v>425</v>
       </c>
       <c r="C304" s="0" t="s">
-        <v>563</v>
+        <v>426</v>
       </c>
       <c r="F304" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G304" s="0" t="s">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c r="H304" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I304" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J304" s="0" t="s">
-        <v>565</v>
+        <v>427</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="0" t="s">
-        <v>429</v>
+        <v>393</v>
       </c>
       <c r="B305" s="0" t="s">
-        <v>342</v>
+        <v>112</v>
       </c>
       <c r="C305" s="0" t="s">
-        <v>430</v>
+        <v>394</v>
       </c>
       <c r="F305" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G305" s="0" t="s">
-        <v>713</v>
+        <v>698</v>
       </c>
       <c r="H305" s="0" t="s">
-        <v>359</v>
+        <v>138</v>
       </c>
       <c r="I305" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J305" s="0" t="s">
-        <v>432</v>
+        <v>396</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="0" t="s">
-        <v>199</v>
+        <v>397</v>
       </c>
       <c r="B306" s="0" t="s">
-        <v>200</v>
+        <v>171</v>
       </c>
       <c r="C306" s="0" t="s">
-        <v>201</v>
+        <v>398</v>
       </c>
       <c r="F306" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G306" s="0" t="s">
-        <v>714</v>
+        <v>698</v>
       </c>
       <c r="H306" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I306" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J306" s="0" t="s">
-        <v>202</v>
+        <v>399</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="0" t="s">
-        <v>715</v>
+        <v>226</v>
       </c>
       <c r="B307" s="0" t="s">
-        <v>716</v>
+        <v>227</v>
       </c>
       <c r="C307" s="0" t="s">
-        <v>717</v>
+        <v>228</v>
       </c>
       <c r="F307" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G307" s="0" t="s">
-        <v>718</v>
+        <v>699</v>
       </c>
       <c r="H307" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I307" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J307" s="0" t="s">
-        <v>719</v>
+        <v>230</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="0" t="s">
-        <v>581</v>
+        <v>700</v>
       </c>
       <c r="B308" s="0" t="s">
-        <v>582</v>
+        <v>701</v>
       </c>
       <c r="C308" s="0" t="s">
-        <v>583</v>
+        <v>702</v>
       </c>
       <c r="F308" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G308" s="0" t="s">
-        <v>720</v>
+        <v>699</v>
       </c>
       <c r="H308" s="0" t="s">
-        <v>93</v>
+        <v>223</v>
       </c>
       <c r="I308" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J308" s="0" t="s">
-        <v>584</v>
+        <v>703</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="0" t="s">
-        <v>433</v>
+        <v>326</v>
       </c>
       <c r="B309" s="0" t="s">
-        <v>434</v>
+        <v>327</v>
       </c>
       <c r="C309" s="0" t="s">
-        <v>435</v>
+        <v>328</v>
       </c>
       <c r="F309" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G309" s="0" t="s">
-        <v>171</v>
+        <v>704</v>
       </c>
       <c r="H309" s="0" t="s">
-        <v>81</v>
+        <v>330</v>
       </c>
       <c r="I309" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J309" s="0" t="s">
-        <v>437</v>
+        <v>331</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="0" t="s">
-        <v>721</v>
+        <v>326</v>
       </c>
       <c r="B310" s="0" t="s">
-        <v>722</v>
+        <v>327</v>
       </c>
       <c r="C310" s="0" t="s">
-        <v>723</v>
+        <v>328</v>
       </c>
       <c r="F310" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G310" s="0" t="s">
-        <v>724</v>
+        <v>705</v>
       </c>
       <c r="H310" s="0" t="s">
-        <v>236</v>
+        <v>330</v>
       </c>
       <c r="I310" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J310" s="0" t="s">
-        <v>725</v>
+        <v>331</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="0" t="s">
-        <v>726</v>
+        <v>156</v>
       </c>
       <c r="B311" s="0" t="s">
-        <v>680</v>
+        <v>157</v>
       </c>
       <c r="C311" s="0" t="s">
-        <v>727</v>
+        <v>158</v>
       </c>
       <c r="F311" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G311" s="0" t="s">
-        <v>728</v>
+        <v>706</v>
       </c>
       <c r="H311" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I311" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J311" s="0" t="s">
-        <v>729</v>
+        <v>160</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="0" t="s">
-        <v>323</v>
+        <v>255</v>
       </c>
       <c r="B312" s="0" t="s">
-        <v>324</v>
+        <v>256</v>
       </c>
       <c r="C312" s="0" t="s">
-        <v>325</v>
+        <v>257</v>
       </c>
       <c r="F312" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G312" s="0" t="s">
-        <v>730</v>
+        <v>707</v>
       </c>
       <c r="H312" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I312" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J312" s="0" t="s">
-        <v>327</v>
+        <v>258</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="0" t="s">
-        <v>726</v>
+        <v>134</v>
       </c>
       <c r="B313" s="0" t="s">
-        <v>680</v>
+        <v>135</v>
       </c>
       <c r="C313" s="0" t="s">
-        <v>727</v>
+        <v>136</v>
       </c>
       <c r="F313" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G313" s="0" t="s">
-        <v>183</v>
+        <v>708</v>
       </c>
       <c r="H313" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I313" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J313" s="0" t="s">
-        <v>729</v>
+        <v>139</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="0" t="s">
-        <v>731</v>
+        <v>134</v>
       </c>
       <c r="B314" s="0" t="s">
-        <v>73</v>
+        <v>135</v>
       </c>
       <c r="C314" s="0" t="s">
-        <v>732</v>
+        <v>136</v>
       </c>
       <c r="F314" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G314" s="0" t="s">
-        <v>733</v>
+        <v>66</v>
       </c>
       <c r="H314" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I314" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J314" s="0" t="s">
-        <v>734</v>
+        <v>139</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="0" t="s">
-        <v>715</v>
+        <v>709</v>
       </c>
       <c r="B315" s="0" t="s">
-        <v>716</v>
+        <v>501</v>
       </c>
       <c r="C315" s="0" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="F315" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G315" s="0" t="s">
-        <v>735</v>
+        <v>72</v>
       </c>
       <c r="H315" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I315" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J315" s="0" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="0" t="s">
-        <v>361</v>
+        <v>571</v>
       </c>
       <c r="B316" s="0" t="s">
-        <v>169</v>
+        <v>572</v>
       </c>
       <c r="C316" s="0" t="s">
-        <v>362</v>
+        <v>573</v>
       </c>
       <c r="F316" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G316" s="0" t="s">
-        <v>736</v>
+        <v>712</v>
       </c>
       <c r="H316" s="0" t="s">
-        <v>359</v>
+        <v>132</v>
       </c>
       <c r="I316" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J316" s="0" t="s">
-        <v>363</v>
+        <v>574</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="0" t="s">
-        <v>395</v>
+        <v>473</v>
       </c>
       <c r="B317" s="0" t="s">
-        <v>396</v>
+        <v>145</v>
       </c>
       <c r="C317" s="0" t="s">
-        <v>397</v>
+        <v>474</v>
       </c>
       <c r="F317" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G317" s="0" t="s">
-        <v>737</v>
+        <v>82</v>
       </c>
       <c r="H317" s="0" t="s">
-        <v>139</v>
+        <v>40</v>
       </c>
       <c r="I317" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J317" s="0" t="s">
-        <v>398</v>
+        <v>476</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="0" t="s">
-        <v>173</v>
+        <v>365</v>
       </c>
       <c r="B318" s="0" t="s">
-        <v>169</v>
+        <v>366</v>
       </c>
       <c r="C318" s="0" t="s">
-        <v>174</v>
+        <v>367</v>
       </c>
       <c r="F318" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G318" s="0" t="s">
-        <v>738</v>
+        <v>87</v>
       </c>
       <c r="H318" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I318" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J318" s="0" t="s">
-        <v>175</v>
+        <v>368</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="0" t="s">
-        <v>310</v>
+        <v>713</v>
       </c>
       <c r="B319" s="0" t="s">
-        <v>311</v>
+        <v>714</v>
       </c>
       <c r="C319" s="0" t="s">
-        <v>312</v>
+        <v>715</v>
       </c>
       <c r="F319" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G319" s="0" t="s">
-        <v>739</v>
+        <v>14</v>
       </c>
       <c r="H319" s="0" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="I319" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J319" s="0" t="s">
-        <v>314</v>
+        <v>716</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="0" t="s">
-        <v>384</v>
+        <v>717</v>
       </c>
       <c r="B320" s="0" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C320" s="0" t="s">
-        <v>386</v>
+        <v>718</v>
       </c>
       <c r="F320" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G320" s="0" t="s">
-        <v>188</v>
+        <v>719</v>
       </c>
       <c r="H320" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I320" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J320" s="0" t="s">
-        <v>388</v>
+        <v>720</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="0" t="s">
-        <v>83</v>
+        <v>211</v>
       </c>
       <c r="B321" s="0" t="s">
-        <v>84</v>
+        <v>212</v>
       </c>
       <c r="C321" s="0" t="s">
-        <v>85</v>
+        <v>213</v>
       </c>
       <c r="F321" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G321" s="0" t="s">
-        <v>740</v>
+        <v>721</v>
       </c>
       <c r="H321" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I321" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J321" s="0" t="s">
-        <v>88</v>
+        <v>214</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="0" t="s">
-        <v>666</v>
+        <v>722</v>
       </c>
       <c r="B322" s="0" t="s">
-        <v>667</v>
+        <v>112</v>
       </c>
       <c r="C322" s="0" t="s">
-        <v>668</v>
+        <v>723</v>
       </c>
       <c r="F322" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G322" s="0" t="s">
-        <v>193</v>
+        <v>724</v>
       </c>
       <c r="H322" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I322" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J322" s="0" t="s">
-        <v>670</v>
+        <v>725</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="0" t="s">
-        <v>154</v>
+        <v>726</v>
       </c>
       <c r="B323" s="0" t="s">
-        <v>155</v>
+        <v>727</v>
       </c>
       <c r="C323" s="0" t="s">
-        <v>156</v>
+        <v>728</v>
       </c>
       <c r="F323" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G323" s="0" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="H323" s="0" t="s">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="I323" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J323" s="0" t="s">
-        <v>159</v>
+        <v>730</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="0" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="B324" s="0" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="C324" s="0" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F324" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G324" s="0" t="s">
-        <v>742</v>
+        <v>731</v>
       </c>
       <c r="H324" s="0" t="s">
-        <v>139</v>
+        <v>104</v>
       </c>
       <c r="I324" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J324" s="0" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="0" t="s">
-        <v>743</v>
+        <v>629</v>
       </c>
       <c r="B325" s="0" t="s">
-        <v>744</v>
+        <v>630</v>
       </c>
       <c r="C325" s="0" t="s">
-        <v>745</v>
+        <v>631</v>
       </c>
       <c r="F325" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G325" s="0" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
       <c r="H325" s="0" t="s">
-        <v>93</v>
+        <v>632</v>
       </c>
       <c r="I325" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J325" s="0" t="s">
-        <v>747</v>
+        <v>633</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="0" t="s">
-        <v>555</v>
+        <v>19</v>
       </c>
       <c r="B326" s="0" t="s">
-        <v>507</v>
+        <v>20</v>
       </c>
       <c r="C326" s="0" t="s">
-        <v>556</v>
+        <v>21</v>
       </c>
       <c r="F326" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G326" s="0" t="s">
-        <v>748</v>
+        <v>47</v>
       </c>
       <c r="H326" s="0" t="s">
-        <v>151</v>
+        <v>319</v>
       </c>
       <c r="I326" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J326" s="0" t="s">
-        <v>558</v>
+        <v>25</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="0" t="s">
-        <v>629</v>
+        <v>115</v>
       </c>
       <c r="B327" s="0" t="s">
-        <v>630</v>
+        <v>116</v>
       </c>
       <c r="C327" s="0" t="s">
-        <v>631</v>
+        <v>117</v>
       </c>
       <c r="F327" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G327" s="0" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="H327" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I327" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J327" s="0" t="s">
-        <v>633</v>
+        <v>118</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="0" t="s">
-        <v>160</v>
+        <v>69</v>
       </c>
       <c r="B328" s="0" t="s">
-        <v>107</v>
+        <v>70</v>
       </c>
       <c r="C328" s="0" t="s">
-        <v>161</v>
+        <v>71</v>
       </c>
       <c r="F328" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G328" s="0" t="s">
-        <v>203</v>
+        <v>734</v>
       </c>
       <c r="H328" s="0" t="s">
-        <v>162</v>
+        <v>73</v>
       </c>
       <c r="I328" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J328" s="0" t="s">
-        <v>163</v>
+        <v>74</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="0" t="s">
-        <v>750</v>
+        <v>541</v>
       </c>
       <c r="B329" s="0" t="s">
-        <v>484</v>
+        <v>366</v>
       </c>
       <c r="C329" s="0" t="s">
-        <v>751</v>
+        <v>542</v>
       </c>
       <c r="F329" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G329" s="0" t="s">
-        <v>207</v>
+        <v>108</v>
       </c>
       <c r="H329" s="0" t="s">
-        <v>543</v>
+        <v>109</v>
       </c>
       <c r="I329" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J329" s="0" t="s">
-        <v>752</v>
+        <v>544</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="0" t="s">
-        <v>753</v>
+        <v>326</v>
       </c>
       <c r="B330" s="0" t="s">
-        <v>754</v>
+        <v>327</v>
       </c>
       <c r="C330" s="0" t="s">
-        <v>755</v>
+        <v>328</v>
       </c>
       <c r="F330" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G330" s="0" t="s">
-        <v>756</v>
+        <v>125</v>
       </c>
       <c r="H330" s="0" t="s">
-        <v>757</v>
+        <v>330</v>
       </c>
       <c r="I330" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J330" s="0" t="s">
-        <v>758</v>
+        <v>331</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" s="0" t="s">
-        <v>759</v>
+        <v>735</v>
       </c>
       <c r="B331" s="0" t="s">
-        <v>760</v>
+        <v>736</v>
       </c>
       <c r="C331" s="0" t="s">
-        <v>761</v>
+        <v>737</v>
       </c>
       <c r="F331" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G331" s="0" t="s">
-        <v>212</v>
+        <v>738</v>
       </c>
       <c r="H331" s="0" t="s">
-        <v>762</v>
+        <v>67</v>
       </c>
       <c r="I331" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J331" s="0" t="s">
-        <v>763</v>
+        <v>739</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" s="0" t="s">
-        <v>154</v>
+        <v>740</v>
       </c>
       <c r="B332" s="0" t="s">
-        <v>155</v>
+        <v>741</v>
       </c>
       <c r="C332" s="0" t="s">
-        <v>156</v>
+        <v>742</v>
       </c>
       <c r="F332" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G332" s="0" t="s">
-        <v>764</v>
+        <v>131</v>
       </c>
       <c r="H332" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I332" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J332" s="0" t="s">
-        <v>159</v>
+        <v>743</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="0" t="s">
-        <v>390</v>
+        <v>744</v>
       </c>
       <c r="B333" s="0" t="s">
-        <v>391</v>
+        <v>745</v>
       </c>
       <c r="C333" s="0" t="s">
-        <v>392</v>
+        <v>746</v>
       </c>
       <c r="F333" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G333" s="0" t="s">
-        <v>765</v>
+        <v>137</v>
       </c>
       <c r="H333" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I333" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J333" s="0" t="s">
-        <v>394</v>
+        <v>747</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="0" t="s">
-        <v>195</v>
+        <v>713</v>
       </c>
       <c r="B334" s="0" t="s">
-        <v>196</v>
+        <v>714</v>
       </c>
       <c r="C334" s="0" t="s">
-        <v>197</v>
+        <v>715</v>
       </c>
       <c r="F334" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G334" s="0" t="s">
-        <v>218</v>
+        <v>18</v>
       </c>
       <c r="H334" s="0" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="I334" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J334" s="0" t="s">
-        <v>198</v>
+        <v>716</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" s="0" t="s">
-        <v>102</v>
+        <v>748</v>
       </c>
       <c r="B335" s="0" t="s">
-        <v>103</v>
+        <v>193</v>
       </c>
       <c r="C335" s="0" t="s">
-        <v>104</v>
+        <v>749</v>
       </c>
       <c r="F335" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G335" s="0" t="s">
-        <v>766</v>
+        <v>750</v>
       </c>
       <c r="H335" s="0" t="s">
-        <v>93</v>
+        <v>751</v>
       </c>
       <c r="I335" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J335" s="0" t="s">
-        <v>105</v>
+        <v>752</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" s="0" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
       <c r="B336" s="0" t="s">
-        <v>768</v>
+        <v>175</v>
       </c>
       <c r="C336" s="0" t="s">
-        <v>769</v>
+        <v>754</v>
       </c>
       <c r="F336" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G336" s="0" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="H336" s="0" t="s">
-        <v>370</v>
+        <v>751</v>
       </c>
       <c r="I336" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J336" s="0" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="0" t="s">
-        <v>270</v>
+        <v>525</v>
       </c>
       <c r="B337" s="0" t="s">
-        <v>271</v>
+        <v>526</v>
       </c>
       <c r="C337" s="0" t="s">
-        <v>272</v>
+        <v>527</v>
       </c>
       <c r="F337" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G337" s="0" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="H337" s="0" t="s">
-        <v>213</v>
+        <v>432</v>
       </c>
       <c r="I337" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J337" s="0" t="s">
-        <v>273</v>
+        <v>529</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="0" t="s">
-        <v>662</v>
+        <v>758</v>
       </c>
       <c r="B338" s="0" t="s">
-        <v>663</v>
+        <v>171</v>
       </c>
       <c r="C338" s="0" t="s">
-        <v>664</v>
+        <v>759</v>
       </c>
       <c r="F338" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G338" s="0" t="s">
-        <v>773</v>
+        <v>147</v>
       </c>
       <c r="H338" s="0" t="s">
-        <v>278</v>
+        <v>223</v>
       </c>
       <c r="I338" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J338" s="0" t="s">
-        <v>665</v>
+        <v>760</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="0" t="s">
-        <v>506</v>
+        <v>48</v>
       </c>
       <c r="B339" s="0" t="s">
-        <v>507</v>
+        <v>49</v>
       </c>
       <c r="C339" s="0" t="s">
-        <v>508</v>
+        <v>50</v>
       </c>
       <c r="F339" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G339" s="0" t="s">
-        <v>774</v>
+        <v>51</v>
       </c>
       <c r="H339" s="0" t="s">
-        <v>158</v>
+        <v>761</v>
       </c>
       <c r="I339" s="0" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>24</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="0" t="s">
-        <v>141</v>
+        <v>700</v>
       </c>
       <c r="B340" s="0" t="s">
-        <v>142</v>
+        <v>701</v>
       </c>
       <c r="C340" s="0" t="s">
-        <v>143</v>
+        <v>702</v>
       </c>
       <c r="F340" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G340" s="0" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="H340" s="0" t="s">
-        <v>145</v>
+        <v>223</v>
       </c>
       <c r="I340" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J340" s="0" t="s">
-        <v>146</v>
+        <v>703</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="0" t="s">
-        <v>511</v>
+        <v>19</v>
       </c>
       <c r="B341" s="0" t="s">
-        <v>512</v>
+        <v>20</v>
       </c>
       <c r="C341" s="0" t="s">
-        <v>513</v>
+        <v>21</v>
       </c>
       <c r="F341" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G341" s="0" t="s">
-        <v>222</v>
+        <v>53</v>
       </c>
       <c r="H341" s="0" t="s">
-        <v>123</v>
+        <v>319</v>
       </c>
       <c r="I341" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J341" s="0" t="s">
-        <v>514</v>
+        <v>25</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="0" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="B342" s="0" t="s">
-        <v>644</v>
+        <v>238</v>
       </c>
       <c r="C342" s="0" t="s">
-        <v>777</v>
+        <v>764</v>
       </c>
       <c r="F342" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G342" s="0" t="s">
-        <v>778</v>
+        <v>765</v>
       </c>
       <c r="H342" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I342" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J342" s="0" t="s">
-        <v>779</v>
+        <v>766</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="0" t="s">
-        <v>536</v>
+        <v>767</v>
       </c>
       <c r="B343" s="0" t="s">
-        <v>537</v>
+        <v>768</v>
       </c>
       <c r="C343" s="0" t="s">
-        <v>538</v>
+        <v>769</v>
       </c>
       <c r="F343" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G343" s="0" t="s">
-        <v>227</v>
+        <v>153</v>
       </c>
       <c r="H343" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="I343" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J343" s="0" t="s">
-        <v>539</v>
+        <v>770</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="0" t="s">
-        <v>585</v>
+        <v>365</v>
       </c>
       <c r="B344" s="0" t="s">
-        <v>586</v>
+        <v>366</v>
       </c>
       <c r="C344" s="0" t="s">
-        <v>587</v>
+        <v>367</v>
       </c>
       <c r="F344" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G344" s="0" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="H344" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I344" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J344" s="0" t="s">
-        <v>588</v>
+        <v>368</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="0" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="B345" s="0" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="C345" s="0" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="F345" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G345" s="0" t="s">
-        <v>781</v>
+        <v>164</v>
       </c>
       <c r="H345" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I345" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J345" s="0" t="s">
-        <v>446</v>
+        <v>458</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" s="0" t="s">
-        <v>164</v>
+        <v>740</v>
       </c>
       <c r="B346" s="0" t="s">
-        <v>165</v>
+        <v>741</v>
       </c>
       <c r="C346" s="0" t="s">
-        <v>166</v>
+        <v>742</v>
       </c>
       <c r="F346" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G346" s="0" t="s">
-        <v>782</v>
+        <v>772</v>
       </c>
       <c r="H346" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I346" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J346" s="0" t="s">
-        <v>167</v>
+        <v>743</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="0" t="s">
-        <v>267</v>
+        <v>598</v>
       </c>
       <c r="B347" s="0" t="s">
-        <v>210</v>
+        <v>599</v>
       </c>
       <c r="C347" s="0" t="s">
-        <v>268</v>
+        <v>600</v>
       </c>
       <c r="F347" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G347" s="0" t="s">
-        <v>235</v>
+        <v>773</v>
       </c>
       <c r="H347" s="0" t="s">
-        <v>213</v>
+        <v>602</v>
       </c>
       <c r="I347" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J347" s="0" t="s">
-        <v>269</v>
+        <v>603</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="0" t="s">
-        <v>783</v>
+        <v>446</v>
       </c>
       <c r="B348" s="0" t="s">
-        <v>784</v>
+        <v>175</v>
       </c>
       <c r="C348" s="0" t="s">
-        <v>785</v>
+        <v>447</v>
       </c>
       <c r="F348" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G348" s="0" t="s">
-        <v>243</v>
+        <v>177</v>
       </c>
       <c r="H348" s="0" t="s">
-        <v>213</v>
+        <v>132</v>
       </c>
       <c r="I348" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J348" s="0" t="s">
-        <v>786</v>
+        <v>448</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="0" t="s">
-        <v>506</v>
+        <v>263</v>
       </c>
       <c r="B349" s="0" t="s">
-        <v>507</v>
+        <v>264</v>
       </c>
       <c r="C349" s="0" t="s">
-        <v>508</v>
+        <v>265</v>
       </c>
       <c r="F349" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G349" s="0" t="s">
-        <v>248</v>
+        <v>774</v>
       </c>
       <c r="H349" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I349" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J349" s="0" t="s">
-        <v>510</v>
+        <v>267</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="0" t="s">
-        <v>715</v>
+        <v>434</v>
       </c>
       <c r="B350" s="0" t="s">
-        <v>716</v>
+        <v>435</v>
       </c>
       <c r="C350" s="0" t="s">
-        <v>717</v>
+        <v>436</v>
       </c>
       <c r="F350" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G350" s="0" t="s">
-        <v>787</v>
+        <v>190</v>
       </c>
       <c r="H350" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I350" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J350" s="0" t="s">
-        <v>719</v>
+        <v>438</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" s="0" t="s">
-        <v>506</v>
+        <v>90</v>
       </c>
       <c r="B351" s="0" t="s">
-        <v>507</v>
+        <v>91</v>
       </c>
       <c r="C351" s="0" t="s">
-        <v>508</v>
+        <v>92</v>
       </c>
       <c r="F351" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G351" s="0" t="s">
-        <v>788</v>
+        <v>775</v>
       </c>
       <c r="H351" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I351" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J351" s="0" t="s">
-        <v>510</v>
+        <v>93</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="0" t="s">
-        <v>310</v>
+        <v>144</v>
       </c>
       <c r="B352" s="0" t="s">
-        <v>311</v>
+        <v>145</v>
       </c>
       <c r="C352" s="0" t="s">
-        <v>312</v>
+        <v>146</v>
       </c>
       <c r="F352" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G352" s="0" t="s">
-        <v>789</v>
+        <v>776</v>
       </c>
       <c r="H352" s="0" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="I352" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J352" s="0" t="s">
-        <v>314</v>
+        <v>149</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="0" t="s">
-        <v>128</v>
+        <v>226</v>
       </c>
       <c r="B353" s="0" t="s">
-        <v>129</v>
+        <v>227</v>
       </c>
       <c r="C353" s="0" t="s">
-        <v>130</v>
+        <v>228</v>
       </c>
       <c r="F353" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G353" s="0" t="s">
-        <v>790</v>
+        <v>777</v>
       </c>
       <c r="H353" s="0" t="s">
-        <v>123</v>
+        <v>223</v>
       </c>
       <c r="I353" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J353" s="0" t="s">
-        <v>131</v>
+        <v>230</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="0" t="s">
-        <v>555</v>
+        <v>530</v>
       </c>
       <c r="B354" s="0" t="s">
-        <v>507</v>
+        <v>531</v>
       </c>
       <c r="C354" s="0" t="s">
-        <v>556</v>
+        <v>532</v>
       </c>
       <c r="F354" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G354" s="0" t="s">
-        <v>791</v>
+        <v>778</v>
       </c>
       <c r="H354" s="0" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="I354" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J354" s="0" t="s">
-        <v>558</v>
+        <v>534</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" s="0" t="s">
-        <v>10</v>
+        <v>215</v>
       </c>
       <c r="B355" s="0" t="s">
-        <v>11</v>
+        <v>216</v>
       </c>
       <c r="C355" s="0" t="s">
-        <v>12</v>
+        <v>217</v>
       </c>
       <c r="F355" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G355" s="0" t="s">
-        <v>58</v>
+        <v>779</v>
       </c>
       <c r="H355" s="0" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="I355" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J355" s="0" t="s">
-        <v>17</v>
+        <v>218</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" s="0" t="s">
-        <v>555</v>
+        <v>134</v>
       </c>
       <c r="B356" s="0" t="s">
-        <v>507</v>
+        <v>135</v>
       </c>
       <c r="C356" s="0" t="s">
-        <v>556</v>
+        <v>136</v>
       </c>
       <c r="F356" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G356" s="0" t="s">
-        <v>255</v>
+        <v>780</v>
       </c>
       <c r="H356" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I356" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J356" s="0" t="s">
-        <v>558</v>
+        <v>139</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" s="0" t="s">
-        <v>439</v>
+        <v>356</v>
       </c>
       <c r="B357" s="0" t="s">
-        <v>210</v>
+        <v>357</v>
       </c>
       <c r="C357" s="0" t="s">
-        <v>440</v>
+        <v>358</v>
       </c>
       <c r="F357" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G357" s="0" t="s">
-        <v>792</v>
+        <v>781</v>
       </c>
       <c r="H357" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I357" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J357" s="0" t="s">
-        <v>442</v>
+        <v>360</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" s="0" t="s">
-        <v>595</v>
+        <v>680</v>
       </c>
       <c r="B358" s="0" t="s">
-        <v>596</v>
+        <v>681</v>
       </c>
       <c r="C358" s="0" t="s">
-        <v>597</v>
+        <v>682</v>
       </c>
       <c r="F358" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G358" s="0" t="s">
-        <v>793</v>
+        <v>782</v>
       </c>
       <c r="H358" s="0" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
       <c r="I358" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J358" s="0" t="s">
-        <v>598</v>
+        <v>683</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="0" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="B359" s="0" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="C359" s="0" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="F359" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G359" s="0" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="H359" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="I359" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J359" s="0" t="s">
-        <v>314</v>
+        <v>323</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" s="0" t="s">
-        <v>523</v>
+        <v>784</v>
       </c>
       <c r="B360" s="0" t="s">
-        <v>524</v>
+        <v>785</v>
       </c>
       <c r="C360" s="0" t="s">
-        <v>525</v>
+        <v>786</v>
       </c>
       <c r="F360" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G360" s="0" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="H360" s="0" t="s">
-        <v>527</v>
+        <v>275</v>
       </c>
       <c r="I360" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J360" s="0" t="s">
-        <v>528</v>
+        <v>788</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" s="0" t="s">
-        <v>796</v>
+        <v>192</v>
       </c>
       <c r="B361" s="0" t="s">
-        <v>667</v>
+        <v>193</v>
       </c>
       <c r="C361" s="0" t="s">
-        <v>797</v>
+        <v>194</v>
       </c>
       <c r="F361" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G361" s="0" t="s">
-        <v>798</v>
+        <v>789</v>
       </c>
       <c r="H361" s="0" t="s">
-        <v>762</v>
+        <v>88</v>
       </c>
       <c r="I361" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J361" s="0" t="s">
-        <v>799</v>
+        <v>196</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="0" t="s">
-        <v>160</v>
+        <v>400</v>
       </c>
       <c r="B362" s="0" t="s">
-        <v>107</v>
+        <v>401</v>
       </c>
       <c r="C362" s="0" t="s">
-        <v>161</v>
+        <v>402</v>
       </c>
       <c r="F362" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G362" s="0" t="s">
-        <v>259</v>
+        <v>790</v>
       </c>
       <c r="H362" s="0" t="s">
-        <v>162</v>
+        <v>52</v>
       </c>
       <c r="I362" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J362" s="0" t="s">
-        <v>163</v>
+        <v>404</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="0" t="s">
-        <v>125</v>
+        <v>259</v>
       </c>
       <c r="B363" s="0" t="s">
-        <v>111</v>
+        <v>260</v>
       </c>
       <c r="C363" s="0" t="s">
-        <v>126</v>
+        <v>261</v>
       </c>
       <c r="F363" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G363" s="0" t="s">
-        <v>800</v>
+        <v>195</v>
       </c>
       <c r="H363" s="0" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="I363" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J363" s="0" t="s">
-        <v>127</v>
+        <v>262</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="0" t="s">
-        <v>801</v>
+        <v>791</v>
       </c>
       <c r="B364" s="0" t="s">
-        <v>263</v>
+        <v>70</v>
       </c>
       <c r="C364" s="0" t="s">
-        <v>802</v>
+        <v>792</v>
       </c>
       <c r="F364" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G364" s="0" t="s">
-        <v>265</v>
+        <v>793</v>
       </c>
       <c r="H364" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="I364" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J364" s="0" t="s">
-        <v>803</v>
+        <v>794</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="0" t="s">
-        <v>685</v>
+        <v>356</v>
       </c>
       <c r="B365" s="0" t="s">
-        <v>686</v>
+        <v>357</v>
       </c>
       <c r="C365" s="0" t="s">
-        <v>687</v>
+        <v>358</v>
       </c>
       <c r="F365" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G365" s="0" t="s">
-        <v>804</v>
+        <v>795</v>
       </c>
       <c r="H365" s="0" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="I365" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J365" s="0" t="s">
-        <v>689</v>
+        <v>360</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="0" t="s">
-        <v>805</v>
+        <v>428</v>
       </c>
       <c r="B366" s="0" t="s">
-        <v>73</v>
+        <v>429</v>
       </c>
       <c r="C366" s="0" t="s">
-        <v>806</v>
+        <v>430</v>
       </c>
       <c r="F366" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G366" s="0" t="s">
-        <v>807</v>
+        <v>796</v>
       </c>
       <c r="H366" s="0" t="s">
-        <v>370</v>
+        <v>432</v>
       </c>
       <c r="I366" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J366" s="0" t="s">
-        <v>808</v>
+        <v>433</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="0" t="s">
-        <v>809</v>
+        <v>663</v>
       </c>
       <c r="B367" s="0" t="s">
-        <v>465</v>
+        <v>531</v>
       </c>
       <c r="C367" s="0" t="s">
-        <v>810</v>
+        <v>664</v>
       </c>
       <c r="F367" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G367" s="0" t="s">
-        <v>811</v>
+        <v>797</v>
       </c>
       <c r="H367" s="0" t="s">
-        <v>812</v>
+        <v>126</v>
       </c>
       <c r="I367" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J367" s="0" t="s">
-        <v>813</v>
+        <v>666</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="0" t="s">
-        <v>685</v>
+        <v>459</v>
       </c>
       <c r="B368" s="0" t="s">
-        <v>686</v>
+        <v>460</v>
       </c>
       <c r="C368" s="0" t="s">
-        <v>687</v>
+        <v>461</v>
       </c>
       <c r="F368" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G368" s="0" t="s">
-        <v>814</v>
+        <v>204</v>
       </c>
       <c r="H368" s="0" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="I368" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J368" s="0" t="s">
-        <v>689</v>
+        <v>462</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" s="0" t="s">
-        <v>366</v>
+        <v>140</v>
       </c>
       <c r="B369" s="0" t="s">
-        <v>367</v>
+        <v>141</v>
       </c>
       <c r="C369" s="0" t="s">
-        <v>368</v>
+        <v>142</v>
       </c>
       <c r="F369" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G369" s="0" t="s">
-        <v>815</v>
+        <v>798</v>
       </c>
       <c r="H369" s="0" t="s">
-        <v>370</v>
+        <v>104</v>
       </c>
       <c r="I369" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J369" s="0" t="s">
-        <v>371</v>
+        <v>143</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="0" t="s">
-        <v>433</v>
+        <v>79</v>
       </c>
       <c r="B370" s="0" t="s">
-        <v>434</v>
+        <v>80</v>
       </c>
       <c r="C370" s="0" t="s">
-        <v>435</v>
+        <v>81</v>
       </c>
       <c r="F370" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G370" s="0" t="s">
-        <v>14</v>
+        <v>799</v>
       </c>
       <c r="H370" s="0" t="s">
-        <v>81</v>
+        <v>40</v>
       </c>
       <c r="I370" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J370" s="0" t="s">
-        <v>437</v>
+        <v>83</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="0" t="s">
-        <v>372</v>
+        <v>735</v>
       </c>
       <c r="B371" s="0" t="s">
-        <v>373</v>
+        <v>736</v>
       </c>
       <c r="C371" s="0" t="s">
-        <v>374</v>
+        <v>737</v>
       </c>
       <c r="F371" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G371" s="0" t="s">
-        <v>816</v>
+        <v>209</v>
       </c>
       <c r="H371" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I371" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J371" s="0" t="s">
-        <v>376</v>
+        <v>739</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="0" t="s">
-        <v>817</v>
+        <v>161</v>
       </c>
       <c r="B372" s="0" t="s">
-        <v>818</v>
+        <v>162</v>
       </c>
       <c r="C372" s="0" t="s">
-        <v>819</v>
+        <v>163</v>
       </c>
       <c r="F372" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G372" s="0" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
       <c r="H372" s="0" t="s">
-        <v>519</v>
+        <v>138</v>
       </c>
       <c r="I372" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J372" s="0" t="s">
-        <v>821</v>
+        <v>165</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="0" t="s">
-        <v>662</v>
+        <v>468</v>
       </c>
       <c r="B373" s="0" t="s">
-        <v>663</v>
+        <v>469</v>
       </c>
       <c r="C373" s="0" t="s">
-        <v>664</v>
+        <v>470</v>
       </c>
       <c r="F373" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G373" s="0" t="s">
-        <v>822</v>
+        <v>801</v>
       </c>
       <c r="H373" s="0" t="s">
-        <v>278</v>
+        <v>88</v>
       </c>
       <c r="I373" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J373" s="0" t="s">
-        <v>665</v>
+        <v>472</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="0" t="s">
-        <v>523</v>
+        <v>802</v>
       </c>
       <c r="B374" s="0" t="s">
-        <v>524</v>
+        <v>171</v>
       </c>
       <c r="C374" s="0" t="s">
-        <v>525</v>
+        <v>803</v>
       </c>
       <c r="F374" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G374" s="0" t="s">
-        <v>823</v>
+        <v>222</v>
       </c>
       <c r="H374" s="0" t="s">
-        <v>527</v>
+        <v>40</v>
       </c>
       <c r="I374" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J374" s="0" t="s">
-        <v>528</v>
+        <v>804</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="0" t="s">
-        <v>824</v>
+        <v>63</v>
       </c>
       <c r="B375" s="0" t="s">
-        <v>825</v>
+        <v>64</v>
       </c>
       <c r="C375" s="0" t="s">
-        <v>826</v>
+        <v>65</v>
       </c>
       <c r="F375" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G375" s="0" t="s">
-        <v>277</v>
+        <v>225</v>
       </c>
       <c r="H375" s="0" t="s">
-        <v>278</v>
+        <v>67</v>
       </c>
       <c r="I375" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J375" s="0" t="s">
-        <v>827</v>
+        <v>68</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="0" t="s">
-        <v>652</v>
+        <v>805</v>
       </c>
       <c r="B376" s="0" t="s">
-        <v>653</v>
+        <v>576</v>
       </c>
       <c r="C376" s="0" t="s">
-        <v>654</v>
+        <v>806</v>
       </c>
       <c r="F376" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G376" s="0" t="s">
-        <v>280</v>
+        <v>229</v>
       </c>
       <c r="H376" s="0" t="s">
-        <v>151</v>
+        <v>632</v>
       </c>
       <c r="I376" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J376" s="0" t="s">
-        <v>656</v>
+        <v>807</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="0" t="s">
-        <v>366</v>
+        <v>808</v>
       </c>
       <c r="B377" s="0" t="s">
-        <v>367</v>
+        <v>809</v>
       </c>
       <c r="C377" s="0" t="s">
-        <v>368</v>
+        <v>810</v>
       </c>
       <c r="F377" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G377" s="0" t="s">
-        <v>828</v>
+        <v>811</v>
       </c>
       <c r="H377" s="0" t="s">
-        <v>370</v>
+        <v>126</v>
       </c>
       <c r="I377" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J377" s="0" t="s">
-        <v>371</v>
+        <v>812</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="0" t="s">
-        <v>154</v>
+        <v>813</v>
       </c>
       <c r="B378" s="0" t="s">
-        <v>155</v>
+        <v>814</v>
       </c>
       <c r="C378" s="0" t="s">
-        <v>156</v>
+        <v>815</v>
       </c>
       <c r="F378" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G378" s="0" t="s">
-        <v>829</v>
+        <v>816</v>
       </c>
       <c r="H378" s="0" t="s">
-        <v>158</v>
+        <v>817</v>
       </c>
       <c r="I378" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J378" s="0" t="s">
-        <v>159</v>
+        <v>818</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="0" t="s">
-        <v>443</v>
+        <v>819</v>
       </c>
       <c r="B379" s="0" t="s">
-        <v>444</v>
+        <v>820</v>
       </c>
       <c r="C379" s="0" t="s">
-        <v>445</v>
+        <v>821</v>
       </c>
       <c r="F379" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G379" s="0" t="s">
-        <v>830</v>
+        <v>234</v>
       </c>
       <c r="H379" s="0" t="s">
-        <v>236</v>
+        <v>23</v>
       </c>
       <c r="I379" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J379" s="0" t="s">
-        <v>446</v>
+        <v>822</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="0" t="s">
-        <v>662</v>
+        <v>161</v>
       </c>
       <c r="B380" s="0" t="s">
-        <v>663</v>
+        <v>162</v>
       </c>
       <c r="C380" s="0" t="s">
-        <v>664</v>
+        <v>163</v>
       </c>
       <c r="F380" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G380" s="0" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
       <c r="H380" s="0" t="s">
-        <v>278</v>
+        <v>138</v>
       </c>
       <c r="I380" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J380" s="0" t="s">
-        <v>665</v>
+        <v>165</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="0" t="s">
-        <v>26</v>
+        <v>824</v>
       </c>
       <c r="B381" s="0" t="s">
-        <v>27</v>
+        <v>825</v>
       </c>
       <c r="C381" s="0" t="s">
-        <v>28</v>
+        <v>826</v>
       </c>
       <c r="F381" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G381" s="0" t="s">
-        <v>59</v>
+        <v>241</v>
       </c>
       <c r="H381" s="0" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="I381" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J381" s="0" t="s">
-        <v>32</v>
+        <v>827</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="0" t="s">
-        <v>270</v>
+        <v>97</v>
       </c>
       <c r="B382" s="0" t="s">
-        <v>271</v>
+        <v>98</v>
       </c>
       <c r="C382" s="0" t="s">
-        <v>272</v>
+        <v>99</v>
       </c>
       <c r="F382" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G382" s="0" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="H382" s="0" t="s">
-        <v>213</v>
+        <v>88</v>
       </c>
       <c r="I382" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J382" s="0" t="s">
-        <v>273</v>
+        <v>100</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="0" t="s">
-        <v>18</v>
+        <v>315</v>
       </c>
       <c r="B383" s="0" t="s">
-        <v>19</v>
+        <v>316</v>
       </c>
       <c r="C383" s="0" t="s">
-        <v>20</v>
+        <v>317</v>
       </c>
       <c r="F383" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G383" s="0" t="s">
-        <v>60</v>
+        <v>829</v>
       </c>
       <c r="H383" s="0" t="s">
-        <v>87</v>
+        <v>104</v>
       </c>
       <c r="I383" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J383" s="0" t="s">
-        <v>23</v>
+        <v>318</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="0" t="s">
-        <v>506</v>
+        <v>326</v>
       </c>
       <c r="B384" s="0" t="s">
-        <v>507</v>
+        <v>327</v>
       </c>
       <c r="C384" s="0" t="s">
-        <v>508</v>
+        <v>328</v>
       </c>
       <c r="F384" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G384" s="0" t="s">
-        <v>833</v>
+        <v>830</v>
       </c>
       <c r="H384" s="0" t="s">
-        <v>158</v>
+        <v>330</v>
       </c>
       <c r="I384" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J384" s="0" t="s">
-        <v>510</v>
+        <v>331</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="0" t="s">
-        <v>110</v>
+        <v>285</v>
       </c>
       <c r="B385" s="0" t="s">
-        <v>111</v>
+        <v>220</v>
       </c>
       <c r="C385" s="0" t="s">
-        <v>112</v>
+        <v>286</v>
       </c>
       <c r="F385" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G385" s="0" t="s">
-        <v>834</v>
+        <v>831</v>
       </c>
       <c r="H385" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I385" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J385" s="0" t="s">
-        <v>113</v>
+        <v>288</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="0" t="s">
+        <v>832</v>
+      </c>
+      <c r="B386" s="0" t="s">
+        <v>833</v>
+      </c>
+      <c r="C386" s="0" t="s">
+        <v>834</v>
+      </c>
+      <c r="F386" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G386" s="0" t="s">
         <v>835</v>
       </c>
-      <c r="B386" s="0" t="s">
-[...2 lines deleted...]
-      <c r="C386" s="0" t="s">
+      <c r="H386" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="I386" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J386" s="0" t="s">
         <v>836</v>
-      </c>
-[...13 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="0" t="s">
-        <v>840</v>
+        <v>128</v>
       </c>
       <c r="B387" s="0" t="s">
-        <v>573</v>
+        <v>129</v>
       </c>
       <c r="C387" s="0" t="s">
-        <v>841</v>
+        <v>130</v>
       </c>
       <c r="F387" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G387" s="0" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
       <c r="H387" s="0" t="s">
-        <v>370</v>
+        <v>132</v>
       </c>
       <c r="I387" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J387" s="0" t="s">
-        <v>843</v>
+        <v>133</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="0" t="s">
-        <v>10</v>
+        <v>370</v>
       </c>
       <c r="B388" s="0" t="s">
-        <v>11</v>
+        <v>371</v>
       </c>
       <c r="C388" s="0" t="s">
-        <v>12</v>
+        <v>372</v>
       </c>
       <c r="F388" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G388" s="0" t="s">
-        <v>61</v>
+        <v>244</v>
       </c>
       <c r="H388" s="0" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="I388" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J388" s="0" t="s">
-        <v>17</v>
+        <v>373</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="0" t="s">
-        <v>555</v>
+        <v>197</v>
       </c>
       <c r="B389" s="0" t="s">
-        <v>507</v>
+        <v>198</v>
       </c>
       <c r="C389" s="0" t="s">
-        <v>556</v>
+        <v>199</v>
       </c>
       <c r="F389" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G389" s="0" t="s">
-        <v>844</v>
+        <v>249</v>
       </c>
       <c r="H389" s="0" t="s">
-        <v>151</v>
+        <v>200</v>
       </c>
       <c r="I389" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J389" s="0" t="s">
-        <v>558</v>
+        <v>201</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="0" t="s">
-        <v>845</v>
+        <v>838</v>
       </c>
       <c r="B390" s="0" t="s">
-        <v>541</v>
+        <v>839</v>
       </c>
       <c r="C390" s="0" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="F390" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G390" s="0" t="s">
-        <v>283</v>
+        <v>266</v>
       </c>
       <c r="H390" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I390" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J390" s="0" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" s="0" t="s">
-        <v>315</v>
+        <v>511</v>
       </c>
       <c r="B391" s="0" t="s">
-        <v>316</v>
+        <v>512</v>
       </c>
       <c r="C391" s="0" t="s">
-        <v>317</v>
+        <v>513</v>
       </c>
       <c r="F391" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G391" s="0" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="H391" s="0" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="I391" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J391" s="0" t="s">
-        <v>318</v>
+        <v>515</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="0" t="s">
-        <v>849</v>
+        <v>537</v>
       </c>
       <c r="B392" s="0" t="s">
-        <v>850</v>
+        <v>538</v>
       </c>
       <c r="C392" s="0" t="s">
-        <v>851</v>
+        <v>539</v>
       </c>
       <c r="F392" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G392" s="0" t="s">
-        <v>292</v>
+        <v>843</v>
       </c>
       <c r="H392" s="0" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
       <c r="I392" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J392" s="0" t="s">
-        <v>852</v>
+        <v>540</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="0" t="s">
-        <v>715</v>
+        <v>166</v>
       </c>
       <c r="B393" s="0" t="s">
-        <v>716</v>
+        <v>167</v>
       </c>
       <c r="C393" s="0" t="s">
-        <v>717</v>
+        <v>168</v>
       </c>
       <c r="F393" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G393" s="0" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="H393" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I393" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J393" s="0" t="s">
-        <v>719</v>
+        <v>169</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="0" t="s">
-        <v>572</v>
+        <v>496</v>
       </c>
       <c r="B394" s="0" t="s">
-        <v>573</v>
+        <v>497</v>
       </c>
       <c r="C394" s="0" t="s">
-        <v>574</v>
+        <v>498</v>
       </c>
       <c r="F394" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G394" s="0" t="s">
-        <v>854</v>
+        <v>270</v>
       </c>
       <c r="H394" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I394" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J394" s="0" t="s">
-        <v>576</v>
+        <v>499</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="0" t="s">
-        <v>89</v>
+        <v>753</v>
       </c>
       <c r="B395" s="0" t="s">
-        <v>90</v>
+        <v>175</v>
       </c>
       <c r="C395" s="0" t="s">
-        <v>91</v>
+        <v>754</v>
       </c>
       <c r="F395" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G395" s="0" t="s">
-        <v>294</v>
+        <v>280</v>
       </c>
       <c r="H395" s="0" t="s">
-        <v>93</v>
+        <v>751</v>
       </c>
       <c r="I395" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J395" s="0" t="s">
-        <v>94</v>
+        <v>756</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="0" t="s">
-        <v>511</v>
+        <v>845</v>
       </c>
       <c r="B396" s="0" t="s">
-        <v>512</v>
+        <v>846</v>
       </c>
       <c r="C396" s="0" t="s">
-        <v>513</v>
+        <v>847</v>
       </c>
       <c r="F396" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G396" s="0" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="H396" s="0" t="s">
-        <v>123</v>
+        <v>292</v>
       </c>
       <c r="I396" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J396" s="0" t="s">
-        <v>514</v>
+        <v>848</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="0" t="s">
-        <v>855</v>
+        <v>356</v>
       </c>
       <c r="B397" s="0" t="s">
-        <v>449</v>
+        <v>357</v>
       </c>
       <c r="C397" s="0" t="s">
-        <v>856</v>
+        <v>358</v>
       </c>
       <c r="F397" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G397" s="0" t="s">
-        <v>21</v>
+        <v>849</v>
       </c>
       <c r="H397" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I397" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J397" s="0" t="s">
-        <v>857</v>
+        <v>360</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="0" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="B398" s="0" t="s">
-        <v>11</v>
+        <v>220</v>
       </c>
       <c r="C398" s="0" t="s">
-        <v>12</v>
+        <v>286</v>
       </c>
       <c r="F398" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G398" s="0" t="s">
-        <v>62</v>
+        <v>850</v>
       </c>
       <c r="H398" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I398" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J398" s="0" t="s">
-        <v>17</v>
+        <v>288</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="0" t="s">
-        <v>715</v>
+        <v>105</v>
       </c>
       <c r="B399" s="0" t="s">
-        <v>716</v>
+        <v>106</v>
       </c>
       <c r="C399" s="0" t="s">
-        <v>717</v>
+        <v>107</v>
       </c>
       <c r="F399" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G399" s="0" t="s">
-        <v>858</v>
+        <v>851</v>
       </c>
       <c r="H399" s="0" t="s">
-        <v>56</v>
+        <v>109</v>
       </c>
       <c r="I399" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J399" s="0" t="s">
-        <v>719</v>
+        <v>110</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="0" t="s">
-        <v>859</v>
+        <v>219</v>
       </c>
       <c r="B400" s="0" t="s">
-        <v>860</v>
+        <v>220</v>
       </c>
       <c r="C400" s="0" t="s">
-        <v>861</v>
+        <v>221</v>
       </c>
       <c r="F400" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G400" s="0" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="H400" s="0" t="s">
-        <v>345</v>
+        <v>223</v>
       </c>
       <c r="I400" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J400" s="0" t="s">
-        <v>863</v>
+        <v>224</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="0" t="s">
-        <v>864</v>
+        <v>19</v>
       </c>
       <c r="B401" s="0" t="s">
-        <v>865</v>
+        <v>20</v>
       </c>
       <c r="C401" s="0" t="s">
-        <v>866</v>
+        <v>21</v>
       </c>
       <c r="F401" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G401" s="0" t="s">
-        <v>313</v>
+        <v>54</v>
       </c>
       <c r="H401" s="0" t="s">
-        <v>117</v>
+        <v>319</v>
       </c>
       <c r="I401" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J401" s="0" t="s">
-        <v>867</v>
+        <v>25</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="0" t="s">
-        <v>753</v>
+        <v>219</v>
       </c>
       <c r="B402" s="0" t="s">
-        <v>754</v>
+        <v>220</v>
       </c>
       <c r="C402" s="0" t="s">
-        <v>755</v>
+        <v>221</v>
       </c>
       <c r="F402" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G402" s="0" t="s">
-        <v>868</v>
+        <v>298</v>
       </c>
       <c r="H402" s="0" t="s">
-        <v>757</v>
+        <v>223</v>
       </c>
       <c r="I402" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J402" s="0" t="s">
-        <v>758</v>
+        <v>224</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="0" t="s">
-        <v>347</v>
+        <v>853</v>
       </c>
       <c r="B403" s="0" t="s">
-        <v>348</v>
+        <v>238</v>
       </c>
       <c r="C403" s="0" t="s">
-        <v>349</v>
+        <v>854</v>
       </c>
       <c r="F403" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G403" s="0" t="s">
-        <v>321</v>
+        <v>855</v>
       </c>
       <c r="H403" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I403" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J403" s="0" t="s">
-        <v>351</v>
+        <v>856</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="0" t="s">
-        <v>624</v>
+        <v>446</v>
       </c>
       <c r="B404" s="0" t="s">
-        <v>391</v>
+        <v>175</v>
       </c>
       <c r="C404" s="0" t="s">
-        <v>625</v>
+        <v>447</v>
       </c>
       <c r="F404" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G404" s="0" t="s">
-        <v>869</v>
+        <v>299</v>
       </c>
       <c r="H404" s="0" t="s">
-        <v>260</v>
+        <v>132</v>
       </c>
       <c r="I404" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J404" s="0" t="s">
-        <v>627</v>
+        <v>448</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="0" t="s">
-        <v>591</v>
+        <v>144</v>
       </c>
       <c r="B405" s="0" t="s">
-        <v>210</v>
+        <v>145</v>
       </c>
       <c r="C405" s="0" t="s">
-        <v>592</v>
+        <v>146</v>
       </c>
       <c r="F405" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G405" s="0" t="s">
-        <v>326</v>
+        <v>857</v>
       </c>
       <c r="H405" s="0" t="s">
-        <v>56</v>
+        <v>148</v>
       </c>
       <c r="I405" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J405" s="0" t="s">
-        <v>594</v>
+        <v>149</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="0" t="s">
-        <v>536</v>
+        <v>858</v>
       </c>
       <c r="B406" s="0" t="s">
-        <v>537</v>
+        <v>736</v>
       </c>
       <c r="C406" s="0" t="s">
-        <v>538</v>
+        <v>859</v>
       </c>
       <c r="F406" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G406" s="0" t="s">
-        <v>340</v>
+        <v>860</v>
       </c>
       <c r="H406" s="0" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="I406" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J406" s="0" t="s">
-        <v>539</v>
+        <v>861</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="0" t="s">
-        <v>870</v>
+        <v>63</v>
       </c>
       <c r="B407" s="0" t="s">
-        <v>871</v>
+        <v>64</v>
       </c>
       <c r="C407" s="0" t="s">
-        <v>872</v>
+        <v>65</v>
       </c>
       <c r="F407" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G407" s="0" t="s">
-        <v>873</v>
+        <v>303</v>
       </c>
       <c r="H407" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I407" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J407" s="0" t="s">
-        <v>874</v>
+        <v>68</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="0" t="s">
-        <v>384</v>
+        <v>541</v>
       </c>
       <c r="B408" s="0" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
       <c r="C408" s="0" t="s">
-        <v>386</v>
+        <v>542</v>
       </c>
       <c r="F408" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G408" s="0" t="s">
-        <v>875</v>
+        <v>862</v>
       </c>
       <c r="H408" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I408" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J408" s="0" t="s">
-        <v>388</v>
+        <v>544</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="0" t="s">
-        <v>662</v>
+        <v>863</v>
       </c>
       <c r="B409" s="0" t="s">
-        <v>663</v>
+        <v>864</v>
       </c>
       <c r="C409" s="0" t="s">
-        <v>664</v>
+        <v>865</v>
       </c>
       <c r="F409" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G409" s="0" t="s">
-        <v>344</v>
+        <v>866</v>
       </c>
       <c r="H409" s="0" t="s">
-        <v>278</v>
+        <v>126</v>
       </c>
       <c r="I409" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J409" s="0" t="s">
-        <v>665</v>
+        <v>867</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="0" t="s">
-        <v>494</v>
+        <v>868</v>
       </c>
       <c r="B410" s="0" t="s">
-        <v>495</v>
+        <v>70</v>
       </c>
       <c r="C410" s="0" t="s">
-        <v>496</v>
+        <v>869</v>
       </c>
       <c r="F410" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G410" s="0" t="s">
-        <v>350</v>
+        <v>870</v>
       </c>
       <c r="H410" s="0" t="s">
-        <v>158</v>
+        <v>871</v>
       </c>
       <c r="I410" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J410" s="0" t="s">
-        <v>498</v>
+        <v>872</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="0" t="s">
-        <v>106</v>
+        <v>873</v>
       </c>
       <c r="B411" s="0" t="s">
-        <v>107</v>
+        <v>343</v>
       </c>
       <c r="C411" s="0" t="s">
-        <v>108</v>
+        <v>874</v>
       </c>
       <c r="F411" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G411" s="0" t="s">
-        <v>876</v>
+        <v>309</v>
       </c>
       <c r="H411" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I411" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J411" s="0" t="s">
-        <v>109</v>
+        <v>875</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="0" t="s">
-        <v>147</v>
+        <v>876</v>
       </c>
       <c r="B412" s="0" t="s">
-        <v>148</v>
+        <v>877</v>
       </c>
       <c r="C412" s="0" t="s">
-        <v>149</v>
+        <v>878</v>
       </c>
       <c r="F412" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G412" s="0" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
       <c r="H412" s="0" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="I412" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J412" s="0" t="s">
-        <v>152</v>
+        <v>880</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="0" t="s">
-        <v>429</v>
+        <v>464</v>
       </c>
       <c r="B413" s="0" t="s">
-        <v>342</v>
+        <v>465</v>
       </c>
       <c r="C413" s="0" t="s">
-        <v>430</v>
+        <v>466</v>
       </c>
       <c r="F413" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G413" s="0" t="s">
-        <v>358</v>
+        <v>22</v>
       </c>
       <c r="H413" s="0" t="s">
-        <v>359</v>
+        <v>73</v>
       </c>
       <c r="I413" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J413" s="0" t="s">
-        <v>432</v>
+        <v>467</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="0" t="s">
-        <v>776</v>
+        <v>326</v>
       </c>
       <c r="B414" s="0" t="s">
-        <v>644</v>
+        <v>327</v>
       </c>
       <c r="C414" s="0" t="s">
-        <v>777</v>
+        <v>328</v>
       </c>
       <c r="F414" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G414" s="0" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="H414" s="0" t="s">
-        <v>87</v>
+        <v>330</v>
       </c>
       <c r="I414" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J414" s="0" t="s">
-        <v>779</v>
+        <v>331</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" s="0" t="s">
-        <v>10</v>
+        <v>144</v>
       </c>
       <c r="B415" s="0" t="s">
-        <v>11</v>
+        <v>145</v>
       </c>
       <c r="C415" s="0" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="F415" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G415" s="0" t="s">
-        <v>63</v>
+        <v>882</v>
       </c>
       <c r="H415" s="0" t="s">
-        <v>81</v>
+        <v>148</v>
       </c>
       <c r="I415" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J415" s="0" t="s">
-        <v>17</v>
+        <v>149</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="0" t="s">
-        <v>662</v>
+        <v>767</v>
       </c>
       <c r="B416" s="0" t="s">
-        <v>663</v>
+        <v>768</v>
       </c>
       <c r="C416" s="0" t="s">
-        <v>664</v>
+        <v>769</v>
       </c>
       <c r="F416" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G416" s="0" t="s">
-        <v>879</v>
+        <v>324</v>
       </c>
       <c r="H416" s="0" t="s">
-        <v>278</v>
+        <v>154</v>
       </c>
       <c r="I416" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J416" s="0" t="s">
-        <v>665</v>
+        <v>770</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="0" t="s">
-        <v>840</v>
+        <v>883</v>
       </c>
       <c r="B417" s="0" t="s">
-        <v>573</v>
+        <v>884</v>
       </c>
       <c r="C417" s="0" t="s">
-        <v>841</v>
+        <v>885</v>
       </c>
       <c r="F417" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G417" s="0" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="H417" s="0" t="s">
-        <v>370</v>
+        <v>148</v>
       </c>
       <c r="I417" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J417" s="0" t="s">
-        <v>843</v>
+        <v>887</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="0" t="s">
-        <v>801</v>
+        <v>726</v>
       </c>
       <c r="B418" s="0" t="s">
-        <v>263</v>
+        <v>727</v>
       </c>
       <c r="C418" s="0" t="s">
-        <v>802</v>
+        <v>728</v>
       </c>
       <c r="F418" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G418" s="0" t="s">
-        <v>364</v>
+        <v>325</v>
       </c>
       <c r="H418" s="0" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="I418" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J418" s="0" t="s">
-        <v>803</v>
+        <v>730</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="0" t="s">
-        <v>494</v>
+        <v>888</v>
       </c>
       <c r="B419" s="0" t="s">
-        <v>495</v>
+        <v>465</v>
       </c>
       <c r="C419" s="0" t="s">
-        <v>496</v>
+        <v>889</v>
       </c>
       <c r="F419" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G419" s="0" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="H419" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I419" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J419" s="0" t="s">
-        <v>498</v>
+        <v>891</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="0" t="s">
-        <v>783</v>
+        <v>161</v>
       </c>
       <c r="B420" s="0" t="s">
-        <v>784</v>
+        <v>162</v>
       </c>
       <c r="C420" s="0" t="s">
-        <v>785</v>
+        <v>163</v>
       </c>
       <c r="F420" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G420" s="0" t="s">
-        <v>365</v>
+        <v>892</v>
       </c>
       <c r="H420" s="0" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
       <c r="I420" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J420" s="0" t="s">
-        <v>786</v>
+        <v>165</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="0" t="s">
-        <v>494</v>
+        <v>537</v>
       </c>
       <c r="B421" s="0" t="s">
-        <v>495</v>
+        <v>538</v>
       </c>
       <c r="C421" s="0" t="s">
-        <v>496</v>
+        <v>539</v>
       </c>
       <c r="F421" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G421" s="0" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="H421" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I421" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J421" s="0" t="s">
-        <v>498</v>
+        <v>540</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="0" t="s">
-        <v>33</v>
+        <v>579</v>
       </c>
       <c r="B422" s="0" t="s">
-        <v>34</v>
+        <v>184</v>
       </c>
       <c r="C422" s="0" t="s">
-        <v>35</v>
+        <v>580</v>
       </c>
       <c r="F422" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G422" s="0" t="s">
-        <v>24</v>
+        <v>894</v>
       </c>
       <c r="H422" s="0" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="I422" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J422" s="0" t="s">
-        <v>37</v>
+        <v>581</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="0" t="s">
-        <v>251</v>
+        <v>767</v>
       </c>
       <c r="B423" s="0" t="s">
-        <v>252</v>
+        <v>768</v>
       </c>
       <c r="C423" s="0" t="s">
-        <v>253</v>
+        <v>769</v>
       </c>
       <c r="F423" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G423" s="0" t="s">
-        <v>883</v>
+        <v>895</v>
       </c>
       <c r="H423" s="0" t="s">
-        <v>249</v>
+        <v>154</v>
       </c>
       <c r="I423" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J423" s="0" t="s">
-        <v>254</v>
+        <v>770</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="0" t="s">
-        <v>523</v>
+        <v>896</v>
       </c>
       <c r="B424" s="0" t="s">
-        <v>524</v>
+        <v>343</v>
       </c>
       <c r="C424" s="0" t="s">
-        <v>525</v>
+        <v>897</v>
       </c>
       <c r="F424" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G424" s="0" t="s">
-        <v>369</v>
+        <v>329</v>
       </c>
       <c r="H424" s="0" t="s">
-        <v>527</v>
+        <v>154</v>
       </c>
       <c r="I424" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J424" s="0" t="s">
-        <v>528</v>
+        <v>898</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="0" t="s">
-        <v>629</v>
+        <v>312</v>
       </c>
       <c r="B425" s="0" t="s">
-        <v>630</v>
+        <v>260</v>
       </c>
       <c r="C425" s="0" t="s">
-        <v>631</v>
+        <v>313</v>
       </c>
       <c r="F425" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G425" s="0" t="s">
-        <v>375</v>
+        <v>332</v>
       </c>
       <c r="H425" s="0" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="I425" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J425" s="0" t="s">
-        <v>633</v>
+        <v>314</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="0" t="s">
-        <v>595</v>
+        <v>26</v>
       </c>
       <c r="B426" s="0" t="s">
-        <v>596</v>
+        <v>27</v>
       </c>
       <c r="C426" s="0" t="s">
-        <v>597</v>
+        <v>28</v>
       </c>
       <c r="F426" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G426" s="0" t="s">
-        <v>377</v>
+        <v>55</v>
       </c>
       <c r="H426" s="0" t="s">
-        <v>145</v>
+        <v>40</v>
       </c>
       <c r="I426" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J426" s="0" t="s">
-        <v>598</v>
+        <v>31</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" s="0" t="s">
-        <v>884</v>
+        <v>285</v>
       </c>
       <c r="B427" s="0" t="s">
-        <v>885</v>
+        <v>220</v>
       </c>
       <c r="C427" s="0" t="s">
-        <v>886</v>
+        <v>286</v>
       </c>
       <c r="F427" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G427" s="0" t="s">
-        <v>378</v>
+        <v>899</v>
       </c>
       <c r="H427" s="0" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="I427" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J427" s="0" t="s">
-        <v>887</v>
+        <v>288</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" s="0" t="s">
-        <v>817</v>
+        <v>365</v>
       </c>
       <c r="B428" s="0" t="s">
-        <v>818</v>
+        <v>366</v>
       </c>
       <c r="C428" s="0" t="s">
-        <v>819</v>
+        <v>367</v>
       </c>
       <c r="F428" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G428" s="0" t="s">
-        <v>888</v>
+        <v>900</v>
       </c>
       <c r="H428" s="0" t="s">
-        <v>519</v>
+        <v>88</v>
       </c>
       <c r="I428" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J428" s="0" t="s">
-        <v>821</v>
+        <v>368</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" s="0" t="s">
-        <v>700</v>
+        <v>901</v>
       </c>
       <c r="B429" s="0" t="s">
-        <v>286</v>
+        <v>465</v>
       </c>
       <c r="C429" s="0" t="s">
-        <v>701</v>
+        <v>902</v>
       </c>
       <c r="F429" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G429" s="0" t="s">
-        <v>382</v>
+        <v>903</v>
       </c>
       <c r="H429" s="0" t="s">
-        <v>123</v>
+        <v>672</v>
       </c>
       <c r="I429" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J429" s="0" t="s">
-        <v>703</v>
+        <v>904</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" s="0" t="s">
-        <v>154</v>
+        <v>905</v>
       </c>
       <c r="B430" s="0" t="s">
-        <v>155</v>
+        <v>497</v>
       </c>
       <c r="C430" s="0" t="s">
-        <v>156</v>
+        <v>906</v>
       </c>
       <c r="F430" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G430" s="0" t="s">
-        <v>889</v>
+        <v>907</v>
       </c>
       <c r="H430" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I430" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J430" s="0" t="s">
-        <v>159</v>
+        <v>908</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" s="0" t="s">
-        <v>890</v>
+        <v>909</v>
       </c>
       <c r="B431" s="0" t="s">
-        <v>891</v>
+        <v>184</v>
       </c>
       <c r="C431" s="0" t="s">
-        <v>892</v>
+        <v>910</v>
       </c>
       <c r="F431" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G431" s="0" t="s">
-        <v>893</v>
+        <v>335</v>
       </c>
       <c r="H431" s="0" t="s">
-        <v>87</v>
+        <v>159</v>
       </c>
       <c r="I431" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J431" s="0" t="s">
-        <v>894</v>
+        <v>911</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" s="0" t="s">
-        <v>809</v>
+        <v>19</v>
       </c>
       <c r="B432" s="0" t="s">
-        <v>465</v>
+        <v>20</v>
       </c>
       <c r="C432" s="0" t="s">
-        <v>810</v>
+        <v>21</v>
       </c>
       <c r="F432" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G432" s="0" t="s">
-        <v>895</v>
+        <v>56</v>
       </c>
       <c r="H432" s="0" t="s">
-        <v>812</v>
+        <v>319</v>
       </c>
       <c r="I432" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J432" s="0" t="s">
-        <v>813</v>
+        <v>25</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" s="0" t="s">
-        <v>173</v>
+        <v>219</v>
       </c>
       <c r="B433" s="0" t="s">
-        <v>169</v>
+        <v>220</v>
       </c>
       <c r="C433" s="0" t="s">
-        <v>174</v>
+        <v>221</v>
       </c>
       <c r="F433" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G433" s="0" t="s">
-        <v>896</v>
+        <v>912</v>
       </c>
       <c r="H433" s="0" t="s">
-        <v>81</v>
+        <v>223</v>
       </c>
       <c r="I433" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J433" s="0" t="s">
-        <v>175</v>
+        <v>224</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" s="0" t="s">
-        <v>639</v>
+        <v>824</v>
       </c>
       <c r="B434" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C434" s="0" t="s">
-        <v>640</v>
+        <v>826</v>
       </c>
       <c r="F434" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G434" s="0" t="s">
-        <v>897</v>
+        <v>913</v>
       </c>
       <c r="H434" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I434" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J434" s="0" t="s">
-        <v>641</v>
+        <v>827</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="0" t="s">
-        <v>125</v>
+        <v>454</v>
       </c>
       <c r="B435" s="0" t="s">
-        <v>111</v>
+        <v>455</v>
       </c>
       <c r="C435" s="0" t="s">
-        <v>126</v>
+        <v>456</v>
       </c>
       <c r="F435" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G435" s="0" t="s">
-        <v>898</v>
+        <v>337</v>
       </c>
       <c r="H435" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I435" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J435" s="0" t="s">
-        <v>127</v>
+        <v>458</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" s="0" t="s">
-        <v>776</v>
+        <v>824</v>
       </c>
       <c r="B436" s="0" t="s">
-        <v>644</v>
+        <v>825</v>
       </c>
       <c r="C436" s="0" t="s">
-        <v>777</v>
+        <v>826</v>
       </c>
       <c r="F436" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G436" s="0" t="s">
-        <v>899</v>
+        <v>345</v>
       </c>
       <c r="H436" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I436" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J436" s="0" t="s">
-        <v>779</v>
+        <v>827</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" s="0" t="s">
-        <v>285</v>
+        <v>579</v>
       </c>
       <c r="B437" s="0" t="s">
-        <v>286</v>
+        <v>184</v>
       </c>
       <c r="C437" s="0" t="s">
-        <v>287</v>
+        <v>580</v>
       </c>
       <c r="F437" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G437" s="0" t="s">
-        <v>387</v>
+        <v>347</v>
       </c>
       <c r="H437" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I437" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J437" s="0" t="s">
-        <v>288</v>
+        <v>581</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" s="0" t="s">
-        <v>767</v>
+        <v>170</v>
       </c>
       <c r="B438" s="0" t="s">
-        <v>768</v>
+        <v>171</v>
       </c>
       <c r="C438" s="0" t="s">
-        <v>769</v>
+        <v>172</v>
       </c>
       <c r="F438" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G438" s="0" t="s">
-        <v>900</v>
+        <v>359</v>
       </c>
       <c r="H438" s="0" t="s">
-        <v>370</v>
+        <v>138</v>
       </c>
       <c r="I438" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J438" s="0" t="s">
-        <v>771</v>
+        <v>173</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" s="0" t="s">
-        <v>384</v>
+        <v>140</v>
       </c>
       <c r="B439" s="0" t="s">
-        <v>385</v>
+        <v>141</v>
       </c>
       <c r="C439" s="0" t="s">
-        <v>386</v>
+        <v>142</v>
       </c>
       <c r="F439" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G439" s="0" t="s">
-        <v>389</v>
+        <v>914</v>
       </c>
       <c r="H439" s="0" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="I439" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J439" s="0" t="s">
-        <v>388</v>
+        <v>143</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" s="0" t="s">
-        <v>310</v>
+        <v>90</v>
       </c>
       <c r="B440" s="0" t="s">
-        <v>311</v>
+        <v>91</v>
       </c>
       <c r="C440" s="0" t="s">
-        <v>312</v>
+        <v>92</v>
       </c>
       <c r="F440" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G440" s="0" t="s">
-        <v>393</v>
+        <v>361</v>
       </c>
       <c r="H440" s="0" t="s">
-        <v>139</v>
+        <v>88</v>
       </c>
       <c r="I440" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J440" s="0" t="s">
-        <v>314</v>
+        <v>93</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" s="0" t="s">
-        <v>604</v>
+        <v>541</v>
       </c>
       <c r="B441" s="0" t="s">
-        <v>216</v>
+        <v>366</v>
       </c>
       <c r="C441" s="0" t="s">
-        <v>605</v>
+        <v>542</v>
       </c>
       <c r="F441" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G441" s="0" t="s">
-        <v>901</v>
+        <v>369</v>
       </c>
       <c r="H441" s="0" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="I441" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J441" s="0" t="s">
-        <v>607</v>
+        <v>544</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" s="0" t="s">
-        <v>43</v>
+        <v>915</v>
       </c>
       <c r="B442" s="0" t="s">
-        <v>44</v>
+        <v>916</v>
       </c>
       <c r="C442" s="0" t="s">
-        <v>45</v>
+        <v>917</v>
       </c>
       <c r="F442" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G442" s="0" t="s">
-        <v>64</v>
+        <v>29</v>
       </c>
       <c r="H442" s="0" t="s">
-        <v>213</v>
+        <v>275</v>
       </c>
       <c r="I442" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J442" s="0" t="s">
-        <v>48</v>
+        <v>918</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" s="0" t="s">
-        <v>809</v>
+        <v>516</v>
       </c>
       <c r="B443" s="0" t="s">
-        <v>465</v>
+        <v>512</v>
       </c>
       <c r="C443" s="0" t="s">
-        <v>810</v>
+        <v>517</v>
       </c>
       <c r="F443" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G443" s="0" t="s">
-        <v>902</v>
+        <v>919</v>
       </c>
       <c r="H443" s="0" t="s">
-        <v>812</v>
+        <v>159</v>
       </c>
       <c r="I443" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J443" s="0" t="s">
-        <v>813</v>
+        <v>518</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" s="0" t="s">
-        <v>229</v>
+        <v>19</v>
       </c>
       <c r="B444" s="0" t="s">
-        <v>148</v>
+        <v>20</v>
       </c>
       <c r="C444" s="0" t="s">
-        <v>230</v>
+        <v>21</v>
       </c>
       <c r="F444" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G444" s="0" t="s">
-        <v>903</v>
+        <v>57</v>
       </c>
       <c r="H444" s="0" t="s">
-        <v>93</v>
+        <v>319</v>
       </c>
       <c r="I444" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J444" s="0" t="s">
-        <v>231</v>
+        <v>25</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" s="0" t="s">
-        <v>209</v>
+        <v>356</v>
       </c>
       <c r="B445" s="0" t="s">
-        <v>210</v>
+        <v>357</v>
       </c>
       <c r="C445" s="0" t="s">
-        <v>211</v>
+        <v>358</v>
       </c>
       <c r="F445" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G445" s="0" t="s">
-        <v>25</v>
+        <v>920</v>
       </c>
       <c r="H445" s="0" t="s">
-        <v>213</v>
+        <v>52</v>
       </c>
       <c r="I445" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J445" s="0" t="s">
-        <v>214</v>
+        <v>360</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="0" t="s">
-        <v>743</v>
+        <v>342</v>
       </c>
       <c r="B446" s="0" t="s">
-        <v>744</v>
+        <v>343</v>
       </c>
       <c r="C446" s="0" t="s">
-        <v>745</v>
+        <v>344</v>
       </c>
       <c r="F446" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G446" s="0" t="s">
-        <v>904</v>
+        <v>384</v>
       </c>
       <c r="H446" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I446" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J446" s="0" t="s">
-        <v>747</v>
+        <v>346</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" s="0" t="s">
-        <v>199</v>
+        <v>813</v>
       </c>
       <c r="B447" s="0" t="s">
-        <v>200</v>
+        <v>814</v>
       </c>
       <c r="C447" s="0" t="s">
-        <v>201</v>
+        <v>815</v>
       </c>
       <c r="F447" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G447" s="0" t="s">
-        <v>905</v>
+        <v>921</v>
       </c>
       <c r="H447" s="0" t="s">
-        <v>162</v>
+        <v>817</v>
       </c>
       <c r="I447" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J447" s="0" t="s">
-        <v>202</v>
+        <v>818</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="0" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="B448" s="0" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="C448" s="0" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="F448" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G448" s="0" t="s">
-        <v>906</v>
+        <v>395</v>
       </c>
       <c r="H448" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I448" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J448" s="0" t="s">
-        <v>413</v>
+        <v>423</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" s="0" t="s">
-        <v>629</v>
+        <v>657</v>
       </c>
       <c r="B449" s="0" t="s">
-        <v>630</v>
+        <v>238</v>
       </c>
       <c r="C449" s="0" t="s">
-        <v>631</v>
+        <v>658</v>
       </c>
       <c r="F449" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G449" s="0" t="s">
-        <v>907</v>
+        <v>403</v>
       </c>
       <c r="H449" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I449" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J449" s="0" t="s">
-        <v>633</v>
+        <v>660</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" s="0" t="s">
-        <v>639</v>
+        <v>259</v>
       </c>
       <c r="B450" s="0" t="s">
-        <v>524</v>
+        <v>260</v>
       </c>
       <c r="C450" s="0" t="s">
-        <v>640</v>
+        <v>261</v>
       </c>
       <c r="F450" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G450" s="0" t="s">
-        <v>399</v>
+        <v>417</v>
       </c>
       <c r="H450" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I450" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J450" s="0" t="s">
-        <v>641</v>
+        <v>262</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" s="0" t="s">
-        <v>908</v>
+        <v>753</v>
       </c>
       <c r="B451" s="0" t="s">
-        <v>909</v>
+        <v>175</v>
       </c>
       <c r="C451" s="0" t="s">
-        <v>910</v>
+        <v>754</v>
       </c>
       <c r="F451" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G451" s="0" t="s">
-        <v>403</v>
+        <v>922</v>
       </c>
       <c r="H451" s="0" t="s">
-        <v>117</v>
+        <v>751</v>
       </c>
       <c r="I451" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J451" s="0" t="s">
-        <v>911</v>
+        <v>756</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" s="0" t="s">
-        <v>912</v>
+        <v>397</v>
       </c>
       <c r="B452" s="0" t="s">
-        <v>148</v>
+        <v>171</v>
       </c>
       <c r="C452" s="0" t="s">
-        <v>913</v>
+        <v>398</v>
       </c>
       <c r="F452" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G452" s="0" t="s">
-        <v>409</v>
+        <v>923</v>
       </c>
       <c r="H452" s="0" t="s">
-        <v>236</v>
+        <v>138</v>
       </c>
       <c r="I452" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J452" s="0" t="s">
-        <v>914</v>
+        <v>399</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" s="0" t="s">
-        <v>502</v>
+        <v>459</v>
       </c>
       <c r="B453" s="0" t="s">
-        <v>503</v>
+        <v>460</v>
       </c>
       <c r="C453" s="0" t="s">
-        <v>504</v>
+        <v>461</v>
       </c>
       <c r="F453" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G453" s="0" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="H453" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I453" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J453" s="0" t="s">
-        <v>505</v>
+        <v>462</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" s="0" t="s">
-        <v>523</v>
+        <v>925</v>
       </c>
       <c r="B454" s="0" t="s">
-        <v>524</v>
+        <v>926</v>
       </c>
       <c r="C454" s="0" t="s">
-        <v>525</v>
+        <v>927</v>
       </c>
       <c r="F454" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G454" s="0" t="s">
-        <v>916</v>
+        <v>928</v>
       </c>
       <c r="H454" s="0" t="s">
-        <v>527</v>
+        <v>871</v>
       </c>
       <c r="I454" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J454" s="0" t="s">
-        <v>528</v>
+        <v>929</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" s="0" t="s">
-        <v>635</v>
+        <v>896</v>
       </c>
       <c r="B455" s="0" t="s">
-        <v>411</v>
+        <v>343</v>
       </c>
       <c r="C455" s="0" t="s">
-        <v>636</v>
+        <v>897</v>
       </c>
       <c r="F455" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G455" s="0" t="s">
-        <v>917</v>
+        <v>418</v>
       </c>
       <c r="H455" s="0" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="I455" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J455" s="0" t="s">
-        <v>637</v>
+        <v>898</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" s="0" t="s">
-        <v>918</v>
+        <v>434</v>
       </c>
       <c r="B456" s="0" t="s">
-        <v>919</v>
+        <v>435</v>
       </c>
       <c r="C456" s="0" t="s">
-        <v>920</v>
+        <v>436</v>
       </c>
       <c r="F456" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G456" s="0" t="s">
-        <v>921</v>
+        <v>422</v>
       </c>
       <c r="H456" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I456" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J456" s="0" t="s">
-        <v>922</v>
+        <v>438</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" s="0" t="s">
-        <v>173</v>
+        <v>101</v>
       </c>
       <c r="B457" s="0" t="s">
-        <v>169</v>
+        <v>64</v>
       </c>
       <c r="C457" s="0" t="s">
-        <v>174</v>
+        <v>102</v>
       </c>
       <c r="F457" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G457" s="0" t="s">
-        <v>424</v>
+        <v>930</v>
       </c>
       <c r="H457" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I457" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J457" s="0" t="s">
-        <v>175</v>
+        <v>103</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="0" t="s">
-        <v>608</v>
+        <v>525</v>
       </c>
       <c r="B458" s="0" t="s">
-        <v>609</v>
+        <v>526</v>
       </c>
       <c r="C458" s="0" t="s">
-        <v>610</v>
+        <v>527</v>
       </c>
       <c r="F458" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G458" s="0" t="s">
-        <v>923</v>
+        <v>431</v>
       </c>
       <c r="H458" s="0" t="s">
-        <v>151</v>
+        <v>432</v>
       </c>
       <c r="I458" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J458" s="0" t="s">
-        <v>611</v>
+        <v>529</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" s="0" t="s">
-        <v>494</v>
+        <v>717</v>
       </c>
       <c r="B459" s="0" t="s">
-        <v>495</v>
+        <v>387</v>
       </c>
       <c r="C459" s="0" t="s">
-        <v>496</v>
+        <v>718</v>
       </c>
       <c r="F459" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G459" s="0" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="H459" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I459" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J459" s="0" t="s">
-        <v>498</v>
+        <v>720</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="0" t="s">
-        <v>245</v>
+        <v>464</v>
       </c>
       <c r="B460" s="0" t="s">
-        <v>246</v>
+        <v>465</v>
       </c>
       <c r="C460" s="0" t="s">
-        <v>247</v>
+        <v>466</v>
       </c>
       <c r="F460" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G460" s="0" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="H460" s="0" t="s">
-        <v>249</v>
+        <v>73</v>
       </c>
       <c r="I460" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J460" s="0" t="s">
-        <v>250</v>
+        <v>467</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" s="0" t="s">
-        <v>918</v>
+        <v>802</v>
       </c>
       <c r="B461" s="0" t="s">
-        <v>919</v>
+        <v>171</v>
       </c>
       <c r="C461" s="0" t="s">
-        <v>920</v>
+        <v>803</v>
       </c>
       <c r="F461" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G461" s="0" t="s">
-        <v>29</v>
+        <v>933</v>
       </c>
       <c r="H461" s="0" t="s">
-        <v>117</v>
+        <v>40</v>
       </c>
       <c r="I461" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J461" s="0" t="s">
-        <v>922</v>
+        <v>804</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" s="0" t="s">
-        <v>604</v>
+        <v>819</v>
       </c>
       <c r="B462" s="0" t="s">
-        <v>216</v>
+        <v>820</v>
       </c>
       <c r="C462" s="0" t="s">
-        <v>605</v>
+        <v>821</v>
       </c>
       <c r="F462" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G462" s="0" t="s">
-        <v>926</v>
+        <v>32</v>
       </c>
       <c r="H462" s="0" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="I462" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J462" s="0" t="s">
-        <v>607</v>
+        <v>822</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" s="0" t="s">
-        <v>10</v>
+        <v>326</v>
       </c>
       <c r="B463" s="0" t="s">
-        <v>11</v>
+        <v>327</v>
       </c>
       <c r="C463" s="0" t="s">
-        <v>12</v>
+        <v>328</v>
       </c>
       <c r="F463" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G463" s="0" t="s">
-        <v>65</v>
+        <v>934</v>
       </c>
       <c r="H463" s="0" t="s">
-        <v>81</v>
+        <v>330</v>
       </c>
       <c r="I463" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J463" s="0" t="s">
-        <v>17</v>
+        <v>331</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" s="0" t="s">
-        <v>927</v>
+        <v>863</v>
       </c>
       <c r="B464" s="0" t="s">
-        <v>928</v>
+        <v>864</v>
       </c>
       <c r="C464" s="0" t="s">
-        <v>929</v>
+        <v>865</v>
       </c>
       <c r="F464" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G464" s="0" t="s">
-        <v>431</v>
+        <v>935</v>
       </c>
       <c r="H464" s="0" t="s">
-        <v>359</v>
+        <v>126</v>
       </c>
       <c r="I464" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J464" s="0" t="s">
-        <v>930</v>
+        <v>867</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" s="0" t="s">
-        <v>931</v>
+        <v>888</v>
       </c>
       <c r="B465" s="0" t="s">
-        <v>932</v>
+        <v>465</v>
       </c>
       <c r="C465" s="0" t="s">
-        <v>933</v>
+        <v>889</v>
       </c>
       <c r="F465" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G465" s="0" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
       <c r="H465" s="0" t="s">
-        <v>162</v>
+        <v>672</v>
       </c>
       <c r="I465" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J465" s="0" t="s">
-        <v>935</v>
+        <v>891</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" s="0" t="s">
-        <v>572</v>
+        <v>187</v>
       </c>
       <c r="B466" s="0" t="s">
-        <v>573</v>
+        <v>188</v>
       </c>
       <c r="C466" s="0" t="s">
-        <v>574</v>
+        <v>189</v>
       </c>
       <c r="F466" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G466" s="0" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H466" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I466" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J466" s="0" t="s">
-        <v>576</v>
+        <v>191</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="0" t="s">
-        <v>267</v>
+        <v>282</v>
       </c>
       <c r="B467" s="0" t="s">
-        <v>210</v>
+        <v>80</v>
       </c>
       <c r="C467" s="0" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="F467" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G467" s="0" t="s">
-        <v>936</v>
+        <v>439</v>
       </c>
       <c r="H467" s="0" t="s">
-        <v>213</v>
+        <v>104</v>
       </c>
       <c r="I467" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J467" s="0" t="s">
-        <v>269</v>
+        <v>284</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="0" t="s">
-        <v>562</v>
+        <v>187</v>
       </c>
       <c r="B468" s="0" t="s">
-        <v>396</v>
+        <v>188</v>
       </c>
       <c r="C468" s="0" t="s">
-        <v>563</v>
+        <v>189</v>
       </c>
       <c r="F468" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G468" s="0" t="s">
-        <v>937</v>
+        <v>440</v>
       </c>
       <c r="H468" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I468" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J468" s="0" t="s">
-        <v>565</v>
+        <v>191</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="0" t="s">
-        <v>743</v>
+        <v>901</v>
       </c>
       <c r="B469" s="0" t="s">
-        <v>744</v>
+        <v>465</v>
       </c>
       <c r="C469" s="0" t="s">
-        <v>745</v>
+        <v>902</v>
       </c>
       <c r="F469" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G469" s="0" t="s">
-        <v>438</v>
+        <v>937</v>
       </c>
       <c r="H469" s="0" t="s">
-        <v>93</v>
+        <v>672</v>
       </c>
       <c r="I469" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J469" s="0" t="s">
-        <v>747</v>
+        <v>904</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="0" t="s">
-        <v>220</v>
+        <v>36</v>
       </c>
       <c r="B470" s="0" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="C470" s="0" t="s">
-        <v>221</v>
+        <v>38</v>
       </c>
       <c r="F470" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G470" s="0" t="s">
-        <v>938</v>
+        <v>33</v>
       </c>
       <c r="H470" s="0" t="s">
-        <v>123</v>
+        <v>30</v>
       </c>
       <c r="I470" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J470" s="0" t="s">
-        <v>223</v>
+        <v>41</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="0" t="s">
-        <v>619</v>
+        <v>294</v>
       </c>
       <c r="B471" s="0" t="s">
-        <v>620</v>
+        <v>295</v>
       </c>
       <c r="C471" s="0" t="s">
-        <v>621</v>
+        <v>296</v>
       </c>
       <c r="F471" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G471" s="0" t="s">
-        <v>441</v>
+        <v>938</v>
       </c>
       <c r="H471" s="0" t="s">
-        <v>236</v>
+        <v>292</v>
       </c>
       <c r="I471" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J471" s="0" t="s">
-        <v>623</v>
+        <v>297</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="0" t="s">
-        <v>119</v>
+        <v>144</v>
       </c>
       <c r="B472" s="0" t="s">
-        <v>120</v>
+        <v>145</v>
       </c>
       <c r="C472" s="0" t="s">
-        <v>121</v>
+        <v>146</v>
       </c>
       <c r="F472" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G472" s="0" t="s">
         <v>939</v>
       </c>
       <c r="H472" s="0" t="s">
-        <v>123</v>
+        <v>148</v>
       </c>
       <c r="I472" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J472" s="0" t="s">
-        <v>124</v>
+        <v>149</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="0" t="s">
-        <v>295</v>
+        <v>134</v>
       </c>
       <c r="B473" s="0" t="s">
-        <v>181</v>
+        <v>135</v>
       </c>
       <c r="C473" s="0" t="s">
-        <v>296</v>
+        <v>136</v>
       </c>
       <c r="F473" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G473" s="0" t="s">
         <v>940</v>
       </c>
       <c r="H473" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I473" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J473" s="0" t="s">
-        <v>297</v>
+        <v>139</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="0" t="s">
-        <v>695</v>
+        <v>545</v>
       </c>
       <c r="B474" s="0" t="s">
-        <v>210</v>
+        <v>442</v>
       </c>
       <c r="C474" s="0" t="s">
-        <v>696</v>
+        <v>546</v>
       </c>
       <c r="F474" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G474" s="0" t="s">
-        <v>36</v>
+        <v>941</v>
       </c>
       <c r="H474" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I474" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J474" s="0" t="s">
-        <v>698</v>
+        <v>548</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="0" t="s">
-        <v>511</v>
+        <v>174</v>
       </c>
       <c r="B475" s="0" t="s">
-        <v>512</v>
+        <v>175</v>
       </c>
       <c r="C475" s="0" t="s">
-        <v>513</v>
+        <v>176</v>
       </c>
       <c r="F475" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G475" s="0" t="s">
-        <v>447</v>
+        <v>444</v>
       </c>
       <c r="H475" s="0" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="I475" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J475" s="0" t="s">
-        <v>514</v>
+        <v>178</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="0" t="s">
-        <v>315</v>
+        <v>942</v>
       </c>
       <c r="B476" s="0" t="s">
-        <v>316</v>
+        <v>839</v>
       </c>
       <c r="C476" s="0" t="s">
-        <v>317</v>
+        <v>943</v>
       </c>
       <c r="F476" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G476" s="0" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="H476" s="0" t="s">
-        <v>162</v>
+        <v>40</v>
       </c>
       <c r="I476" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J476" s="0" t="s">
-        <v>318</v>
+        <v>945</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="0" t="s">
-        <v>639</v>
+        <v>946</v>
       </c>
       <c r="B477" s="0" t="s">
-        <v>524</v>
+        <v>465</v>
       </c>
       <c r="C477" s="0" t="s">
-        <v>640</v>
+        <v>947</v>
       </c>
       <c r="F477" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G477" s="0" t="s">
-        <v>942</v>
+        <v>452</v>
       </c>
       <c r="H477" s="0" t="s">
-        <v>87</v>
+        <v>948</v>
       </c>
       <c r="I477" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J477" s="0" t="s">
-        <v>641</v>
+        <v>949</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="0" t="s">
-        <v>523</v>
+        <v>161</v>
       </c>
       <c r="B478" s="0" t="s">
-        <v>524</v>
+        <v>162</v>
       </c>
       <c r="C478" s="0" t="s">
-        <v>525</v>
+        <v>163</v>
       </c>
       <c r="F478" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G478" s="0" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="H478" s="0" t="s">
-        <v>527</v>
+        <v>138</v>
       </c>
       <c r="I478" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J478" s="0" t="s">
-        <v>528</v>
+        <v>165</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="0" t="s">
-        <v>555</v>
+        <v>390</v>
       </c>
       <c r="B479" s="0" t="s">
-        <v>507</v>
+        <v>343</v>
       </c>
       <c r="C479" s="0" t="s">
-        <v>556</v>
+        <v>391</v>
       </c>
       <c r="F479" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G479" s="0" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="H479" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="I479" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J479" s="0" t="s">
-        <v>558</v>
+        <v>392</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="0" t="s">
-        <v>927</v>
+        <v>952</v>
       </c>
       <c r="B480" s="0" t="s">
-        <v>928</v>
+        <v>953</v>
       </c>
       <c r="C480" s="0" t="s">
-        <v>929</v>
+        <v>954</v>
       </c>
       <c r="F480" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G480" s="0" t="s">
-        <v>451</v>
+        <v>955</v>
       </c>
       <c r="H480" s="0" t="s">
-        <v>359</v>
+        <v>40</v>
       </c>
       <c r="I480" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J480" s="0" t="s">
-        <v>930</v>
+        <v>956</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="0" t="s">
-        <v>715</v>
+        <v>306</v>
       </c>
       <c r="B481" s="0" t="s">
-        <v>716</v>
+        <v>307</v>
       </c>
       <c r="C481" s="0" t="s">
-        <v>717</v>
+        <v>308</v>
       </c>
       <c r="F481" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G481" s="0" t="s">
-        <v>945</v>
+        <v>957</v>
       </c>
       <c r="H481" s="0" t="s">
-        <v>56</v>
+        <v>310</v>
       </c>
       <c r="I481" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J481" s="0" t="s">
-        <v>719</v>
+        <v>311</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="0" t="s">
-        <v>662</v>
+        <v>713</v>
       </c>
       <c r="B482" s="0" t="s">
-        <v>663</v>
+        <v>714</v>
       </c>
       <c r="C482" s="0" t="s">
-        <v>664</v>
+        <v>715</v>
       </c>
       <c r="F482" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G482" s="0" t="s">
-        <v>946</v>
+        <v>958</v>
       </c>
       <c r="H482" s="0" t="s">
-        <v>278</v>
+        <v>104</v>
       </c>
       <c r="I482" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J482" s="0" t="s">
-        <v>665</v>
+        <v>716</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="0" t="s">
-        <v>328</v>
+        <v>473</v>
       </c>
       <c r="B483" s="0" t="s">
-        <v>329</v>
+        <v>145</v>
       </c>
       <c r="C483" s="0" t="s">
-        <v>330</v>
+        <v>474</v>
       </c>
       <c r="F483" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G483" s="0" t="s">
-        <v>947</v>
+        <v>959</v>
       </c>
       <c r="H483" s="0" t="s">
-        <v>56</v>
+        <v>40</v>
       </c>
       <c r="I483" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J483" s="0" t="s">
-        <v>331</v>
+        <v>476</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="0" t="s">
-        <v>948</v>
+        <v>541</v>
       </c>
       <c r="B484" s="0" t="s">
-        <v>949</v>
+        <v>366</v>
       </c>
       <c r="C484" s="0" t="s">
-        <v>950</v>
+        <v>542</v>
       </c>
       <c r="F484" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G484" s="0" t="s">
-        <v>458</v>
+        <v>960</v>
       </c>
       <c r="H484" s="0" t="s">
-        <v>117</v>
+        <v>109</v>
       </c>
       <c r="I484" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J484" s="0" t="s">
-        <v>951</v>
+        <v>544</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="0" t="s">
-        <v>726</v>
+        <v>170</v>
       </c>
       <c r="B485" s="0" t="s">
-        <v>680</v>
+        <v>171</v>
       </c>
       <c r="C485" s="0" t="s">
-        <v>727</v>
+        <v>172</v>
       </c>
       <c r="F485" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G485" s="0" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="H485" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I485" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J485" s="0" t="s">
-        <v>729</v>
+        <v>173</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="0" t="s">
-        <v>315</v>
+        <v>459</v>
       </c>
       <c r="B486" s="0" t="s">
-        <v>316</v>
+        <v>460</v>
       </c>
       <c r="C486" s="0" t="s">
-        <v>317</v>
+        <v>461</v>
       </c>
       <c r="F486" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G486" s="0" t="s">
-        <v>476</v>
+        <v>463</v>
       </c>
       <c r="H486" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I486" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J486" s="0" t="s">
-        <v>318</v>
+        <v>462</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="0" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="B487" s="0" t="s">
-        <v>653</v>
+        <v>531</v>
       </c>
       <c r="C487" s="0" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="F487" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G487" s="0" t="s">
-        <v>952</v>
+        <v>961</v>
       </c>
       <c r="H487" s="0" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="I487" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J487" s="0" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="0" t="s">
-        <v>953</v>
+        <v>713</v>
       </c>
       <c r="B488" s="0" t="s">
-        <v>257</v>
+        <v>714</v>
       </c>
       <c r="C488" s="0" t="s">
-        <v>954</v>
+        <v>715</v>
       </c>
       <c r="F488" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G488" s="0" t="s">
-        <v>478</v>
+        <v>34</v>
       </c>
       <c r="H488" s="0" t="s">
-        <v>145</v>
+        <v>104</v>
       </c>
       <c r="I488" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J488" s="0" t="s">
-        <v>955</v>
+        <v>716</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="0" t="s">
-        <v>168</v>
+        <v>306</v>
       </c>
       <c r="B489" s="0" t="s">
-        <v>169</v>
+        <v>307</v>
       </c>
       <c r="C489" s="0" t="s">
-        <v>170</v>
+        <v>308</v>
       </c>
       <c r="F489" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G489" s="0" t="s">
-        <v>487</v>
+        <v>962</v>
       </c>
       <c r="H489" s="0" t="s">
-        <v>81</v>
+        <v>310</v>
       </c>
       <c r="I489" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J489" s="0" t="s">
-        <v>172</v>
+        <v>311</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="0" t="s">
-        <v>840</v>
+        <v>255</v>
       </c>
       <c r="B490" s="0" t="s">
-        <v>573</v>
+        <v>256</v>
       </c>
       <c r="C490" s="0" t="s">
-        <v>841</v>
+        <v>257</v>
       </c>
       <c r="F490" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G490" s="0" t="s">
-        <v>956</v>
+        <v>963</v>
       </c>
       <c r="H490" s="0" t="s">
-        <v>370</v>
+        <v>88</v>
       </c>
       <c r="I490" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J490" s="0" t="s">
-        <v>843</v>
+        <v>258</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="0" t="s">
-        <v>615</v>
+        <v>819</v>
       </c>
       <c r="B491" s="0" t="s">
-        <v>524</v>
+        <v>820</v>
       </c>
       <c r="C491" s="0" t="s">
-        <v>616</v>
+        <v>821</v>
       </c>
       <c r="F491" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G491" s="0" t="s">
-        <v>957</v>
+        <v>35</v>
       </c>
       <c r="H491" s="0" t="s">
-        <v>158</v>
+        <v>23</v>
       </c>
       <c r="I491" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J491" s="0" t="s">
-        <v>618</v>
+        <v>822</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="0" t="s">
-        <v>958</v>
+        <v>905</v>
       </c>
       <c r="B492" s="0" t="s">
-        <v>959</v>
+        <v>497</v>
       </c>
       <c r="C492" s="0" t="s">
-        <v>960</v>
+        <v>906</v>
       </c>
       <c r="F492" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G492" s="0" t="s">
-        <v>488</v>
+        <v>471</v>
       </c>
       <c r="H492" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I492" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J492" s="0" t="s">
-        <v>961</v>
+        <v>908</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="0" t="s">
-        <v>361</v>
+        <v>946</v>
       </c>
       <c r="B493" s="0" t="s">
-        <v>169</v>
+        <v>465</v>
       </c>
       <c r="C493" s="0" t="s">
-        <v>362</v>
+        <v>947</v>
       </c>
       <c r="F493" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G493" s="0" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H493" s="0" t="s">
-        <v>359</v>
+        <v>948</v>
       </c>
       <c r="I493" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J493" s="0" t="s">
-        <v>363</v>
+        <v>949</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="0" t="s">
-        <v>523</v>
+        <v>215</v>
       </c>
       <c r="B494" s="0" t="s">
-        <v>524</v>
+        <v>216</v>
       </c>
       <c r="C494" s="0" t="s">
-        <v>525</v>
+        <v>217</v>
       </c>
       <c r="F494" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G494" s="0" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
       <c r="H494" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I494" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J494" s="0" t="s">
-        <v>528</v>
+        <v>218</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="0" t="s">
-        <v>562</v>
+        <v>500</v>
       </c>
       <c r="B495" s="0" t="s">
-        <v>396</v>
+        <v>501</v>
       </c>
       <c r="C495" s="0" t="s">
-        <v>563</v>
+        <v>502</v>
       </c>
       <c r="F495" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G495" s="0" t="s">
-        <v>38</v>
+        <v>966</v>
       </c>
       <c r="H495" s="0" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="I495" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J495" s="0" t="s">
-        <v>565</v>
+        <v>503</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="0" t="s">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="B496" s="0" t="s">
-        <v>286</v>
+        <v>714</v>
       </c>
       <c r="C496" s="0" t="s">
-        <v>701</v>
+        <v>715</v>
       </c>
       <c r="F496" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G496" s="0" t="s">
-        <v>493</v>
+        <v>967</v>
       </c>
       <c r="H496" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I496" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J496" s="0" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="0" t="s">
-        <v>859</v>
+        <v>802</v>
       </c>
       <c r="B497" s="0" t="s">
-        <v>860</v>
+        <v>171</v>
       </c>
       <c r="C497" s="0" t="s">
-        <v>861</v>
+        <v>803</v>
       </c>
       <c r="F497" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G497" s="0" t="s">
-        <v>964</v>
+        <v>475</v>
       </c>
       <c r="H497" s="0" t="s">
-        <v>345</v>
+        <v>40</v>
       </c>
       <c r="I497" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J497" s="0" t="s">
-        <v>863</v>
+        <v>804</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="0" t="s">
-        <v>965</v>
+        <v>590</v>
       </c>
       <c r="B498" s="0" t="s">
-        <v>966</v>
+        <v>387</v>
       </c>
       <c r="C498" s="0" t="s">
-        <v>967</v>
+        <v>591</v>
       </c>
       <c r="F498" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G498" s="0" t="s">
-        <v>497</v>
+        <v>479</v>
       </c>
       <c r="H498" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I498" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J498" s="0" t="s">
-        <v>968</v>
+        <v>592</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="0" t="s">
-        <v>99</v>
+        <v>968</v>
       </c>
       <c r="B499" s="0" t="s">
-        <v>84</v>
+        <v>969</v>
       </c>
       <c r="C499" s="0" t="s">
-        <v>100</v>
+        <v>970</v>
       </c>
       <c r="F499" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G499" s="0" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="H499" s="0" t="s">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="I499" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J499" s="0" t="s">
-        <v>101</v>
+        <v>971</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="0" t="s">
-        <v>908</v>
+        <v>134</v>
       </c>
       <c r="B500" s="0" t="s">
-        <v>909</v>
+        <v>135</v>
       </c>
       <c r="C500" s="0" t="s">
-        <v>910</v>
+        <v>136</v>
       </c>
       <c r="F500" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G500" s="0" t="s">
-        <v>500</v>
+        <v>972</v>
       </c>
       <c r="H500" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I500" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J500" s="0" t="s">
-        <v>911</v>
+        <v>139</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="0" t="s">
-        <v>468</v>
+        <v>946</v>
       </c>
       <c r="B501" s="0" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C501" s="0" t="s">
-        <v>470</v>
+        <v>947</v>
       </c>
       <c r="F501" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G501" s="0" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="H501" s="0" t="s">
-        <v>117</v>
+        <v>948</v>
       </c>
       <c r="I501" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J501" s="0" t="s">
-        <v>471</v>
+        <v>949</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="0" t="s">
-        <v>569</v>
+        <v>144</v>
       </c>
       <c r="B502" s="0" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="C502" s="0" t="s">
-        <v>570</v>
+        <v>146</v>
       </c>
       <c r="F502" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G502" s="0" t="s">
-        <v>509</v>
+        <v>973</v>
       </c>
       <c r="H502" s="0" t="s">
-        <v>123</v>
+        <v>148</v>
       </c>
       <c r="I502" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J502" s="0" t="s">
-        <v>571</v>
+        <v>149</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="0" t="s">
-        <v>969</v>
+        <v>925</v>
       </c>
       <c r="B503" s="0" t="s">
-        <v>596</v>
+        <v>926</v>
       </c>
       <c r="C503" s="0" t="s">
-        <v>970</v>
+        <v>927</v>
       </c>
       <c r="F503" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G503" s="0" t="s">
-        <v>518</v>
+        <v>974</v>
       </c>
       <c r="H503" s="0" t="s">
-        <v>519</v>
+        <v>871</v>
       </c>
       <c r="I503" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J503" s="0" t="s">
-        <v>971</v>
+        <v>929</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="0" t="s">
-        <v>204</v>
+        <v>709</v>
       </c>
       <c r="B504" s="0" t="s">
-        <v>205</v>
+        <v>501</v>
       </c>
       <c r="C504" s="0" t="s">
-        <v>206</v>
+        <v>710</v>
       </c>
       <c r="F504" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G504" s="0" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="H504" s="0" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="I504" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J504" s="0" t="s">
-        <v>208</v>
+        <v>711</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="0" t="s">
-        <v>356</v>
+        <v>134</v>
       </c>
       <c r="B505" s="0" t="s">
-        <v>342</v>
+        <v>135</v>
       </c>
       <c r="C505" s="0" t="s">
-        <v>357</v>
+        <v>136</v>
       </c>
       <c r="F505" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G505" s="0" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="H505" s="0" t="s">
-        <v>359</v>
+        <v>138</v>
       </c>
       <c r="I505" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J505" s="0" t="s">
-        <v>360</v>
+        <v>139</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="0" t="s">
-        <v>927</v>
+        <v>520</v>
       </c>
       <c r="B506" s="0" t="s">
-        <v>928</v>
+        <v>521</v>
       </c>
       <c r="C506" s="0" t="s">
-        <v>929</v>
+        <v>522</v>
       </c>
       <c r="F506" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G506" s="0" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="H506" s="0" t="s">
-        <v>359</v>
+        <v>159</v>
       </c>
       <c r="I506" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J506" s="0" t="s">
-        <v>930</v>
+        <v>524</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="0" t="s">
-        <v>643</v>
+        <v>808</v>
       </c>
       <c r="B507" s="0" t="s">
-        <v>644</v>
+        <v>809</v>
       </c>
       <c r="C507" s="0" t="s">
-        <v>645</v>
+        <v>810</v>
       </c>
       <c r="F507" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G507" s="0" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="H507" s="0" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="I507" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J507" s="0" t="s">
-        <v>646</v>
+        <v>812</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="0" t="s">
-        <v>767</v>
+        <v>700</v>
       </c>
       <c r="B508" s="0" t="s">
-        <v>768</v>
+        <v>701</v>
       </c>
       <c r="C508" s="0" t="s">
-        <v>769</v>
+        <v>702</v>
       </c>
       <c r="F508" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G508" s="0" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
       <c r="H508" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I508" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J508" s="0" t="s">
-        <v>771</v>
+        <v>703</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="0" t="s">
-        <v>965</v>
+        <v>187</v>
       </c>
       <c r="B509" s="0" t="s">
-        <v>966</v>
+        <v>188</v>
       </c>
       <c r="C509" s="0" t="s">
-        <v>967</v>
+        <v>189</v>
       </c>
       <c r="F509" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G509" s="0" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="H509" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I509" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J509" s="0" t="s">
-        <v>968</v>
+        <v>191</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="0" t="s">
-        <v>323</v>
+        <v>289</v>
       </c>
       <c r="B510" s="0" t="s">
-        <v>324</v>
+        <v>290</v>
       </c>
       <c r="C510" s="0" t="s">
-        <v>325</v>
+        <v>291</v>
       </c>
       <c r="F510" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G510" s="0" t="s">
-        <v>39</v>
+        <v>980</v>
       </c>
       <c r="H510" s="0" t="s">
-        <v>87</v>
+        <v>292</v>
       </c>
       <c r="I510" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J510" s="0" t="s">
-        <v>327</v>
+        <v>293</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="0" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="B511" s="0" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="C511" s="0" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="F511" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G511" s="0" t="s">
-        <v>977</v>
+        <v>523</v>
       </c>
       <c r="H511" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I511" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J511" s="0" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="0" t="s">
-        <v>662</v>
+        <v>19</v>
       </c>
       <c r="B512" s="0" t="s">
-        <v>663</v>
+        <v>20</v>
       </c>
       <c r="C512" s="0" t="s">
-        <v>664</v>
+        <v>21</v>
       </c>
       <c r="F512" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G512" s="0" t="s">
-        <v>978</v>
+        <v>58</v>
       </c>
       <c r="H512" s="0" t="s">
-        <v>278</v>
+        <v>319</v>
       </c>
       <c r="I512" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J512" s="0" t="s">
-        <v>665</v>
+        <v>25</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="0" t="s">
-        <v>164</v>
+        <v>888</v>
       </c>
       <c r="B513" s="0" t="s">
-        <v>165</v>
+        <v>465</v>
       </c>
       <c r="C513" s="0" t="s">
-        <v>166</v>
+        <v>889</v>
       </c>
       <c r="F513" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G513" s="0" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
       <c r="H513" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I513" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J513" s="0" t="s">
-        <v>167</v>
+        <v>891</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="0" t="s">
-        <v>479</v>
+        <v>982</v>
       </c>
       <c r="B514" s="0" t="s">
-        <v>480</v>
+        <v>983</v>
       </c>
       <c r="C514" s="0" t="s">
-        <v>481</v>
+        <v>984</v>
       </c>
       <c r="F514" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G514" s="0" t="s">
-        <v>980</v>
+        <v>528</v>
       </c>
       <c r="H514" s="0" t="s">
-        <v>145</v>
+        <v>432</v>
       </c>
       <c r="I514" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J514" s="0" t="s">
-        <v>482</v>
+        <v>985</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="0" t="s">
-        <v>473</v>
+        <v>613</v>
       </c>
       <c r="B515" s="0" t="s">
-        <v>474</v>
+        <v>614</v>
       </c>
       <c r="C515" s="0" t="s">
-        <v>475</v>
+        <v>615</v>
       </c>
       <c r="F515" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G515" s="0" t="s">
-        <v>981</v>
+        <v>986</v>
       </c>
       <c r="H515" s="0" t="s">
-        <v>213</v>
+        <v>67</v>
       </c>
       <c r="I515" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J515" s="0" t="s">
-        <v>477</v>
+        <v>616</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="0" t="s">
-        <v>204</v>
+        <v>320</v>
       </c>
       <c r="B516" s="0" t="s">
-        <v>205</v>
+        <v>321</v>
       </c>
       <c r="C516" s="0" t="s">
-        <v>206</v>
+        <v>322</v>
       </c>
       <c r="F516" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G516" s="0" t="s">
-        <v>982</v>
+        <v>987</v>
       </c>
       <c r="H516" s="0" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="I516" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J516" s="0" t="s">
-        <v>208</v>
+        <v>323</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="0" t="s">
-        <v>615</v>
+        <v>268</v>
       </c>
       <c r="B517" s="0" t="s">
-        <v>524</v>
+        <v>238</v>
       </c>
       <c r="C517" s="0" t="s">
-        <v>616</v>
+        <v>269</v>
       </c>
       <c r="F517" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G517" s="0" t="s">
-        <v>983</v>
+        <v>988</v>
       </c>
       <c r="H517" s="0" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="I517" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J517" s="0" t="s">
-        <v>618</v>
+        <v>271</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="0" t="s">
-        <v>639</v>
+        <v>989</v>
       </c>
       <c r="B518" s="0" t="s">
-        <v>524</v>
+        <v>171</v>
       </c>
       <c r="C518" s="0" t="s">
-        <v>640</v>
+        <v>990</v>
       </c>
       <c r="F518" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G518" s="0" t="s">
-        <v>984</v>
+        <v>533</v>
       </c>
       <c r="H518" s="0" t="s">
-        <v>87</v>
+        <v>126</v>
       </c>
       <c r="I518" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J518" s="0" t="s">
-        <v>641</v>
+        <v>991</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="0" t="s">
-        <v>985</v>
+        <v>901</v>
       </c>
       <c r="B519" s="0" t="s">
-        <v>865</v>
+        <v>465</v>
       </c>
       <c r="C519" s="0" t="s">
-        <v>986</v>
+        <v>902</v>
       </c>
       <c r="F519" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G519" s="0" t="s">
-        <v>522</v>
+        <v>992</v>
       </c>
       <c r="H519" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I519" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J519" s="0" t="s">
-        <v>987</v>
+        <v>904</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="0" t="s">
-        <v>931</v>
+        <v>468</v>
       </c>
       <c r="B520" s="0" t="s">
-        <v>932</v>
+        <v>469</v>
       </c>
       <c r="C520" s="0" t="s">
-        <v>933</v>
+        <v>470</v>
       </c>
       <c r="F520" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G520" s="0" t="s">
-        <v>988</v>
+        <v>535</v>
       </c>
       <c r="H520" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I520" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J520" s="0" t="s">
-        <v>935</v>
+        <v>472</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="0" t="s">
-        <v>965</v>
+        <v>242</v>
       </c>
       <c r="B521" s="0" t="s">
-        <v>966</v>
+        <v>120</v>
       </c>
       <c r="C521" s="0" t="s">
-        <v>967</v>
+        <v>243</v>
       </c>
       <c r="F521" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G521" s="0" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="H521" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I521" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J521" s="0" t="s">
-        <v>968</v>
+        <v>245</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="0" t="s">
-        <v>615</v>
+        <v>853</v>
       </c>
       <c r="B522" s="0" t="s">
-        <v>524</v>
+        <v>238</v>
       </c>
       <c r="C522" s="0" t="s">
-        <v>616</v>
+        <v>854</v>
       </c>
       <c r="F522" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G522" s="0" t="s">
-        <v>990</v>
+        <v>536</v>
       </c>
       <c r="H522" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I522" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J522" s="0" t="s">
-        <v>618</v>
+        <v>856</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="0" t="s">
-        <v>796</v>
+        <v>824</v>
       </c>
       <c r="B523" s="0" t="s">
-        <v>667</v>
+        <v>825</v>
       </c>
       <c r="C523" s="0" t="s">
-        <v>797</v>
+        <v>826</v>
       </c>
       <c r="F523" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G523" s="0" t="s">
-        <v>526</v>
+        <v>994</v>
       </c>
       <c r="H523" s="0" t="s">
-        <v>762</v>
+        <v>67</v>
       </c>
       <c r="I523" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J523" s="0" t="s">
-        <v>799</v>
+        <v>827</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="0" t="s">
-        <v>494</v>
+        <v>119</v>
       </c>
       <c r="B524" s="0" t="s">
-        <v>495</v>
+        <v>120</v>
       </c>
       <c r="C524" s="0" t="s">
-        <v>496</v>
+        <v>121</v>
       </c>
       <c r="F524" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G524" s="0" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="H524" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I524" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J524" s="0" t="s">
-        <v>498</v>
+        <v>122</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="0" t="s">
-        <v>992</v>
+        <v>362</v>
       </c>
       <c r="B525" s="0" t="s">
-        <v>530</v>
+        <v>198</v>
       </c>
       <c r="C525" s="0" t="s">
-        <v>993</v>
+        <v>363</v>
       </c>
       <c r="F525" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G525" s="0" t="s">
-        <v>40</v>
+        <v>996</v>
       </c>
       <c r="H525" s="0" t="s">
-        <v>532</v>
+        <v>88</v>
       </c>
       <c r="I525" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J525" s="0" t="s">
-        <v>994</v>
+        <v>364</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="0" t="s">
-        <v>662</v>
+        <v>763</v>
       </c>
       <c r="B526" s="0" t="s">
-        <v>663</v>
+        <v>238</v>
       </c>
       <c r="C526" s="0" t="s">
-        <v>664</v>
+        <v>764</v>
       </c>
       <c r="F526" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G526" s="0" t="s">
-        <v>534</v>
+        <v>39</v>
       </c>
       <c r="H526" s="0" t="s">
-        <v>278</v>
+        <v>40</v>
       </c>
       <c r="I526" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J526" s="0" t="s">
-        <v>665</v>
+        <v>766</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="0" t="s">
-        <v>726</v>
+        <v>370</v>
       </c>
       <c r="B527" s="0" t="s">
-        <v>680</v>
+        <v>371</v>
       </c>
       <c r="C527" s="0" t="s">
-        <v>727</v>
+        <v>372</v>
       </c>
       <c r="F527" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G527" s="0" t="s">
-        <v>535</v>
+        <v>543</v>
       </c>
       <c r="H527" s="0" t="s">
-        <v>93</v>
+        <v>109</v>
       </c>
       <c r="I527" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J527" s="0" t="s">
-        <v>729</v>
+        <v>373</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="0" t="s">
-        <v>414</v>
+        <v>688</v>
       </c>
       <c r="B528" s="0" t="s">
-        <v>411</v>
+        <v>689</v>
       </c>
       <c r="C528" s="0" t="s">
-        <v>415</v>
+        <v>690</v>
       </c>
       <c r="F528" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G528" s="0" t="s">
-        <v>995</v>
+        <v>547</v>
       </c>
       <c r="H528" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I528" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J528" s="0" t="s">
-        <v>416</v>
+        <v>691</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="0" t="s">
-        <v>652</v>
+        <v>473</v>
       </c>
       <c r="B529" s="0" t="s">
-        <v>653</v>
+        <v>145</v>
       </c>
       <c r="C529" s="0" t="s">
-        <v>654</v>
+        <v>474</v>
       </c>
       <c r="F529" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G529" s="0" t="s">
-        <v>545</v>
+        <v>997</v>
       </c>
       <c r="H529" s="0" t="s">
-        <v>151</v>
+        <v>40</v>
       </c>
       <c r="I529" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J529" s="0" t="s">
-        <v>656</v>
+        <v>476</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="0" t="s">
-        <v>106</v>
+        <v>144</v>
       </c>
       <c r="B530" s="0" t="s">
-        <v>107</v>
+        <v>145</v>
       </c>
       <c r="C530" s="0" t="s">
-        <v>108</v>
+        <v>146</v>
       </c>
       <c r="F530" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G530" s="0" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="H530" s="0" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="I530" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J530" s="0" t="s">
-        <v>109</v>
+        <v>149</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="0" t="s">
-        <v>366</v>
+        <v>219</v>
       </c>
       <c r="B531" s="0" t="s">
-        <v>367</v>
+        <v>220</v>
       </c>
       <c r="C531" s="0" t="s">
-        <v>368</v>
+        <v>221</v>
       </c>
       <c r="F531" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G531" s="0" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="H531" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I531" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J531" s="0" t="s">
-        <v>371</v>
+        <v>224</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="0" t="s">
-        <v>629</v>
+        <v>982</v>
       </c>
       <c r="B532" s="0" t="s">
-        <v>630</v>
+        <v>983</v>
       </c>
       <c r="C532" s="0" t="s">
-        <v>631</v>
+        <v>984</v>
       </c>
       <c r="F532" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G532" s="0" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="H532" s="0" t="s">
-        <v>158</v>
+        <v>432</v>
       </c>
       <c r="I532" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J532" s="0" t="s">
-        <v>633</v>
+        <v>985</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="0" t="s">
-        <v>232</v>
+        <v>356</v>
       </c>
       <c r="B533" s="0" t="s">
-        <v>233</v>
+        <v>357</v>
       </c>
       <c r="C533" s="0" t="s">
-        <v>234</v>
+        <v>358</v>
       </c>
       <c r="F533" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G533" s="0" t="s">
-        <v>547</v>
+        <v>1000</v>
       </c>
       <c r="H533" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I533" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J533" s="0" t="s">
-        <v>237</v>
+        <v>360</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="0" t="s">
-        <v>759</v>
+        <v>134</v>
       </c>
       <c r="B534" s="0" t="s">
-        <v>760</v>
+        <v>135</v>
       </c>
       <c r="C534" s="0" t="s">
-        <v>761</v>
+        <v>136</v>
       </c>
       <c r="F534" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G534" s="0" t="s">
-        <v>548</v>
+        <v>1001</v>
       </c>
       <c r="H534" s="0" t="s">
-        <v>762</v>
+        <v>138</v>
       </c>
       <c r="I534" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J534" s="0" t="s">
-        <v>763</v>
+        <v>139</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="0" t="s">
-        <v>998</v>
+        <v>326</v>
       </c>
       <c r="B535" s="0" t="s">
-        <v>524</v>
+        <v>327</v>
       </c>
       <c r="C535" s="0" t="s">
-        <v>999</v>
+        <v>328</v>
       </c>
       <c r="F535" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G535" s="0" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="H535" s="0" t="s">
-        <v>1001</v>
+        <v>330</v>
       </c>
       <c r="I535" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J535" s="0" t="s">
-        <v>1002</v>
+        <v>331</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="0" t="s">
+        <v>405</v>
+      </c>
+      <c r="B536" s="0" t="s">
+        <v>406</v>
+      </c>
+      <c r="C536" s="0" t="s">
+        <v>407</v>
+      </c>
+      <c r="F536" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G536" s="0" t="s">
         <v>1003</v>
       </c>
-      <c r="B536" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H536" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I536" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J536" s="0" t="s">
-        <v>1006</v>
+        <v>408</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="0" t="s">
-        <v>10</v>
+        <v>1004</v>
       </c>
       <c r="B537" s="0" t="s">
-        <v>11</v>
+        <v>1005</v>
       </c>
       <c r="C537" s="0" t="s">
-        <v>12</v>
+        <v>1006</v>
       </c>
       <c r="F537" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G537" s="0" t="s">
-        <v>66</v>
+        <v>555</v>
       </c>
       <c r="H537" s="0" t="s">
-        <v>81</v>
+        <v>159</v>
       </c>
       <c r="I537" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J537" s="0" t="s">
-        <v>17</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="0" t="s">
-        <v>366</v>
+        <v>192</v>
       </c>
       <c r="B538" s="0" t="s">
-        <v>367</v>
+        <v>193</v>
       </c>
       <c r="C538" s="0" t="s">
-        <v>368</v>
+        <v>194</v>
       </c>
       <c r="F538" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G538" s="0" t="s">
-        <v>1007</v>
+        <v>568</v>
       </c>
       <c r="H538" s="0" t="s">
-        <v>370</v>
+        <v>88</v>
       </c>
       <c r="I538" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J538" s="0" t="s">
-        <v>371</v>
+        <v>196</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="0" t="s">
-        <v>1008</v>
+        <v>717</v>
       </c>
       <c r="B539" s="0" t="s">
-        <v>257</v>
+        <v>387</v>
       </c>
       <c r="C539" s="0" t="s">
-        <v>1009</v>
+        <v>718</v>
       </c>
       <c r="F539" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G539" s="0" t="s">
-        <v>551</v>
+        <v>569</v>
       </c>
       <c r="H539" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I539" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J539" s="0" t="s">
-        <v>1010</v>
+        <v>720</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="0" t="s">
-        <v>840</v>
+        <v>726</v>
       </c>
       <c r="B540" s="0" t="s">
-        <v>573</v>
+        <v>727</v>
       </c>
       <c r="C540" s="0" t="s">
-        <v>841</v>
+        <v>728</v>
       </c>
       <c r="F540" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G540" s="0" t="s">
-        <v>553</v>
+        <v>1008</v>
       </c>
       <c r="H540" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I540" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J540" s="0" t="s">
-        <v>843</v>
+        <v>730</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="0" t="s">
-        <v>700</v>
+        <v>1009</v>
       </c>
       <c r="B541" s="0" t="s">
-        <v>286</v>
+        <v>301</v>
       </c>
       <c r="C541" s="0" t="s">
-        <v>701</v>
+        <v>1010</v>
       </c>
       <c r="F541" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G541" s="0" t="s">
-        <v>554</v>
+        <v>570</v>
       </c>
       <c r="H541" s="0" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="I541" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J541" s="0" t="s">
-        <v>703</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="0" t="s">
-        <v>473</v>
+        <v>901</v>
       </c>
       <c r="B542" s="0" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="C542" s="0" t="s">
-        <v>475</v>
+        <v>902</v>
       </c>
       <c r="F542" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G542" s="0" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H542" s="0" t="s">
-        <v>213</v>
+        <v>672</v>
       </c>
       <c r="I542" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J542" s="0" t="s">
-        <v>477</v>
+        <v>904</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="0" t="s">
-        <v>743</v>
+        <v>1013</v>
       </c>
       <c r="B543" s="0" t="s">
-        <v>744</v>
+        <v>1014</v>
       </c>
       <c r="C543" s="0" t="s">
-        <v>745</v>
+        <v>1015</v>
       </c>
       <c r="F543" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G543" s="0" t="s">
-        <v>1012</v>
+        <v>582</v>
       </c>
       <c r="H543" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I543" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J543" s="0" t="s">
-        <v>747</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="0" t="s">
-        <v>494</v>
+        <v>428</v>
       </c>
       <c r="B544" s="0" t="s">
-        <v>495</v>
+        <v>429</v>
       </c>
       <c r="C544" s="0" t="s">
-        <v>496</v>
+        <v>430</v>
       </c>
       <c r="F544" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G544" s="0" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="H544" s="0" t="s">
-        <v>158</v>
+        <v>432</v>
       </c>
       <c r="I544" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J544" s="0" t="s">
-        <v>498</v>
+        <v>433</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" s="0" t="s">
-        <v>1014</v>
+        <v>144</v>
       </c>
       <c r="B545" s="0" t="s">
-        <v>1015</v>
+        <v>145</v>
       </c>
       <c r="C545" s="0" t="s">
-        <v>1016</v>
+        <v>146</v>
       </c>
       <c r="F545" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G545" s="0" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="H545" s="0" t="s">
-        <v>87</v>
+        <v>148</v>
       </c>
       <c r="I545" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J545" s="0" t="s">
-        <v>1018</v>
+        <v>149</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" s="0" t="s">
-        <v>229</v>
+        <v>530</v>
       </c>
       <c r="B546" s="0" t="s">
-        <v>148</v>
+        <v>531</v>
       </c>
       <c r="C546" s="0" t="s">
-        <v>230</v>
+        <v>532</v>
       </c>
       <c r="F546" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G546" s="0" t="s">
-        <v>1019</v>
+        <v>42</v>
       </c>
       <c r="H546" s="0" t="s">
-        <v>93</v>
+        <v>126</v>
       </c>
       <c r="I546" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J546" s="0" t="s">
-        <v>231</v>
+        <v>534</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" s="0" t="s">
-        <v>931</v>
+        <v>449</v>
       </c>
       <c r="B547" s="0" t="s">
-        <v>932</v>
+        <v>450</v>
       </c>
       <c r="C547" s="0" t="s">
-        <v>933</v>
+        <v>451</v>
       </c>
       <c r="F547" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G547" s="0" t="s">
-        <v>557</v>
+        <v>1019</v>
       </c>
       <c r="H547" s="0" t="s">
-        <v>162</v>
+        <v>109</v>
       </c>
       <c r="I547" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J547" s="0" t="s">
-        <v>935</v>
+        <v>453</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" s="0" t="s">
-        <v>1020</v>
+        <v>187</v>
       </c>
       <c r="B548" s="0" t="s">
-        <v>1021</v>
+        <v>188</v>
       </c>
       <c r="C548" s="0" t="s">
-        <v>1022</v>
+        <v>189</v>
       </c>
       <c r="F548" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G548" s="0" t="s">
-        <v>559</v>
+        <v>586</v>
       </c>
       <c r="H548" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I548" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J548" s="0" t="s">
-        <v>1023</v>
+        <v>191</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" s="0" t="s">
-        <v>591</v>
+        <v>1020</v>
       </c>
       <c r="B549" s="0" t="s">
-        <v>210</v>
+        <v>689</v>
       </c>
       <c r="C549" s="0" t="s">
-        <v>592</v>
+        <v>1021</v>
       </c>
       <c r="F549" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G549" s="0" t="s">
-        <v>560</v>
+        <v>1022</v>
       </c>
       <c r="H549" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="I549" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J549" s="0" t="s">
-        <v>594</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" s="0" t="s">
-        <v>1024</v>
+        <v>94</v>
       </c>
       <c r="B550" s="0" t="s">
-        <v>541</v>
+        <v>80</v>
       </c>
       <c r="C550" s="0" t="s">
-        <v>1025</v>
+        <v>95</v>
       </c>
       <c r="F550" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G550" s="0" t="s">
-        <v>1026</v>
+        <v>588</v>
       </c>
       <c r="H550" s="0" t="s">
-        <v>532</v>
+        <v>88</v>
       </c>
       <c r="I550" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J550" s="0" t="s">
-        <v>1027</v>
+        <v>96</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" s="0" t="s">
-        <v>555</v>
+        <v>477</v>
       </c>
       <c r="B551" s="0" t="s">
-        <v>507</v>
+        <v>387</v>
       </c>
       <c r="C551" s="0" t="s">
-        <v>556</v>
+        <v>478</v>
       </c>
       <c r="F551" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G551" s="0" t="s">
-        <v>1028</v>
+        <v>589</v>
       </c>
       <c r="H551" s="0" t="s">
-        <v>151</v>
+        <v>159</v>
       </c>
       <c r="I551" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J551" s="0" t="s">
-        <v>558</v>
+        <v>480</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" s="0" t="s">
-        <v>209</v>
+        <v>561</v>
       </c>
       <c r="B552" s="0" t="s">
-        <v>210</v>
+        <v>307</v>
       </c>
       <c r="C552" s="0" t="s">
-        <v>211</v>
+        <v>562</v>
       </c>
       <c r="F552" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G552" s="0" t="s">
-        <v>1029</v>
+        <v>593</v>
       </c>
       <c r="H552" s="0" t="s">
-        <v>213</v>
+        <v>159</v>
       </c>
       <c r="I552" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J552" s="0" t="s">
-        <v>214</v>
+        <v>563</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" s="0" t="s">
-        <v>759</v>
+        <v>370</v>
       </c>
       <c r="B553" s="0" t="s">
-        <v>760</v>
+        <v>371</v>
       </c>
       <c r="C553" s="0" t="s">
-        <v>761</v>
+        <v>372</v>
       </c>
       <c r="F553" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G553" s="0" t="s">
-        <v>1030</v>
+        <v>596</v>
       </c>
       <c r="H553" s="0" t="s">
-        <v>762</v>
+        <v>109</v>
       </c>
       <c r="I553" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J553" s="0" t="s">
-        <v>763</v>
+        <v>373</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" s="0" t="s">
-        <v>604</v>
+        <v>134</v>
       </c>
       <c r="B554" s="0" t="s">
-        <v>216</v>
+        <v>135</v>
       </c>
       <c r="C554" s="0" t="s">
-        <v>605</v>
+        <v>136</v>
       </c>
       <c r="F554" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G554" s="0" t="s">
-        <v>1031</v>
+        <v>1024</v>
       </c>
       <c r="H554" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I554" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J554" s="0" t="s">
-        <v>607</v>
+        <v>139</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" s="0" t="s">
-        <v>154</v>
+        <v>1025</v>
       </c>
       <c r="B555" s="0" t="s">
-        <v>155</v>
+        <v>180</v>
       </c>
       <c r="C555" s="0" t="s">
-        <v>156</v>
+        <v>1026</v>
       </c>
       <c r="F555" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G555" s="0" t="s">
-        <v>1032</v>
+        <v>601</v>
       </c>
       <c r="H555" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I555" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J555" s="0" t="s">
-        <v>159</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" s="0" t="s">
-        <v>671</v>
+        <v>226</v>
       </c>
       <c r="B556" s="0" t="s">
-        <v>672</v>
+        <v>227</v>
       </c>
       <c r="C556" s="0" t="s">
-        <v>673</v>
+        <v>228</v>
       </c>
       <c r="F556" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G556" s="0" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="H556" s="0" t="s">
-        <v>145</v>
+        <v>223</v>
       </c>
       <c r="I556" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J556" s="0" t="s">
-        <v>674</v>
+        <v>230</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" s="0" t="s">
-        <v>726</v>
+        <v>525</v>
       </c>
       <c r="B557" s="0" t="s">
-        <v>680</v>
+        <v>526</v>
       </c>
       <c r="C557" s="0" t="s">
-        <v>727</v>
+        <v>527</v>
       </c>
       <c r="F557" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G557" s="0" t="s">
-        <v>561</v>
+        <v>1029</v>
       </c>
       <c r="H557" s="0" t="s">
-        <v>93</v>
+        <v>432</v>
       </c>
       <c r="I557" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J557" s="0" t="s">
-        <v>729</v>
+        <v>529</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" s="0" t="s">
-        <v>395</v>
+        <v>982</v>
       </c>
       <c r="B558" s="0" t="s">
-        <v>396</v>
+        <v>983</v>
       </c>
       <c r="C558" s="0" t="s">
-        <v>397</v>
+        <v>984</v>
       </c>
       <c r="F558" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G558" s="0" t="s">
-        <v>564</v>
+        <v>1030</v>
       </c>
       <c r="H558" s="0" t="s">
-        <v>139</v>
+        <v>432</v>
       </c>
       <c r="I558" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J558" s="0" t="s">
-        <v>398</v>
+        <v>985</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" s="0" t="s">
-        <v>726</v>
+        <v>84</v>
       </c>
       <c r="B559" s="0" t="s">
-        <v>680</v>
+        <v>85</v>
       </c>
       <c r="C559" s="0" t="s">
-        <v>727</v>
+        <v>86</v>
       </c>
       <c r="F559" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G559" s="0" t="s">
-        <v>1034</v>
+        <v>1031</v>
       </c>
       <c r="H559" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I559" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J559" s="0" t="s">
-        <v>729</v>
+        <v>89</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" s="0" t="s">
-        <v>147</v>
+        <v>187</v>
       </c>
       <c r="B560" s="0" t="s">
-        <v>148</v>
+        <v>188</v>
       </c>
       <c r="C560" s="0" t="s">
-        <v>149</v>
+        <v>189</v>
       </c>
       <c r="F560" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G560" s="0" t="s">
-        <v>566</v>
+        <v>604</v>
       </c>
       <c r="H560" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I560" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J560" s="0" t="s">
-        <v>152</v>
+        <v>191</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" s="0" t="s">
-        <v>555</v>
+        <v>400</v>
       </c>
       <c r="B561" s="0" t="s">
-        <v>507</v>
+        <v>401</v>
       </c>
       <c r="C561" s="0" t="s">
-        <v>556</v>
+        <v>402</v>
       </c>
       <c r="F561" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G561" s="0" t="s">
-        <v>1035</v>
+        <v>43</v>
       </c>
       <c r="H561" s="0" t="s">
-        <v>151</v>
+        <v>52</v>
       </c>
       <c r="I561" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J561" s="0" t="s">
-        <v>558</v>
+        <v>404</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" s="0" t="s">
-        <v>72</v>
+        <v>511</v>
       </c>
       <c r="B562" s="0" t="s">
-        <v>73</v>
+        <v>512</v>
       </c>
       <c r="C562" s="0" t="s">
-        <v>74</v>
+        <v>513</v>
       </c>
       <c r="F562" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G562" s="0" t="s">
-        <v>1036</v>
+        <v>605</v>
       </c>
       <c r="H562" s="0" t="s">
-        <v>76</v>
+        <v>159</v>
       </c>
       <c r="I562" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J562" s="0" t="s">
-        <v>77</v>
+        <v>515</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" s="0" t="s">
-        <v>154</v>
+        <v>326</v>
       </c>
       <c r="B563" s="0" t="s">
-        <v>155</v>
+        <v>327</v>
       </c>
       <c r="C563" s="0" t="s">
-        <v>156</v>
+        <v>328</v>
       </c>
       <c r="F563" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G563" s="0" t="s">
-        <v>567</v>
+        <v>1032</v>
       </c>
       <c r="H563" s="0" t="s">
-        <v>158</v>
+        <v>330</v>
       </c>
       <c r="I563" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J563" s="0" t="s">
-        <v>159</v>
+        <v>331</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" s="0" t="s">
-        <v>119</v>
+        <v>166</v>
       </c>
       <c r="B564" s="0" t="s">
-        <v>120</v>
+        <v>167</v>
       </c>
       <c r="C564" s="0" t="s">
-        <v>121</v>
+        <v>168</v>
       </c>
       <c r="F564" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G564" s="0" t="s">
-        <v>568</v>
+        <v>1033</v>
       </c>
       <c r="H564" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I564" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J564" s="0" t="s">
-        <v>124</v>
+        <v>169</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" s="0" t="s">
-        <v>1037</v>
+        <v>688</v>
       </c>
       <c r="B565" s="0" t="s">
-        <v>1038</v>
+        <v>689</v>
       </c>
       <c r="C565" s="0" t="s">
-        <v>1039</v>
+        <v>690</v>
       </c>
       <c r="F565" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G565" s="0" t="s">
-        <v>1040</v>
+        <v>606</v>
       </c>
       <c r="H565" s="0" t="s">
-        <v>838</v>
+        <v>67</v>
       </c>
       <c r="I565" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J565" s="0" t="s">
-        <v>1041</v>
+        <v>691</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" s="0" t="s">
-        <v>306</v>
+        <v>1034</v>
       </c>
       <c r="B566" s="0" t="s">
-        <v>307</v>
+        <v>184</v>
       </c>
       <c r="C566" s="0" t="s">
-        <v>308</v>
+        <v>1035</v>
       </c>
       <c r="F566" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G566" s="0" t="s">
-        <v>1042</v>
+        <v>607</v>
       </c>
       <c r="H566" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I566" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J566" s="0" t="s">
-        <v>309</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" s="0" t="s">
-        <v>998</v>
+        <v>226</v>
       </c>
       <c r="B567" s="0" t="s">
-        <v>524</v>
+        <v>227</v>
       </c>
       <c r="C567" s="0" t="s">
-        <v>999</v>
+        <v>228</v>
       </c>
       <c r="F567" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G567" s="0" t="s">
-        <v>1043</v>
+        <v>1037</v>
       </c>
       <c r="H567" s="0" t="s">
-        <v>1001</v>
+        <v>223</v>
       </c>
       <c r="I567" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J567" s="0" t="s">
-        <v>1002</v>
+        <v>230</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" s="0" t="s">
-        <v>372</v>
+        <v>473</v>
       </c>
       <c r="B568" s="0" t="s">
-        <v>373</v>
+        <v>145</v>
       </c>
       <c r="C568" s="0" t="s">
-        <v>374</v>
+        <v>474</v>
       </c>
       <c r="F568" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G568" s="0" t="s">
-        <v>1044</v>
+        <v>1038</v>
       </c>
       <c r="H568" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I568" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J568" s="0" t="s">
-        <v>376</v>
+        <v>476</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" s="0" t="s">
-        <v>1045</v>
+        <v>187</v>
       </c>
       <c r="B569" s="0" t="s">
-        <v>1046</v>
+        <v>188</v>
       </c>
       <c r="C569" s="0" t="s">
-        <v>1047</v>
+        <v>189</v>
       </c>
       <c r="F569" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G569" s="0" t="s">
-        <v>575</v>
+        <v>610</v>
       </c>
       <c r="H569" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I569" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J569" s="0" t="s">
-        <v>1048</v>
+        <v>191</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" s="0" t="s">
-        <v>536</v>
+        <v>688</v>
       </c>
       <c r="B570" s="0" t="s">
-        <v>537</v>
+        <v>689</v>
       </c>
       <c r="C570" s="0" t="s">
-        <v>538</v>
+        <v>690</v>
       </c>
       <c r="F570" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G570" s="0" t="s">
-        <v>589</v>
+        <v>612</v>
       </c>
       <c r="H570" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I570" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J570" s="0" t="s">
-        <v>539</v>
+        <v>691</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" s="0" t="s">
-        <v>43</v>
+        <v>583</v>
       </c>
       <c r="B571" s="0" t="s">
-        <v>44</v>
+        <v>584</v>
       </c>
       <c r="C571" s="0" t="s">
-        <v>45</v>
+        <v>585</v>
       </c>
       <c r="F571" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G571" s="0" t="s">
-        <v>67</v>
+        <v>1039</v>
       </c>
       <c r="H571" s="0" t="s">
-        <v>213</v>
+        <v>138</v>
       </c>
       <c r="I571" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J571" s="0" t="s">
-        <v>48</v>
+        <v>587</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" s="0" t="s">
-        <v>743</v>
+        <v>858</v>
       </c>
       <c r="B572" s="0" t="s">
-        <v>744</v>
+        <v>736</v>
       </c>
       <c r="C572" s="0" t="s">
-        <v>745</v>
+        <v>859</v>
       </c>
       <c r="F572" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G572" s="0" t="s">
-        <v>1049</v>
+        <v>617</v>
       </c>
       <c r="H572" s="0" t="s">
-        <v>93</v>
+        <v>235</v>
       </c>
       <c r="I572" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J572" s="0" t="s">
-        <v>747</v>
+        <v>861</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" s="0" t="s">
-        <v>502</v>
+        <v>1040</v>
       </c>
       <c r="B573" s="0" t="s">
-        <v>503</v>
+        <v>171</v>
       </c>
       <c r="C573" s="0" t="s">
-        <v>504</v>
+        <v>1041</v>
       </c>
       <c r="F573" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G573" s="0" t="s">
-        <v>1050</v>
+        <v>1042</v>
       </c>
       <c r="H573" s="0" t="s">
-        <v>117</v>
+        <v>602</v>
       </c>
       <c r="I573" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J573" s="0" t="s">
-        <v>505</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" s="0" t="s">
-        <v>948</v>
+        <v>434</v>
       </c>
       <c r="B574" s="0" t="s">
-        <v>949</v>
+        <v>435</v>
       </c>
       <c r="C574" s="0" t="s">
-        <v>950</v>
+        <v>436</v>
       </c>
       <c r="F574" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G574" s="0" t="s">
-        <v>41</v>
+        <v>1044</v>
       </c>
       <c r="H574" s="0" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="I574" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J574" s="0" t="s">
-        <v>951</v>
+        <v>438</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" s="0" t="s">
-        <v>154</v>
+        <v>1045</v>
       </c>
       <c r="B575" s="0" t="s">
-        <v>155</v>
+        <v>619</v>
       </c>
       <c r="C575" s="0" t="s">
-        <v>156</v>
+        <v>1046</v>
       </c>
       <c r="F575" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G575" s="0" t="s">
-        <v>1051</v>
+        <v>44</v>
       </c>
       <c r="H575" s="0" t="s">
-        <v>158</v>
+        <v>621</v>
       </c>
       <c r="I575" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J575" s="0" t="s">
-        <v>159</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" s="0" t="s">
-        <v>429</v>
+        <v>896</v>
       </c>
       <c r="B576" s="0" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C576" s="0" t="s">
-        <v>430</v>
+        <v>897</v>
       </c>
       <c r="F576" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G576" s="0" t="s">
-        <v>1052</v>
+        <v>627</v>
       </c>
       <c r="H576" s="0" t="s">
-        <v>359</v>
+        <v>154</v>
       </c>
       <c r="I576" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J576" s="0" t="s">
-        <v>432</v>
+        <v>898</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" s="0" t="s">
-        <v>106</v>
+        <v>192</v>
       </c>
       <c r="B577" s="0" t="s">
-        <v>107</v>
+        <v>193</v>
       </c>
       <c r="C577" s="0" t="s">
-        <v>108</v>
+        <v>194</v>
       </c>
       <c r="F577" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G577" s="0" t="s">
-        <v>590</v>
+        <v>628</v>
       </c>
       <c r="H577" s="0" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="I577" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J577" s="0" t="s">
-        <v>109</v>
+        <v>196</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" s="0" t="s">
-        <v>141</v>
+        <v>504</v>
       </c>
       <c r="B578" s="0" t="s">
-        <v>142</v>
+        <v>501</v>
       </c>
       <c r="C578" s="0" t="s">
-        <v>143</v>
+        <v>505</v>
       </c>
       <c r="F578" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G578" s="0" t="s">
-        <v>593</v>
+        <v>1048</v>
       </c>
       <c r="H578" s="0" t="s">
-        <v>145</v>
+        <v>275</v>
       </c>
       <c r="I578" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J578" s="0" t="s">
-        <v>146</v>
+        <v>506</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" s="0" t="s">
-        <v>384</v>
+        <v>726</v>
       </c>
       <c r="B579" s="0" t="s">
-        <v>385</v>
+        <v>727</v>
       </c>
       <c r="C579" s="0" t="s">
-        <v>386</v>
+        <v>728</v>
       </c>
       <c r="F579" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G579" s="0" t="s">
-        <v>1053</v>
+        <v>634</v>
       </c>
       <c r="H579" s="0" t="s">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="I579" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J579" s="0" t="s">
-        <v>388</v>
+        <v>730</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" s="0" t="s">
-        <v>176</v>
+        <v>101</v>
       </c>
       <c r="B580" s="0" t="s">
-        <v>177</v>
+        <v>64</v>
       </c>
       <c r="C580" s="0" t="s">
-        <v>178</v>
+        <v>102</v>
       </c>
       <c r="F580" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G580" s="0" t="s">
-        <v>1054</v>
+        <v>1049</v>
       </c>
       <c r="H580" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I580" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J580" s="0" t="s">
-        <v>179</v>
+        <v>103</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" s="0" t="s">
-        <v>361</v>
+        <v>832</v>
       </c>
       <c r="B581" s="0" t="s">
-        <v>169</v>
+        <v>833</v>
       </c>
       <c r="C581" s="0" t="s">
-        <v>362</v>
+        <v>834</v>
       </c>
       <c r="F581" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G581" s="0" t="s">
-        <v>1055</v>
+        <v>1050</v>
       </c>
       <c r="H581" s="0" t="s">
-        <v>359</v>
+        <v>292</v>
       </c>
       <c r="I581" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J581" s="0" t="s">
-        <v>363</v>
+        <v>836</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" s="0" t="s">
-        <v>209</v>
+        <v>272</v>
       </c>
       <c r="B582" s="0" t="s">
-        <v>210</v>
+        <v>273</v>
       </c>
       <c r="C582" s="0" t="s">
-        <v>211</v>
+        <v>274</v>
       </c>
       <c r="F582" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G582" s="0" t="s">
-        <v>42</v>
+        <v>1051</v>
       </c>
       <c r="H582" s="0" t="s">
-        <v>213</v>
+        <v>275</v>
       </c>
       <c r="I582" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J582" s="0" t="s">
-        <v>214</v>
+        <v>276</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" s="0" t="s">
-        <v>119</v>
+        <v>832</v>
       </c>
       <c r="B583" s="0" t="s">
-        <v>120</v>
+        <v>833</v>
       </c>
       <c r="C583" s="0" t="s">
-        <v>121</v>
+        <v>834</v>
       </c>
       <c r="F583" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G583" s="0" t="s">
-        <v>1056</v>
+        <v>635</v>
       </c>
       <c r="H583" s="0" t="s">
-        <v>123</v>
+        <v>292</v>
       </c>
       <c r="I583" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J583" s="0" t="s">
-        <v>124</v>
+        <v>836</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" s="0" t="s">
-        <v>390</v>
+        <v>873</v>
       </c>
       <c r="B584" s="0" t="s">
-        <v>391</v>
+        <v>343</v>
       </c>
       <c r="C584" s="0" t="s">
-        <v>392</v>
+        <v>874</v>
       </c>
       <c r="F584" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G584" s="0" t="s">
-        <v>1057</v>
+        <v>1052</v>
       </c>
       <c r="H584" s="0" t="s">
-        <v>123</v>
+        <v>88</v>
       </c>
       <c r="I584" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J584" s="0" t="s">
-        <v>394</v>
+        <v>875</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" s="0" t="s">
-        <v>585</v>
+        <v>758</v>
       </c>
       <c r="B585" s="0" t="s">
-        <v>586</v>
+        <v>171</v>
       </c>
       <c r="C585" s="0" t="s">
-        <v>587</v>
+        <v>759</v>
       </c>
       <c r="F585" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G585" s="0" t="s">
-        <v>1058</v>
+        <v>638</v>
       </c>
       <c r="H585" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I585" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J585" s="0" t="s">
-        <v>588</v>
+        <v>760</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" s="0" t="s">
-        <v>666</v>
+        <v>802</v>
       </c>
       <c r="B586" s="0" t="s">
-        <v>667</v>
+        <v>171</v>
       </c>
       <c r="C586" s="0" t="s">
-        <v>668</v>
+        <v>803</v>
       </c>
       <c r="F586" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G586" s="0" t="s">
-        <v>599</v>
+        <v>1053</v>
       </c>
       <c r="H586" s="0" t="s">
-        <v>162</v>
+        <v>40</v>
       </c>
       <c r="I586" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J586" s="0" t="s">
-        <v>670</v>
+        <v>804</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" s="0" t="s">
-        <v>204</v>
+        <v>19</v>
       </c>
       <c r="B587" s="0" t="s">
-        <v>205</v>
+        <v>20</v>
       </c>
       <c r="C587" s="0" t="s">
-        <v>206</v>
+        <v>21</v>
       </c>
       <c r="F587" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G587" s="0" t="s">
-        <v>1059</v>
+        <v>59</v>
       </c>
       <c r="H587" s="0" t="s">
-        <v>151</v>
+        <v>319</v>
       </c>
       <c r="I587" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J587" s="0" t="s">
-        <v>208</v>
+        <v>25</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" s="0" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="B588" s="0" t="s">
-        <v>932</v>
+        <v>465</v>
       </c>
       <c r="C588" s="0" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="F588" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G588" s="0" t="s">
-        <v>600</v>
+        <v>641</v>
       </c>
       <c r="H588" s="0" t="s">
-        <v>162</v>
+        <v>948</v>
       </c>
       <c r="I588" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J588" s="0" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" s="0" t="s">
-        <v>119</v>
+        <v>925</v>
       </c>
       <c r="B589" s="0" t="s">
-        <v>120</v>
+        <v>926</v>
       </c>
       <c r="C589" s="0" t="s">
-        <v>121</v>
+        <v>927</v>
       </c>
       <c r="F589" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G589" s="0" t="s">
-        <v>601</v>
+        <v>1054</v>
       </c>
       <c r="H589" s="0" t="s">
-        <v>123</v>
+        <v>871</v>
       </c>
       <c r="I589" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J589" s="0" t="s">
-        <v>124</v>
+        <v>929</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" s="0" t="s">
-        <v>229</v>
+        <v>1055</v>
       </c>
       <c r="B590" s="0" t="s">
-        <v>148</v>
+        <v>301</v>
       </c>
       <c r="C590" s="0" t="s">
-        <v>230</v>
+        <v>1056</v>
       </c>
       <c r="F590" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G590" s="0" t="s">
-        <v>1060</v>
+        <v>644</v>
       </c>
       <c r="H590" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I590" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J590" s="0" t="s">
-        <v>231</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" s="0" t="s">
-        <v>796</v>
+        <v>1058</v>
       </c>
       <c r="B591" s="0" t="s">
-        <v>667</v>
+        <v>689</v>
       </c>
       <c r="C591" s="0" t="s">
-        <v>797</v>
+        <v>1059</v>
       </c>
       <c r="F591" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G591" s="0" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="H591" s="0" t="s">
-        <v>762</v>
+        <v>621</v>
       </c>
       <c r="I591" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J591" s="0" t="s">
-        <v>799</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" s="0" t="s">
-        <v>805</v>
+        <v>428</v>
       </c>
       <c r="B592" s="0" t="s">
-        <v>73</v>
+        <v>429</v>
       </c>
       <c r="C592" s="0" t="s">
-        <v>806</v>
+        <v>430</v>
       </c>
       <c r="F592" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G592" s="0" t="s">
         <v>1062</v>
       </c>
       <c r="H592" s="0" t="s">
-        <v>370</v>
+        <v>432</v>
       </c>
       <c r="I592" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J592" s="0" t="s">
-        <v>808</v>
+        <v>433</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" s="0" t="s">
-        <v>662</v>
+        <v>449</v>
       </c>
       <c r="B593" s="0" t="s">
-        <v>663</v>
+        <v>450</v>
       </c>
       <c r="C593" s="0" t="s">
-        <v>664</v>
+        <v>451</v>
       </c>
       <c r="F593" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G593" s="0" t="s">
         <v>1063</v>
       </c>
       <c r="H593" s="0" t="s">
-        <v>278</v>
+        <v>109</v>
       </c>
       <c r="I593" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J593" s="0" t="s">
-        <v>665</v>
+        <v>453</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" s="0" t="s">
-        <v>289</v>
+        <v>717</v>
       </c>
       <c r="B594" s="0" t="s">
-        <v>290</v>
+        <v>387</v>
       </c>
       <c r="C594" s="0" t="s">
-        <v>291</v>
+        <v>718</v>
       </c>
       <c r="F594" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G594" s="0" t="s">
         <v>1064</v>
       </c>
       <c r="H594" s="0" t="s">
-        <v>145</v>
+        <v>67</v>
       </c>
       <c r="I594" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J594" s="0" t="s">
-        <v>293</v>
+        <v>720</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" s="0" t="s">
-        <v>433</v>
+        <v>468</v>
       </c>
       <c r="B595" s="0" t="s">
-        <v>434</v>
+        <v>469</v>
       </c>
       <c r="C595" s="0" t="s">
-        <v>435</v>
+        <v>470</v>
       </c>
       <c r="F595" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G595" s="0" t="s">
         <v>1065</v>
       </c>
       <c r="H595" s="0" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="I595" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J595" s="0" t="s">
-        <v>437</v>
+        <v>472</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" s="0" t="s">
-        <v>931</v>
+        <v>434</v>
       </c>
       <c r="B596" s="0" t="s">
-        <v>932</v>
+        <v>435</v>
       </c>
       <c r="C596" s="0" t="s">
-        <v>933</v>
+        <v>436</v>
       </c>
       <c r="F596" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G596" s="0" t="s">
-        <v>602</v>
+        <v>1066</v>
       </c>
       <c r="H596" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I596" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J596" s="0" t="s">
-        <v>935</v>
+        <v>438</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" s="0" t="s">
-        <v>347</v>
+        <v>876</v>
       </c>
       <c r="B597" s="0" t="s">
-        <v>348</v>
+        <v>877</v>
       </c>
       <c r="C597" s="0" t="s">
-        <v>349</v>
+        <v>878</v>
       </c>
       <c r="F597" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G597" s="0" t="s">
-        <v>603</v>
+        <v>649</v>
       </c>
       <c r="H597" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I597" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J597" s="0" t="s">
-        <v>351</v>
+        <v>880</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" s="0" t="s">
-        <v>824</v>
+        <v>255</v>
       </c>
       <c r="B598" s="0" t="s">
-        <v>825</v>
+        <v>256</v>
       </c>
       <c r="C598" s="0" t="s">
-        <v>826</v>
+        <v>257</v>
       </c>
       <c r="F598" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G598" s="0" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H598" s="0" t="s">
-        <v>278</v>
+        <v>88</v>
       </c>
       <c r="I598" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J598" s="0" t="s">
-        <v>827</v>
+        <v>258</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" s="0" t="s">
-        <v>515</v>
+        <v>613</v>
       </c>
       <c r="B599" s="0" t="s">
-        <v>516</v>
+        <v>614</v>
       </c>
       <c r="C599" s="0" t="s">
-        <v>517</v>
+        <v>615</v>
       </c>
       <c r="F599" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G599" s="0" t="s">
-        <v>1067</v>
+        <v>651</v>
       </c>
       <c r="H599" s="0" t="s">
-        <v>519</v>
+        <v>67</v>
       </c>
       <c r="I599" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J599" s="0" t="s">
-        <v>520</v>
+        <v>616</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" s="0" t="s">
-        <v>555</v>
+        <v>1068</v>
       </c>
       <c r="B600" s="0" t="s">
-        <v>507</v>
+        <v>1069</v>
       </c>
       <c r="C600" s="0" t="s">
-        <v>556</v>
+        <v>1070</v>
       </c>
       <c r="F600" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G600" s="0" t="s">
-        <v>606</v>
+        <v>1071</v>
       </c>
       <c r="H600" s="0" t="s">
-        <v>151</v>
+        <v>126</v>
       </c>
       <c r="I600" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J600" s="0" t="s">
-        <v>558</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" s="0" t="s">
-        <v>731</v>
+        <v>187</v>
       </c>
       <c r="B601" s="0" t="s">
-        <v>73</v>
+        <v>188</v>
       </c>
       <c r="C601" s="0" t="s">
-        <v>732</v>
+        <v>189</v>
       </c>
       <c r="F601" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G601" s="0" t="s">
-        <v>1068</v>
+        <v>655</v>
       </c>
       <c r="H601" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I601" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J601" s="0" t="s">
-        <v>734</v>
+        <v>191</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" s="0" t="s">
-        <v>662</v>
+        <v>905</v>
       </c>
       <c r="B602" s="0" t="s">
-        <v>663</v>
+        <v>497</v>
       </c>
       <c r="C602" s="0" t="s">
-        <v>664</v>
+        <v>906</v>
       </c>
       <c r="F602" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G602" s="0" t="s">
-        <v>612</v>
+        <v>1073</v>
       </c>
       <c r="H602" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="I602" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J602" s="0" t="s">
-        <v>665</v>
+        <v>908</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" s="0" t="s">
-        <v>662</v>
+        <v>409</v>
       </c>
       <c r="B603" s="0" t="s">
-        <v>663</v>
+        <v>410</v>
       </c>
       <c r="C603" s="0" t="s">
-        <v>664</v>
+        <v>411</v>
       </c>
       <c r="F603" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G603" s="0" t="s">
-        <v>613</v>
+        <v>659</v>
       </c>
       <c r="H603" s="0" t="s">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="I603" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J603" s="0" t="s">
-        <v>665</v>
+        <v>412</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" s="0" t="s">
-        <v>726</v>
+        <v>446</v>
       </c>
       <c r="B604" s="0" t="s">
-        <v>680</v>
+        <v>175</v>
       </c>
       <c r="C604" s="0" t="s">
-        <v>727</v>
+        <v>447</v>
       </c>
       <c r="F604" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G604" s="0" t="s">
-        <v>1069</v>
+        <v>1074</v>
       </c>
       <c r="H604" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I604" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J604" s="0" t="s">
-        <v>729</v>
+        <v>448</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" s="0" t="s">
-        <v>336</v>
+        <v>219</v>
       </c>
       <c r="B605" s="0" t="s">
-        <v>337</v>
+        <v>220</v>
       </c>
       <c r="C605" s="0" t="s">
-        <v>338</v>
+        <v>221</v>
       </c>
       <c r="F605" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G605" s="0" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="H605" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I605" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J605" s="0" t="s">
-        <v>339</v>
+        <v>224</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" s="0" t="s">
-        <v>336</v>
+        <v>819</v>
       </c>
       <c r="B606" s="0" t="s">
-        <v>337</v>
+        <v>820</v>
       </c>
       <c r="C606" s="0" t="s">
-        <v>338</v>
+        <v>821</v>
       </c>
       <c r="F606" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G606" s="0" t="s">
-        <v>1071</v>
+        <v>661</v>
       </c>
       <c r="H606" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I606" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J606" s="0" t="s">
-        <v>339</v>
+        <v>822</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" s="0" t="s">
-        <v>336</v>
+        <v>713</v>
       </c>
       <c r="B607" s="0" t="s">
-        <v>337</v>
+        <v>714</v>
       </c>
       <c r="C607" s="0" t="s">
-        <v>338</v>
+        <v>715</v>
       </c>
       <c r="F607" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G607" s="0" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="H607" s="0" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="I607" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J607" s="0" t="s">
-        <v>339</v>
+        <v>716</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" s="0" t="s">
-        <v>715</v>
+        <v>231</v>
       </c>
       <c r="B608" s="0" t="s">
-        <v>716</v>
+        <v>232</v>
       </c>
       <c r="C608" s="0" t="s">
-        <v>717</v>
+        <v>233</v>
       </c>
       <c r="F608" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G608" s="0" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="H608" s="0" t="s">
-        <v>56</v>
+        <v>235</v>
       </c>
       <c r="I608" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J608" s="0" t="s">
-        <v>719</v>
+        <v>236</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" s="0" t="s">
-        <v>715</v>
+        <v>758</v>
       </c>
       <c r="B609" s="0" t="s">
-        <v>716</v>
+        <v>171</v>
       </c>
       <c r="C609" s="0" t="s">
-        <v>717</v>
+        <v>759</v>
       </c>
       <c r="F609" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G609" s="0" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="H609" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I609" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J609" s="0" t="s">
-        <v>719</v>
+        <v>760</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" s="0" t="s">
-        <v>715</v>
+        <v>161</v>
       </c>
       <c r="B610" s="0" t="s">
-        <v>716</v>
+        <v>162</v>
       </c>
       <c r="C610" s="0" t="s">
-        <v>717</v>
+        <v>163</v>
       </c>
       <c r="F610" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G610" s="0" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="H610" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I610" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J610" s="0" t="s">
-        <v>719</v>
+        <v>165</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" s="0" t="s">
-        <v>715</v>
+        <v>140</v>
       </c>
       <c r="B611" s="0" t="s">
-        <v>716</v>
+        <v>141</v>
       </c>
       <c r="C611" s="0" t="s">
-        <v>717</v>
+        <v>142</v>
       </c>
       <c r="F611" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G611" s="0" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="H611" s="0" t="s">
-        <v>56</v>
+        <v>104</v>
       </c>
       <c r="I611" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J611" s="0" t="s">
-        <v>719</v>
+        <v>143</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" s="0" t="s">
-        <v>715</v>
+        <v>740</v>
       </c>
       <c r="B612" s="0" t="s">
-        <v>716</v>
+        <v>741</v>
       </c>
       <c r="C612" s="0" t="s">
-        <v>717</v>
+        <v>742</v>
       </c>
       <c r="F612" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G612" s="0" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="H612" s="0" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="I612" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J612" s="0" t="s">
-        <v>719</v>
+        <v>743</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" s="0" t="s">
-        <v>715</v>
+        <v>192</v>
       </c>
       <c r="B613" s="0" t="s">
-        <v>716</v>
+        <v>193</v>
       </c>
       <c r="C613" s="0" t="s">
-        <v>717</v>
+        <v>194</v>
       </c>
       <c r="F613" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G613" s="0" t="s">
-        <v>1078</v>
+        <v>662</v>
       </c>
       <c r="H613" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I613" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J613" s="0" t="s">
-        <v>719</v>
+        <v>196</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" s="0" t="s">
-        <v>715</v>
+        <v>989</v>
       </c>
       <c r="B614" s="0" t="s">
-        <v>716</v>
+        <v>171</v>
       </c>
       <c r="C614" s="0" t="s">
-        <v>717</v>
+        <v>990</v>
       </c>
       <c r="F614" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G614" s="0" t="s">
-        <v>1079</v>
+        <v>665</v>
       </c>
       <c r="H614" s="0" t="s">
-        <v>56</v>
+        <v>126</v>
       </c>
       <c r="I614" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J614" s="0" t="s">
-        <v>719</v>
+        <v>991</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" s="0" t="s">
-        <v>715</v>
+        <v>192</v>
       </c>
       <c r="B615" s="0" t="s">
-        <v>716</v>
+        <v>193</v>
       </c>
       <c r="C615" s="0" t="s">
-        <v>717</v>
+        <v>194</v>
       </c>
       <c r="F615" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G615" s="0" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="H615" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I615" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J615" s="0" t="s">
-        <v>719</v>
+        <v>196</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" s="0" t="s">
-        <v>715</v>
+        <v>226</v>
       </c>
       <c r="B616" s="0" t="s">
-        <v>716</v>
+        <v>227</v>
       </c>
       <c r="C616" s="0" t="s">
-        <v>717</v>
+        <v>228</v>
       </c>
       <c r="F616" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G616" s="0" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="H616" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I616" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J616" s="0" t="s">
-        <v>719</v>
+        <v>230</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" s="0" t="s">
-        <v>715</v>
+        <v>219</v>
       </c>
       <c r="B617" s="0" t="s">
-        <v>716</v>
+        <v>220</v>
       </c>
       <c r="C617" s="0" t="s">
-        <v>717</v>
+        <v>221</v>
       </c>
       <c r="F617" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G617" s="0" t="s">
-        <v>1058</v>
+        <v>1084</v>
       </c>
       <c r="H617" s="0" t="s">
-        <v>56</v>
+        <v>223</v>
       </c>
       <c r="I617" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J617" s="0" t="s">
-        <v>719</v>
+        <v>224</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" s="0" t="s">
-        <v>715</v>
+        <v>69</v>
       </c>
       <c r="B618" s="0" t="s">
-        <v>716</v>
+        <v>70</v>
       </c>
       <c r="C618" s="0" t="s">
-        <v>717</v>
+        <v>71</v>
       </c>
       <c r="F618" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G618" s="0" t="s">
-        <v>1082</v>
+        <v>1085</v>
       </c>
       <c r="H618" s="0" t="s">
-        <v>56</v>
+        <v>73</v>
       </c>
       <c r="I618" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J618" s="0" t="s">
-        <v>719</v>
+        <v>74</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" s="0" t="s">
-        <v>251</v>
+        <v>161</v>
       </c>
       <c r="B619" s="0" t="s">
-        <v>252</v>
+        <v>162</v>
       </c>
       <c r="C619" s="0" t="s">
-        <v>253</v>
+        <v>163</v>
       </c>
       <c r="F619" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G619" s="0" t="s">
-        <v>1083</v>
+        <v>667</v>
       </c>
       <c r="H619" s="0" t="s">
-        <v>249</v>
+        <v>138</v>
       </c>
       <c r="I619" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J619" s="0" t="s">
-        <v>254</v>
+        <v>165</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" s="0" t="s">
-        <v>251</v>
+        <v>119</v>
       </c>
       <c r="B620" s="0" t="s">
-        <v>252</v>
+        <v>120</v>
       </c>
       <c r="C620" s="0" t="s">
-        <v>253</v>
+        <v>121</v>
       </c>
       <c r="F620" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G620" s="0" t="s">
-        <v>1084</v>
+        <v>668</v>
       </c>
       <c r="H620" s="0" t="s">
-        <v>249</v>
+        <v>109</v>
       </c>
       <c r="I620" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J620" s="0" t="s">
-        <v>254</v>
+        <v>122</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" s="0" t="s">
-        <v>114</v>
+        <v>464</v>
       </c>
       <c r="B621" s="0" t="s">
-        <v>115</v>
+        <v>465</v>
       </c>
       <c r="C621" s="0" t="s">
-        <v>116</v>
+        <v>466</v>
       </c>
       <c r="F621" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G621" s="0" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="H621" s="0" t="s">
-        <v>117</v>
+        <v>73</v>
       </c>
       <c r="I621" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J621" s="0" t="s">
-        <v>118</v>
+        <v>467</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" s="0" t="s">
-        <v>114</v>
+        <v>1087</v>
       </c>
       <c r="B622" s="0" t="s">
-        <v>115</v>
+        <v>1088</v>
       </c>
       <c r="C622" s="0" t="s">
-        <v>116</v>
+        <v>1089</v>
       </c>
       <c r="F622" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G622" s="0" t="s">
-        <v>1086</v>
+        <v>671</v>
       </c>
       <c r="H622" s="0" t="s">
-        <v>117</v>
+        <v>672</v>
       </c>
       <c r="I622" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J622" s="0" t="s">
-        <v>118</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" s="0" t="s">
-        <v>608</v>
+        <v>377</v>
       </c>
       <c r="B623" s="0" t="s">
-        <v>609</v>
+        <v>378</v>
       </c>
       <c r="C623" s="0" t="s">
-        <v>610</v>
+        <v>379</v>
       </c>
       <c r="F623" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G623" s="0" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="H623" s="0" t="s">
-        <v>151</v>
+        <v>23</v>
       </c>
       <c r="I623" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J623" s="0" t="s">
-        <v>611</v>
+        <v>380</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" s="0" t="s">
-        <v>608</v>
+        <v>134</v>
       </c>
       <c r="B624" s="0" t="s">
-        <v>609</v>
+        <v>135</v>
       </c>
       <c r="C624" s="0" t="s">
-        <v>610</v>
+        <v>136</v>
       </c>
       <c r="F624" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G624" s="0" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="H624" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I624" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J624" s="0" t="s">
-        <v>611</v>
+        <v>139</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" s="0" t="s">
-        <v>753</v>
+        <v>1093</v>
       </c>
       <c r="B625" s="0" t="s">
-        <v>754</v>
+        <v>1094</v>
       </c>
       <c r="C625" s="0" t="s">
-        <v>755</v>
+        <v>1095</v>
       </c>
       <c r="F625" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G625" s="0" t="s">
-        <v>1089</v>
+        <v>674</v>
       </c>
       <c r="H625" s="0" t="s">
-        <v>757</v>
+        <v>639</v>
       </c>
       <c r="I625" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J625" s="0" t="s">
-        <v>758</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" s="0" t="s">
-        <v>753</v>
+        <v>838</v>
       </c>
       <c r="B626" s="0" t="s">
-        <v>754</v>
+        <v>839</v>
       </c>
       <c r="C626" s="0" t="s">
-        <v>755</v>
+        <v>840</v>
       </c>
       <c r="F626" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G626" s="0" t="s">
-        <v>1090</v>
+        <v>675</v>
       </c>
       <c r="H626" s="0" t="s">
-        <v>757</v>
+        <v>52</v>
       </c>
       <c r="I626" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J626" s="0" t="s">
-        <v>758</v>
+        <v>841</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" s="0" t="s">
-        <v>753</v>
+        <v>246</v>
       </c>
       <c r="B627" s="0" t="s">
-        <v>754</v>
+        <v>247</v>
       </c>
       <c r="C627" s="0" t="s">
-        <v>755</v>
+        <v>248</v>
       </c>
       <c r="F627" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G627" s="0" t="s">
-        <v>1091</v>
+        <v>684</v>
       </c>
       <c r="H627" s="0" t="s">
-        <v>757</v>
+        <v>88</v>
       </c>
       <c r="I627" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J627" s="0" t="s">
-        <v>758</v>
+        <v>250</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" s="0" t="s">
-        <v>299</v>
+        <v>713</v>
       </c>
       <c r="B628" s="0" t="s">
-        <v>300</v>
+        <v>714</v>
       </c>
       <c r="C628" s="0" t="s">
-        <v>301</v>
+        <v>715</v>
       </c>
       <c r="F628" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G628" s="0" t="s">
-        <v>1092</v>
+        <v>45</v>
       </c>
       <c r="H628" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I628" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J628" s="0" t="s">
-        <v>302</v>
+        <v>716</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" s="0" t="s">
-        <v>421</v>
+        <v>468</v>
       </c>
       <c r="B629" s="0" t="s">
-        <v>367</v>
+        <v>469</v>
       </c>
       <c r="C629" s="0" t="s">
-        <v>422</v>
+        <v>470</v>
       </c>
       <c r="F629" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G629" s="0" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="H629" s="0" t="s">
-        <v>236</v>
+        <v>88</v>
       </c>
       <c r="I629" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J629" s="0" t="s">
-        <v>423</v>
+        <v>472</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" s="0" t="s">
-        <v>99</v>
+        <v>1004</v>
       </c>
       <c r="B630" s="0" t="s">
-        <v>84</v>
+        <v>1005</v>
       </c>
       <c r="C630" s="0" t="s">
-        <v>100</v>
+        <v>1006</v>
       </c>
       <c r="F630" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G630" s="0" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="H630" s="0" t="s">
-        <v>93</v>
+        <v>159</v>
       </c>
       <c r="I630" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J630" s="0" t="s">
-        <v>101</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" s="0" t="s">
-        <v>83</v>
+        <v>161</v>
       </c>
       <c r="B631" s="0" t="s">
-        <v>84</v>
+        <v>162</v>
       </c>
       <c r="C631" s="0" t="s">
-        <v>85</v>
+        <v>163</v>
       </c>
       <c r="F631" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G631" s="0" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="H631" s="0" t="s">
-        <v>87</v>
+        <v>138</v>
       </c>
       <c r="I631" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J631" s="0" t="s">
-        <v>88</v>
+        <v>165</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" s="0" t="s">
-        <v>241</v>
+        <v>101</v>
       </c>
       <c r="B632" s="0" t="s">
-        <v>84</v>
+        <v>64</v>
       </c>
       <c r="C632" s="0" t="s">
-        <v>242</v>
+        <v>102</v>
       </c>
       <c r="F632" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G632" s="0" t="s">
-        <v>1096</v>
+        <v>685</v>
       </c>
       <c r="H632" s="0" t="s">
-        <v>213</v>
+        <v>88</v>
       </c>
       <c r="I632" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J632" s="0" t="s">
-        <v>244</v>
+        <v>103</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" s="0" t="s">
-        <v>241</v>
+        <v>179</v>
       </c>
       <c r="B633" s="0" t="s">
-        <v>84</v>
+        <v>180</v>
       </c>
       <c r="C633" s="0" t="s">
-        <v>242</v>
+        <v>181</v>
       </c>
       <c r="F633" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G633" s="0" t="s">
-        <v>1097</v>
+        <v>686</v>
       </c>
       <c r="H633" s="0" t="s">
-        <v>213</v>
+        <v>132</v>
       </c>
       <c r="I633" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J633" s="0" t="s">
-        <v>244</v>
+        <v>182</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" s="0" t="s">
-        <v>433</v>
+        <v>459</v>
       </c>
       <c r="B634" s="0" t="s">
-        <v>434</v>
+        <v>460</v>
       </c>
       <c r="C634" s="0" t="s">
-        <v>435</v>
+        <v>461</v>
       </c>
       <c r="F634" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G634" s="0" t="s">
-        <v>1098</v>
+        <v>1100</v>
       </c>
       <c r="H634" s="0" t="s">
-        <v>81</v>
+        <v>138</v>
       </c>
       <c r="I634" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J634" s="0" t="s">
-        <v>437</v>
+        <v>462</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" s="0" t="s">
-        <v>33</v>
+        <v>428</v>
       </c>
       <c r="B635" s="0" t="s">
-        <v>34</v>
+        <v>429</v>
       </c>
       <c r="C635" s="0" t="s">
-        <v>35</v>
+        <v>430</v>
       </c>
       <c r="F635" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G635" s="0" t="s">
-        <v>68</v>
+        <v>1101</v>
       </c>
       <c r="H635" s="0" t="s">
-        <v>87</v>
+        <v>432</v>
       </c>
       <c r="I635" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J635" s="0" t="s">
-        <v>37</v>
+        <v>433</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" s="0" t="s">
-        <v>33</v>
+        <v>819</v>
       </c>
       <c r="B636" s="0" t="s">
-        <v>34</v>
+        <v>820</v>
       </c>
       <c r="C636" s="0" t="s">
-        <v>35</v>
+        <v>821</v>
       </c>
       <c r="F636" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G636" s="0" t="s">
-        <v>69</v>
+        <v>46</v>
       </c>
       <c r="H636" s="0" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="I636" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J636" s="0" t="s">
-        <v>37</v>
+        <v>822</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" s="0" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="B637" s="0" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="C637" s="0" t="s">
-        <v>45</v>
+        <v>121</v>
       </c>
       <c r="F637" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G637" s="0" t="s">
-        <v>70</v>
+        <v>1102</v>
       </c>
       <c r="H637" s="0" t="s">
-        <v>213</v>
+        <v>109</v>
       </c>
       <c r="I637" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J637" s="0" t="s">
-        <v>48</v>
+        <v>122</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" s="0" t="s">
-        <v>425</v>
+        <v>263</v>
       </c>
       <c r="B638" s="0" t="s">
-        <v>426</v>
+        <v>264</v>
       </c>
       <c r="C638" s="0" t="s">
-        <v>427</v>
+        <v>265</v>
       </c>
       <c r="F638" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G638" s="0" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="H638" s="0" t="s">
-        <v>117</v>
+        <v>52</v>
       </c>
       <c r="I638" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J638" s="0" t="s">
-        <v>428</v>
+        <v>267</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" s="0" t="s">
-        <v>332</v>
+        <v>1040</v>
       </c>
       <c r="B639" s="0" t="s">
-        <v>333</v>
+        <v>171</v>
       </c>
       <c r="C639" s="0" t="s">
-        <v>334</v>
+        <v>1041</v>
       </c>
       <c r="F639" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G639" s="0" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="H639" s="0" t="s">
-        <v>56</v>
+        <v>602</v>
       </c>
       <c r="I639" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J639" s="0" t="s">
-        <v>335</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" s="0" t="s">
-        <v>824</v>
+        <v>735</v>
       </c>
       <c r="B640" s="0" t="s">
-        <v>825</v>
+        <v>736</v>
       </c>
       <c r="C640" s="0" t="s">
-        <v>826</v>
+        <v>737</v>
       </c>
       <c r="F640" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G640" s="0" t="s">
-        <v>1101</v>
+        <v>687</v>
       </c>
       <c r="H640" s="0" t="s">
-        <v>278</v>
+        <v>67</v>
       </c>
       <c r="I640" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J640" s="0" t="s">
-        <v>827</v>
+        <v>739</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" s="0" t="s">
-        <v>824</v>
+        <v>226</v>
       </c>
       <c r="B641" s="0" t="s">
-        <v>825</v>
+        <v>227</v>
       </c>
       <c r="C641" s="0" t="s">
-        <v>826</v>
+        <v>228</v>
       </c>
       <c r="F641" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G641" s="0" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="H641" s="0" t="s">
-        <v>278</v>
+        <v>223</v>
       </c>
       <c r="I641" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J641" s="0" t="s">
-        <v>827</v>
+        <v>230</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" s="0" t="s">
-        <v>581</v>
+        <v>397</v>
       </c>
       <c r="B642" s="0" t="s">
-        <v>582</v>
+        <v>171</v>
       </c>
       <c r="C642" s="0" t="s">
-        <v>583</v>
+        <v>398</v>
       </c>
       <c r="F642" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G642" s="0" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="H642" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I642" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J642" s="0" t="s">
-        <v>584</v>
+        <v>399</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" s="0" t="s">
-        <v>581</v>
+        <v>342</v>
       </c>
       <c r="B643" s="0" t="s">
-        <v>582</v>
+        <v>343</v>
       </c>
       <c r="C643" s="0" t="s">
-        <v>583</v>
+        <v>344</v>
       </c>
       <c r="F643" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G643" s="0" t="s">
-        <v>1104</v>
+        <v>692</v>
       </c>
       <c r="H643" s="0" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="I643" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J643" s="0" t="s">
-        <v>584</v>
+        <v>346</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" s="0" t="s">
-        <v>870</v>
+        <v>119</v>
       </c>
       <c r="B644" s="0" t="s">
-        <v>871</v>
+        <v>120</v>
       </c>
       <c r="C644" s="0" t="s">
-        <v>872</v>
+        <v>121</v>
       </c>
       <c r="F644" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G644" s="0" t="s">
-        <v>1105</v>
+        <v>693</v>
       </c>
       <c r="H644" s="0" t="s">
-        <v>236</v>
+        <v>109</v>
       </c>
       <c r="I644" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J644" s="0" t="s">
-        <v>874</v>
+        <v>122</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" s="0" t="s">
-        <v>361</v>
+        <v>873</v>
       </c>
       <c r="B645" s="0" t="s">
-        <v>169</v>
+        <v>343</v>
       </c>
       <c r="C645" s="0" t="s">
-        <v>362</v>
+        <v>874</v>
       </c>
       <c r="F645" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G645" s="0" t="s">
-        <v>1106</v>
+        <v>694</v>
       </c>
       <c r="H645" s="0" t="s">
-        <v>359</v>
+        <v>88</v>
       </c>
       <c r="I645" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J645" s="0" t="s">
-        <v>363</v>
+        <v>875</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" s="0" t="s">
-        <v>912</v>
+        <v>441</v>
       </c>
       <c r="B646" s="0" t="s">
-        <v>148</v>
+        <v>442</v>
       </c>
       <c r="C646" s="0" t="s">
-        <v>913</v>
+        <v>443</v>
       </c>
       <c r="F646" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G646" s="0" t="s">
         <v>1107</v>
       </c>
       <c r="H646" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I646" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J646" s="0" t="s">
-        <v>914</v>
+        <v>445</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" s="0" t="s">
-        <v>912</v>
+        <v>858</v>
       </c>
       <c r="B647" s="0" t="s">
-        <v>148</v>
+        <v>736</v>
       </c>
       <c r="C647" s="0" t="s">
-        <v>913</v>
+        <v>859</v>
       </c>
       <c r="F647" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G647" s="0" t="s">
-        <v>1093</v>
+        <v>1108</v>
       </c>
       <c r="H647" s="0" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="I647" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J647" s="0" t="s">
-        <v>914</v>
+        <v>861</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" s="0" t="s">
-        <v>147</v>
+        <v>623</v>
       </c>
       <c r="B648" s="0" t="s">
-        <v>148</v>
+        <v>624</v>
       </c>
       <c r="C648" s="0" t="s">
-        <v>149</v>
+        <v>625</v>
       </c>
       <c r="F648" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G648" s="0" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="H648" s="0" t="s">
-        <v>151</v>
+        <v>621</v>
       </c>
       <c r="I648" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J648" s="0" t="s">
-        <v>152</v>
+        <v>626</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" s="0" t="s">
-        <v>147</v>
+        <v>868</v>
       </c>
       <c r="B649" s="0" t="s">
-        <v>148</v>
+        <v>70</v>
       </c>
       <c r="C649" s="0" t="s">
-        <v>149</v>
+        <v>869</v>
       </c>
       <c r="F649" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G649" s="0" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="H649" s="0" t="s">
-        <v>151</v>
+        <v>871</v>
       </c>
       <c r="I649" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J649" s="0" t="s">
-        <v>152</v>
+        <v>872</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" s="0" t="s">
-        <v>147</v>
+        <v>896</v>
       </c>
       <c r="B650" s="0" t="s">
-        <v>148</v>
+        <v>343</v>
       </c>
       <c r="C650" s="0" t="s">
-        <v>149</v>
+        <v>897</v>
       </c>
       <c r="F650" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G650" s="0" t="s">
-        <v>1110</v>
+        <v>695</v>
       </c>
       <c r="H650" s="0" t="s">
-        <v>151</v>
+        <v>154</v>
       </c>
       <c r="I650" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J650" s="0" t="s">
-        <v>152</v>
+        <v>898</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" s="0" t="s">
-        <v>147</v>
+        <v>946</v>
       </c>
       <c r="B651" s="0" t="s">
-        <v>148</v>
+        <v>465</v>
       </c>
       <c r="C651" s="0" t="s">
-        <v>149</v>
+        <v>947</v>
       </c>
       <c r="F651" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G651" s="0" t="s">
-        <v>1111</v>
+        <v>696</v>
       </c>
       <c r="H651" s="0" t="s">
-        <v>151</v>
+        <v>948</v>
       </c>
       <c r="I651" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J651" s="0" t="s">
-        <v>152</v>
+        <v>949</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" s="0" t="s">
-        <v>147</v>
+        <v>753</v>
       </c>
       <c r="B652" s="0" t="s">
-        <v>148</v>
+        <v>175</v>
       </c>
       <c r="C652" s="0" t="s">
-        <v>149</v>
+        <v>754</v>
       </c>
       <c r="F652" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G652" s="0" t="s">
-        <v>1112</v>
+        <v>1111</v>
       </c>
       <c r="H652" s="0" t="s">
-        <v>151</v>
+        <v>751</v>
       </c>
       <c r="I652" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J652" s="0" t="s">
-        <v>152</v>
+        <v>756</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" s="0" t="s">
-        <v>147</v>
+        <v>946</v>
       </c>
       <c r="B653" s="0" t="s">
-        <v>148</v>
+        <v>465</v>
       </c>
       <c r="C653" s="0" t="s">
-        <v>149</v>
+        <v>947</v>
       </c>
       <c r="F653" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G653" s="0" t="s">
-        <v>1113</v>
+        <v>1112</v>
       </c>
       <c r="H653" s="0" t="s">
-        <v>151</v>
+        <v>948</v>
       </c>
       <c r="I653" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J653" s="0" t="s">
-        <v>152</v>
+        <v>949</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" s="0" t="s">
-        <v>229</v>
+        <v>134</v>
       </c>
       <c r="B654" s="0" t="s">
-        <v>148</v>
+        <v>135</v>
       </c>
       <c r="C654" s="0" t="s">
-        <v>230</v>
+        <v>136</v>
       </c>
       <c r="F654" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G654" s="0" t="s">
-        <v>1114</v>
+        <v>1113</v>
       </c>
       <c r="H654" s="0" t="s">
-        <v>93</v>
+        <v>138</v>
       </c>
       <c r="I654" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J654" s="0" t="s">
-        <v>231</v>
+        <v>139</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" s="0" t="s">
-        <v>168</v>
+        <v>352</v>
       </c>
       <c r="B655" s="0" t="s">
-        <v>169</v>
+        <v>353</v>
       </c>
       <c r="C655" s="0" t="s">
-        <v>170</v>
+        <v>354</v>
       </c>
       <c r="F655" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G655" s="0" t="s">
-        <v>1115</v>
+        <v>1114</v>
       </c>
       <c r="H655" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I655" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J655" s="0" t="s">
-        <v>172</v>
+        <v>355</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" s="0" t="s">
-        <v>173</v>
+        <v>320</v>
       </c>
       <c r="B656" s="0" t="s">
-        <v>169</v>
+        <v>321</v>
       </c>
       <c r="C656" s="0" t="s">
-        <v>174</v>
+        <v>322</v>
       </c>
       <c r="F656" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G656" s="0" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="H656" s="0" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="I656" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J656" s="0" t="s">
-        <v>175</v>
+        <v>323</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" s="0" t="s">
-        <v>204</v>
+        <v>613</v>
       </c>
       <c r="B657" s="0" t="s">
-        <v>205</v>
+        <v>614</v>
       </c>
       <c r="C657" s="0" t="s">
-        <v>206</v>
+        <v>615</v>
       </c>
       <c r="F657" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G657" s="0" t="s">
-        <v>1117</v>
+        <v>697</v>
       </c>
       <c r="H657" s="0" t="s">
-        <v>151</v>
+        <v>67</v>
       </c>
       <c r="I657" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J657" s="0" t="s">
-        <v>208</v>
+        <v>616</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" s="0" t="s">
-        <v>204</v>
+        <v>419</v>
       </c>
       <c r="B658" s="0" t="s">
-        <v>205</v>
+        <v>420</v>
       </c>
       <c r="C658" s="0" t="s">
-        <v>206</v>
+        <v>421</v>
       </c>
       <c r="F658" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G658" s="0" t="s">
-        <v>1118</v>
+        <v>698</v>
       </c>
       <c r="H658" s="0" t="s">
-        <v>151</v>
+        <v>138</v>
       </c>
       <c r="I658" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J658" s="0" t="s">
-        <v>208</v>
+        <v>423</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" s="0" t="s">
-        <v>232</v>
+        <v>598</v>
       </c>
       <c r="B659" s="0" t="s">
-        <v>233</v>
+        <v>599</v>
       </c>
       <c r="C659" s="0" t="s">
-        <v>234</v>
+        <v>600</v>
       </c>
       <c r="F659" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G659" s="0" t="s">
-        <v>1093</v>
+        <v>1116</v>
       </c>
       <c r="H659" s="0" t="s">
-        <v>236</v>
+        <v>602</v>
       </c>
       <c r="I659" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J659" s="0" t="s">
-        <v>237</v>
+        <v>603</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" s="0" t="s">
-        <v>238</v>
+        <v>219</v>
       </c>
       <c r="B660" s="0" t="s">
-        <v>233</v>
+        <v>220</v>
       </c>
       <c r="C660" s="0" t="s">
-        <v>239</v>
+        <v>221</v>
       </c>
       <c r="F660" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G660" s="0" t="s">
-        <v>1093</v>
+        <v>699</v>
       </c>
       <c r="H660" s="0" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I660" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J660" s="0" t="s">
-        <v>240</v>
+        <v>224</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" s="0" t="s">
-        <v>176</v>
+        <v>791</v>
       </c>
       <c r="B661" s="0" t="s">
-        <v>177</v>
+        <v>70</v>
       </c>
       <c r="C661" s="0" t="s">
-        <v>178</v>
+        <v>792</v>
       </c>
       <c r="F661" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G661" s="0" t="s">
-        <v>1119</v>
+        <v>1117</v>
       </c>
       <c r="H661" s="0" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="I661" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J661" s="0" t="s">
-        <v>179</v>
+        <v>794</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" s="0" t="s">
-        <v>176</v>
+        <v>333</v>
       </c>
       <c r="B662" s="0" t="s">
-        <v>177</v>
+        <v>151</v>
       </c>
       <c r="C662" s="0" t="s">
-        <v>178</v>
+        <v>334</v>
       </c>
       <c r="F662" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G662" s="0" t="s">
-        <v>1120</v>
+        <v>1118</v>
       </c>
       <c r="H662" s="0" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="I662" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J662" s="0" t="s">
-        <v>179</v>
+        <v>336</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" s="0" t="s">
-        <v>176</v>
+        <v>896</v>
       </c>
       <c r="B663" s="0" t="s">
-        <v>177</v>
+        <v>343</v>
       </c>
       <c r="C663" s="0" t="s">
-        <v>178</v>
+        <v>897</v>
       </c>
       <c r="F663" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G663" s="0" t="s">
-        <v>1116</v>
+        <v>704</v>
       </c>
       <c r="H663" s="0" t="s">
-        <v>81</v>
+        <v>154</v>
       </c>
       <c r="I663" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J663" s="0" t="s">
-        <v>179</v>
+        <v>898</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" s="0" t="s">
-        <v>245</v>
+        <v>925</v>
       </c>
       <c r="B664" s="0" t="s">
-        <v>246</v>
+        <v>926</v>
       </c>
       <c r="C664" s="0" t="s">
-        <v>247</v>
+        <v>927</v>
       </c>
       <c r="F664" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G664" s="0" t="s">
-        <v>1121</v>
+        <v>1119</v>
       </c>
       <c r="H664" s="0" t="s">
-        <v>249</v>
+        <v>871</v>
       </c>
       <c r="I664" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J664" s="0" t="s">
-        <v>250</v>
+        <v>929</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" s="0" t="s">
-        <v>245</v>
+        <v>896</v>
       </c>
       <c r="B665" s="0" t="s">
-        <v>246</v>
+        <v>343</v>
       </c>
       <c r="C665" s="0" t="s">
-        <v>247</v>
+        <v>897</v>
       </c>
       <c r="F665" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G665" s="0" t="s">
-        <v>1122</v>
+        <v>705</v>
       </c>
       <c r="H665" s="0" t="s">
-        <v>249</v>
+        <v>154</v>
       </c>
       <c r="I665" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J665" s="0" t="s">
-        <v>250</v>
+        <v>898</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" s="0" t="s">
-        <v>245</v>
+        <v>211</v>
       </c>
       <c r="B666" s="0" t="s">
-        <v>246</v>
+        <v>212</v>
       </c>
       <c r="C666" s="0" t="s">
-        <v>247</v>
+        <v>213</v>
       </c>
       <c r="F666" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G666" s="0" t="s">
-        <v>1123</v>
+        <v>1120</v>
       </c>
       <c r="H666" s="0" t="s">
-        <v>249</v>
+        <v>67</v>
       </c>
       <c r="I666" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J666" s="0" t="s">
-        <v>250</v>
+        <v>214</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" s="0" t="s">
-        <v>245</v>
+        <v>211</v>
       </c>
       <c r="B667" s="0" t="s">
-        <v>246</v>
+        <v>212</v>
       </c>
       <c r="C667" s="0" t="s">
-        <v>247</v>
+        <v>213</v>
       </c>
       <c r="F667" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G667" s="0" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="H667" s="0" t="s">
-        <v>249</v>
+        <v>67</v>
       </c>
       <c r="I667" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J667" s="0" t="s">
-        <v>250</v>
+        <v>214</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" s="0" t="s">
-        <v>78</v>
+        <v>549</v>
       </c>
       <c r="B668" s="0" t="s">
-        <v>79</v>
+        <v>212</v>
       </c>
       <c r="C668" s="0" t="s">
-        <v>80</v>
+        <v>550</v>
       </c>
       <c r="F668" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G668" s="0" t="s">
-        <v>1125</v>
+        <v>1122</v>
       </c>
       <c r="H668" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I668" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J668" s="0" t="s">
-        <v>82</v>
+        <v>552</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" s="0" t="s">
-        <v>78</v>
+        <v>549</v>
       </c>
       <c r="B669" s="0" t="s">
-        <v>79</v>
+        <v>212</v>
       </c>
       <c r="C669" s="0" t="s">
-        <v>80</v>
+        <v>550</v>
       </c>
       <c r="F669" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G669" s="0" t="s">
-        <v>1126</v>
+        <v>1123</v>
       </c>
       <c r="H669" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I669" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J669" s="0" t="s">
-        <v>82</v>
+        <v>552</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" s="0" t="s">
-        <v>78</v>
+        <v>356</v>
       </c>
       <c r="B670" s="0" t="s">
-        <v>79</v>
+        <v>357</v>
       </c>
       <c r="C670" s="0" t="s">
-        <v>80</v>
+        <v>358</v>
       </c>
       <c r="F670" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G670" s="0" t="s">
-        <v>1127</v>
+        <v>1124</v>
       </c>
       <c r="H670" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I670" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J670" s="0" t="s">
-        <v>82</v>
+        <v>360</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" s="0" t="s">
-        <v>78</v>
+        <v>356</v>
       </c>
       <c r="B671" s="0" t="s">
-        <v>79</v>
+        <v>357</v>
       </c>
       <c r="C671" s="0" t="s">
-        <v>80</v>
+        <v>358</v>
       </c>
       <c r="F671" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G671" s="0" t="s">
-        <v>1128</v>
+        <v>1125</v>
       </c>
       <c r="H671" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I671" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J671" s="0" t="s">
-        <v>82</v>
+        <v>360</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" s="0" t="s">
-        <v>303</v>
+        <v>356</v>
       </c>
       <c r="B672" s="0" t="s">
-        <v>142</v>
+        <v>357</v>
       </c>
       <c r="C672" s="0" t="s">
-        <v>304</v>
+        <v>358</v>
       </c>
       <c r="F672" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G672" s="0" t="s">
-        <v>1129</v>
+        <v>1126</v>
       </c>
       <c r="H672" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I672" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J672" s="0" t="s">
-        <v>305</v>
+        <v>360</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" s="0" t="s">
-        <v>141</v>
+        <v>356</v>
       </c>
       <c r="B673" s="0" t="s">
-        <v>142</v>
+        <v>357</v>
       </c>
       <c r="C673" s="0" t="s">
-        <v>143</v>
+        <v>358</v>
       </c>
       <c r="F673" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G673" s="0" t="s">
-        <v>1130</v>
+        <v>1127</v>
       </c>
       <c r="H673" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I673" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J673" s="0" t="s">
-        <v>146</v>
+        <v>360</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" s="0" t="s">
-        <v>274</v>
+        <v>356</v>
       </c>
       <c r="B674" s="0" t="s">
-        <v>275</v>
+        <v>357</v>
       </c>
       <c r="C674" s="0" t="s">
-        <v>276</v>
+        <v>358</v>
       </c>
       <c r="F674" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G674" s="0" t="s">
-        <v>1131</v>
+        <v>1128</v>
       </c>
       <c r="H674" s="0" t="s">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="I674" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J674" s="0" t="s">
-        <v>279</v>
+        <v>360</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" s="0" t="s">
-        <v>274</v>
+        <v>356</v>
       </c>
       <c r="B675" s="0" t="s">
-        <v>275</v>
+        <v>357</v>
       </c>
       <c r="C675" s="0" t="s">
-        <v>276</v>
+        <v>358</v>
       </c>
       <c r="F675" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G675" s="0" t="s">
-        <v>1132</v>
+        <v>1129</v>
       </c>
       <c r="H675" s="0" t="s">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="I675" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J675" s="0" t="s">
-        <v>279</v>
+        <v>360</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" s="0" t="s">
-        <v>274</v>
+        <v>356</v>
       </c>
       <c r="B676" s="0" t="s">
-        <v>275</v>
+        <v>357</v>
       </c>
       <c r="C676" s="0" t="s">
-        <v>276</v>
+        <v>358</v>
       </c>
       <c r="F676" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G676" s="0" t="s">
-        <v>1133</v>
+        <v>1103</v>
       </c>
       <c r="H676" s="0" t="s">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="I676" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J676" s="0" t="s">
-        <v>279</v>
+        <v>360</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" s="0" t="s">
-        <v>274</v>
+        <v>356</v>
       </c>
       <c r="B677" s="0" t="s">
-        <v>275</v>
+        <v>357</v>
       </c>
       <c r="C677" s="0" t="s">
-        <v>276</v>
+        <v>358</v>
       </c>
       <c r="F677" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G677" s="0" t="s">
-        <v>1134</v>
+        <v>1130</v>
       </c>
       <c r="H677" s="0" t="s">
-        <v>278</v>
+        <v>52</v>
       </c>
       <c r="I677" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J677" s="0" t="s">
-        <v>279</v>
+        <v>360</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" s="0" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="B678" s="0" t="s">
-        <v>275</v>
+        <v>295</v>
       </c>
       <c r="C678" s="0" t="s">
-        <v>276</v>
+        <v>296</v>
       </c>
       <c r="F678" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G678" s="0" t="s">
-        <v>1135</v>
+        <v>1131</v>
       </c>
       <c r="H678" s="0" t="s">
-        <v>278</v>
+        <v>292</v>
       </c>
       <c r="I678" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J678" s="0" t="s">
-        <v>279</v>
+        <v>297</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" s="0" t="s">
-        <v>405</v>
+        <v>294</v>
       </c>
       <c r="B679" s="0" t="s">
-        <v>406</v>
+        <v>295</v>
       </c>
       <c r="C679" s="0" t="s">
-        <v>407</v>
+        <v>296</v>
       </c>
       <c r="F679" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G679" s="0" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="H679" s="0" t="s">
-        <v>117</v>
+        <v>292</v>
       </c>
       <c r="I679" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J679" s="0" t="s">
-        <v>408</v>
+        <v>297</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" s="0" t="s">
-        <v>405</v>
+        <v>700</v>
       </c>
       <c r="B680" s="0" t="s">
-        <v>406</v>
+        <v>701</v>
       </c>
       <c r="C680" s="0" t="s">
-        <v>407</v>
+        <v>702</v>
       </c>
       <c r="F680" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G680" s="0" t="s">
-        <v>1137</v>
+        <v>1133</v>
       </c>
       <c r="H680" s="0" t="s">
-        <v>117</v>
+        <v>223</v>
       </c>
       <c r="I680" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J680" s="0" t="s">
-        <v>408</v>
+        <v>703</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" s="0" t="s">
-        <v>473</v>
+        <v>700</v>
       </c>
       <c r="B681" s="0" t="s">
-        <v>474</v>
+        <v>701</v>
       </c>
       <c r="C681" s="0" t="s">
-        <v>475</v>
+        <v>702</v>
       </c>
       <c r="F681" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G681" s="0" t="s">
-        <v>1138</v>
+        <v>1134</v>
       </c>
       <c r="H681" s="0" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
       <c r="I681" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J681" s="0" t="s">
-        <v>477</v>
+        <v>703</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" s="0" t="s">
-        <v>473</v>
+        <v>1068</v>
       </c>
       <c r="B682" s="0" t="s">
-        <v>474</v>
+        <v>1069</v>
       </c>
       <c r="C682" s="0" t="s">
-        <v>475</v>
+        <v>1070</v>
       </c>
       <c r="F682" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G682" s="0" t="s">
-        <v>1139</v>
+        <v>1135</v>
       </c>
       <c r="H682" s="0" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="I682" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J682" s="0" t="s">
-        <v>477</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" s="0" t="s">
-        <v>473</v>
+        <v>1068</v>
       </c>
       <c r="B683" s="0" t="s">
-        <v>474</v>
+        <v>1069</v>
       </c>
       <c r="C683" s="0" t="s">
-        <v>475</v>
+        <v>1070</v>
       </c>
       <c r="F683" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G683" s="0" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="H683" s="0" t="s">
-        <v>213</v>
+        <v>126</v>
       </c>
       <c r="I683" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J683" s="0" t="s">
-        <v>477</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" s="0" t="s">
-        <v>635</v>
+        <v>1068</v>
       </c>
       <c r="B684" s="0" t="s">
-        <v>411</v>
+        <v>1069</v>
       </c>
       <c r="C684" s="0" t="s">
-        <v>636</v>
+        <v>1070</v>
       </c>
       <c r="F684" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G684" s="0" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="H684" s="0" t="s">
-        <v>81</v>
+        <v>126</v>
       </c>
       <c r="I684" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J684" s="0" t="s">
-        <v>637</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" s="0" t="s">
-        <v>410</v>
+        <v>1068</v>
       </c>
       <c r="B685" s="0" t="s">
-        <v>411</v>
+        <v>1069</v>
       </c>
       <c r="C685" s="0" t="s">
-        <v>412</v>
+        <v>1070</v>
       </c>
       <c r="F685" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G685" s="0" t="s">
-        <v>1141</v>
+        <v>1138</v>
       </c>
       <c r="H685" s="0" t="s">
-        <v>236</v>
+        <v>126</v>
       </c>
       <c r="I685" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J685" s="0" t="s">
-        <v>413</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" s="0" t="s">
-        <v>410</v>
+        <v>1068</v>
       </c>
       <c r="B686" s="0" t="s">
-        <v>411</v>
+        <v>1069</v>
       </c>
       <c r="C686" s="0" t="s">
-        <v>412</v>
+        <v>1070</v>
       </c>
       <c r="F686" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G686" s="0" t="s">
-        <v>1142</v>
+        <v>1139</v>
       </c>
       <c r="H686" s="0" t="s">
-        <v>236</v>
+        <v>126</v>
       </c>
       <c r="I686" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J686" s="0" t="s">
-        <v>413</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" s="0" t="s">
-        <v>414</v>
+        <v>813</v>
       </c>
       <c r="B687" s="0" t="s">
-        <v>411</v>
+        <v>814</v>
       </c>
       <c r="C687" s="0" t="s">
-        <v>415</v>
+        <v>815</v>
       </c>
       <c r="F687" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G687" s="0" t="s">
-        <v>1143</v>
+        <v>1140</v>
       </c>
       <c r="H687" s="0" t="s">
-        <v>236</v>
+        <v>817</v>
       </c>
       <c r="I687" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J687" s="0" t="s">
-        <v>416</v>
+        <v>818</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" s="0" t="s">
-        <v>414</v>
+        <v>813</v>
       </c>
       <c r="B688" s="0" t="s">
-        <v>411</v>
+        <v>814</v>
       </c>
       <c r="C688" s="0" t="s">
-        <v>415</v>
+        <v>815</v>
       </c>
       <c r="F688" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G688" s="0" t="s">
-        <v>1142</v>
+        <v>1141</v>
       </c>
       <c r="H688" s="0" t="s">
-        <v>236</v>
+        <v>817</v>
       </c>
       <c r="I688" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J688" s="0" t="s">
-        <v>416</v>
+        <v>818</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" s="0" t="s">
-        <v>323</v>
+        <v>813</v>
       </c>
       <c r="B689" s="0" t="s">
-        <v>324</v>
+        <v>814</v>
       </c>
       <c r="C689" s="0" t="s">
-        <v>325</v>
+        <v>815</v>
       </c>
       <c r="F689" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G689" s="0" t="s">
-        <v>1144</v>
+        <v>1142</v>
       </c>
       <c r="H689" s="0" t="s">
-        <v>87</v>
+        <v>817</v>
       </c>
       <c r="I689" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J689" s="0" t="s">
-        <v>327</v>
+        <v>818</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" s="0" t="s">
-        <v>323</v>
+        <v>115</v>
       </c>
       <c r="B690" s="0" t="s">
-        <v>324</v>
+        <v>116</v>
       </c>
       <c r="C690" s="0" t="s">
-        <v>325</v>
+        <v>117</v>
       </c>
       <c r="F690" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G690" s="0" t="s">
-        <v>1145</v>
+        <v>1143</v>
       </c>
       <c r="H690" s="0" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="I690" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J690" s="0" t="s">
-        <v>327</v>
+        <v>118</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" s="0" t="s">
-        <v>323</v>
+        <v>594</v>
       </c>
       <c r="B691" s="0" t="s">
-        <v>324</v>
+        <v>112</v>
       </c>
       <c r="C691" s="0" t="s">
-        <v>325</v>
+        <v>595</v>
       </c>
       <c r="F691" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G691" s="0" t="s">
-        <v>1146</v>
+        <v>1144</v>
       </c>
       <c r="H691" s="0" t="s">
-        <v>87</v>
+        <v>109</v>
       </c>
       <c r="I691" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J691" s="0" t="s">
-        <v>327</v>
+        <v>597</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" s="0" t="s">
-        <v>323</v>
+        <v>557</v>
       </c>
       <c r="B692" s="0" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="C692" s="0" t="s">
-        <v>325</v>
+        <v>559</v>
       </c>
       <c r="F692" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G692" s="0" t="s">
-        <v>1147</v>
+        <v>1145</v>
       </c>
       <c r="H692" s="0" t="s">
-        <v>87</v>
+        <v>159</v>
       </c>
       <c r="I692" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J692" s="0" t="s">
-        <v>327</v>
+        <v>560</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" s="0" t="s">
-        <v>323</v>
+        <v>557</v>
       </c>
       <c r="B693" s="0" t="s">
-        <v>324</v>
+        <v>558</v>
       </c>
       <c r="C693" s="0" t="s">
-        <v>325</v>
+        <v>559</v>
       </c>
       <c r="F693" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G693" s="0" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="H693" s="0" t="s">
-        <v>87</v>
+        <v>159</v>
       </c>
       <c r="I693" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J693" s="0" t="s">
-        <v>327</v>
+        <v>560</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" s="0" t="s">
-        <v>390</v>
+        <v>507</v>
       </c>
       <c r="B694" s="0" t="s">
-        <v>391</v>
+        <v>508</v>
       </c>
       <c r="C694" s="0" t="s">
-        <v>392</v>
+        <v>509</v>
       </c>
       <c r="F694" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G694" s="0" t="s">
-        <v>1149</v>
+        <v>1147</v>
       </c>
       <c r="H694" s="0" t="s">
-        <v>123</v>
+        <v>275</v>
       </c>
       <c r="I694" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J694" s="0" t="s">
-        <v>394</v>
+        <v>510</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" s="0" t="s">
-        <v>390</v>
+        <v>507</v>
       </c>
       <c r="B695" s="0" t="s">
-        <v>391</v>
+        <v>508</v>
       </c>
       <c r="C695" s="0" t="s">
-        <v>392</v>
+        <v>509</v>
       </c>
       <c r="F695" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G695" s="0" t="s">
-        <v>1150</v>
+        <v>1148</v>
       </c>
       <c r="H695" s="0" t="s">
-        <v>123</v>
+        <v>275</v>
       </c>
       <c r="I695" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J695" s="0" t="s">
-        <v>394</v>
+        <v>510</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" s="0" t="s">
-        <v>328</v>
+        <v>791</v>
       </c>
       <c r="B696" s="0" t="s">
-        <v>329</v>
+        <v>70</v>
       </c>
       <c r="C696" s="0" t="s">
-        <v>330</v>
+        <v>792</v>
       </c>
       <c r="F696" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G696" s="0" t="s">
-        <v>1151</v>
+        <v>1149</v>
       </c>
       <c r="H696" s="0" t="s">
-        <v>56</v>
+        <v>23</v>
       </c>
       <c r="I696" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J696" s="0" t="s">
-        <v>331</v>
+        <v>794</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" s="0" t="s">
-        <v>395</v>
+        <v>791</v>
       </c>
       <c r="B697" s="0" t="s">
-        <v>396</v>
+        <v>70</v>
       </c>
       <c r="C697" s="0" t="s">
-        <v>397</v>
+        <v>792</v>
       </c>
       <c r="F697" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G697" s="0" t="s">
-        <v>1152</v>
+        <v>1150</v>
       </c>
       <c r="H697" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="I697" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J697" s="0" t="s">
-        <v>398</v>
+        <v>794</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" s="0" t="s">
-        <v>562</v>
+        <v>69</v>
       </c>
       <c r="B698" s="0" t="s">
-        <v>396</v>
+        <v>70</v>
       </c>
       <c r="C698" s="0" t="s">
-        <v>563</v>
+        <v>71</v>
       </c>
       <c r="F698" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G698" s="0" t="s">
-        <v>1153</v>
+        <v>1151</v>
       </c>
       <c r="H698" s="0" t="s">
-        <v>139</v>
+        <v>73</v>
       </c>
       <c r="I698" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J698" s="0" t="s">
-        <v>565</v>
+        <v>74</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" s="0" t="s">
-        <v>562</v>
+        <v>123</v>
       </c>
       <c r="B699" s="0" t="s">
-        <v>396</v>
+        <v>70</v>
       </c>
       <c r="C699" s="0" t="s">
-        <v>563</v>
+        <v>124</v>
       </c>
       <c r="F699" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G699" s="0" t="s">
-        <v>1154</v>
+        <v>1152</v>
       </c>
       <c r="H699" s="0" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="I699" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J699" s="0" t="s">
-        <v>565</v>
+        <v>127</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" s="0" t="s">
-        <v>562</v>
+        <v>123</v>
       </c>
       <c r="B700" s="0" t="s">
-        <v>396</v>
+        <v>70</v>
       </c>
       <c r="C700" s="0" t="s">
-        <v>563</v>
+        <v>124</v>
       </c>
       <c r="F700" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G700" s="0" t="s">
-        <v>1155</v>
+        <v>1153</v>
       </c>
       <c r="H700" s="0" t="s">
-        <v>139</v>
+        <v>126</v>
       </c>
       <c r="I700" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J700" s="0" t="s">
-        <v>565</v>
+        <v>127</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" s="0" t="s">
-        <v>379</v>
+        <v>123</v>
       </c>
       <c r="B701" s="0" t="s">
-        <v>380</v>
+        <v>70</v>
       </c>
       <c r="C701" s="0" t="s">
-        <v>381</v>
+        <v>124</v>
       </c>
       <c r="F701" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G701" s="0" t="s">
-        <v>1156</v>
+        <v>1154</v>
       </c>
       <c r="H701" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="I701" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J701" s="0" t="s">
-        <v>383</v>
+        <v>127</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" s="0" t="s">
-        <v>352</v>
+        <v>868</v>
       </c>
       <c r="B702" s="0" t="s">
-        <v>353</v>
+        <v>70</v>
       </c>
       <c r="C702" s="0" t="s">
-        <v>354</v>
+        <v>869</v>
       </c>
       <c r="F702" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G702" s="0" t="s">
-        <v>1157</v>
+        <v>1155</v>
       </c>
       <c r="H702" s="0" t="s">
-        <v>158</v>
+        <v>871</v>
       </c>
       <c r="I702" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J702" s="0" t="s">
-        <v>355</v>
+        <v>872</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" s="0" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
       <c r="B703" s="0" t="s">
-        <v>573</v>
+        <v>70</v>
       </c>
       <c r="C703" s="0" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
       <c r="F703" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G703" s="0" t="s">
-        <v>1158</v>
+        <v>1156</v>
       </c>
       <c r="H703" s="0" t="s">
-        <v>370</v>
+        <v>871</v>
       </c>
       <c r="I703" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J703" s="0" t="s">
-        <v>843</v>
+        <v>872</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" s="0" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
       <c r="B704" s="0" t="s">
-        <v>573</v>
+        <v>70</v>
       </c>
       <c r="C704" s="0" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
       <c r="F704" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G704" s="0" t="s">
-        <v>1159</v>
+        <v>1157</v>
       </c>
       <c r="H704" s="0" t="s">
-        <v>370</v>
+        <v>871</v>
       </c>
       <c r="I704" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J704" s="0" t="s">
-        <v>843</v>
+        <v>872</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" s="0" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
       <c r="B705" s="0" t="s">
-        <v>573</v>
+        <v>70</v>
       </c>
       <c r="C705" s="0" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
       <c r="F705" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G705" s="0" t="s">
-        <v>1160</v>
+        <v>1158</v>
       </c>
       <c r="H705" s="0" t="s">
-        <v>370</v>
+        <v>871</v>
       </c>
       <c r="I705" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J705" s="0" t="s">
-        <v>843</v>
+        <v>872</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" s="0" t="s">
-        <v>840</v>
+        <v>868</v>
       </c>
       <c r="B706" s="0" t="s">
-        <v>573</v>
+        <v>70</v>
       </c>
       <c r="C706" s="0" t="s">
-        <v>841</v>
+        <v>869</v>
       </c>
       <c r="F706" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G706" s="0" t="s">
-        <v>1161</v>
+        <v>1159</v>
       </c>
       <c r="H706" s="0" t="s">
-        <v>370</v>
+        <v>871</v>
       </c>
       <c r="I706" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J706" s="0" t="s">
-        <v>843</v>
+        <v>872</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" s="0" t="s">
-        <v>840</v>
+        <v>968</v>
       </c>
       <c r="B707" s="0" t="s">
-        <v>573</v>
+        <v>969</v>
       </c>
       <c r="C707" s="0" t="s">
-        <v>841</v>
+        <v>970</v>
       </c>
       <c r="F707" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G707" s="0" t="s">
-        <v>1162</v>
+        <v>1160</v>
       </c>
       <c r="H707" s="0" t="s">
-        <v>370</v>
+        <v>275</v>
       </c>
       <c r="I707" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J707" s="0" t="s">
-        <v>843</v>
+        <v>971</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" s="0" t="s">
-        <v>840</v>
+        <v>968</v>
       </c>
       <c r="B708" s="0" t="s">
-        <v>573</v>
+        <v>969</v>
       </c>
       <c r="C708" s="0" t="s">
-        <v>841</v>
+        <v>970</v>
       </c>
       <c r="F708" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G708" s="0" t="s">
-        <v>1163</v>
+        <v>1161</v>
       </c>
       <c r="H708" s="0" t="s">
-        <v>370</v>
+        <v>275</v>
       </c>
       <c r="I708" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J708" s="0" t="s">
-        <v>843</v>
+        <v>971</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" s="0" t="s">
-        <v>840</v>
+        <v>94</v>
       </c>
       <c r="B709" s="0" t="s">
-        <v>573</v>
+        <v>80</v>
       </c>
       <c r="C709" s="0" t="s">
-        <v>841</v>
+        <v>95</v>
       </c>
       <c r="F709" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G709" s="0" t="s">
-        <v>1164</v>
+        <v>1162</v>
       </c>
       <c r="H709" s="0" t="s">
-        <v>370</v>
+        <v>88</v>
       </c>
       <c r="I709" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J709" s="0" t="s">
-        <v>843</v>
+        <v>96</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" s="0" t="s">
-        <v>840</v>
+        <v>79</v>
       </c>
       <c r="B710" s="0" t="s">
-        <v>573</v>
+        <v>80</v>
       </c>
       <c r="C710" s="0" t="s">
-        <v>841</v>
+        <v>81</v>
       </c>
       <c r="F710" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G710" s="0" t="s">
-        <v>1165</v>
+        <v>1163</v>
       </c>
       <c r="H710" s="0" t="s">
-        <v>370</v>
+        <v>40</v>
       </c>
       <c r="I710" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J710" s="0" t="s">
-        <v>843</v>
+        <v>83</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" s="0" t="s">
-        <v>199</v>
+        <v>282</v>
       </c>
       <c r="B711" s="0" t="s">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="C711" s="0" t="s">
-        <v>201</v>
+        <v>283</v>
       </c>
       <c r="F711" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G711" s="0" t="s">
-        <v>1166</v>
+        <v>1164</v>
       </c>
       <c r="H711" s="0" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="I711" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J711" s="0" t="s">
-        <v>202</v>
+        <v>284</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" s="0" t="s">
-        <v>199</v>
+        <v>282</v>
       </c>
       <c r="B712" s="0" t="s">
-        <v>200</v>
+        <v>80</v>
       </c>
       <c r="C712" s="0" t="s">
-        <v>201</v>
+        <v>283</v>
       </c>
       <c r="F712" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G712" s="0" t="s">
-        <v>1167</v>
+        <v>1165</v>
       </c>
       <c r="H712" s="0" t="s">
-        <v>162</v>
+        <v>104</v>
       </c>
       <c r="I712" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J712" s="0" t="s">
-        <v>202</v>
+        <v>284</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" s="0" t="s">
-        <v>572</v>
+        <v>320</v>
       </c>
       <c r="B713" s="0" t="s">
-        <v>573</v>
+        <v>321</v>
       </c>
       <c r="C713" s="0" t="s">
-        <v>574</v>
+        <v>322</v>
       </c>
       <c r="F713" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G713" s="0" t="s">
-        <v>1168</v>
+        <v>1166</v>
       </c>
       <c r="H713" s="0" t="s">
-        <v>81</v>
+        <v>23</v>
       </c>
       <c r="I713" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J713" s="0" t="s">
-        <v>576</v>
+        <v>323</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" s="0" t="s">
-        <v>817</v>
+        <v>36</v>
       </c>
       <c r="B714" s="0" t="s">
-        <v>818</v>
+        <v>37</v>
       </c>
       <c r="C714" s="0" t="s">
-        <v>819</v>
+        <v>38</v>
       </c>
       <c r="F714" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G714" s="0" t="s">
-        <v>1169</v>
+        <v>60</v>
       </c>
       <c r="H714" s="0" t="s">
-        <v>519</v>
+        <v>30</v>
       </c>
       <c r="I714" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J714" s="0" t="s">
-        <v>821</v>
+        <v>41</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" s="0" t="s">
-        <v>502</v>
+        <v>36</v>
       </c>
       <c r="B715" s="0" t="s">
-        <v>503</v>
+        <v>37</v>
       </c>
       <c r="C715" s="0" t="s">
-        <v>504</v>
+        <v>38</v>
       </c>
       <c r="F715" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G715" s="0" t="s">
-        <v>1170</v>
+        <v>61</v>
       </c>
       <c r="H715" s="0" t="s">
-        <v>117</v>
+        <v>30</v>
       </c>
       <c r="I715" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J715" s="0" t="s">
-        <v>505</v>
+        <v>41</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" s="0" t="s">
-        <v>502</v>
+        <v>10</v>
       </c>
       <c r="B716" s="0" t="s">
-        <v>503</v>
+        <v>11</v>
       </c>
       <c r="C716" s="0" t="s">
-        <v>504</v>
+        <v>12</v>
       </c>
       <c r="F716" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G716" s="0" t="s">
-        <v>1171</v>
+        <v>62</v>
       </c>
       <c r="H716" s="0" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="I716" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J716" s="0" t="s">
-        <v>505</v>
+        <v>17</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" s="0" t="s">
-        <v>502</v>
+        <v>156</v>
       </c>
       <c r="B717" s="0" t="s">
-        <v>503</v>
+        <v>157</v>
       </c>
       <c r="C717" s="0" t="s">
-        <v>504</v>
+        <v>158</v>
       </c>
       <c r="F717" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G717" s="0" t="s">
-        <v>1172</v>
+        <v>1167</v>
       </c>
       <c r="H717" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I717" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J717" s="0" t="s">
-        <v>505</v>
+        <v>160</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" s="0" t="s">
-        <v>289</v>
+        <v>409</v>
       </c>
       <c r="B718" s="0" t="s">
-        <v>290</v>
+        <v>410</v>
       </c>
       <c r="C718" s="0" t="s">
-        <v>291</v>
+        <v>411</v>
       </c>
       <c r="F718" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G718" s="0" t="s">
-        <v>1173</v>
+        <v>1168</v>
       </c>
       <c r="H718" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I718" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J718" s="0" t="s">
-        <v>293</v>
+        <v>412</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" s="0" t="s">
-        <v>289</v>
+        <v>680</v>
       </c>
       <c r="B719" s="0" t="s">
-        <v>290</v>
+        <v>681</v>
       </c>
       <c r="C719" s="0" t="s">
-        <v>291</v>
+        <v>682</v>
       </c>
       <c r="F719" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G719" s="0" t="s">
-        <v>1174</v>
+        <v>1169</v>
       </c>
       <c r="H719" s="0" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
       <c r="I719" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J719" s="0" t="s">
-        <v>293</v>
+        <v>683</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" s="0" t="s">
-        <v>289</v>
+        <v>680</v>
       </c>
       <c r="B720" s="0" t="s">
-        <v>290</v>
+        <v>681</v>
       </c>
       <c r="C720" s="0" t="s">
-        <v>291</v>
+        <v>682</v>
       </c>
       <c r="F720" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G720" s="0" t="s">
-        <v>1175</v>
+        <v>1170</v>
       </c>
       <c r="H720" s="0" t="s">
-        <v>145</v>
+        <v>88</v>
       </c>
       <c r="I720" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J720" s="0" t="s">
-        <v>293</v>
+        <v>683</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" s="0" t="s">
-        <v>289</v>
+        <v>428</v>
       </c>
       <c r="B721" s="0" t="s">
-        <v>290</v>
+        <v>429</v>
       </c>
       <c r="C721" s="0" t="s">
-        <v>291</v>
+        <v>430</v>
       </c>
       <c r="F721" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G721" s="0" t="s">
-        <v>1176</v>
+        <v>1171</v>
       </c>
       <c r="H721" s="0" t="s">
-        <v>145</v>
+        <v>432</v>
       </c>
       <c r="I721" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J721" s="0" t="s">
-        <v>293</v>
+        <v>433</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" s="0" t="s">
-        <v>721</v>
+        <v>492</v>
       </c>
       <c r="B722" s="0" t="s">
-        <v>722</v>
+        <v>256</v>
       </c>
       <c r="C722" s="0" t="s">
-        <v>723</v>
+        <v>493</v>
       </c>
       <c r="F722" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G722" s="0" t="s">
-        <v>1177</v>
+        <v>1172</v>
       </c>
       <c r="H722" s="0" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="I722" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J722" s="0" t="s">
-        <v>725</v>
+        <v>495</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" s="0" t="s">
-        <v>721</v>
+        <v>492</v>
       </c>
       <c r="B723" s="0" t="s">
-        <v>722</v>
+        <v>256</v>
       </c>
       <c r="C723" s="0" t="s">
-        <v>723</v>
+        <v>493</v>
       </c>
       <c r="F723" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G723" s="0" t="s">
-        <v>1178</v>
+        <v>1161</v>
       </c>
       <c r="H723" s="0" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="I723" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J723" s="0" t="s">
-        <v>725</v>
+        <v>495</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" s="0" t="s">
-        <v>721</v>
+        <v>255</v>
       </c>
       <c r="B724" s="0" t="s">
-        <v>722</v>
+        <v>256</v>
       </c>
       <c r="C724" s="0" t="s">
-        <v>723</v>
+        <v>257</v>
       </c>
       <c r="F724" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G724" s="0" t="s">
-        <v>1179</v>
+        <v>1173</v>
       </c>
       <c r="H724" s="0" t="s">
-        <v>236</v>
+        <v>88</v>
       </c>
       <c r="I724" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J724" s="0" t="s">
-        <v>725</v>
+        <v>258</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" s="0" t="s">
-        <v>721</v>
+        <v>226</v>
       </c>
       <c r="B725" s="0" t="s">
-        <v>722</v>
+        <v>227</v>
       </c>
       <c r="C725" s="0" t="s">
-        <v>723</v>
+        <v>228</v>
       </c>
       <c r="F725" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G725" s="0" t="s">
-        <v>1180</v>
+        <v>1174</v>
       </c>
       <c r="H725" s="0" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I725" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J725" s="0" t="s">
-        <v>725</v>
+        <v>230</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" s="0" t="s">
-        <v>721</v>
+        <v>226</v>
       </c>
       <c r="B726" s="0" t="s">
-        <v>722</v>
+        <v>227</v>
       </c>
       <c r="C726" s="0" t="s">
-        <v>723</v>
+        <v>228</v>
       </c>
       <c r="F726" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G726" s="0" t="s">
-        <v>1181</v>
+        <v>1175</v>
       </c>
       <c r="H726" s="0" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I726" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J726" s="0" t="s">
-        <v>725</v>
+        <v>230</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" s="0" t="s">
-        <v>783</v>
+        <v>272</v>
       </c>
       <c r="B727" s="0" t="s">
-        <v>784</v>
+        <v>273</v>
       </c>
       <c r="C727" s="0" t="s">
-        <v>785</v>
+        <v>274</v>
       </c>
       <c r="F727" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G727" s="0" t="s">
-        <v>1097</v>
+        <v>1161</v>
       </c>
       <c r="H727" s="0" t="s">
-        <v>213</v>
+        <v>275</v>
       </c>
       <c r="I727" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J727" s="0" t="s">
-        <v>786</v>
+        <v>276</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" s="0" t="s">
-        <v>783</v>
+        <v>289</v>
       </c>
       <c r="B728" s="0" t="s">
-        <v>784</v>
+        <v>290</v>
       </c>
       <c r="C728" s="0" t="s">
-        <v>785</v>
+        <v>291</v>
       </c>
       <c r="F728" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G728" s="0" t="s">
-        <v>1096</v>
+        <v>1176</v>
       </c>
       <c r="H728" s="0" t="s">
-        <v>213</v>
+        <v>292</v>
       </c>
       <c r="I728" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J728" s="0" t="s">
-        <v>786</v>
+        <v>293</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" s="0" t="s">
-        <v>643</v>
+        <v>289</v>
       </c>
       <c r="B729" s="0" t="s">
-        <v>644</v>
+        <v>290</v>
       </c>
       <c r="C729" s="0" t="s">
-        <v>645</v>
+        <v>291</v>
       </c>
       <c r="F729" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G729" s="0" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="H729" s="0" t="s">
-        <v>93</v>
+        <v>292</v>
       </c>
       <c r="I729" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J729" s="0" t="s">
-        <v>646</v>
+        <v>293</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" s="0" t="s">
-        <v>750</v>
+        <v>289</v>
       </c>
       <c r="B730" s="0" t="s">
-        <v>484</v>
+        <v>290</v>
       </c>
       <c r="C730" s="0" t="s">
-        <v>751</v>
+        <v>291</v>
       </c>
       <c r="F730" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G730" s="0" t="s">
-        <v>1183</v>
+        <v>1178</v>
       </c>
       <c r="H730" s="0" t="s">
-        <v>543</v>
+        <v>292</v>
       </c>
       <c r="I730" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J730" s="0" t="s">
-        <v>752</v>
+        <v>293</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" s="0" t="s">
-        <v>750</v>
+        <v>289</v>
       </c>
       <c r="B731" s="0" t="s">
-        <v>484</v>
+        <v>290</v>
       </c>
       <c r="C731" s="0" t="s">
-        <v>751</v>
+        <v>291</v>
       </c>
       <c r="F731" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G731" s="0" t="s">
-        <v>1184</v>
+        <v>1179</v>
       </c>
       <c r="H731" s="0" t="s">
-        <v>543</v>
+        <v>292</v>
       </c>
       <c r="I731" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J731" s="0" t="s">
-        <v>752</v>
+        <v>293</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" s="0" t="s">
-        <v>750</v>
+        <v>75</v>
       </c>
       <c r="B732" s="0" t="s">
-        <v>484</v>
+        <v>76</v>
       </c>
       <c r="C732" s="0" t="s">
-        <v>751</v>
+        <v>77</v>
       </c>
       <c r="F732" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G732" s="0" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="H732" s="0" t="s">
-        <v>543</v>
+        <v>23</v>
       </c>
       <c r="I732" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J732" s="0" t="s">
-        <v>752</v>
+        <v>78</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" s="0" t="s">
-        <v>750</v>
+        <v>75</v>
       </c>
       <c r="B733" s="0" t="s">
-        <v>484</v>
+        <v>76</v>
       </c>
       <c r="C733" s="0" t="s">
-        <v>751</v>
+        <v>77</v>
       </c>
       <c r="F733" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G733" s="0" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="H733" s="0" t="s">
-        <v>543</v>
+        <v>23</v>
       </c>
       <c r="I733" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J733" s="0" t="s">
-        <v>752</v>
+        <v>78</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" s="0" t="s">
-        <v>750</v>
+        <v>75</v>
       </c>
       <c r="B734" s="0" t="s">
-        <v>484</v>
+        <v>76</v>
       </c>
       <c r="C734" s="0" t="s">
-        <v>751</v>
+        <v>77</v>
       </c>
       <c r="F734" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G734" s="0" t="s">
-        <v>1187</v>
+        <v>1182</v>
       </c>
       <c r="H734" s="0" t="s">
-        <v>543</v>
+        <v>23</v>
       </c>
       <c r="I734" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J734" s="0" t="s">
-        <v>752</v>
+        <v>78</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" s="0" t="s">
-        <v>26</v>
+        <v>75</v>
       </c>
       <c r="B735" s="0" t="s">
-        <v>27</v>
+        <v>76</v>
       </c>
       <c r="C735" s="0" t="s">
-        <v>28</v>
+        <v>77</v>
       </c>
       <c r="F735" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G735" s="0" t="s">
-        <v>71</v>
+        <v>1183</v>
       </c>
       <c r="H735" s="0" t="s">
-        <v>117</v>
+        <v>23</v>
       </c>
       <c r="I735" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J735" s="0" t="s">
-        <v>32</v>
+        <v>78</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" s="0" t="s">
-        <v>1188</v>
+        <v>374</v>
       </c>
       <c r="B736" s="0" t="s">
-        <v>1189</v>
+        <v>129</v>
       </c>
       <c r="C736" s="0" t="s">
-        <v>1190</v>
+        <v>375</v>
       </c>
       <c r="F736" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G736" s="0" t="s">
-        <v>1191</v>
+        <v>1184</v>
       </c>
       <c r="H736" s="0" t="s">
-        <v>236</v>
+        <v>275</v>
       </c>
       <c r="I736" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J736" s="0" t="s">
-        <v>1192</v>
+        <v>376</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" s="0" t="s">
-        <v>1188</v>
+        <v>128</v>
       </c>
       <c r="B737" s="0" t="s">
-        <v>1189</v>
+        <v>129</v>
       </c>
       <c r="C737" s="0" t="s">
-        <v>1190</v>
+        <v>130</v>
       </c>
       <c r="F737" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G737" s="0" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="H737" s="0" t="s">
-        <v>236</v>
+        <v>132</v>
       </c>
       <c r="I737" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J737" s="0" t="s">
-        <v>1192</v>
+        <v>133</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" s="0" t="s">
-        <v>1188</v>
+        <v>356</v>
       </c>
       <c r="B738" s="0" t="s">
-        <v>1189</v>
+        <v>357</v>
       </c>
       <c r="C738" s="0" t="s">
-        <v>1190</v>
+        <v>358</v>
       </c>
       <c r="F738" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G738" s="0" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="H738" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I738" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J738" s="0" t="s">
-        <v>1192</v>
+        <v>360</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" s="0" t="s">
-        <v>1188</v>
+        <v>356</v>
       </c>
       <c r="B739" s="0" t="s">
-        <v>1189</v>
+        <v>357</v>
       </c>
       <c r="C739" s="0" t="s">
-        <v>1190</v>
+        <v>358</v>
       </c>
       <c r="F739" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G739" s="0" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="H739" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I739" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J739" s="0" t="s">
-        <v>1192</v>
+        <v>360</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" s="0" t="s">
-        <v>306</v>
+        <v>356</v>
       </c>
       <c r="B740" s="0" t="s">
-        <v>307</v>
+        <v>357</v>
       </c>
       <c r="C740" s="0" t="s">
-        <v>308</v>
+        <v>358</v>
       </c>
       <c r="F740" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G740" s="0" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
       <c r="H740" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I740" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J740" s="0" t="s">
-        <v>309</v>
+        <v>360</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" s="0" t="s">
-        <v>306</v>
+        <v>549</v>
       </c>
       <c r="B741" s="0" t="s">
-        <v>307</v>
+        <v>212</v>
       </c>
       <c r="C741" s="0" t="s">
-        <v>308</v>
+        <v>550</v>
       </c>
       <c r="F741" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G741" s="0" t="s">
-        <v>1197</v>
+        <v>1189</v>
       </c>
       <c r="H741" s="0" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="I741" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J741" s="0" t="s">
-        <v>309</v>
+        <v>552</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" s="0" t="s">
-        <v>479</v>
+        <v>549</v>
       </c>
       <c r="B742" s="0" t="s">
-        <v>480</v>
+        <v>212</v>
       </c>
       <c r="C742" s="0" t="s">
-        <v>481</v>
+        <v>550</v>
       </c>
       <c r="F742" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G742" s="0" t="s">
-        <v>1198</v>
+        <v>1190</v>
       </c>
       <c r="H742" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I742" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J742" s="0" t="s">
-        <v>482</v>
+        <v>552</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" s="0" t="s">
-        <v>479</v>
+        <v>1045</v>
       </c>
       <c r="B743" s="0" t="s">
-        <v>480</v>
+        <v>619</v>
       </c>
       <c r="C743" s="0" t="s">
-        <v>481</v>
+        <v>1046</v>
       </c>
       <c r="F743" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G743" s="0" t="s">
-        <v>1199</v>
+        <v>1191</v>
       </c>
       <c r="H743" s="0" t="s">
-        <v>145</v>
+        <v>621</v>
       </c>
       <c r="I743" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J743" s="0" t="s">
-        <v>482</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" s="0" t="s">
-        <v>89</v>
+        <v>1045</v>
       </c>
       <c r="B744" s="0" t="s">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C744" s="0" t="s">
-        <v>91</v>
+        <v>1046</v>
       </c>
       <c r="F744" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G744" s="0" t="s">
-        <v>1200</v>
+        <v>1192</v>
       </c>
       <c r="H744" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I744" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J744" s="0" t="s">
-        <v>94</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" s="0" t="s">
-        <v>89</v>
+        <v>618</v>
       </c>
       <c r="B745" s="0" t="s">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C745" s="0" t="s">
-        <v>91</v>
+        <v>620</v>
       </c>
       <c r="F745" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G745" s="0" t="s">
-        <v>1201</v>
+        <v>1193</v>
       </c>
       <c r="H745" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I745" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J745" s="0" t="s">
-        <v>94</v>
+        <v>622</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" s="0" t="s">
-        <v>89</v>
+        <v>618</v>
       </c>
       <c r="B746" s="0" t="s">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C746" s="0" t="s">
-        <v>91</v>
+        <v>620</v>
       </c>
       <c r="F746" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G746" s="0" t="s">
-        <v>1202</v>
+        <v>1194</v>
       </c>
       <c r="H746" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I746" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J746" s="0" t="s">
-        <v>94</v>
+        <v>622</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" s="0" t="s">
-        <v>89</v>
+        <v>618</v>
       </c>
       <c r="B747" s="0" t="s">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C747" s="0" t="s">
-        <v>91</v>
+        <v>620</v>
       </c>
       <c r="F747" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G747" s="0" t="s">
-        <v>1094</v>
+        <v>1195</v>
       </c>
       <c r="H747" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I747" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J747" s="0" t="s">
-        <v>94</v>
+        <v>622</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" s="0" t="s">
-        <v>89</v>
+        <v>618</v>
       </c>
       <c r="B748" s="0" t="s">
-        <v>90</v>
+        <v>619</v>
       </c>
       <c r="C748" s="0" t="s">
-        <v>91</v>
+        <v>620</v>
       </c>
       <c r="F748" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G748" s="0" t="s">
-        <v>1203</v>
+        <v>1196</v>
       </c>
       <c r="H748" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I748" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J748" s="0" t="s">
-        <v>94</v>
+        <v>622</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" s="0" t="s">
-        <v>577</v>
+        <v>618</v>
       </c>
       <c r="B749" s="0" t="s">
-        <v>578</v>
+        <v>619</v>
       </c>
       <c r="C749" s="0" t="s">
-        <v>579</v>
+        <v>620</v>
       </c>
       <c r="F749" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G749" s="0" t="s">
-        <v>1204</v>
+        <v>1192</v>
       </c>
       <c r="H749" s="0" t="s">
-        <v>56</v>
+        <v>621</v>
       </c>
       <c r="I749" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J749" s="0" t="s">
-        <v>580</v>
+        <v>622</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" s="0" t="s">
-        <v>1037</v>
+        <v>618</v>
       </c>
       <c r="B750" s="0" t="s">
-        <v>1038</v>
+        <v>619</v>
       </c>
       <c r="C750" s="0" t="s">
-        <v>1039</v>
+        <v>620</v>
       </c>
       <c r="F750" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G750" s="0" t="s">
-        <v>1205</v>
+        <v>1197</v>
       </c>
       <c r="H750" s="0" t="s">
-        <v>838</v>
+        <v>621</v>
       </c>
       <c r="I750" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J750" s="0" t="s">
-        <v>1041</v>
+        <v>622</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" s="0" t="s">
-        <v>1037</v>
+        <v>863</v>
       </c>
       <c r="B751" s="0" t="s">
-        <v>1038</v>
+        <v>864</v>
       </c>
       <c r="C751" s="0" t="s">
-        <v>1039</v>
+        <v>865</v>
       </c>
       <c r="F751" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G751" s="0" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
       <c r="H751" s="0" t="s">
-        <v>838</v>
+        <v>126</v>
       </c>
       <c r="I751" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J751" s="0" t="s">
-        <v>1041</v>
+        <v>867</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" s="0" t="s">
-        <v>1037</v>
+        <v>863</v>
       </c>
       <c r="B752" s="0" t="s">
-        <v>1038</v>
+        <v>864</v>
       </c>
       <c r="C752" s="0" t="s">
-        <v>1039</v>
+        <v>865</v>
       </c>
       <c r="F752" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G752" s="0" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="H752" s="0" t="s">
-        <v>838</v>
+        <v>126</v>
       </c>
       <c r="I752" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J752" s="0" t="s">
-        <v>1041</v>
+        <v>867</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" s="0" t="s">
-        <v>1037</v>
+        <v>629</v>
       </c>
       <c r="B753" s="0" t="s">
-        <v>1038</v>
+        <v>630</v>
       </c>
       <c r="C753" s="0" t="s">
-        <v>1039</v>
+        <v>631</v>
       </c>
       <c r="F753" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G753" s="0" t="s">
-        <v>1208</v>
+        <v>1200</v>
       </c>
       <c r="H753" s="0" t="s">
-        <v>838</v>
+        <v>632</v>
       </c>
       <c r="I753" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J753" s="0" t="s">
-        <v>1041</v>
+        <v>633</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" s="0" t="s">
-        <v>1037</v>
+        <v>629</v>
       </c>
       <c r="B754" s="0" t="s">
-        <v>1038</v>
+        <v>630</v>
       </c>
       <c r="C754" s="0" t="s">
-        <v>1039</v>
+        <v>631</v>
       </c>
       <c r="F754" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G754" s="0" t="s">
-        <v>1209</v>
+        <v>1201</v>
       </c>
       <c r="H754" s="0" t="s">
-        <v>838</v>
+        <v>632</v>
       </c>
       <c r="I754" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J754" s="0" t="s">
-        <v>1041</v>
+        <v>633</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" s="0" t="s">
-        <v>483</v>
+        <v>629</v>
       </c>
       <c r="B755" s="0" t="s">
-        <v>484</v>
+        <v>630</v>
       </c>
       <c r="C755" s="0" t="s">
-        <v>485</v>
+        <v>631</v>
       </c>
       <c r="F755" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G755" s="0" t="s">
-        <v>1210</v>
+        <v>1202</v>
       </c>
       <c r="H755" s="0" t="s">
-        <v>145</v>
+        <v>632</v>
       </c>
       <c r="I755" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J755" s="0" t="s">
-        <v>486</v>
+        <v>633</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" s="0" t="s">
-        <v>483</v>
+        <v>629</v>
       </c>
       <c r="B756" s="0" t="s">
-        <v>484</v>
+        <v>630</v>
       </c>
       <c r="C756" s="0" t="s">
-        <v>485</v>
+        <v>631</v>
       </c>
       <c r="F756" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G756" s="0" t="s">
-        <v>1211</v>
+        <v>1203</v>
       </c>
       <c r="H756" s="0" t="s">
-        <v>145</v>
+        <v>632</v>
       </c>
       <c r="I756" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J756" s="0" t="s">
-        <v>486</v>
+        <v>633</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" s="0" t="s">
-        <v>483</v>
+        <v>629</v>
       </c>
       <c r="B757" s="0" t="s">
-        <v>484</v>
+        <v>630</v>
       </c>
       <c r="C757" s="0" t="s">
-        <v>485</v>
+        <v>631</v>
       </c>
       <c r="F757" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G757" s="0" t="s">
-        <v>1212</v>
+        <v>1204</v>
       </c>
       <c r="H757" s="0" t="s">
-        <v>145</v>
+        <v>632</v>
       </c>
       <c r="I757" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J757" s="0" t="s">
-        <v>486</v>
+        <v>633</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" s="0" t="s">
-        <v>483</v>
+        <v>1055</v>
       </c>
       <c r="B758" s="0" t="s">
-        <v>484</v>
+        <v>301</v>
       </c>
       <c r="C758" s="0" t="s">
-        <v>485</v>
+        <v>1056</v>
       </c>
       <c r="F758" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G758" s="0" t="s">
-        <v>1213</v>
+        <v>1205</v>
       </c>
       <c r="H758" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="I758" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J758" s="0" t="s">
-        <v>486</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" s="0" t="s">
-        <v>483</v>
+        <v>1055</v>
       </c>
       <c r="B759" s="0" t="s">
-        <v>484</v>
+        <v>301</v>
       </c>
       <c r="C759" s="0" t="s">
-        <v>485</v>
+        <v>1056</v>
       </c>
       <c r="F759" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G759" s="0" t="s">
-        <v>1214</v>
+        <v>1206</v>
       </c>
       <c r="H759" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="I759" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J759" s="0" t="s">
-        <v>486</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" s="0" t="s">
-        <v>132</v>
+        <v>1055</v>
       </c>
       <c r="B760" s="0" t="s">
-        <v>133</v>
+        <v>301</v>
       </c>
       <c r="C760" s="0" t="s">
-        <v>134</v>
+        <v>1056</v>
       </c>
       <c r="F760" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G760" s="0" t="s">
-        <v>1215</v>
+        <v>1207</v>
       </c>
       <c r="H760" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I760" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J760" s="0" t="s">
-        <v>135</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" s="0" t="s">
-        <v>132</v>
+        <v>1055</v>
       </c>
       <c r="B761" s="0" t="s">
-        <v>133</v>
+        <v>301</v>
       </c>
       <c r="C761" s="0" t="s">
-        <v>134</v>
+        <v>1056</v>
       </c>
       <c r="F761" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G761" s="0" t="s">
-        <v>1216</v>
+        <v>1208</v>
       </c>
       <c r="H761" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I761" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J761" s="0" t="s">
-        <v>135</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" s="0" t="s">
-        <v>569</v>
+        <v>1055</v>
       </c>
       <c r="B762" s="0" t="s">
-        <v>133</v>
+        <v>301</v>
       </c>
       <c r="C762" s="0" t="s">
-        <v>570</v>
+        <v>1056</v>
       </c>
       <c r="F762" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G762" s="0" t="s">
-        <v>1217</v>
+        <v>1209</v>
       </c>
       <c r="H762" s="0" t="s">
-        <v>123</v>
+        <v>138</v>
       </c>
       <c r="I762" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J762" s="0" t="s">
-        <v>571</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" s="0" t="s">
-        <v>569</v>
+        <v>300</v>
       </c>
       <c r="B763" s="0" t="s">
-        <v>133</v>
+        <v>301</v>
       </c>
       <c r="C763" s="0" t="s">
-        <v>570</v>
+        <v>302</v>
       </c>
       <c r="F763" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G763" s="0" t="s">
-        <v>1215</v>
+        <v>1210</v>
       </c>
       <c r="H763" s="0" t="s">
-        <v>123</v>
+        <v>304</v>
       </c>
       <c r="I763" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J763" s="0" t="s">
-        <v>571</v>
+        <v>305</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" s="0" t="s">
-        <v>460</v>
+        <v>300</v>
       </c>
       <c r="B764" s="0" t="s">
-        <v>461</v>
+        <v>301</v>
       </c>
       <c r="C764" s="0" t="s">
-        <v>462</v>
+        <v>302</v>
       </c>
       <c r="F764" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G764" s="0" t="s">
-        <v>1218</v>
+        <v>1211</v>
       </c>
       <c r="H764" s="0" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="I764" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J764" s="0" t="s">
-        <v>463</v>
+        <v>305</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" s="0" t="s">
-        <v>460</v>
+        <v>300</v>
       </c>
       <c r="B765" s="0" t="s">
-        <v>461</v>
+        <v>301</v>
       </c>
       <c r="C765" s="0" t="s">
-        <v>462</v>
+        <v>302</v>
       </c>
       <c r="F765" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G765" s="0" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
       <c r="H765" s="0" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="I765" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J765" s="0" t="s">
-        <v>463</v>
+        <v>305</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" s="0" t="s">
-        <v>417</v>
+        <v>300</v>
       </c>
       <c r="B766" s="0" t="s">
-        <v>418</v>
+        <v>301</v>
       </c>
       <c r="C766" s="0" t="s">
-        <v>419</v>
+        <v>302</v>
       </c>
       <c r="F766" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G766" s="0" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="H766" s="0" t="s">
-        <v>236</v>
+        <v>304</v>
       </c>
       <c r="I766" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J766" s="0" t="s">
-        <v>420</v>
+        <v>305</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" s="0" t="s">
-        <v>417</v>
+        <v>300</v>
       </c>
       <c r="B767" s="0" t="s">
-        <v>418</v>
+        <v>301</v>
       </c>
       <c r="C767" s="0" t="s">
-        <v>419</v>
+        <v>302</v>
       </c>
       <c r="F767" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G767" s="0" t="s">
-        <v>1142</v>
+        <v>1214</v>
       </c>
       <c r="H767" s="0" t="s">
-        <v>236</v>
+        <v>304</v>
       </c>
       <c r="I767" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J767" s="0" t="s">
-        <v>420</v>
+        <v>305</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" s="0" t="s">
-        <v>731</v>
+        <v>1009</v>
       </c>
       <c r="B768" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C768" s="0" t="s">
-        <v>732</v>
+        <v>1010</v>
       </c>
       <c r="F768" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G768" s="0" t="s">
-        <v>1221</v>
+        <v>1215</v>
       </c>
       <c r="H768" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I768" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J768" s="0" t="s">
-        <v>734</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" s="0" t="s">
-        <v>731</v>
+        <v>1009</v>
       </c>
       <c r="B769" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C769" s="0" t="s">
-        <v>732</v>
+        <v>1010</v>
       </c>
       <c r="F769" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G769" s="0" t="s">
-        <v>1222</v>
+        <v>1216</v>
       </c>
       <c r="H769" s="0" t="s">
-        <v>81</v>
+        <v>132</v>
       </c>
       <c r="I769" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J769" s="0" t="s">
-        <v>734</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" s="0" t="s">
-        <v>72</v>
+        <v>1009</v>
       </c>
       <c r="B770" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C770" s="0" t="s">
-        <v>74</v>
+        <v>1010</v>
       </c>
       <c r="F770" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G770" s="0" t="s">
-        <v>1223</v>
+        <v>1217</v>
       </c>
       <c r="H770" s="0" t="s">
-        <v>76</v>
+        <v>132</v>
       </c>
       <c r="I770" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J770" s="0" t="s">
-        <v>77</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" s="0" t="s">
-        <v>366</v>
+        <v>1009</v>
       </c>
       <c r="B771" s="0" t="s">
-        <v>367</v>
+        <v>301</v>
       </c>
       <c r="C771" s="0" t="s">
-        <v>368</v>
+        <v>1010</v>
       </c>
       <c r="F771" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G771" s="0" t="s">
-        <v>1224</v>
+        <v>1218</v>
       </c>
       <c r="H771" s="0" t="s">
-        <v>370</v>
+        <v>132</v>
       </c>
       <c r="I771" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J771" s="0" t="s">
-        <v>371</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" s="0" t="s">
-        <v>366</v>
+        <v>1009</v>
       </c>
       <c r="B772" s="0" t="s">
-        <v>367</v>
+        <v>301</v>
       </c>
       <c r="C772" s="0" t="s">
-        <v>368</v>
+        <v>1010</v>
       </c>
       <c r="F772" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G772" s="0" t="s">
-        <v>1225</v>
+        <v>1219</v>
       </c>
       <c r="H772" s="0" t="s">
-        <v>370</v>
+        <v>132</v>
       </c>
       <c r="I772" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J772" s="0" t="s">
-        <v>371</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" s="0" t="s">
-        <v>366</v>
+        <v>642</v>
       </c>
       <c r="B773" s="0" t="s">
-        <v>367</v>
+        <v>301</v>
       </c>
       <c r="C773" s="0" t="s">
-        <v>368</v>
+        <v>643</v>
       </c>
       <c r="F773" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G773" s="0" t="s">
-        <v>1226</v>
+        <v>1220</v>
       </c>
       <c r="H773" s="0" t="s">
-        <v>370</v>
+        <v>138</v>
       </c>
       <c r="I773" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J773" s="0" t="s">
-        <v>371</v>
+        <v>645</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" s="0" t="s">
-        <v>366</v>
+        <v>642</v>
       </c>
       <c r="B774" s="0" t="s">
-        <v>367</v>
+        <v>301</v>
       </c>
       <c r="C774" s="0" t="s">
-        <v>368</v>
+        <v>643</v>
       </c>
       <c r="F774" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G774" s="0" t="s">
-        <v>1227</v>
+        <v>1221</v>
       </c>
       <c r="H774" s="0" t="s">
-        <v>370</v>
+        <v>138</v>
       </c>
       <c r="I774" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J774" s="0" t="s">
-        <v>371</v>
+        <v>645</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" s="0" t="s">
-        <v>136</v>
+        <v>642</v>
       </c>
       <c r="B775" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C775" s="0" t="s">
-        <v>137</v>
+        <v>643</v>
       </c>
       <c r="F775" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G775" s="0" t="s">
-        <v>1228</v>
+        <v>1222</v>
       </c>
       <c r="H775" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I775" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J775" s="0" t="s">
-        <v>140</v>
+        <v>645</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" s="0" t="s">
-        <v>136</v>
+        <v>642</v>
       </c>
       <c r="B776" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C776" s="0" t="s">
-        <v>137</v>
+        <v>643</v>
       </c>
       <c r="F776" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G776" s="0" t="s">
-        <v>1229</v>
+        <v>1223</v>
       </c>
       <c r="H776" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I776" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J776" s="0" t="s">
-        <v>140</v>
+        <v>645</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" s="0" t="s">
-        <v>136</v>
+        <v>642</v>
       </c>
       <c r="B777" s="0" t="s">
-        <v>73</v>
+        <v>301</v>
       </c>
       <c r="C777" s="0" t="s">
-        <v>137</v>
+        <v>643</v>
       </c>
       <c r="F777" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G777" s="0" t="s">
-        <v>1230</v>
+        <v>1224</v>
       </c>
       <c r="H777" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I777" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J777" s="0" t="s">
-        <v>140</v>
+        <v>645</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" s="0" t="s">
-        <v>95</v>
+        <v>338</v>
       </c>
       <c r="B778" s="0" t="s">
-        <v>96</v>
+        <v>339</v>
       </c>
       <c r="C778" s="0" t="s">
-        <v>97</v>
+        <v>340</v>
       </c>
       <c r="F778" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G778" s="0" t="s">
-        <v>1231</v>
+        <v>1225</v>
       </c>
       <c r="H778" s="0" t="s">
-        <v>93</v>
+        <v>223</v>
       </c>
       <c r="I778" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J778" s="0" t="s">
-        <v>98</v>
+        <v>341</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" s="0" t="s">
-        <v>95</v>
+        <v>338</v>
       </c>
       <c r="B779" s="0" t="s">
-        <v>96</v>
+        <v>339</v>
       </c>
       <c r="C779" s="0" t="s">
-        <v>97</v>
+        <v>340</v>
       </c>
       <c r="F779" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G779" s="0" t="s">
-        <v>1232</v>
+        <v>1226</v>
       </c>
       <c r="H779" s="0" t="s">
-        <v>93</v>
+        <v>223</v>
       </c>
       <c r="I779" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J779" s="0" t="s">
-        <v>98</v>
+        <v>341</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" s="0" t="s">
-        <v>805</v>
+        <v>338</v>
       </c>
       <c r="B780" s="0" t="s">
-        <v>73</v>
+        <v>339</v>
       </c>
       <c r="C780" s="0" t="s">
-        <v>806</v>
+        <v>340</v>
       </c>
       <c r="F780" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G780" s="0" t="s">
-        <v>1233</v>
+        <v>1227</v>
       </c>
       <c r="H780" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I780" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J780" s="0" t="s">
-        <v>808</v>
+        <v>341</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" s="0" t="s">
-        <v>805</v>
+        <v>338</v>
       </c>
       <c r="B781" s="0" t="s">
-        <v>73</v>
+        <v>339</v>
       </c>
       <c r="C781" s="0" t="s">
-        <v>806</v>
+        <v>340</v>
       </c>
       <c r="F781" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G781" s="0" t="s">
-        <v>1234</v>
+        <v>1228</v>
       </c>
       <c r="H781" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I781" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J781" s="0" t="s">
-        <v>808</v>
+        <v>341</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" s="0" t="s">
-        <v>805</v>
+        <v>338</v>
       </c>
       <c r="B782" s="0" t="s">
-        <v>73</v>
+        <v>339</v>
       </c>
       <c r="C782" s="0" t="s">
-        <v>806</v>
+        <v>340</v>
       </c>
       <c r="F782" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G782" s="0" t="s">
-        <v>1235</v>
+        <v>1229</v>
       </c>
       <c r="H782" s="0" t="s">
-        <v>370</v>
+        <v>223</v>
       </c>
       <c r="I782" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J782" s="0" t="s">
-        <v>808</v>
+        <v>341</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" s="0" t="s">
-        <v>805</v>
+        <v>485</v>
       </c>
       <c r="B783" s="0" t="s">
-        <v>73</v>
+        <v>486</v>
       </c>
       <c r="C783" s="0" t="s">
-        <v>806</v>
+        <v>487</v>
       </c>
       <c r="F783" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G783" s="0" t="s">
-        <v>1236</v>
+        <v>1230</v>
       </c>
       <c r="H783" s="0" t="s">
-        <v>370</v>
+        <v>159</v>
       </c>
       <c r="I783" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J783" s="0" t="s">
-        <v>808</v>
+        <v>488</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" s="0" t="s">
-        <v>805</v>
+        <v>485</v>
       </c>
       <c r="B784" s="0" t="s">
-        <v>73</v>
+        <v>486</v>
       </c>
       <c r="C784" s="0" t="s">
-        <v>806</v>
+        <v>487</v>
       </c>
       <c r="F784" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G784" s="0" t="s">
-        <v>1237</v>
+        <v>1231</v>
       </c>
       <c r="H784" s="0" t="s">
-        <v>370</v>
+        <v>159</v>
       </c>
       <c r="I784" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J784" s="0" t="s">
-        <v>808</v>
+        <v>488</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" s="0" t="s">
-        <v>421</v>
+        <v>709</v>
       </c>
       <c r="B785" s="0" t="s">
-        <v>367</v>
+        <v>501</v>
       </c>
       <c r="C785" s="0" t="s">
-        <v>422</v>
+        <v>710</v>
       </c>
       <c r="F785" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G785" s="0" t="s">
-        <v>1238</v>
+        <v>1183</v>
       </c>
       <c r="H785" s="0" t="s">
-        <v>236</v>
+        <v>23</v>
       </c>
       <c r="I785" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J785" s="0" t="s">
-        <v>423</v>
+        <v>711</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" s="0" t="s">
-        <v>336</v>
+        <v>500</v>
       </c>
       <c r="B786" s="0" t="s">
-        <v>337</v>
+        <v>501</v>
       </c>
       <c r="C786" s="0" t="s">
-        <v>338</v>
+        <v>502</v>
       </c>
       <c r="F786" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G786" s="0" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
       <c r="H786" s="0" t="s">
-        <v>56</v>
+        <v>275</v>
       </c>
       <c r="I786" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J786" s="0" t="s">
-        <v>339</v>
+        <v>503</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" s="0" t="s">
-        <v>884</v>
+        <v>500</v>
       </c>
       <c r="B787" s="0" t="s">
-        <v>885</v>
+        <v>501</v>
       </c>
       <c r="C787" s="0" t="s">
-        <v>886</v>
+        <v>502</v>
       </c>
       <c r="F787" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G787" s="0" t="s">
-        <v>1240</v>
+        <v>1148</v>
       </c>
       <c r="H787" s="0" t="s">
-        <v>87</v>
+        <v>275</v>
       </c>
       <c r="I787" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J787" s="0" t="s">
-        <v>887</v>
+        <v>503</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" s="0" t="s">
-        <v>884</v>
+        <v>504</v>
       </c>
       <c r="B788" s="0" t="s">
-        <v>885</v>
+        <v>501</v>
       </c>
       <c r="C788" s="0" t="s">
-        <v>886</v>
+        <v>505</v>
       </c>
       <c r="F788" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G788" s="0" t="s">
-        <v>1241</v>
+        <v>1233</v>
       </c>
       <c r="H788" s="0" t="s">
-        <v>87</v>
+        <v>275</v>
       </c>
       <c r="I788" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J788" s="0" t="s">
-        <v>887</v>
+        <v>506</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" s="0" t="s">
-        <v>884</v>
+        <v>504</v>
       </c>
       <c r="B789" s="0" t="s">
-        <v>885</v>
+        <v>501</v>
       </c>
       <c r="C789" s="0" t="s">
-        <v>886</v>
+        <v>505</v>
       </c>
       <c r="F789" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G789" s="0" t="s">
-        <v>1242</v>
+        <v>1148</v>
       </c>
       <c r="H789" s="0" t="s">
-        <v>87</v>
+        <v>275</v>
       </c>
       <c r="I789" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J789" s="0" t="s">
-        <v>887</v>
+        <v>506</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" s="0" t="s">
-        <v>884</v>
+        <v>400</v>
       </c>
       <c r="B790" s="0" t="s">
-        <v>885</v>
+        <v>401</v>
       </c>
       <c r="C790" s="0" t="s">
-        <v>886</v>
+        <v>402</v>
       </c>
       <c r="F790" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G790" s="0" t="s">
-        <v>1243</v>
+        <v>1234</v>
       </c>
       <c r="H790" s="0" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="I790" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J790" s="0" t="s">
-        <v>887</v>
+        <v>404</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" s="0" t="s">
-        <v>884</v>
+        <v>400</v>
       </c>
       <c r="B791" s="0" t="s">
-        <v>885</v>
+        <v>401</v>
       </c>
       <c r="C791" s="0" t="s">
-        <v>886</v>
+        <v>402</v>
       </c>
       <c r="F791" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G791" s="0" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
       <c r="H791" s="0" t="s">
-        <v>87</v>
+        <v>52</v>
       </c>
       <c r="I791" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J791" s="0" t="s">
-        <v>887</v>
+        <v>404</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" s="0" t="s">
-        <v>985</v>
+        <v>400</v>
       </c>
       <c r="B792" s="0" t="s">
-        <v>865</v>
+        <v>401</v>
       </c>
       <c r="C792" s="0" t="s">
-        <v>986</v>
+        <v>402</v>
       </c>
       <c r="F792" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G792" s="0" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="H792" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I792" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J792" s="0" t="s">
-        <v>987</v>
+        <v>404</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" s="0" t="s">
-        <v>985</v>
+        <v>400</v>
       </c>
       <c r="B793" s="0" t="s">
-        <v>865</v>
+        <v>401</v>
       </c>
       <c r="C793" s="0" t="s">
-        <v>986</v>
+        <v>402</v>
       </c>
       <c r="F793" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G793" s="0" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="H793" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I793" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J793" s="0" t="s">
-        <v>987</v>
+        <v>404</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" s="0" t="s">
-        <v>985</v>
+        <v>400</v>
       </c>
       <c r="B794" s="0" t="s">
-        <v>865</v>
+        <v>401</v>
       </c>
       <c r="C794" s="0" t="s">
-        <v>986</v>
+        <v>402</v>
       </c>
       <c r="F794" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G794" s="0" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="H794" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I794" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J794" s="0" t="s">
-        <v>987</v>
+        <v>404</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" s="0" t="s">
-        <v>985</v>
+        <v>405</v>
       </c>
       <c r="B795" s="0" t="s">
-        <v>865</v>
+        <v>406</v>
       </c>
       <c r="C795" s="0" t="s">
-        <v>986</v>
+        <v>407</v>
       </c>
       <c r="F795" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G795" s="0" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="H795" s="0" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="I795" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J795" s="0" t="s">
-        <v>987</v>
+        <v>408</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" s="0" t="s">
-        <v>985</v>
+        <v>663</v>
       </c>
       <c r="B796" s="0" t="s">
-        <v>865</v>
+        <v>531</v>
       </c>
       <c r="C796" s="0" t="s">
-        <v>986</v>
+        <v>664</v>
       </c>
       <c r="F796" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G796" s="0" t="s">
-        <v>1249</v>
+        <v>1240</v>
       </c>
       <c r="H796" s="0" t="s">
-        <v>158</v>
+        <v>126</v>
       </c>
       <c r="I796" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J796" s="0" t="s">
-        <v>987</v>
+        <v>666</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" s="0" t="s">
-        <v>864</v>
+        <v>530</v>
       </c>
       <c r="B797" s="0" t="s">
-        <v>865</v>
+        <v>531</v>
       </c>
       <c r="C797" s="0" t="s">
-        <v>866</v>
+        <v>532</v>
       </c>
       <c r="F797" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G797" s="0" t="s">
-        <v>1250</v>
+        <v>1241</v>
       </c>
       <c r="H797" s="0" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I797" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J797" s="0" t="s">
-        <v>867</v>
+        <v>534</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" s="0" t="s">
-        <v>864</v>
+        <v>530</v>
       </c>
       <c r="B798" s="0" t="s">
-        <v>865</v>
+        <v>531</v>
       </c>
       <c r="C798" s="0" t="s">
-        <v>866</v>
+        <v>532</v>
       </c>
       <c r="F798" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G798" s="0" t="s">
-        <v>1251</v>
+        <v>1242</v>
       </c>
       <c r="H798" s="0" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="I798" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J798" s="0" t="s">
-        <v>867</v>
+        <v>534</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" s="0" t="s">
-        <v>859</v>
+        <v>530</v>
       </c>
       <c r="B799" s="0" t="s">
-        <v>860</v>
+        <v>531</v>
       </c>
       <c r="C799" s="0" t="s">
-        <v>861</v>
+        <v>532</v>
       </c>
       <c r="F799" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G799" s="0" t="s">
-        <v>1252</v>
+        <v>1243</v>
       </c>
       <c r="H799" s="0" t="s">
-        <v>345</v>
+        <v>126</v>
       </c>
       <c r="I799" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J799" s="0" t="s">
-        <v>863</v>
+        <v>534</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" s="0" t="s">
-        <v>759</v>
+        <v>449</v>
       </c>
       <c r="B800" s="0" t="s">
-        <v>760</v>
+        <v>450</v>
       </c>
       <c r="C800" s="0" t="s">
-        <v>761</v>
+        <v>451</v>
       </c>
       <c r="F800" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G800" s="0" t="s">
-        <v>1253</v>
+        <v>1244</v>
       </c>
       <c r="H800" s="0" t="s">
-        <v>762</v>
+        <v>109</v>
       </c>
       <c r="I800" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J800" s="0" t="s">
-        <v>763</v>
+        <v>453</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" s="0" t="s">
-        <v>931</v>
+        <v>424</v>
       </c>
       <c r="B801" s="0" t="s">
-        <v>932</v>
+        <v>425</v>
       </c>
       <c r="C801" s="0" t="s">
-        <v>933</v>
+        <v>426</v>
       </c>
       <c r="F801" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G801" s="0" t="s">
-        <v>1254</v>
+        <v>1245</v>
       </c>
       <c r="H801" s="0" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="I801" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J801" s="0" t="s">
-        <v>935</v>
+        <v>427</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" s="0" t="s">
-        <v>835</v>
+        <v>215</v>
       </c>
       <c r="B802" s="0" t="s">
-        <v>465</v>
+        <v>216</v>
       </c>
       <c r="C802" s="0" t="s">
-        <v>836</v>
+        <v>217</v>
       </c>
       <c r="F802" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G802" s="0" t="s">
-        <v>1255</v>
+        <v>1246</v>
       </c>
       <c r="H802" s="0" t="s">
-        <v>838</v>
+        <v>67</v>
       </c>
       <c r="I802" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J802" s="0" t="s">
-        <v>839</v>
+        <v>218</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" s="0" t="s">
-        <v>464</v>
+        <v>215</v>
       </c>
       <c r="B803" s="0" t="s">
-        <v>465</v>
+        <v>216</v>
       </c>
       <c r="C803" s="0" t="s">
-        <v>466</v>
+        <v>217</v>
       </c>
       <c r="F803" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G803" s="0" t="s">
-        <v>1256</v>
+        <v>1247</v>
       </c>
       <c r="H803" s="0" t="s">
-        <v>117</v>
+        <v>67</v>
       </c>
       <c r="I803" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J803" s="0" t="s">
-        <v>467</v>
+        <v>218</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" s="0" t="s">
-        <v>849</v>
+        <v>352</v>
       </c>
       <c r="B804" s="0" t="s">
-        <v>850</v>
+        <v>353</v>
       </c>
       <c r="C804" s="0" t="s">
-        <v>851</v>
+        <v>354</v>
       </c>
       <c r="F804" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G804" s="0" t="s">
-        <v>1257</v>
+        <v>1248</v>
       </c>
       <c r="H804" s="0" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="I804" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J804" s="0" t="s">
-        <v>852</v>
+        <v>355</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" s="0" t="s">
-        <v>849</v>
+        <v>352</v>
       </c>
       <c r="B805" s="0" t="s">
-        <v>850</v>
+        <v>353</v>
       </c>
       <c r="C805" s="0" t="s">
-        <v>851</v>
+        <v>354</v>
       </c>
       <c r="F805" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G805" s="0" t="s">
-        <v>1258</v>
+        <v>1249</v>
       </c>
       <c r="H805" s="0" t="s">
-        <v>145</v>
+        <v>132</v>
       </c>
       <c r="I805" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J805" s="0" t="s">
-        <v>852</v>
+        <v>355</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" s="0" t="s">
-        <v>890</v>
+        <v>352</v>
       </c>
       <c r="B806" s="0" t="s">
-        <v>891</v>
+        <v>353</v>
       </c>
       <c r="C806" s="0" t="s">
-        <v>892</v>
+        <v>354</v>
       </c>
       <c r="F806" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G806" s="0" t="s">
-        <v>1259</v>
+        <v>1250</v>
       </c>
       <c r="H806" s="0" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="I806" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J806" s="0" t="s">
-        <v>894</v>
+        <v>355</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" s="0" t="s">
-        <v>890</v>
+        <v>352</v>
       </c>
       <c r="B807" s="0" t="s">
-        <v>891</v>
+        <v>353</v>
       </c>
       <c r="C807" s="0" t="s">
-        <v>892</v>
+        <v>354</v>
       </c>
       <c r="F807" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G807" s="0" t="s">
-        <v>1260</v>
+        <v>1251</v>
       </c>
       <c r="H807" s="0" t="s">
-        <v>87</v>
+        <v>132</v>
       </c>
       <c r="I807" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J807" s="0" t="s">
-        <v>894</v>
+        <v>355</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" s="0" t="s">
-        <v>468</v>
+        <v>784</v>
       </c>
       <c r="B808" s="0" t="s">
-        <v>469</v>
+        <v>785</v>
       </c>
       <c r="C808" s="0" t="s">
-        <v>470</v>
+        <v>786</v>
       </c>
       <c r="F808" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G808" s="0" t="s">
-        <v>1261</v>
+        <v>1252</v>
       </c>
       <c r="H808" s="0" t="s">
-        <v>117</v>
+        <v>275</v>
       </c>
       <c r="I808" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J808" s="0" t="s">
-        <v>471</v>
+        <v>788</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" s="0" t="s">
-        <v>958</v>
+        <v>784</v>
       </c>
       <c r="B809" s="0" t="s">
-        <v>959</v>
+        <v>785</v>
       </c>
       <c r="C809" s="0" t="s">
-        <v>960</v>
+        <v>786</v>
       </c>
       <c r="F809" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G809" s="0" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
       <c r="H809" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I809" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J809" s="0" t="s">
-        <v>961</v>
+        <v>788</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" s="0" t="s">
-        <v>652</v>
+        <v>784</v>
       </c>
       <c r="B810" s="0" t="s">
-        <v>653</v>
+        <v>785</v>
       </c>
       <c r="C810" s="0" t="s">
-        <v>654</v>
+        <v>786</v>
       </c>
       <c r="F810" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G810" s="0" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="H810" s="0" t="s">
-        <v>151</v>
+        <v>275</v>
       </c>
       <c r="I810" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J810" s="0" t="s">
-        <v>656</v>
+        <v>788</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" s="0" t="s">
-        <v>489</v>
+        <v>784</v>
       </c>
       <c r="B811" s="0" t="s">
-        <v>490</v>
+        <v>785</v>
       </c>
       <c r="C811" s="0" t="s">
-        <v>491</v>
+        <v>786</v>
       </c>
       <c r="F811" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G811" s="0" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="H811" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I811" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J811" s="0" t="s">
-        <v>492</v>
+        <v>788</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" s="0" t="s">
-        <v>102</v>
+        <v>784</v>
       </c>
       <c r="B812" s="0" t="s">
-        <v>103</v>
+        <v>785</v>
       </c>
       <c r="C812" s="0" t="s">
-        <v>104</v>
+        <v>786</v>
       </c>
       <c r="F812" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G812" s="0" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="H812" s="0" t="s">
-        <v>93</v>
+        <v>275</v>
       </c>
       <c r="I812" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J812" s="0" t="s">
-        <v>105</v>
+        <v>788</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" s="0" t="s">
-        <v>102</v>
+        <v>277</v>
       </c>
       <c r="B813" s="0" t="s">
-        <v>103</v>
+        <v>278</v>
       </c>
       <c r="C813" s="0" t="s">
+        <v>279</v>
+      </c>
+      <c r="F813" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G813" s="0" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H813" s="0" t="s">
         <v>104</v>
       </c>
-      <c r="F813" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I813" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J813" s="0" t="s">
-        <v>105</v>
+        <v>281</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" s="0" t="s">
-        <v>700</v>
+        <v>277</v>
       </c>
       <c r="B814" s="0" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="C814" s="0" t="s">
-        <v>701</v>
+        <v>279</v>
       </c>
       <c r="F814" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G814" s="0" t="s">
-        <v>1267</v>
+        <v>1164</v>
       </c>
       <c r="H814" s="0" t="s">
-        <v>123</v>
+        <v>104</v>
       </c>
       <c r="I814" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J814" s="0" t="s">
-        <v>703</v>
+        <v>281</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" s="0" t="s">
-        <v>908</v>
+        <v>84</v>
       </c>
       <c r="B815" s="0" t="s">
-        <v>909</v>
+        <v>85</v>
       </c>
       <c r="C815" s="0" t="s">
-        <v>910</v>
+        <v>86</v>
       </c>
       <c r="F815" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G815" s="0" t="s">
-        <v>1268</v>
+        <v>1257</v>
       </c>
       <c r="H815" s="0" t="s">
-        <v>117</v>
+        <v>88</v>
       </c>
       <c r="I815" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J815" s="0" t="s">
-        <v>911</v>
+        <v>89</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" s="0" t="s">
-        <v>908</v>
+        <v>805</v>
       </c>
       <c r="B816" s="0" t="s">
-        <v>909</v>
+        <v>576</v>
       </c>
       <c r="C816" s="0" t="s">
-        <v>910</v>
+        <v>806</v>
       </c>
       <c r="F816" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G816" s="0" t="s">
-        <v>1136</v>
+        <v>1258</v>
       </c>
       <c r="H816" s="0" t="s">
-        <v>117</v>
+        <v>632</v>
       </c>
       <c r="I816" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J816" s="0" t="s">
-        <v>911</v>
+        <v>807</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" s="0" t="s">
-        <v>1020</v>
+        <v>805</v>
       </c>
       <c r="B817" s="0" t="s">
-        <v>1021</v>
+        <v>576</v>
       </c>
       <c r="C817" s="0" t="s">
-        <v>1022</v>
+        <v>806</v>
       </c>
       <c r="F817" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G817" s="0" t="s">
-        <v>1269</v>
+        <v>1259</v>
       </c>
       <c r="H817" s="0" t="s">
-        <v>158</v>
+        <v>632</v>
       </c>
       <c r="I817" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J817" s="0" t="s">
-        <v>1023</v>
+        <v>807</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" s="0" t="s">
-        <v>948</v>
+        <v>805</v>
       </c>
       <c r="B818" s="0" t="s">
-        <v>949</v>
+        <v>576</v>
       </c>
       <c r="C818" s="0" t="s">
-        <v>950</v>
+        <v>806</v>
       </c>
       <c r="F818" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G818" s="0" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
       <c r="H818" s="0" t="s">
-        <v>117</v>
+        <v>632</v>
       </c>
       <c r="I818" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J818" s="0" t="s">
-        <v>951</v>
+        <v>807</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" s="0" t="s">
-        <v>948</v>
+        <v>805</v>
       </c>
       <c r="B819" s="0" t="s">
-        <v>949</v>
+        <v>576</v>
       </c>
       <c r="C819" s="0" t="s">
-        <v>950</v>
+        <v>806</v>
       </c>
       <c r="F819" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G819" s="0" t="s">
-        <v>1271</v>
+        <v>1261</v>
       </c>
       <c r="H819" s="0" t="s">
-        <v>117</v>
+        <v>632</v>
       </c>
       <c r="I819" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J819" s="0" t="s">
-        <v>951</v>
+        <v>807</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" s="0" t="s">
-        <v>666</v>
+        <v>805</v>
       </c>
       <c r="B820" s="0" t="s">
-        <v>667</v>
+        <v>576</v>
       </c>
       <c r="C820" s="0" t="s">
-        <v>668</v>
+        <v>806</v>
       </c>
       <c r="F820" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G820" s="0" t="s">
-        <v>1272</v>
+        <v>1262</v>
       </c>
       <c r="H820" s="0" t="s">
-        <v>162</v>
+        <v>632</v>
       </c>
       <c r="I820" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J820" s="0" t="s">
-        <v>670</v>
+        <v>807</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" s="0" t="s">
-        <v>666</v>
+        <v>1263</v>
       </c>
       <c r="B821" s="0" t="s">
-        <v>667</v>
+        <v>1264</v>
       </c>
       <c r="C821" s="0" t="s">
-        <v>668</v>
+        <v>1265</v>
       </c>
       <c r="F821" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G821" s="0" t="s">
-        <v>1273</v>
+        <v>1266</v>
       </c>
       <c r="H821" s="0" t="s">
-        <v>162</v>
+        <v>275</v>
       </c>
       <c r="I821" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J821" s="0" t="s">
-        <v>670</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" s="0" t="s">
-        <v>796</v>
+        <v>1263</v>
       </c>
       <c r="B822" s="0" t="s">
-        <v>667</v>
+        <v>1264</v>
       </c>
       <c r="C822" s="0" t="s">
-        <v>797</v>
+        <v>1265</v>
       </c>
       <c r="F822" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G822" s="0" t="s">
-        <v>1274</v>
+        <v>1268</v>
       </c>
       <c r="H822" s="0" t="s">
-        <v>762</v>
+        <v>275</v>
       </c>
       <c r="I822" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J822" s="0" t="s">
-        <v>799</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" s="0" t="s">
-        <v>796</v>
+        <v>1263</v>
       </c>
       <c r="B823" s="0" t="s">
-        <v>667</v>
+        <v>1264</v>
       </c>
       <c r="C823" s="0" t="s">
-        <v>797</v>
+        <v>1265</v>
       </c>
       <c r="F823" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G823" s="0" t="s">
-        <v>1275</v>
+        <v>1269</v>
       </c>
       <c r="H823" s="0" t="s">
-        <v>762</v>
+        <v>275</v>
       </c>
       <c r="I823" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J823" s="0" t="s">
-        <v>799</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" s="0" t="s">
-        <v>310</v>
+        <v>1263</v>
       </c>
       <c r="B824" s="0" t="s">
-        <v>311</v>
+        <v>1264</v>
       </c>
       <c r="C824" s="0" t="s">
-        <v>312</v>
+        <v>1265</v>
       </c>
       <c r="F824" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G824" s="0" t="s">
-        <v>1276</v>
+        <v>1270</v>
       </c>
       <c r="H824" s="0" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="I824" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J824" s="0" t="s">
-        <v>314</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" s="0" t="s">
-        <v>310</v>
+        <v>377</v>
       </c>
       <c r="B825" s="0" t="s">
-        <v>311</v>
+        <v>378</v>
       </c>
       <c r="C825" s="0" t="s">
-        <v>312</v>
+        <v>379</v>
       </c>
       <c r="F825" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G825" s="0" t="s">
-        <v>1277</v>
+        <v>1271</v>
       </c>
       <c r="H825" s="0" t="s">
-        <v>139</v>
+        <v>23</v>
       </c>
       <c r="I825" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J825" s="0" t="s">
-        <v>314</v>
+        <v>380</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" s="0" t="s">
-        <v>160</v>
+        <v>377</v>
       </c>
       <c r="B826" s="0" t="s">
-        <v>107</v>
+        <v>378</v>
       </c>
       <c r="C826" s="0" t="s">
-        <v>161</v>
+        <v>379</v>
       </c>
       <c r="F826" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G826" s="0" t="s">
-        <v>1278</v>
+        <v>1272</v>
       </c>
       <c r="H826" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I826" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J826" s="0" t="s">
-        <v>163</v>
+        <v>380</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" s="0" t="s">
-        <v>160</v>
+        <v>571</v>
       </c>
       <c r="B827" s="0" t="s">
-        <v>107</v>
+        <v>572</v>
       </c>
       <c r="C827" s="0" t="s">
-        <v>161</v>
+        <v>573</v>
       </c>
       <c r="F827" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G827" s="0" t="s">
-        <v>1279</v>
+        <v>1273</v>
       </c>
       <c r="H827" s="0" t="s">
-        <v>162</v>
+        <v>132</v>
       </c>
       <c r="I827" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J827" s="0" t="s">
-        <v>163</v>
+        <v>574</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" s="0" t="s">
-        <v>591</v>
+        <v>571</v>
       </c>
       <c r="B828" s="0" t="s">
-        <v>210</v>
+        <v>572</v>
       </c>
       <c r="C828" s="0" t="s">
-        <v>592</v>
+        <v>573</v>
       </c>
       <c r="F828" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G828" s="0" t="s">
-        <v>1280</v>
+        <v>1274</v>
       </c>
       <c r="H828" s="0" t="s">
-        <v>56</v>
+        <v>132</v>
       </c>
       <c r="I828" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J828" s="0" t="s">
-        <v>594</v>
+        <v>574</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" s="0" t="s">
-        <v>591</v>
+        <v>90</v>
       </c>
       <c r="B829" s="0" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
       <c r="C829" s="0" t="s">
-        <v>592</v>
+        <v>92</v>
       </c>
       <c r="F829" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G829" s="0" t="s">
-        <v>1100</v>
+        <v>1275</v>
       </c>
       <c r="H829" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I829" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J829" s="0" t="s">
-        <v>594</v>
+        <v>93</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" s="0" t="s">
-        <v>591</v>
+        <v>90</v>
       </c>
       <c r="B830" s="0" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
       <c r="C830" s="0" t="s">
-        <v>592</v>
+        <v>92</v>
       </c>
       <c r="F830" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G830" s="0" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="H830" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I830" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J830" s="0" t="s">
-        <v>594</v>
+        <v>93</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" s="0" t="s">
-        <v>591</v>
+        <v>90</v>
       </c>
       <c r="B831" s="0" t="s">
-        <v>210</v>
+        <v>91</v>
       </c>
       <c r="C831" s="0" t="s">
-        <v>592</v>
+        <v>92</v>
       </c>
       <c r="F831" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G831" s="0" t="s">
-        <v>1282</v>
+        <v>1277</v>
       </c>
       <c r="H831" s="0" t="s">
-        <v>56</v>
+        <v>88</v>
       </c>
       <c r="I831" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J831" s="0" t="s">
-        <v>594</v>
+        <v>93</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" s="0" t="s">
-        <v>506</v>
+        <v>90</v>
       </c>
       <c r="B832" s="0" t="s">
-        <v>507</v>
+        <v>91</v>
       </c>
       <c r="C832" s="0" t="s">
-        <v>508</v>
+        <v>92</v>
       </c>
       <c r="F832" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G832" s="0" t="s">
-        <v>1283</v>
+        <v>1162</v>
       </c>
       <c r="H832" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I832" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J832" s="0" t="s">
-        <v>510</v>
+        <v>93</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" s="0" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="B833" s="0" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="C833" s="0" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="F833" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G833" s="0" t="s">
-        <v>1284</v>
+        <v>1278</v>
       </c>
       <c r="H833" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="I833" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J833" s="0" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" s="0" t="s">
-        <v>439</v>
+        <v>676</v>
       </c>
       <c r="B834" s="0" t="s">
-        <v>210</v>
+        <v>677</v>
       </c>
       <c r="C834" s="0" t="s">
-        <v>440</v>
+        <v>678</v>
       </c>
       <c r="F834" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G834" s="0" t="s">
-        <v>1285</v>
+        <v>1279</v>
       </c>
       <c r="H834" s="0" t="s">
-        <v>236</v>
+        <v>52</v>
       </c>
       <c r="I834" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J834" s="0" t="s">
-        <v>442</v>
+        <v>679</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" s="0" t="s">
-        <v>555</v>
+        <v>1087</v>
       </c>
       <c r="B835" s="0" t="s">
-        <v>507</v>
+        <v>1088</v>
       </c>
       <c r="C835" s="0" t="s">
-        <v>556</v>
+        <v>1089</v>
       </c>
       <c r="F835" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G835" s="0" t="s">
-        <v>1286</v>
+        <v>1280</v>
       </c>
       <c r="H835" s="0" t="s">
-        <v>151</v>
+        <v>672</v>
       </c>
       <c r="I835" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J835" s="0" t="s">
-        <v>558</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" s="0" t="s">
-        <v>186</v>
+        <v>1087</v>
       </c>
       <c r="B836" s="0" t="s">
-        <v>107</v>
+        <v>1088</v>
       </c>
       <c r="C836" s="0" t="s">
-        <v>187</v>
+        <v>1089</v>
       </c>
       <c r="F836" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G836" s="0" t="s">
-        <v>1208</v>
+        <v>1281</v>
       </c>
       <c r="H836" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I836" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J836" s="0" t="s">
-        <v>189</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" s="0" t="s">
-        <v>186</v>
+        <v>1087</v>
       </c>
       <c r="B837" s="0" t="s">
-        <v>107</v>
+        <v>1088</v>
       </c>
       <c r="C837" s="0" t="s">
-        <v>187</v>
+        <v>1089</v>
       </c>
       <c r="F837" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G837" s="0" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="H837" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I837" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J837" s="0" t="s">
-        <v>189</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" s="0" t="s">
-        <v>295</v>
+        <v>1087</v>
       </c>
       <c r="B838" s="0" t="s">
-        <v>181</v>
+        <v>1088</v>
       </c>
       <c r="C838" s="0" t="s">
-        <v>296</v>
+        <v>1089</v>
       </c>
       <c r="F838" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G838" s="0" t="s">
-        <v>1287</v>
+        <v>1283</v>
       </c>
       <c r="H838" s="0" t="s">
-        <v>93</v>
+        <v>672</v>
       </c>
       <c r="I838" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J838" s="0" t="s">
-        <v>297</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" s="0" t="s">
-        <v>295</v>
+        <v>1087</v>
       </c>
       <c r="B839" s="0" t="s">
-        <v>181</v>
+        <v>1088</v>
       </c>
       <c r="C839" s="0" t="s">
-        <v>296</v>
+        <v>1089</v>
       </c>
       <c r="F839" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G839" s="0" t="s">
-        <v>1288</v>
+        <v>1284</v>
       </c>
       <c r="H839" s="0" t="s">
-        <v>93</v>
+        <v>672</v>
       </c>
       <c r="I839" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J839" s="0" t="s">
-        <v>297</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" s="0" t="s">
-        <v>295</v>
+        <v>575</v>
       </c>
       <c r="B840" s="0" t="s">
-        <v>181</v>
+        <v>576</v>
       </c>
       <c r="C840" s="0" t="s">
-        <v>296</v>
+        <v>577</v>
       </c>
       <c r="F840" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G840" s="0" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="H840" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I840" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J840" s="0" t="s">
-        <v>297</v>
+        <v>578</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" s="0" t="s">
-        <v>295</v>
+        <v>575</v>
       </c>
       <c r="B841" s="0" t="s">
-        <v>181</v>
+        <v>576</v>
       </c>
       <c r="C841" s="0" t="s">
-        <v>296</v>
+        <v>577</v>
       </c>
       <c r="F841" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G841" s="0" t="s">
-        <v>1290</v>
+        <v>1286</v>
       </c>
       <c r="H841" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I841" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J841" s="0" t="s">
-        <v>297</v>
+        <v>578</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" s="0" t="s">
-        <v>295</v>
+        <v>575</v>
       </c>
       <c r="B842" s="0" t="s">
-        <v>181</v>
+        <v>576</v>
       </c>
       <c r="C842" s="0" t="s">
-        <v>296</v>
+        <v>577</v>
       </c>
       <c r="F842" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G842" s="0" t="s">
-        <v>1291</v>
+        <v>1287</v>
       </c>
       <c r="H842" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I842" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J842" s="0" t="s">
-        <v>297</v>
+        <v>578</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" s="0" t="s">
-        <v>295</v>
+        <v>575</v>
       </c>
       <c r="B843" s="0" t="s">
-        <v>181</v>
+        <v>576</v>
       </c>
       <c r="C843" s="0" t="s">
-        <v>296</v>
+        <v>577</v>
       </c>
       <c r="F843" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G843" s="0" t="s">
-        <v>1292</v>
+        <v>1288</v>
       </c>
       <c r="H843" s="0" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="I843" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J843" s="0" t="s">
-        <v>297</v>
+        <v>578</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" s="0" t="s">
-        <v>615</v>
+        <v>575</v>
       </c>
       <c r="B844" s="0" t="s">
-        <v>524</v>
+        <v>576</v>
       </c>
       <c r="C844" s="0" t="s">
-        <v>616</v>
+        <v>577</v>
       </c>
       <c r="F844" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G844" s="0" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="H844" s="0" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="I844" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J844" s="0" t="s">
-        <v>618</v>
+        <v>578</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" s="0" t="s">
-        <v>615</v>
+        <v>111</v>
       </c>
       <c r="B845" s="0" t="s">
-        <v>524</v>
+        <v>112</v>
       </c>
       <c r="C845" s="0" t="s">
-        <v>616</v>
+        <v>113</v>
       </c>
       <c r="F845" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G845" s="0" t="s">
-        <v>1294</v>
+        <v>1144</v>
       </c>
       <c r="H845" s="0" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="I845" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J845" s="0" t="s">
-        <v>618</v>
+        <v>114</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" s="0" t="s">
-        <v>190</v>
+        <v>111</v>
       </c>
       <c r="B846" s="0" t="s">
-        <v>191</v>
+        <v>112</v>
       </c>
       <c r="C846" s="0" t="s">
-        <v>192</v>
+        <v>113</v>
       </c>
       <c r="F846" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G846" s="0" t="s">
-        <v>1295</v>
+        <v>1290</v>
       </c>
       <c r="H846" s="0" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="I846" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J846" s="0" t="s">
-        <v>194</v>
+        <v>114</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" s="0" t="s">
-        <v>190</v>
+        <v>594</v>
       </c>
       <c r="B847" s="0" t="s">
-        <v>191</v>
+        <v>112</v>
       </c>
       <c r="C847" s="0" t="s">
-        <v>192</v>
+        <v>595</v>
       </c>
       <c r="F847" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G847" s="0" t="s">
-        <v>1296</v>
+        <v>1291</v>
       </c>
       <c r="H847" s="0" t="s">
-        <v>81</v>
+        <v>109</v>
       </c>
       <c r="I847" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J847" s="0" t="s">
-        <v>194</v>
+        <v>597</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" s="0" t="s">
-        <v>190</v>
+        <v>496</v>
       </c>
       <c r="B848" s="0" t="s">
-        <v>191</v>
+        <v>497</v>
       </c>
       <c r="C848" s="0" t="s">
-        <v>192</v>
+        <v>498</v>
       </c>
       <c r="F848" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G848" s="0" t="s">
-        <v>1297</v>
+        <v>1292</v>
       </c>
       <c r="H848" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I848" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J848" s="0" t="s">
-        <v>194</v>
+        <v>499</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" s="0" t="s">
-        <v>190</v>
+        <v>496</v>
       </c>
       <c r="B849" s="0" t="s">
-        <v>191</v>
+        <v>497</v>
       </c>
       <c r="C849" s="0" t="s">
-        <v>192</v>
+        <v>498</v>
       </c>
       <c r="F849" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G849" s="0" t="s">
-        <v>1298</v>
+        <v>1293</v>
       </c>
       <c r="H849" s="0" t="s">
-        <v>81</v>
+        <v>275</v>
       </c>
       <c r="I849" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J849" s="0" t="s">
-        <v>194</v>
+        <v>499</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" s="0" t="s">
-        <v>511</v>
+        <v>905</v>
       </c>
       <c r="B850" s="0" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="C850" s="0" t="s">
-        <v>513</v>
+        <v>906</v>
       </c>
       <c r="F850" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G850" s="0" t="s">
-        <v>1299</v>
+        <v>1294</v>
       </c>
       <c r="H850" s="0" t="s">
-        <v>123</v>
+        <v>275</v>
       </c>
       <c r="I850" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J850" s="0" t="s">
-        <v>514</v>
+        <v>908</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" s="0" t="s">
-        <v>511</v>
+        <v>905</v>
       </c>
       <c r="B851" s="0" t="s">
-        <v>512</v>
+        <v>497</v>
       </c>
       <c r="C851" s="0" t="s">
-        <v>513</v>
+        <v>906</v>
       </c>
       <c r="F851" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G851" s="0" t="s">
-        <v>1215</v>
+        <v>1295</v>
       </c>
       <c r="H851" s="0" t="s">
-        <v>123</v>
+        <v>275</v>
       </c>
       <c r="I851" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J851" s="0" t="s">
-        <v>514</v>
+        <v>908</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" s="0" t="s">
-        <v>969</v>
+        <v>905</v>
       </c>
       <c r="B852" s="0" t="s">
-        <v>596</v>
+        <v>497</v>
       </c>
       <c r="C852" s="0" t="s">
-        <v>970</v>
+        <v>906</v>
       </c>
       <c r="F852" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G852" s="0" t="s">
-        <v>1300</v>
+        <v>1296</v>
       </c>
       <c r="H852" s="0" t="s">
-        <v>519</v>
+        <v>275</v>
       </c>
       <c r="I852" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J852" s="0" t="s">
-        <v>971</v>
+        <v>908</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" s="0" t="s">
-        <v>969</v>
+        <v>909</v>
       </c>
       <c r="B853" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C853" s="0" t="s">
-        <v>970</v>
+        <v>910</v>
       </c>
       <c r="F853" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G853" s="0" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="H853" s="0" t="s">
-        <v>519</v>
+        <v>159</v>
       </c>
       <c r="I853" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J853" s="0" t="s">
-        <v>971</v>
+        <v>911</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" s="0" t="s">
-        <v>969</v>
+        <v>909</v>
       </c>
       <c r="B854" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C854" s="0" t="s">
-        <v>970</v>
+        <v>910</v>
       </c>
       <c r="F854" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G854" s="0" t="s">
-        <v>1302</v>
+        <v>1298</v>
       </c>
       <c r="H854" s="0" t="s">
-        <v>519</v>
+        <v>159</v>
       </c>
       <c r="I854" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J854" s="0" t="s">
-        <v>971</v>
+        <v>911</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" s="0" t="s">
-        <v>969</v>
+        <v>909</v>
       </c>
       <c r="B855" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C855" s="0" t="s">
-        <v>970</v>
+        <v>910</v>
       </c>
       <c r="F855" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G855" s="0" t="s">
-        <v>1303</v>
+        <v>1299</v>
       </c>
       <c r="H855" s="0" t="s">
-        <v>519</v>
+        <v>159</v>
       </c>
       <c r="I855" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J855" s="0" t="s">
-        <v>971</v>
+        <v>911</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" s="0" t="s">
-        <v>969</v>
+        <v>909</v>
       </c>
       <c r="B856" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C856" s="0" t="s">
-        <v>970</v>
+        <v>910</v>
       </c>
       <c r="F856" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G856" s="0" t="s">
-        <v>1304</v>
+        <v>1300</v>
       </c>
       <c r="H856" s="0" t="s">
-        <v>519</v>
+        <v>159</v>
       </c>
       <c r="I856" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J856" s="0" t="s">
-        <v>971</v>
+        <v>911</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" s="0" t="s">
-        <v>969</v>
+        <v>909</v>
       </c>
       <c r="B857" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C857" s="0" t="s">
-        <v>970</v>
+        <v>910</v>
       </c>
       <c r="F857" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G857" s="0" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="H857" s="0" t="s">
-        <v>519</v>
+        <v>159</v>
       </c>
       <c r="I857" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J857" s="0" t="s">
-        <v>971</v>
+        <v>911</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" s="0" t="s">
-        <v>969</v>
+        <v>1034</v>
       </c>
       <c r="B858" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C858" s="0" t="s">
-        <v>970</v>
+        <v>1035</v>
       </c>
       <c r="F858" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G858" s="0" t="s">
-        <v>1306</v>
+        <v>1302</v>
       </c>
       <c r="H858" s="0" t="s">
-        <v>519</v>
+        <v>132</v>
       </c>
       <c r="I858" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J858" s="0" t="s">
-        <v>971</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" s="0" t="s">
-        <v>969</v>
+        <v>1034</v>
       </c>
       <c r="B859" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C859" s="0" t="s">
-        <v>970</v>
+        <v>1035</v>
       </c>
       <c r="F859" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G859" s="0" t="s">
-        <v>1307</v>
+        <v>1303</v>
       </c>
       <c r="H859" s="0" t="s">
-        <v>519</v>
+        <v>132</v>
       </c>
       <c r="I859" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J859" s="0" t="s">
-        <v>971</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" s="0" t="s">
-        <v>969</v>
+        <v>1034</v>
       </c>
       <c r="B860" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C860" s="0" t="s">
-        <v>970</v>
+        <v>1035</v>
       </c>
       <c r="F860" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G860" s="0" t="s">
-        <v>1308</v>
+        <v>1303</v>
       </c>
       <c r="H860" s="0" t="s">
-        <v>519</v>
+        <v>132</v>
       </c>
       <c r="I860" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J860" s="0" t="s">
-        <v>971</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" s="0" t="s">
-        <v>969</v>
+        <v>579</v>
       </c>
       <c r="B861" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C861" s="0" t="s">
-        <v>970</v>
+        <v>580</v>
       </c>
       <c r="F861" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G861" s="0" t="s">
-        <v>1309</v>
+        <v>1304</v>
       </c>
       <c r="H861" s="0" t="s">
-        <v>519</v>
+        <v>132</v>
       </c>
       <c r="I861" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J861" s="0" t="s">
-        <v>971</v>
+        <v>581</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" s="0" t="s">
-        <v>969</v>
+        <v>183</v>
       </c>
       <c r="B862" s="0" t="s">
-        <v>596</v>
+        <v>184</v>
       </c>
       <c r="C862" s="0" t="s">
-        <v>970</v>
+        <v>185</v>
       </c>
       <c r="F862" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G862" s="0" t="s">
-        <v>1310</v>
+        <v>1305</v>
       </c>
       <c r="H862" s="0" t="s">
-        <v>519</v>
+        <v>132</v>
       </c>
       <c r="I862" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J862" s="0" t="s">
-        <v>971</v>
+        <v>186</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" s="0" t="s">
-        <v>969</v>
+        <v>744</v>
       </c>
       <c r="B863" s="0" t="s">
-        <v>596</v>
+        <v>745</v>
       </c>
       <c r="C863" s="0" t="s">
-        <v>970</v>
+        <v>746</v>
       </c>
       <c r="F863" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G863" s="0" t="s">
-        <v>1311</v>
+        <v>1306</v>
       </c>
       <c r="H863" s="0" t="s">
-        <v>519</v>
+        <v>138</v>
       </c>
       <c r="I863" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J863" s="0" t="s">
-        <v>971</v>
+        <v>747</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" s="0" t="s">
-        <v>969</v>
+        <v>187</v>
       </c>
       <c r="B864" s="0" t="s">
-        <v>596</v>
+        <v>188</v>
       </c>
       <c r="C864" s="0" t="s">
-        <v>970</v>
+        <v>189</v>
       </c>
       <c r="F864" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G864" s="0" t="s">
-        <v>1312</v>
+        <v>1307</v>
       </c>
       <c r="H864" s="0" t="s">
-        <v>519</v>
+        <v>138</v>
       </c>
       <c r="I864" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J864" s="0" t="s">
-        <v>971</v>
+        <v>191</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" s="0" t="s">
-        <v>969</v>
+        <v>134</v>
       </c>
       <c r="B865" s="0" t="s">
-        <v>596</v>
+        <v>135</v>
       </c>
       <c r="C865" s="0" t="s">
-        <v>970</v>
+        <v>136</v>
       </c>
       <c r="F865" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G865" s="0" t="s">
-        <v>1313</v>
+        <v>1308</v>
       </c>
       <c r="H865" s="0" t="s">
-        <v>519</v>
+        <v>138</v>
       </c>
       <c r="I865" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J865" s="0" t="s">
-        <v>971</v>
+        <v>139</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" s="0" t="s">
-        <v>595</v>
+        <v>808</v>
       </c>
       <c r="B866" s="0" t="s">
-        <v>596</v>
+        <v>809</v>
       </c>
       <c r="C866" s="0" t="s">
-        <v>597</v>
+        <v>810</v>
       </c>
       <c r="F866" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G866" s="0" t="s">
-        <v>1314</v>
+        <v>1309</v>
       </c>
       <c r="H866" s="0" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="I866" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J866" s="0" t="s">
-        <v>598</v>
+        <v>812</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" s="0" t="s">
-        <v>595</v>
+        <v>824</v>
       </c>
       <c r="B867" s="0" t="s">
-        <v>596</v>
+        <v>825</v>
       </c>
       <c r="C867" s="0" t="s">
-        <v>597</v>
+        <v>826</v>
       </c>
       <c r="F867" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G867" s="0" t="s">
-        <v>1085</v>
+        <v>1310</v>
       </c>
       <c r="H867" s="0" t="s">
-        <v>145</v>
+        <v>67</v>
       </c>
       <c r="I867" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J867" s="0" t="s">
-        <v>598</v>
+        <v>827</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" s="0" t="s">
-        <v>180</v>
+        <v>824</v>
       </c>
       <c r="B868" s="0" t="s">
-        <v>181</v>
+        <v>825</v>
       </c>
       <c r="C868" s="0" t="s">
-        <v>182</v>
+        <v>826</v>
       </c>
       <c r="F868" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G868" s="0" t="s">
-        <v>1315</v>
+        <v>1311</v>
       </c>
       <c r="H868" s="0" t="s">
-        <v>184</v>
+        <v>67</v>
       </c>
       <c r="I868" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J868" s="0" t="s">
-        <v>185</v>
+        <v>827</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" s="0" t="s">
-        <v>180</v>
+        <v>824</v>
       </c>
       <c r="B869" s="0" t="s">
-        <v>181</v>
+        <v>825</v>
       </c>
       <c r="C869" s="0" t="s">
-        <v>182</v>
+        <v>826</v>
       </c>
       <c r="F869" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G869" s="0" t="s">
-        <v>728</v>
+        <v>1283</v>
       </c>
       <c r="H869" s="0" t="s">
-        <v>184</v>
+        <v>67</v>
       </c>
       <c r="I869" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J869" s="0" t="s">
-        <v>185</v>
+        <v>827</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" s="0" t="s">
-        <v>180</v>
+        <v>824</v>
       </c>
       <c r="B870" s="0" t="s">
-        <v>181</v>
+        <v>825</v>
       </c>
       <c r="C870" s="0" t="s">
-        <v>182</v>
+        <v>826</v>
       </c>
       <c r="F870" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G870" s="0" t="s">
-        <v>1069</v>
+        <v>1312</v>
       </c>
       <c r="H870" s="0" t="s">
-        <v>184</v>
+        <v>67</v>
       </c>
       <c r="I870" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J870" s="0" t="s">
-        <v>185</v>
+        <v>827</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" s="0" t="s">
-        <v>523</v>
+        <v>824</v>
       </c>
       <c r="B871" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C871" s="0" t="s">
-        <v>525</v>
+        <v>826</v>
       </c>
       <c r="F871" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G871" s="0" t="s">
-        <v>1316</v>
+        <v>1313</v>
       </c>
       <c r="H871" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I871" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J871" s="0" t="s">
-        <v>528</v>
+        <v>827</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" s="0" t="s">
-        <v>523</v>
+        <v>824</v>
       </c>
       <c r="B872" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C872" s="0" t="s">
-        <v>525</v>
+        <v>826</v>
       </c>
       <c r="F872" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G872" s="0" t="s">
-        <v>1225</v>
+        <v>1314</v>
       </c>
       <c r="H872" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I872" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J872" s="0" t="s">
-        <v>528</v>
+        <v>827</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" s="0" t="s">
-        <v>523</v>
+        <v>824</v>
       </c>
       <c r="B873" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C873" s="0" t="s">
-        <v>525</v>
+        <v>826</v>
       </c>
       <c r="F873" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G873" s="0" t="s">
-        <v>1317</v>
+        <v>1315</v>
       </c>
       <c r="H873" s="0" t="s">
-        <v>527</v>
+        <v>67</v>
       </c>
       <c r="I873" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J873" s="0" t="s">
-        <v>528</v>
+        <v>827</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" s="0" t="s">
-        <v>998</v>
+        <v>824</v>
       </c>
       <c r="B874" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C874" s="0" t="s">
-        <v>999</v>
+        <v>826</v>
       </c>
       <c r="F874" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G874" s="0" t="s">
-        <v>1318</v>
+        <v>1316</v>
       </c>
       <c r="H874" s="0" t="s">
-        <v>1001</v>
+        <v>67</v>
       </c>
       <c r="I874" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J874" s="0" t="s">
-        <v>1002</v>
+        <v>827</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" s="0" t="s">
-        <v>998</v>
+        <v>824</v>
       </c>
       <c r="B875" s="0" t="s">
-        <v>524</v>
+        <v>825</v>
       </c>
       <c r="C875" s="0" t="s">
-        <v>999</v>
+        <v>826</v>
       </c>
       <c r="F875" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G875" s="0" t="s">
-        <v>1319</v>
+        <v>1317</v>
       </c>
       <c r="H875" s="0" t="s">
-        <v>1001</v>
+        <v>67</v>
       </c>
       <c r="I875" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J875" s="0" t="s">
-        <v>1002</v>
+        <v>827</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" s="0" t="s">
-        <v>998</v>
+        <v>767</v>
       </c>
       <c r="B876" s="0" t="s">
-        <v>524</v>
+        <v>768</v>
       </c>
       <c r="C876" s="0" t="s">
-        <v>999</v>
+        <v>769</v>
       </c>
       <c r="F876" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G876" s="0" t="s">
-        <v>1320</v>
+        <v>1318</v>
       </c>
       <c r="H876" s="0" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="I876" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J876" s="0" t="s">
-        <v>1002</v>
+        <v>770</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" s="0" t="s">
-        <v>998</v>
+        <v>767</v>
       </c>
       <c r="B877" s="0" t="s">
-        <v>524</v>
+        <v>768</v>
       </c>
       <c r="C877" s="0" t="s">
-        <v>999</v>
+        <v>769</v>
       </c>
       <c r="F877" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G877" s="0" t="s">
-        <v>1321</v>
+        <v>1319</v>
       </c>
       <c r="H877" s="0" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="I877" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J877" s="0" t="s">
-        <v>1002</v>
+        <v>770</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" s="0" t="s">
-        <v>998</v>
+        <v>767</v>
       </c>
       <c r="B878" s="0" t="s">
-        <v>524</v>
+        <v>768</v>
       </c>
       <c r="C878" s="0" t="s">
-        <v>999</v>
+        <v>769</v>
       </c>
       <c r="F878" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G878" s="0" t="s">
-        <v>1322</v>
+        <v>1320</v>
       </c>
       <c r="H878" s="0" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="I878" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J878" s="0" t="s">
-        <v>1002</v>
+        <v>770</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" s="0" t="s">
-        <v>998</v>
+        <v>767</v>
       </c>
       <c r="B879" s="0" t="s">
-        <v>524</v>
+        <v>768</v>
       </c>
       <c r="C879" s="0" t="s">
-        <v>999</v>
+        <v>769</v>
       </c>
       <c r="F879" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G879" s="0" t="s">
-        <v>1323</v>
+        <v>1321</v>
       </c>
       <c r="H879" s="0" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="I879" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J879" s="0" t="s">
-        <v>1002</v>
+        <v>770</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" s="0" t="s">
-        <v>998</v>
+        <v>767</v>
       </c>
       <c r="B880" s="0" t="s">
-        <v>524</v>
+        <v>768</v>
       </c>
       <c r="C880" s="0" t="s">
-        <v>999</v>
+        <v>769</v>
       </c>
       <c r="F880" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G880" s="0" t="s">
-        <v>1324</v>
+        <v>1322</v>
       </c>
       <c r="H880" s="0" t="s">
-        <v>1001</v>
+        <v>154</v>
       </c>
       <c r="I880" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J880" s="0" t="s">
-        <v>1002</v>
+        <v>770</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" s="0" t="s">
-        <v>119</v>
+        <v>333</v>
       </c>
       <c r="B881" s="0" t="s">
-        <v>120</v>
+        <v>151</v>
       </c>
       <c r="C881" s="0" t="s">
-        <v>121</v>
+        <v>334</v>
       </c>
       <c r="F881" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G881" s="0" t="s">
-        <v>1325</v>
+        <v>1323</v>
       </c>
       <c r="H881" s="0" t="s">
-        <v>123</v>
+        <v>154</v>
       </c>
       <c r="I881" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J881" s="0" t="s">
-        <v>124</v>
+        <v>336</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" s="0" t="s">
-        <v>220</v>
+        <v>150</v>
       </c>
       <c r="B882" s="0" t="s">
-        <v>120</v>
+        <v>151</v>
       </c>
       <c r="C882" s="0" t="s">
-        <v>221</v>
+        <v>152</v>
       </c>
       <c r="F882" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G882" s="0" t="s">
-        <v>1326</v>
+        <v>1320</v>
       </c>
       <c r="H882" s="0" t="s">
-        <v>123</v>
+        <v>154</v>
       </c>
       <c r="I882" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J882" s="0" t="s">
-        <v>223</v>
+        <v>155</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" s="0" t="s">
-        <v>536</v>
+        <v>150</v>
       </c>
       <c r="B883" s="0" t="s">
-        <v>537</v>
+        <v>151</v>
       </c>
       <c r="C883" s="0" t="s">
-        <v>538</v>
+        <v>152</v>
       </c>
       <c r="F883" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G883" s="0" t="s">
-        <v>1327</v>
+        <v>1321</v>
       </c>
       <c r="H883" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="I883" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J883" s="0" t="s">
-        <v>539</v>
+        <v>155</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" s="0" t="s">
-        <v>536</v>
+        <v>150</v>
       </c>
       <c r="B884" s="0" t="s">
-        <v>537</v>
+        <v>151</v>
       </c>
       <c r="C884" s="0" t="s">
-        <v>538</v>
+        <v>152</v>
       </c>
       <c r="F884" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G884" s="0" t="s">
-        <v>1328</v>
+        <v>1323</v>
       </c>
       <c r="H884" s="0" t="s">
-        <v>93</v>
+        <v>154</v>
       </c>
       <c r="I884" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J884" s="0" t="s">
-        <v>539</v>
+        <v>155</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" s="0" t="s">
-        <v>629</v>
+        <v>888</v>
       </c>
       <c r="B885" s="0" t="s">
-        <v>630</v>
+        <v>465</v>
       </c>
       <c r="C885" s="0" t="s">
-        <v>631</v>
+        <v>889</v>
       </c>
       <c r="F885" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G885" s="0" t="s">
-        <v>1329</v>
+        <v>1324</v>
       </c>
       <c r="H885" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I885" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J885" s="0" t="s">
-        <v>633</v>
+        <v>891</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" s="0" t="s">
-        <v>629</v>
+        <v>888</v>
       </c>
       <c r="B886" s="0" t="s">
-        <v>630</v>
+        <v>465</v>
       </c>
       <c r="C886" s="0" t="s">
-        <v>631</v>
+        <v>889</v>
       </c>
       <c r="F886" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G886" s="0" t="s">
-        <v>1330</v>
+        <v>1325</v>
       </c>
       <c r="H886" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I886" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J886" s="0" t="s">
-        <v>633</v>
+        <v>891</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" s="0" t="s">
-        <v>629</v>
+        <v>901</v>
       </c>
       <c r="B887" s="0" t="s">
-        <v>630</v>
+        <v>465</v>
       </c>
       <c r="C887" s="0" t="s">
-        <v>631</v>
+        <v>902</v>
       </c>
       <c r="F887" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G887" s="0" t="s">
-        <v>1331</v>
+        <v>1326</v>
       </c>
       <c r="H887" s="0" t="s">
-        <v>158</v>
+        <v>672</v>
       </c>
       <c r="I887" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J887" s="0" t="s">
-        <v>633</v>
+        <v>904</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" s="0" t="s">
-        <v>629</v>
+        <v>464</v>
       </c>
       <c r="B888" s="0" t="s">
-        <v>630</v>
+        <v>465</v>
       </c>
       <c r="C888" s="0" t="s">
-        <v>631</v>
+        <v>466</v>
       </c>
       <c r="F888" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G888" s="0" t="s">
-        <v>1332</v>
+        <v>1327</v>
       </c>
       <c r="H888" s="0" t="s">
-        <v>158</v>
+        <v>73</v>
       </c>
       <c r="I888" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J888" s="0" t="s">
-        <v>633</v>
+        <v>467</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" s="0" t="s">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="B889" s="0" t="s">
-        <v>630</v>
+        <v>877</v>
       </c>
       <c r="C889" s="0" t="s">
-        <v>631</v>
+        <v>878</v>
       </c>
       <c r="F889" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G889" s="0" t="s">
-        <v>1333</v>
+        <v>1328</v>
       </c>
       <c r="H889" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I889" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J889" s="0" t="s">
-        <v>633</v>
+        <v>880</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" s="0" t="s">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="B890" s="0" t="s">
-        <v>630</v>
+        <v>877</v>
       </c>
       <c r="C890" s="0" t="s">
-        <v>631</v>
+        <v>878</v>
       </c>
       <c r="F890" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G890" s="0" t="s">
-        <v>1334</v>
+        <v>1329</v>
       </c>
       <c r="H890" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I890" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J890" s="0" t="s">
-        <v>633</v>
+        <v>880</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" s="0" t="s">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="B891" s="0" t="s">
-        <v>630</v>
+        <v>877</v>
       </c>
       <c r="C891" s="0" t="s">
-        <v>631</v>
+        <v>878</v>
       </c>
       <c r="F891" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G891" s="0" t="s">
-        <v>1335</v>
+        <v>1330</v>
       </c>
       <c r="H891" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I891" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J891" s="0" t="s">
-        <v>633</v>
+        <v>880</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" s="0" t="s">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="B892" s="0" t="s">
-        <v>630</v>
+        <v>877</v>
       </c>
       <c r="C892" s="0" t="s">
-        <v>631</v>
+        <v>878</v>
       </c>
       <c r="F892" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G892" s="0" t="s">
-        <v>1336</v>
+        <v>1331</v>
       </c>
       <c r="H892" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I892" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J892" s="0" t="s">
-        <v>633</v>
+        <v>880</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" s="0" t="s">
-        <v>629</v>
+        <v>876</v>
       </c>
       <c r="B893" s="0" t="s">
-        <v>630</v>
+        <v>877</v>
       </c>
       <c r="C893" s="0" t="s">
-        <v>631</v>
+        <v>878</v>
       </c>
       <c r="F893" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G893" s="0" t="s">
-        <v>1337</v>
+        <v>1332</v>
       </c>
       <c r="H893" s="0" t="s">
-        <v>158</v>
+        <v>40</v>
       </c>
       <c r="I893" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J893" s="0" t="s">
-        <v>633</v>
+        <v>880</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" s="0" t="s">
-        <v>629</v>
+        <v>511</v>
       </c>
       <c r="B894" s="0" t="s">
-        <v>630</v>
+        <v>512</v>
       </c>
       <c r="C894" s="0" t="s">
-        <v>631</v>
+        <v>513</v>
       </c>
       <c r="F894" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G894" s="0" t="s">
-        <v>1338</v>
+        <v>1333</v>
       </c>
       <c r="H894" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I894" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J894" s="0" t="s">
-        <v>633</v>
+        <v>515</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" s="0" t="s">
-        <v>629</v>
+        <v>511</v>
       </c>
       <c r="B895" s="0" t="s">
-        <v>630</v>
+        <v>512</v>
       </c>
       <c r="C895" s="0" t="s">
-        <v>631</v>
+        <v>513</v>
       </c>
       <c r="F895" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G895" s="0" t="s">
-        <v>1339</v>
+        <v>1334</v>
       </c>
       <c r="H895" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I895" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J895" s="0" t="s">
-        <v>633</v>
+        <v>515</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" s="0" t="s">
-        <v>629</v>
+        <v>511</v>
       </c>
       <c r="B896" s="0" t="s">
-        <v>630</v>
+        <v>512</v>
       </c>
       <c r="C896" s="0" t="s">
-        <v>631</v>
+        <v>513</v>
       </c>
       <c r="F896" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G896" s="0" t="s">
-        <v>1340</v>
+        <v>1335</v>
       </c>
       <c r="H896" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I896" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J896" s="0" t="s">
-        <v>633</v>
+        <v>515</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" s="0" t="s">
-        <v>629</v>
+        <v>832</v>
       </c>
       <c r="B897" s="0" t="s">
-        <v>630</v>
+        <v>833</v>
       </c>
       <c r="C897" s="0" t="s">
-        <v>631</v>
+        <v>834</v>
       </c>
       <c r="F897" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G897" s="0" t="s">
-        <v>1341</v>
+        <v>1336</v>
       </c>
       <c r="H897" s="0" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="I897" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J897" s="0" t="s">
-        <v>633</v>
+        <v>836</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" s="0" t="s">
-        <v>629</v>
+        <v>832</v>
       </c>
       <c r="B898" s="0" t="s">
-        <v>630</v>
+        <v>833</v>
       </c>
       <c r="C898" s="0" t="s">
-        <v>631</v>
+        <v>834</v>
       </c>
       <c r="F898" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G898" s="0" t="s">
-        <v>1342</v>
+        <v>1337</v>
       </c>
       <c r="H898" s="0" t="s">
-        <v>158</v>
+        <v>292</v>
       </c>
       <c r="I898" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J898" s="0" t="s">
-        <v>633</v>
+        <v>836</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" s="0" t="s">
-        <v>629</v>
+        <v>883</v>
       </c>
       <c r="B899" s="0" t="s">
-        <v>630</v>
+        <v>884</v>
       </c>
       <c r="C899" s="0" t="s">
-        <v>631</v>
+        <v>885</v>
       </c>
       <c r="F899" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G899" s="0" t="s">
-        <v>1343</v>
+        <v>1338</v>
       </c>
       <c r="H899" s="0" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="I899" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J899" s="0" t="s">
-        <v>633</v>
+        <v>887</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" s="0" t="s">
-        <v>629</v>
+        <v>883</v>
       </c>
       <c r="B900" s="0" t="s">
-        <v>630</v>
+        <v>884</v>
       </c>
       <c r="C900" s="0" t="s">
-        <v>631</v>
+        <v>885</v>
       </c>
       <c r="F900" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G900" s="0" t="s">
-        <v>1344</v>
+        <v>1339</v>
       </c>
       <c r="H900" s="0" t="s">
-        <v>158</v>
+        <v>148</v>
       </c>
       <c r="I900" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J900" s="0" t="s">
-        <v>633</v>
+        <v>887</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" s="0" t="s">
-        <v>125</v>
+        <v>883</v>
       </c>
       <c r="B901" s="0" t="s">
-        <v>111</v>
+        <v>884</v>
       </c>
       <c r="C901" s="0" t="s">
-        <v>126</v>
+        <v>885</v>
       </c>
       <c r="F901" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G901" s="0" t="s">
-        <v>1345</v>
+        <v>1340</v>
       </c>
       <c r="H901" s="0" t="s">
-        <v>123</v>
+        <v>148</v>
       </c>
       <c r="I901" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J901" s="0" t="s">
-        <v>127</v>
+        <v>887</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" s="0" t="s">
-        <v>110</v>
+        <v>883</v>
       </c>
       <c r="B902" s="0" t="s">
-        <v>111</v>
+        <v>884</v>
       </c>
       <c r="C902" s="0" t="s">
-        <v>112</v>
+        <v>885</v>
       </c>
       <c r="F902" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G902" s="0" t="s">
-        <v>1346</v>
+        <v>1341</v>
       </c>
       <c r="H902" s="0" t="s">
-        <v>93</v>
+        <v>148</v>
       </c>
       <c r="I902" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J902" s="0" t="s">
-        <v>113</v>
+        <v>887</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" s="0" t="s">
-        <v>224</v>
+        <v>623</v>
       </c>
       <c r="B903" s="0" t="s">
-        <v>225</v>
+        <v>624</v>
       </c>
       <c r="C903" s="0" t="s">
-        <v>226</v>
+        <v>625</v>
       </c>
       <c r="F903" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G903" s="0" t="s">
-        <v>1347</v>
+        <v>1342</v>
       </c>
       <c r="H903" s="0" t="s">
-        <v>93</v>
+        <v>621</v>
       </c>
       <c r="I903" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J903" s="0" t="s">
-        <v>228</v>
+        <v>626</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" s="0" t="s">
-        <v>927</v>
+        <v>623</v>
       </c>
       <c r="B904" s="0" t="s">
-        <v>928</v>
+        <v>624</v>
       </c>
       <c r="C904" s="0" t="s">
-        <v>929</v>
+        <v>625</v>
       </c>
       <c r="F904" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G904" s="0" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="H904" s="0" t="s">
-        <v>359</v>
+        <v>621</v>
       </c>
       <c r="I904" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J904" s="0" t="s">
-        <v>930</v>
+        <v>626</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" s="0" t="s">
-        <v>372</v>
+        <v>623</v>
       </c>
       <c r="B905" s="0" t="s">
-        <v>373</v>
+        <v>624</v>
       </c>
       <c r="C905" s="0" t="s">
-        <v>374</v>
+        <v>625</v>
       </c>
       <c r="F905" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G905" s="0" t="s">
-        <v>1349</v>
+        <v>1344</v>
       </c>
       <c r="H905" s="0" t="s">
-        <v>158</v>
+        <v>621</v>
       </c>
       <c r="I905" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J905" s="0" t="s">
-        <v>376</v>
+        <v>626</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" s="0" t="s">
-        <v>372</v>
+        <v>623</v>
       </c>
       <c r="B906" s="0" t="s">
-        <v>373</v>
+        <v>624</v>
       </c>
       <c r="C906" s="0" t="s">
-        <v>374</v>
+        <v>625</v>
       </c>
       <c r="F906" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G906" s="0" t="s">
-        <v>1350</v>
+        <v>1345</v>
       </c>
       <c r="H906" s="0" t="s">
-        <v>158</v>
+        <v>621</v>
       </c>
       <c r="I906" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J906" s="0" t="s">
-        <v>376</v>
+        <v>626</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" s="0" t="s">
-        <v>372</v>
+        <v>623</v>
       </c>
       <c r="B907" s="0" t="s">
-        <v>373</v>
+        <v>624</v>
       </c>
       <c r="C907" s="0" t="s">
-        <v>374</v>
+        <v>625</v>
       </c>
       <c r="F907" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G907" s="0" t="s">
-        <v>1351</v>
+        <v>1346</v>
       </c>
       <c r="H907" s="0" t="s">
-        <v>158</v>
+        <v>621</v>
       </c>
       <c r="I907" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J907" s="0" t="s">
-        <v>376</v>
+        <v>626</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" s="0" t="s">
-        <v>372</v>
+        <v>925</v>
       </c>
       <c r="B908" s="0" t="s">
-        <v>373</v>
+        <v>926</v>
       </c>
       <c r="C908" s="0" t="s">
-        <v>374</v>
+        <v>927</v>
       </c>
       <c r="F908" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G908" s="0" t="s">
-        <v>1352</v>
+        <v>1347</v>
       </c>
       <c r="H908" s="0" t="s">
-        <v>158</v>
+        <v>871</v>
       </c>
       <c r="I908" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J908" s="0" t="s">
-        <v>376</v>
+        <v>929</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" s="0" t="s">
-        <v>372</v>
+        <v>259</v>
       </c>
       <c r="B909" s="0" t="s">
-        <v>373</v>
+        <v>260</v>
       </c>
       <c r="C909" s="0" t="s">
-        <v>374</v>
+        <v>261</v>
       </c>
       <c r="F909" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G909" s="0" t="s">
-        <v>1353</v>
+        <v>1348</v>
       </c>
       <c r="H909" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I909" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J909" s="0" t="s">
-        <v>376</v>
+        <v>262</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" s="0" t="s">
-        <v>372</v>
+        <v>259</v>
       </c>
       <c r="B910" s="0" t="s">
-        <v>373</v>
+        <v>260</v>
       </c>
       <c r="C910" s="0" t="s">
-        <v>374</v>
+        <v>261</v>
       </c>
       <c r="F910" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G910" s="0" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="H910" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I910" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J910" s="0" t="s">
-        <v>376</v>
+        <v>262</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" s="0" t="s">
-        <v>494</v>
+        <v>312</v>
       </c>
       <c r="B911" s="0" t="s">
-        <v>495</v>
+        <v>260</v>
       </c>
       <c r="C911" s="0" t="s">
-        <v>496</v>
+        <v>313</v>
       </c>
       <c r="F911" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G911" s="0" t="s">
-        <v>1355</v>
+        <v>1166</v>
       </c>
       <c r="H911" s="0" t="s">
-        <v>158</v>
+        <v>104</v>
       </c>
       <c r="I911" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J911" s="0" t="s">
-        <v>498</v>
+        <v>314</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" s="0" t="s">
-        <v>855</v>
+        <v>545</v>
       </c>
       <c r="B912" s="0" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="C912" s="0" t="s">
-        <v>856</v>
+        <v>546</v>
       </c>
       <c r="F912" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G912" s="0" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
       <c r="H912" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I912" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J912" s="0" t="s">
-        <v>857</v>
+        <v>548</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" s="0" t="s">
-        <v>855</v>
+        <v>545</v>
       </c>
       <c r="B913" s="0" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="C913" s="0" t="s">
-        <v>856</v>
+        <v>546</v>
       </c>
       <c r="F913" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G913" s="0" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="H913" s="0" t="s">
-        <v>236</v>
+        <v>67</v>
       </c>
       <c r="I913" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J913" s="0" t="s">
-        <v>857</v>
+        <v>548</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" s="0" t="s">
-        <v>855</v>
+        <v>989</v>
       </c>
       <c r="B914" s="0" t="s">
-        <v>449</v>
+        <v>171</v>
       </c>
       <c r="C914" s="0" t="s">
-        <v>856</v>
+        <v>990</v>
       </c>
       <c r="F914" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G914" s="0" t="s">
-        <v>1358</v>
+        <v>1352</v>
       </c>
       <c r="H914" s="0" t="s">
-        <v>236</v>
+        <v>126</v>
       </c>
       <c r="I914" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J914" s="0" t="s">
-        <v>857</v>
+        <v>991</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" s="0" t="s">
-        <v>855</v>
+        <v>758</v>
       </c>
       <c r="B915" s="0" t="s">
-        <v>449</v>
+        <v>171</v>
       </c>
       <c r="C915" s="0" t="s">
-        <v>856</v>
+        <v>759</v>
       </c>
       <c r="F915" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G915" s="0" t="s">
-        <v>1359</v>
+        <v>1353</v>
       </c>
       <c r="H915" s="0" t="s">
-        <v>236</v>
+        <v>223</v>
       </c>
       <c r="I915" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J915" s="0" t="s">
-        <v>857</v>
+        <v>760</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" s="0" t="s">
-        <v>448</v>
+        <v>170</v>
       </c>
       <c r="B916" s="0" t="s">
-        <v>449</v>
+        <v>171</v>
       </c>
       <c r="C916" s="0" t="s">
-        <v>450</v>
+        <v>172</v>
       </c>
       <c r="F916" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G916" s="0" t="s">
-        <v>1360</v>
+        <v>1354</v>
       </c>
       <c r="H916" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I916" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J916" s="0" t="s">
-        <v>452</v>
+        <v>173</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" s="0" t="s">
-        <v>448</v>
+        <v>170</v>
       </c>
       <c r="B917" s="0" t="s">
-        <v>449</v>
+        <v>171</v>
       </c>
       <c r="C917" s="0" t="s">
-        <v>450</v>
+        <v>172</v>
       </c>
       <c r="F917" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G917" s="0" t="s">
-        <v>1361</v>
+        <v>1355</v>
       </c>
       <c r="H917" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I917" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J917" s="0" t="s">
-        <v>452</v>
+        <v>173</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" s="0" t="s">
-        <v>448</v>
+        <v>170</v>
       </c>
       <c r="B918" s="0" t="s">
-        <v>449</v>
+        <v>171</v>
       </c>
       <c r="C918" s="0" t="s">
-        <v>450</v>
+        <v>172</v>
       </c>
       <c r="F918" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G918" s="0" t="s">
-        <v>1362</v>
+        <v>1356</v>
       </c>
       <c r="H918" s="0" t="s">
-        <v>56</v>
+        <v>138</v>
       </c>
       <c r="I918" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J918" s="0" t="s">
-        <v>452</v>
+        <v>173</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" s="0" t="s">
-        <v>448</v>
+        <v>390</v>
       </c>
       <c r="B919" s="0" t="s">
-        <v>449</v>
+        <v>343</v>
       </c>
       <c r="C919" s="0" t="s">
-        <v>450</v>
+        <v>391</v>
       </c>
       <c r="F919" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G919" s="0" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
       <c r="H919" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="I919" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J919" s="0" t="s">
-        <v>452</v>
+        <v>392</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" s="0" t="s">
-        <v>448</v>
+        <v>390</v>
       </c>
       <c r="B920" s="0" t="s">
-        <v>449</v>
+        <v>343</v>
       </c>
       <c r="C920" s="0" t="s">
-        <v>450</v>
+        <v>391</v>
       </c>
       <c r="F920" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G920" s="0" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
       <c r="H920" s="0" t="s">
-        <v>56</v>
+        <v>159</v>
       </c>
       <c r="I920" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J920" s="0" t="s">
-        <v>452</v>
+        <v>392</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" s="0" t="s">
-        <v>767</v>
+        <v>390</v>
       </c>
       <c r="B921" s="0" t="s">
-        <v>768</v>
+        <v>343</v>
       </c>
       <c r="C921" s="0" t="s">
-        <v>769</v>
+        <v>391</v>
       </c>
       <c r="F921" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G921" s="0" t="s">
-        <v>1365</v>
+        <v>1359</v>
       </c>
       <c r="H921" s="0" t="s">
-        <v>370</v>
+        <v>159</v>
       </c>
       <c r="I921" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J921" s="0" t="s">
-        <v>771</v>
+        <v>392</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" s="0" t="s">
-        <v>456</v>
+        <v>390</v>
       </c>
       <c r="B922" s="0" t="s">
-        <v>129</v>
+        <v>343</v>
       </c>
       <c r="C922" s="0" t="s">
-        <v>457</v>
+        <v>391</v>
       </c>
       <c r="F922" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G922" s="0" t="s">
-        <v>1366</v>
+        <v>1360</v>
       </c>
       <c r="H922" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I922" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J922" s="0" t="s">
-        <v>459</v>
+        <v>392</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" s="0" t="s">
-        <v>456</v>
+        <v>390</v>
       </c>
       <c r="B923" s="0" t="s">
-        <v>129</v>
+        <v>343</v>
       </c>
       <c r="C923" s="0" t="s">
-        <v>457</v>
+        <v>391</v>
       </c>
       <c r="F923" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G923" s="0" t="s">
-        <v>1367</v>
+        <v>1361</v>
       </c>
       <c r="H923" s="0" t="s">
-        <v>117</v>
+        <v>159</v>
       </c>
       <c r="I923" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J923" s="0" t="s">
-        <v>459</v>
+        <v>392</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" s="0" t="s">
-        <v>128</v>
+        <v>441</v>
       </c>
       <c r="B924" s="0" t="s">
-        <v>129</v>
+        <v>442</v>
       </c>
       <c r="C924" s="0" t="s">
-        <v>130</v>
+        <v>443</v>
       </c>
       <c r="F924" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G924" s="0" t="s">
-        <v>1368</v>
+        <v>1362</v>
       </c>
       <c r="H924" s="0" t="s">
-        <v>123</v>
+        <v>67</v>
       </c>
       <c r="I924" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J924" s="0" t="s">
-        <v>131</v>
+        <v>445</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" s="0" t="s">
-        <v>1014</v>
+        <v>802</v>
       </c>
       <c r="B925" s="0" t="s">
-        <v>1015</v>
+        <v>171</v>
       </c>
       <c r="C925" s="0" t="s">
-        <v>1016</v>
+        <v>803</v>
       </c>
       <c r="F925" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G925" s="0" t="s">
-        <v>1369</v>
+        <v>1363</v>
       </c>
       <c r="H925" s="0" t="s">
-        <v>87</v>
+        <v>40</v>
       </c>
       <c r="I925" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J925" s="0" t="s">
-        <v>1018</v>
+        <v>804</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" s="0" t="s">
-        <v>1014</v>
+        <v>342</v>
       </c>
       <c r="B926" s="0" t="s">
-        <v>1015</v>
+        <v>343</v>
       </c>
       <c r="C926" s="0" t="s">
-        <v>1016</v>
+        <v>344</v>
       </c>
       <c r="F926" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G926" s="0" t="s">
-        <v>1370</v>
+        <v>1364</v>
       </c>
       <c r="H926" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I926" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J926" s="0" t="s">
-        <v>1018</v>
+        <v>346</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" s="0" t="s">
-        <v>1014</v>
+        <v>342</v>
       </c>
       <c r="B927" s="0" t="s">
-        <v>1015</v>
+        <v>343</v>
       </c>
       <c r="C927" s="0" t="s">
-        <v>1016</v>
+        <v>344</v>
       </c>
       <c r="F927" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G927" s="0" t="s">
-        <v>1371</v>
+        <v>1365</v>
       </c>
       <c r="H927" s="0" t="s">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="I927" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J927" s="0" t="s">
-        <v>1018</v>
+        <v>346</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" s="0" t="s">
-        <v>1014</v>
+        <v>192</v>
       </c>
       <c r="B928" s="0" t="s">
-        <v>1015</v>
+        <v>193</v>
       </c>
       <c r="C928" s="0" t="s">
-        <v>1016</v>
+        <v>194</v>
       </c>
       <c r="F928" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G928" s="0" t="s">
-        <v>1372</v>
+        <v>1366</v>
       </c>
       <c r="H928" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="I928" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J928" s="0" t="s">
-        <v>1018</v>
+        <v>196</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" s="0" t="s">
-        <v>1014</v>
+        <v>845</v>
       </c>
       <c r="B929" s="0" t="s">
-        <v>1015</v>
+        <v>846</v>
       </c>
       <c r="C929" s="0" t="s">
-        <v>1016</v>
+        <v>847</v>
       </c>
       <c r="F929" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G929" s="0" t="s">
-        <v>1373</v>
+        <v>1367</v>
       </c>
       <c r="H929" s="0" t="s">
-        <v>87</v>
+        <v>292</v>
       </c>
       <c r="I929" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J929" s="0" t="s">
-        <v>1018</v>
+        <v>848</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" s="0" t="s">
-        <v>195</v>
+        <v>845</v>
       </c>
       <c r="B930" s="0" t="s">
-        <v>196</v>
+        <v>846</v>
       </c>
       <c r="C930" s="0" t="s">
-        <v>197</v>
+        <v>847</v>
       </c>
       <c r="F930" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G930" s="0" t="s">
-        <v>1374</v>
+        <v>1368</v>
       </c>
       <c r="H930" s="0" t="s">
-        <v>162</v>
+        <v>292</v>
       </c>
       <c r="I930" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J930" s="0" t="s">
-        <v>198</v>
+        <v>848</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" s="0" t="s">
-        <v>195</v>
+        <v>845</v>
       </c>
       <c r="B931" s="0" t="s">
-        <v>196</v>
+        <v>846</v>
       </c>
       <c r="C931" s="0" t="s">
-        <v>197</v>
+        <v>847</v>
       </c>
       <c r="F931" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G931" s="0" t="s">
-        <v>1375</v>
+        <v>1369</v>
       </c>
       <c r="H931" s="0" t="s">
-        <v>162</v>
+        <v>292</v>
       </c>
       <c r="I931" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J931" s="0" t="s">
-        <v>198</v>
+        <v>848</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" s="0" t="s">
-        <v>195</v>
+        <v>845</v>
       </c>
       <c r="B932" s="0" t="s">
-        <v>196</v>
+        <v>846</v>
       </c>
       <c r="C932" s="0" t="s">
-        <v>197</v>
+        <v>847</v>
       </c>
       <c r="F932" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G932" s="0" t="s">
-        <v>1376</v>
+        <v>1370</v>
       </c>
       <c r="H932" s="0" t="s">
-        <v>162</v>
+        <v>292</v>
       </c>
       <c r="I932" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J932" s="0" t="s">
-        <v>198</v>
+        <v>848</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" s="0" t="s">
-        <v>195</v>
+        <v>845</v>
       </c>
       <c r="B933" s="0" t="s">
-        <v>196</v>
+        <v>846</v>
       </c>
       <c r="C933" s="0" t="s">
-        <v>197</v>
+        <v>847</v>
       </c>
       <c r="F933" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G933" s="0" t="s">
-        <v>1377</v>
+        <v>1371</v>
       </c>
       <c r="H933" s="0" t="s">
-        <v>162</v>
+        <v>292</v>
       </c>
       <c r="I933" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J933" s="0" t="s">
-        <v>198</v>
+        <v>848</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" s="0" t="s">
-        <v>453</v>
+        <v>838</v>
       </c>
       <c r="B934" s="0" t="s">
-        <v>196</v>
+        <v>839</v>
       </c>
       <c r="C934" s="0" t="s">
-        <v>454</v>
+        <v>840</v>
       </c>
       <c r="F934" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G934" s="0" t="s">
-        <v>1378</v>
+        <v>1279</v>
       </c>
       <c r="H934" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I934" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J934" s="0" t="s">
-        <v>455</v>
+        <v>841</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" s="0" t="s">
-        <v>453</v>
+        <v>413</v>
       </c>
       <c r="B935" s="0" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="C935" s="0" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
       <c r="F935" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G935" s="0" t="s">
-        <v>1379</v>
+        <v>1372</v>
       </c>
       <c r="H935" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I935" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J935" s="0" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" s="0" t="s">
-        <v>453</v>
+        <v>413</v>
       </c>
       <c r="B936" s="0" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="C936" s="0" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
       <c r="F936" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G936" s="0" t="s">
-        <v>1380</v>
+        <v>1373</v>
       </c>
       <c r="H936" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I936" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J936" s="0" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" s="0" t="s">
-        <v>453</v>
+        <v>413</v>
       </c>
       <c r="B937" s="0" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="C937" s="0" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
       <c r="F937" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G937" s="0" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
       <c r="H937" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="I937" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J937" s="0" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" s="0" t="s">
-        <v>529</v>
+        <v>413</v>
       </c>
       <c r="B938" s="0" t="s">
-        <v>530</v>
+        <v>414</v>
       </c>
       <c r="C938" s="0" t="s">
-        <v>531</v>
+        <v>415</v>
       </c>
       <c r="F938" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G938" s="0" t="s">
-        <v>1382</v>
+        <v>1375</v>
       </c>
       <c r="H938" s="0" t="s">
-        <v>532</v>
+        <v>52</v>
       </c>
       <c r="I938" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J938" s="0" t="s">
-        <v>533</v>
+        <v>416</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" s="0" t="s">
-        <v>529</v>
+        <v>942</v>
       </c>
       <c r="B939" s="0" t="s">
-        <v>530</v>
+        <v>839</v>
       </c>
       <c r="C939" s="0" t="s">
-        <v>531</v>
+        <v>943</v>
       </c>
       <c r="F939" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G939" s="0" t="s">
-        <v>1383</v>
+        <v>1376</v>
       </c>
       <c r="H939" s="0" t="s">
-        <v>532</v>
+        <v>40</v>
       </c>
       <c r="I939" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J939" s="0" t="s">
-        <v>533</v>
+        <v>945</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" s="0" t="s">
-        <v>992</v>
+        <v>942</v>
       </c>
       <c r="B940" s="0" t="s">
-        <v>530</v>
+        <v>839</v>
       </c>
       <c r="C940" s="0" t="s">
-        <v>993</v>
+        <v>943</v>
       </c>
       <c r="F940" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G940" s="0" t="s">
-        <v>1384</v>
+        <v>1377</v>
       </c>
       <c r="H940" s="0" t="s">
-        <v>532</v>
+        <v>40</v>
       </c>
       <c r="I940" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J940" s="0" t="s">
-        <v>994</v>
+        <v>945</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" s="0" t="s">
-        <v>992</v>
+        <v>942</v>
       </c>
       <c r="B941" s="0" t="s">
-        <v>530</v>
+        <v>839</v>
       </c>
       <c r="C941" s="0" t="s">
-        <v>993</v>
+        <v>943</v>
       </c>
       <c r="F941" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G941" s="0" t="s">
-        <v>1385</v>
+        <v>1378</v>
       </c>
       <c r="H941" s="0" t="s">
-        <v>532</v>
+        <v>40</v>
       </c>
       <c r="I941" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J941" s="0" t="s">
-        <v>994</v>
+        <v>945</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" s="0" t="s">
-        <v>992</v>
+        <v>942</v>
       </c>
       <c r="B942" s="0" t="s">
-        <v>530</v>
+        <v>839</v>
       </c>
       <c r="C942" s="0" t="s">
-        <v>993</v>
+        <v>943</v>
       </c>
       <c r="F942" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G942" s="0" t="s">
-        <v>1386</v>
+        <v>1379</v>
       </c>
       <c r="H942" s="0" t="s">
-        <v>532</v>
+        <v>40</v>
       </c>
       <c r="I942" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J942" s="0" t="s">
-        <v>994</v>
+        <v>945</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" s="0" t="s">
-        <v>992</v>
+        <v>942</v>
       </c>
       <c r="B943" s="0" t="s">
-        <v>530</v>
+        <v>839</v>
       </c>
       <c r="C943" s="0" t="s">
-        <v>993</v>
+        <v>943</v>
       </c>
       <c r="F943" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G943" s="0" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
       <c r="H943" s="0" t="s">
-        <v>532</v>
+        <v>40</v>
       </c>
       <c r="I943" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J943" s="0" t="s">
-        <v>994</v>
+        <v>945</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" s="0" t="s">
-        <v>992</v>
+        <v>608</v>
       </c>
       <c r="B944" s="0" t="s">
-        <v>530</v>
+        <v>382</v>
       </c>
       <c r="C944" s="0" t="s">
-        <v>993</v>
+        <v>609</v>
       </c>
       <c r="F944" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G944" s="0" t="s">
-        <v>1383</v>
+        <v>1381</v>
       </c>
       <c r="H944" s="0" t="s">
-        <v>532</v>
+        <v>138</v>
       </c>
       <c r="I944" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J944" s="0" t="s">
-        <v>994</v>
+        <v>611</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" s="0" t="s">
-        <v>992</v>
+        <v>608</v>
       </c>
       <c r="B945" s="0" t="s">
-        <v>530</v>
+        <v>382</v>
       </c>
       <c r="C945" s="0" t="s">
-        <v>993</v>
+        <v>609</v>
       </c>
       <c r="F945" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G945" s="0" t="s">
-        <v>1388</v>
+        <v>1382</v>
       </c>
       <c r="H945" s="0" t="s">
-        <v>532</v>
+        <v>138</v>
       </c>
       <c r="I945" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J945" s="0" t="s">
-        <v>994</v>
+        <v>611</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" s="0" t="s">
-        <v>801</v>
+        <v>608</v>
       </c>
       <c r="B946" s="0" t="s">
-        <v>263</v>
+        <v>382</v>
       </c>
       <c r="C946" s="0" t="s">
-        <v>802</v>
+        <v>609</v>
       </c>
       <c r="F946" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G946" s="0" t="s">
-        <v>1389</v>
+        <v>1383</v>
       </c>
       <c r="H946" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I946" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J946" s="0" t="s">
-        <v>803</v>
+        <v>611</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" s="0" t="s">
-        <v>801</v>
+        <v>608</v>
       </c>
       <c r="B947" s="0" t="s">
-        <v>263</v>
+        <v>382</v>
       </c>
       <c r="C947" s="0" t="s">
-        <v>802</v>
+        <v>609</v>
       </c>
       <c r="F947" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G947" s="0" t="s">
-        <v>1390</v>
+        <v>1384</v>
       </c>
       <c r="H947" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I947" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J947" s="0" t="s">
-        <v>803</v>
+        <v>611</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" s="0" t="s">
-        <v>262</v>
+        <v>608</v>
       </c>
       <c r="B948" s="0" t="s">
-        <v>263</v>
+        <v>382</v>
       </c>
       <c r="C948" s="0" t="s">
-        <v>264</v>
+        <v>609</v>
       </c>
       <c r="F948" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G948" s="0" t="s">
-        <v>1390</v>
+        <v>1385</v>
       </c>
       <c r="H948" s="0" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="I948" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J948" s="0" t="s">
-        <v>266</v>
+        <v>611</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" s="0" t="s">
-        <v>845</v>
+        <v>381</v>
       </c>
       <c r="B949" s="0" t="s">
-        <v>541</v>
+        <v>382</v>
       </c>
       <c r="C949" s="0" t="s">
-        <v>846</v>
+        <v>383</v>
       </c>
       <c r="F949" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G949" s="0" t="s">
-        <v>1391</v>
+        <v>1361</v>
       </c>
       <c r="H949" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I949" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J949" s="0" t="s">
-        <v>847</v>
+        <v>385</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" s="0" t="s">
-        <v>845</v>
+        <v>381</v>
       </c>
       <c r="B950" s="0" t="s">
-        <v>541</v>
+        <v>382</v>
       </c>
       <c r="C950" s="0" t="s">
-        <v>846</v>
+        <v>383</v>
       </c>
       <c r="F950" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G950" s="0" t="s">
-        <v>1392</v>
+        <v>1386</v>
       </c>
       <c r="H950" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I950" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J950" s="0" t="s">
-        <v>847</v>
+        <v>385</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" s="0" t="s">
-        <v>845</v>
+        <v>231</v>
       </c>
       <c r="B951" s="0" t="s">
-        <v>541</v>
+        <v>232</v>
       </c>
       <c r="C951" s="0" t="s">
-        <v>846</v>
+        <v>233</v>
       </c>
       <c r="F951" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G951" s="0" t="s">
-        <v>1393</v>
+        <v>1387</v>
       </c>
       <c r="H951" s="0" t="s">
-        <v>158</v>
+        <v>235</v>
       </c>
       <c r="I951" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J951" s="0" t="s">
-        <v>847</v>
+        <v>236</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" s="0" t="s">
-        <v>845</v>
+        <v>613</v>
       </c>
       <c r="B952" s="0" t="s">
-        <v>541</v>
+        <v>614</v>
       </c>
       <c r="C952" s="0" t="s">
-        <v>846</v>
+        <v>615</v>
       </c>
       <c r="F952" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G952" s="0" t="s">
-        <v>1394</v>
+        <v>1388</v>
       </c>
       <c r="H952" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I952" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J952" s="0" t="s">
-        <v>847</v>
+        <v>616</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" s="0" t="s">
-        <v>845</v>
+        <v>561</v>
       </c>
       <c r="B953" s="0" t="s">
-        <v>541</v>
+        <v>307</v>
       </c>
       <c r="C953" s="0" t="s">
-        <v>846</v>
+        <v>562</v>
       </c>
       <c r="F953" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G953" s="0" t="s">
-        <v>1395</v>
+        <v>1301</v>
       </c>
       <c r="H953" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I953" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J953" s="0" t="s">
-        <v>847</v>
+        <v>563</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" s="0" t="s">
-        <v>540</v>
+        <v>348</v>
       </c>
       <c r="B954" s="0" t="s">
-        <v>541</v>
+        <v>349</v>
       </c>
       <c r="C954" s="0" t="s">
-        <v>542</v>
+        <v>350</v>
       </c>
       <c r="F954" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G954" s="0" t="s">
-        <v>1396</v>
+        <v>1389</v>
       </c>
       <c r="H954" s="0" t="s">
-        <v>543</v>
+        <v>132</v>
       </c>
       <c r="I954" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J954" s="0" t="s">
-        <v>544</v>
+        <v>351</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" s="0" t="s">
-        <v>540</v>
+        <v>348</v>
       </c>
       <c r="B955" s="0" t="s">
-        <v>541</v>
+        <v>349</v>
       </c>
       <c r="C955" s="0" t="s">
-        <v>542</v>
+        <v>350</v>
       </c>
       <c r="F955" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G955" s="0" t="s">
-        <v>1397</v>
+        <v>1390</v>
       </c>
       <c r="H955" s="0" t="s">
-        <v>543</v>
+        <v>132</v>
       </c>
       <c r="I955" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J955" s="0" t="s">
-        <v>544</v>
+        <v>351</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" s="0" t="s">
-        <v>540</v>
+        <v>952</v>
       </c>
       <c r="B956" s="0" t="s">
-        <v>541</v>
+        <v>953</v>
       </c>
       <c r="C956" s="0" t="s">
-        <v>542</v>
+        <v>954</v>
       </c>
       <c r="F956" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G956" s="0" t="s">
-        <v>1398</v>
+        <v>1391</v>
       </c>
       <c r="H956" s="0" t="s">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c r="I956" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J956" s="0" t="s">
-        <v>544</v>
+        <v>956</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" s="0" t="s">
-        <v>540</v>
+        <v>952</v>
       </c>
       <c r="B957" s="0" t="s">
-        <v>541</v>
+        <v>953</v>
       </c>
       <c r="C957" s="0" t="s">
-        <v>542</v>
+        <v>954</v>
       </c>
       <c r="F957" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G957" s="0" t="s">
-        <v>1399</v>
+        <v>1392</v>
       </c>
       <c r="H957" s="0" t="s">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c r="I957" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J957" s="0" t="s">
-        <v>544</v>
+        <v>956</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" s="0" t="s">
-        <v>540</v>
+        <v>564</v>
       </c>
       <c r="B958" s="0" t="s">
-        <v>541</v>
+        <v>565</v>
       </c>
       <c r="C958" s="0" t="s">
-        <v>542</v>
+        <v>566</v>
       </c>
       <c r="F958" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G958" s="0" t="s">
-        <v>1400</v>
+        <v>1393</v>
       </c>
       <c r="H958" s="0" t="s">
-        <v>543</v>
+        <v>159</v>
       </c>
       <c r="I958" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J958" s="0" t="s">
-        <v>544</v>
+        <v>567</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" s="0" t="s">
-        <v>1024</v>
+        <v>1013</v>
       </c>
       <c r="B959" s="0" t="s">
-        <v>541</v>
+        <v>1014</v>
       </c>
       <c r="C959" s="0" t="s">
-        <v>1025</v>
+        <v>1015</v>
       </c>
       <c r="F959" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G959" s="0" t="s">
-        <v>1401</v>
+        <v>1394</v>
       </c>
       <c r="H959" s="0" t="s">
-        <v>532</v>
+        <v>67</v>
       </c>
       <c r="I959" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J959" s="0" t="s">
-        <v>1027</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" s="0" t="s">
-        <v>1024</v>
+        <v>726</v>
       </c>
       <c r="B960" s="0" t="s">
-        <v>541</v>
+        <v>727</v>
       </c>
       <c r="C960" s="0" t="s">
-        <v>1025</v>
+        <v>728</v>
       </c>
       <c r="F960" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G960" s="0" t="s">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="H960" s="0" t="s">
-        <v>532</v>
+        <v>223</v>
       </c>
       <c r="I960" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J960" s="0" t="s">
-        <v>1027</v>
+        <v>730</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" s="0" t="s">
-        <v>1024</v>
+        <v>97</v>
       </c>
       <c r="B961" s="0" t="s">
-        <v>541</v>
+        <v>98</v>
       </c>
       <c r="C961" s="0" t="s">
-        <v>1025</v>
+        <v>99</v>
       </c>
       <c r="F961" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G961" s="0" t="s">
-        <v>1403</v>
+        <v>1396</v>
       </c>
       <c r="H961" s="0" t="s">
-        <v>532</v>
+        <v>88</v>
       </c>
       <c r="I961" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J961" s="0" t="s">
-        <v>1027</v>
+        <v>100</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" s="0" t="s">
-        <v>1024</v>
+        <v>97</v>
       </c>
       <c r="B962" s="0" t="s">
-        <v>541</v>
+        <v>98</v>
       </c>
       <c r="C962" s="0" t="s">
-        <v>1025</v>
+        <v>99</v>
       </c>
       <c r="F962" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G962" s="0" t="s">
-        <v>1404</v>
+        <v>1397</v>
       </c>
       <c r="H962" s="0" t="s">
-        <v>532</v>
+        <v>88</v>
       </c>
       <c r="I962" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J962" s="0" t="s">
-        <v>1027</v>
+        <v>100</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" s="0" t="s">
-        <v>1024</v>
+        <v>481</v>
       </c>
       <c r="B963" s="0" t="s">
-        <v>541</v>
+        <v>482</v>
       </c>
       <c r="C963" s="0" t="s">
-        <v>1025</v>
+        <v>483</v>
       </c>
       <c r="F963" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G963" s="0" t="s">
-        <v>1405</v>
+        <v>1398</v>
       </c>
       <c r="H963" s="0" t="s">
-        <v>532</v>
+        <v>159</v>
       </c>
       <c r="I963" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J963" s="0" t="s">
-        <v>1027</v>
+        <v>484</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" s="0" t="s">
-        <v>1008</v>
+        <v>481</v>
       </c>
       <c r="B964" s="0" t="s">
-        <v>257</v>
+        <v>482</v>
       </c>
       <c r="C964" s="0" t="s">
-        <v>1009</v>
+        <v>483</v>
       </c>
       <c r="F964" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G964" s="0" t="s">
-        <v>1406</v>
+        <v>1231</v>
       </c>
       <c r="H964" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I964" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J964" s="0" t="s">
-        <v>1010</v>
+        <v>484</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" s="0" t="s">
-        <v>1008</v>
+        <v>652</v>
       </c>
       <c r="B965" s="0" t="s">
-        <v>257</v>
+        <v>653</v>
       </c>
       <c r="C965" s="0" t="s">
-        <v>1009</v>
+        <v>654</v>
       </c>
       <c r="F965" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G965" s="0" t="s">
-        <v>1407</v>
+        <v>1399</v>
       </c>
       <c r="H965" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I965" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J965" s="0" t="s">
-        <v>1010</v>
+        <v>656</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" s="0" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B966" s="0" t="s">
-        <v>257</v>
+        <v>1005</v>
       </c>
       <c r="C966" s="0" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="F966" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G966" s="0" t="s">
-        <v>1408</v>
+        <v>1400</v>
       </c>
       <c r="H966" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I966" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J966" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" s="0" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="B967" s="0" t="s">
-        <v>257</v>
+        <v>1005</v>
       </c>
       <c r="C967" s="0" t="s">
-        <v>1009</v>
+        <v>1006</v>
       </c>
       <c r="F967" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G967" s="0" t="s">
-        <v>1409</v>
+        <v>1401</v>
       </c>
       <c r="H967" s="0" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="I967" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J967" s="0" t="s">
-        <v>1010</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" s="0" t="s">
-        <v>1008</v>
+        <v>735</v>
       </c>
       <c r="B968" s="0" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C968" s="0" t="s">
-        <v>1009</v>
+        <v>737</v>
       </c>
       <c r="F968" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G968" s="0" t="s">
-        <v>1410</v>
+        <v>1402</v>
       </c>
       <c r="H968" s="0" t="s">
-        <v>158</v>
+        <v>67</v>
       </c>
       <c r="I968" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J968" s="0" t="s">
-        <v>1010</v>
+        <v>739</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" s="0" t="s">
-        <v>256</v>
+        <v>735</v>
       </c>
       <c r="B969" s="0" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C969" s="0" t="s">
-        <v>258</v>
+        <v>737</v>
       </c>
       <c r="F969" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G969" s="0" t="s">
-        <v>1411</v>
+        <v>1403</v>
       </c>
       <c r="H969" s="0" t="s">
-        <v>260</v>
+        <v>67</v>
       </c>
       <c r="I969" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J969" s="0" t="s">
-        <v>261</v>
+        <v>739</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" s="0" t="s">
-        <v>256</v>
+        <v>858</v>
       </c>
       <c r="B970" s="0" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C970" s="0" t="s">
-        <v>258</v>
+        <v>859</v>
       </c>
       <c r="F970" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G970" s="0" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
       <c r="H970" s="0" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="I970" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J970" s="0" t="s">
-        <v>261</v>
+        <v>861</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" s="0" t="s">
-        <v>256</v>
+        <v>858</v>
       </c>
       <c r="B971" s="0" t="s">
-        <v>257</v>
+        <v>736</v>
       </c>
       <c r="C971" s="0" t="s">
-        <v>258</v>
+        <v>859</v>
       </c>
       <c r="F971" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G971" s="0" t="s">
-        <v>1413</v>
+        <v>1405</v>
       </c>
       <c r="H971" s="0" t="s">
-        <v>260</v>
+        <v>235</v>
       </c>
       <c r="I971" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J971" s="0" t="s">
-        <v>261</v>
+        <v>861</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" s="0" t="s">
-        <v>256</v>
+        <v>63</v>
       </c>
       <c r="B972" s="0" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="C972" s="0" t="s">
-        <v>258</v>
+        <v>65</v>
       </c>
       <c r="F972" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G972" s="0" t="s">
-        <v>1414</v>
+        <v>1406</v>
       </c>
       <c r="H972" s="0" t="s">
-        <v>260</v>
+        <v>67</v>
       </c>
       <c r="I972" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J972" s="0" t="s">
-        <v>261</v>
+        <v>68</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" s="0" t="s">
-        <v>256</v>
+        <v>63</v>
       </c>
       <c r="B973" s="0" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="C973" s="0" t="s">
-        <v>258</v>
+        <v>65</v>
       </c>
       <c r="F973" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G973" s="0" t="s">
-        <v>1415</v>
+        <v>1407</v>
       </c>
       <c r="H973" s="0" t="s">
-        <v>260</v>
+        <v>67</v>
       </c>
       <c r="I973" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J973" s="0" t="s">
-        <v>261</v>
+        <v>68</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" s="0" t="s">
-        <v>953</v>
+        <v>657</v>
       </c>
       <c r="B974" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C974" s="0" t="s">
-        <v>954</v>
+        <v>658</v>
       </c>
       <c r="F974" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G974" s="0" t="s">
-        <v>1416</v>
+        <v>1408</v>
       </c>
       <c r="H974" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I974" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J974" s="0" t="s">
-        <v>955</v>
+        <v>660</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" s="0" t="s">
-        <v>953</v>
+        <v>657</v>
       </c>
       <c r="B975" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C975" s="0" t="s">
-        <v>954</v>
+        <v>658</v>
       </c>
       <c r="F975" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G975" s="0" t="s">
-        <v>1417</v>
+        <v>1168</v>
       </c>
       <c r="H975" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I975" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J975" s="0" t="s">
-        <v>955</v>
+        <v>660</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" s="0" t="s">
-        <v>953</v>
+        <v>657</v>
       </c>
       <c r="B976" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C976" s="0" t="s">
-        <v>954</v>
+        <v>658</v>
       </c>
       <c r="F976" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G976" s="0" t="s">
-        <v>1418</v>
+        <v>1409</v>
       </c>
       <c r="H976" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I976" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J976" s="0" t="s">
-        <v>955</v>
+        <v>660</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" s="0" t="s">
-        <v>953</v>
+        <v>657</v>
       </c>
       <c r="B977" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C977" s="0" t="s">
-        <v>954</v>
+        <v>658</v>
       </c>
       <c r="F977" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G977" s="0" t="s">
-        <v>1419</v>
+        <v>1410</v>
       </c>
       <c r="H977" s="0" t="s">
-        <v>145</v>
+        <v>52</v>
       </c>
       <c r="I977" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J977" s="0" t="s">
-        <v>955</v>
+        <v>660</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" s="0" t="s">
-        <v>953</v>
+        <v>285</v>
       </c>
       <c r="B978" s="0" t="s">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="C978" s="0" t="s">
-        <v>954</v>
+        <v>286</v>
       </c>
       <c r="F978" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G978" s="0" t="s">
-        <v>1420</v>
+        <v>1411</v>
       </c>
       <c r="H978" s="0" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="I978" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J978" s="0" t="s">
-        <v>955</v>
+        <v>288</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" s="0" t="s">
-        <v>549</v>
+        <v>101</v>
       </c>
       <c r="B979" s="0" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="C979" s="0" t="s">
-        <v>550</v>
+        <v>102</v>
       </c>
       <c r="F979" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G979" s="0" t="s">
-        <v>1421</v>
+        <v>1412</v>
       </c>
       <c r="H979" s="0" t="s">
-        <v>158</v>
+        <v>88</v>
       </c>
       <c r="I979" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J979" s="0" t="s">
-        <v>552</v>
+        <v>103</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" s="0" t="s">
-        <v>549</v>
+        <v>853</v>
       </c>
       <c r="B980" s="0" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="C980" s="0" t="s">
-        <v>550</v>
+        <v>854</v>
       </c>
       <c r="F980" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G980" s="0" t="s">
-        <v>1422</v>
+        <v>1413</v>
       </c>
       <c r="H980" s="0" t="s">
-        <v>158</v>
+        <v>275</v>
       </c>
       <c r="I980" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J980" s="0" t="s">
-        <v>552</v>
+        <v>856</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" s="0" t="s">
-        <v>549</v>
+        <v>219</v>
       </c>
       <c r="B981" s="0" t="s">
-        <v>257</v>
+        <v>220</v>
       </c>
       <c r="C981" s="0" t="s">
-        <v>550</v>
+        <v>221</v>
       </c>
       <c r="F981" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G981" s="0" t="s">
-        <v>1423</v>
+        <v>1414</v>
       </c>
       <c r="H981" s="0" t="s">
-        <v>158</v>
+        <v>223</v>
       </c>
       <c r="I981" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J981" s="0" t="s">
-        <v>552</v>
+        <v>224</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" s="0" t="s">
-        <v>549</v>
+        <v>202</v>
       </c>
       <c r="B982" s="0" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="C982" s="0" t="s">
-        <v>550</v>
+        <v>203</v>
       </c>
       <c r="F982" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G982" s="0" t="s">
-        <v>1424</v>
+        <v>1283</v>
       </c>
       <c r="H982" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I982" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J982" s="0" t="s">
-        <v>552</v>
+        <v>205</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" s="0" t="s">
-        <v>549</v>
+        <v>202</v>
       </c>
       <c r="B983" s="0" t="s">
-        <v>257</v>
+        <v>64</v>
       </c>
       <c r="C983" s="0" t="s">
-        <v>550</v>
+        <v>203</v>
       </c>
       <c r="F983" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G983" s="0" t="s">
-        <v>1425</v>
+        <v>1406</v>
       </c>
       <c r="H983" s="0" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="I983" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J983" s="0" t="s">
-        <v>552</v>
+        <v>205</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" s="0" t="s">
-        <v>675</v>
+        <v>362</v>
       </c>
       <c r="B984" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C984" s="0" t="s">
-        <v>676</v>
+        <v>363</v>
       </c>
       <c r="F984" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G984" s="0" t="s">
-        <v>1426</v>
+        <v>1415</v>
       </c>
       <c r="H984" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I984" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J984" s="0" t="s">
-        <v>678</v>
+        <v>364</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" s="0" t="s">
-        <v>675</v>
+        <v>362</v>
       </c>
       <c r="B985" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C985" s="0" t="s">
-        <v>676</v>
+        <v>363</v>
       </c>
       <c r="F985" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G985" s="0" t="s">
-        <v>1427</v>
+        <v>1416</v>
       </c>
       <c r="H985" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I985" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J985" s="0" t="s">
-        <v>678</v>
+        <v>364</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" s="0" t="s">
-        <v>675</v>
+        <v>362</v>
       </c>
       <c r="B986" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C986" s="0" t="s">
-        <v>676</v>
+        <v>363</v>
       </c>
       <c r="F986" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G986" s="0" t="s">
-        <v>1428</v>
+        <v>1417</v>
       </c>
       <c r="H986" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I986" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J986" s="0" t="s">
-        <v>678</v>
+        <v>364</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" s="0" t="s">
-        <v>675</v>
+        <v>362</v>
       </c>
       <c r="B987" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C987" s="0" t="s">
-        <v>676</v>
+        <v>363</v>
       </c>
       <c r="F987" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G987" s="0" t="s">
-        <v>1429</v>
+        <v>1418</v>
       </c>
       <c r="H987" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I987" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J987" s="0" t="s">
-        <v>678</v>
+        <v>364</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" s="0" t="s">
-        <v>675</v>
+        <v>362</v>
       </c>
       <c r="B988" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C988" s="0" t="s">
-        <v>676</v>
+        <v>363</v>
       </c>
       <c r="F988" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G988" s="0" t="s">
-        <v>1430</v>
+        <v>1419</v>
       </c>
       <c r="H988" s="0" t="s">
-        <v>249</v>
+        <v>88</v>
       </c>
       <c r="I988" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J988" s="0" t="s">
-        <v>678</v>
+        <v>364</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" s="0" t="s">
-        <v>215</v>
+        <v>362</v>
       </c>
       <c r="B989" s="0" t="s">
-        <v>216</v>
+        <v>198</v>
       </c>
       <c r="C989" s="0" t="s">
-        <v>217</v>
+        <v>363</v>
       </c>
       <c r="F989" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G989" s="0" t="s">
-        <v>1431</v>
+        <v>1420</v>
       </c>
       <c r="H989" s="0" t="s">
-        <v>162</v>
+        <v>88</v>
       </c>
       <c r="I989" s="0" t="s">
-        <v>31</v>
+        <v>16</v>
       </c>
       <c r="J989" s="0" t="s">
-        <v>219</v>
+        <v>364</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" s="0" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B990" s="0" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C990" s="0" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="F990" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G990" s="0" t="s">
-        <v>1432</v>
+        <v>1421</v>
       </c>
       <c r="H990" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I990" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J990" s="0" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" s="0" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B991" s="0" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C991" s="0" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="F991" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G991" s="0" t="s">
-        <v>1433</v>
+        <v>1422</v>
       </c>
       <c r="H991" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I991" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J991" s="0" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" s="0" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B992" s="0" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C992" s="0" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="F992" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G992" s="0" t="s">
-        <v>1434</v>
+        <v>1423</v>
       </c>
       <c r="H992" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I992" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J992" s="0" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" s="0" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="B993" s="0" t="s">
-        <v>216</v>
+        <v>207</v>
       </c>
       <c r="C993" s="0" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="F993" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G993" s="0" t="s">
-        <v>1435</v>
+        <v>1424</v>
       </c>
       <c r="H993" s="0" t="s">
-        <v>162</v>
+        <v>23</v>
       </c>
       <c r="I993" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J993" s="0" t="s">
-        <v>219</v>
+        <v>210</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" s="0" t="s">
-        <v>281</v>
+        <v>370</v>
       </c>
       <c r="B994" s="0" t="s">
-        <v>216</v>
+        <v>371</v>
       </c>
       <c r="C994" s="0" t="s">
-        <v>282</v>
+        <v>372</v>
       </c>
       <c r="F994" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G994" s="0" t="s">
-        <v>1436</v>
+        <v>1425</v>
       </c>
       <c r="H994" s="0" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="I994" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J994" s="0" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" s="0" t="s">
-        <v>281</v>
+        <v>370</v>
       </c>
       <c r="B995" s="0" t="s">
-        <v>216</v>
+        <v>371</v>
       </c>
       <c r="C995" s="0" t="s">
-        <v>282</v>
+        <v>372</v>
       </c>
       <c r="F995" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G995" s="0" t="s">
-        <v>1437</v>
+        <v>1144</v>
       </c>
       <c r="H995" s="0" t="s">
-        <v>151</v>
+        <v>109</v>
       </c>
       <c r="I995" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J995" s="0" t="s">
-        <v>284</v>
+        <v>373</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" s="0" t="s">
-        <v>281</v>
+        <v>1025</v>
       </c>
       <c r="B996" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C996" s="0" t="s">
-        <v>282</v>
+        <v>1026</v>
       </c>
       <c r="F996" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G996" s="0" t="s">
-        <v>1438</v>
+        <v>1426</v>
       </c>
       <c r="H996" s="0" t="s">
-        <v>151</v>
+        <v>602</v>
       </c>
       <c r="I996" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J996" s="0" t="s">
-        <v>284</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" s="0" t="s">
-        <v>281</v>
+        <v>1025</v>
       </c>
       <c r="B997" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C997" s="0" t="s">
-        <v>282</v>
+        <v>1026</v>
       </c>
       <c r="F997" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G997" s="0" t="s">
-        <v>1439</v>
+        <v>1427</v>
       </c>
       <c r="H997" s="0" t="s">
-        <v>151</v>
+        <v>602</v>
       </c>
       <c r="I997" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J997" s="0" t="s">
-        <v>284</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" s="0" t="s">
-        <v>281</v>
+        <v>1025</v>
       </c>
       <c r="B998" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C998" s="0" t="s">
-        <v>282</v>
+        <v>1026</v>
       </c>
       <c r="F998" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G998" s="0" t="s">
-        <v>1440</v>
+        <v>1428</v>
       </c>
       <c r="H998" s="0" t="s">
-        <v>151</v>
+        <v>602</v>
       </c>
       <c r="I998" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J998" s="0" t="s">
-        <v>284</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" s="0" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="B999" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C999" s="0" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F999" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G999" s="0" t="s">
-        <v>1441</v>
+        <v>1429</v>
       </c>
       <c r="H999" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I999" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J999" s="0" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" s="0" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="B1000" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1000" s="0" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F1000" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1000" s="0" t="s">
-        <v>1442</v>
+        <v>1430</v>
       </c>
       <c r="H1000" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I1000" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J1000" s="0" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" s="0" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="B1001" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1001" s="0" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F1001" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1001" s="0" t="s">
-        <v>1443</v>
+        <v>1431</v>
       </c>
       <c r="H1001" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I1001" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J1001" s="0" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" s="0" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="B1002" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1002" s="0" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F1002" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1002" s="0" t="s">
-        <v>1444</v>
+        <v>1432</v>
       </c>
       <c r="H1002" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I1002" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J1002" s="0" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" s="0" t="s">
-        <v>1003</v>
+        <v>1025</v>
       </c>
       <c r="B1003" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1003" s="0" t="s">
-        <v>1004</v>
+        <v>1026</v>
       </c>
       <c r="F1003" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1003" s="0" t="s">
-        <v>1445</v>
+        <v>1433</v>
       </c>
       <c r="H1003" s="0" t="s">
-        <v>158</v>
+        <v>602</v>
       </c>
       <c r="I1003" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="J1003" s="0" t="s">
-        <v>1006</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" s="0" t="s">
-        <v>604</v>
+        <v>1025</v>
       </c>
       <c r="B1004" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1004" s="0" t="s">
-        <v>605</v>
+        <v>1026</v>
       </c>
       <c r="F1004" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1004" s="0" t="s">
-        <v>1446</v>
+        <v>1434</v>
       </c>
       <c r="H1004" s="0" t="s">
-        <v>151</v>
+        <v>602</v>
       </c>
       <c r="I1004" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J1004" s="0" t="s">
-        <v>607</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" s="0" t="s">
-        <v>604</v>
+        <v>1025</v>
       </c>
       <c r="B1005" s="0" t="s">
-        <v>216</v>
+        <v>180</v>
       </c>
       <c r="C1005" s="0" t="s">
-        <v>605</v>
+        <v>1026</v>
       </c>
       <c r="F1005" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1005" s="0" t="s">
-        <v>1447</v>
+        <v>1435</v>
       </c>
       <c r="H1005" s="0" t="s">
-        <v>151</v>
+        <v>602</v>
       </c>
       <c r="I1005" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J1005" s="0" t="s">
-        <v>607</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" s="0" t="s">
-        <v>400</v>
+        <v>1025</v>
       </c>
       <c r="B1006" s="0" t="s">
-        <v>401</v>
+        <v>180</v>
       </c>
       <c r="C1006" s="0" t="s">
-        <v>402</v>
+        <v>1026</v>
       </c>
       <c r="F1006" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1006" s="0" t="s">
-        <v>1137</v>
+        <v>1436</v>
       </c>
       <c r="H1006" s="0" t="s">
-        <v>117</v>
+        <v>602</v>
       </c>
       <c r="I1006" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J1006" s="0" t="s">
-        <v>404</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" s="0" t="s">
-        <v>400</v>
+        <v>1025</v>
       </c>
       <c r="B1007" s="0" t="s">
-        <v>401</v>
+        <v>180</v>
       </c>
       <c r="C1007" s="0" t="s">
-        <v>402</v>
+        <v>1026</v>
       </c>
       <c r="F1007" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1007" s="0" t="s">
-        <v>1136</v>
+        <v>1437</v>
       </c>
       <c r="H1007" s="0" t="s">
-        <v>117</v>
+        <v>602</v>
       </c>
       <c r="I1007" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J1007" s="0" t="s">
-        <v>404</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" s="0" t="s">
-        <v>315</v>
+        <v>1025</v>
       </c>
       <c r="B1008" s="0" t="s">
-        <v>316</v>
+        <v>180</v>
       </c>
       <c r="C1008" s="0" t="s">
-        <v>317</v>
+        <v>1026</v>
       </c>
       <c r="F1008" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1008" s="0" t="s">
-        <v>1448</v>
+        <v>1438</v>
       </c>
       <c r="H1008" s="0" t="s">
-        <v>162</v>
+        <v>602</v>
       </c>
       <c r="I1008" s="0" t="s">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="J1008" s="0" t="s">
-        <v>318</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" s="0" t="s">
-        <v>315</v>
+        <v>1025</v>
       </c>
       <c r="B1009" s="0" t="s">
-        <v>316</v>
+        <v>180</v>
       </c>
       <c r="C1009" s="0" t="s">
-        <v>317</v>
+        <v>1026</v>
       </c>
       <c r="F1009" s="0" t="s">
         <v>13</v>
       </c>
       <c r="G1009" s="0" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H1009" s="0" t="s">
+        <v>602</v>
+      </c>
+      <c r="I1009" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1009" s="0" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="1010">
+      <c r="A1010" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1010" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C1010" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="F1010" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1010" s="0" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H1010" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="I1010" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1010" s="0" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="1011">
+      <c r="A1011" s="0" t="s">
+        <v>179</v>
+      </c>
+      <c r="B1011" s="0" t="s">
+        <v>180</v>
+      </c>
+      <c r="C1011" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="F1011" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1011" s="0" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H1011" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="I1011" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1011" s="0" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="1012">
+      <c r="A1012" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1012" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C1012" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="F1012" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1012" s="0" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H1012" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="I1012" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1012" s="0" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="1013">
+      <c r="A1013" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1013" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C1013" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="F1013" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1013" s="0" t="s">
+        <v>789</v>
+      </c>
+      <c r="H1013" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="I1013" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1013" s="0" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="1014">
+      <c r="A1014" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="B1014" s="0" t="s">
+        <v>198</v>
+      </c>
+      <c r="C1014" s="0" t="s">
+        <v>199</v>
+      </c>
+      <c r="F1014" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1014" s="0" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H1014" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="I1014" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1014" s="0" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="1015">
+      <c r="A1015" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1015" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1015" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F1015" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1015" s="0" t="s">
+        <v>1443</v>
+      </c>
+      <c r="H1015" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I1015" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1015" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1016">
+      <c r="A1016" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1016" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1016" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F1016" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1016" s="0" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H1016" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I1016" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1016" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1017">
+      <c r="A1017" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="B1017" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1017" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="F1017" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1017" s="0" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H1017" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="I1017" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1017" s="0" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="1018">
+      <c r="A1018" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1018" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1018" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1018" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1018" s="0" t="s">
+        <v>1446</v>
+      </c>
+      <c r="H1018" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1018" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1018" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1019">
+      <c r="A1019" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1019" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1019" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1019" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1019" s="0" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H1019" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1019" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1019" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1020">
+      <c r="A1020" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1020" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1020" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1020" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1020" s="0" t="s">
+        <v>1448</v>
+      </c>
+      <c r="H1020" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1020" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1020" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1021">
+      <c r="A1021" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1021" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1021" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1021" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1021" s="0" t="s">
         <v>1449</v>
       </c>
-      <c r="H1009" s="0" t="s">
-[...2 lines deleted...]
-      <c r="I1009" s="0" t="s">
+      <c r="H1021" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1021" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="J1009" s="0" t="s">
-        <v>318</v>
+      <c r="J1021" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1022">
+      <c r="A1022" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1022" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1022" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1022" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1022" s="0" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H1022" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1022" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1022" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1023">
+      <c r="A1023" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1023" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1023" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1023" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1023" s="0" t="s">
+        <v>1451</v>
+      </c>
+      <c r="H1023" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1023" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1023" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1024">
+      <c r="A1024" s="0" t="s">
+        <v>636</v>
+      </c>
+      <c r="B1024" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="C1024" s="0" t="s">
+        <v>637</v>
+      </c>
+      <c r="F1024" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1024" s="0" t="s">
+        <v>1452</v>
+      </c>
+      <c r="H1024" s="0" t="s">
+        <v>639</v>
+      </c>
+      <c r="I1024" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1024" s="0" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1025">
+      <c r="A1025" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="B1025" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C1025" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="F1025" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1025" s="0" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H1025" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I1025" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1025" s="0" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="1026">
+      <c r="A1026" s="0" t="s">
+        <v>242</v>
+      </c>
+      <c r="B1026" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="C1026" s="0" t="s">
+        <v>243</v>
+      </c>
+      <c r="F1026" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1026" s="0" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H1026" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I1026" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1026" s="0" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1027">
+      <c r="A1027" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1027" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C1027" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="F1027" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1027" s="0" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H1027" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="I1027" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1027" s="0" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1028">
+      <c r="A1028" s="0" t="s">
+        <v>246</v>
+      </c>
+      <c r="B1028" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="C1028" s="0" t="s">
+        <v>248</v>
+      </c>
+      <c r="F1028" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1028" s="0" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H1028" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="I1028" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1028" s="0" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1029">
+      <c r="A1029" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="B1029" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C1029" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="F1029" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1029" s="0" t="s">
+        <v>1457</v>
+      </c>
+      <c r="H1029" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I1029" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1029" s="0" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="1030">
+      <c r="A1030" s="0" t="s">
+        <v>365</v>
+      </c>
+      <c r="B1030" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="C1030" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="F1030" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1030" s="0" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H1030" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="I1030" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1030" s="0" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="1031">
+      <c r="A1031" s="0" t="s">
+        <v>251</v>
+      </c>
+      <c r="B1031" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="C1031" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="F1031" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1031" s="0" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H1031" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="I1031" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1031" s="0" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="1032">
+      <c r="A1032" s="0" t="s">
+        <v>982</v>
+      </c>
+      <c r="B1032" s="0" t="s">
+        <v>983</v>
+      </c>
+      <c r="C1032" s="0" t="s">
+        <v>984</v>
+      </c>
+      <c r="F1032" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1032" s="0" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H1032" s="0" t="s">
+        <v>432</v>
+      </c>
+      <c r="I1032" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1032" s="0" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="1033">
+      <c r="A1033" s="0" t="s">
+        <v>434</v>
+      </c>
+      <c r="B1033" s="0" t="s">
+        <v>435</v>
+      </c>
+      <c r="C1033" s="0" t="s">
+        <v>436</v>
+      </c>
+      <c r="F1033" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1033" s="0" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H1033" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="I1033" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1033" s="0" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="1034">
+      <c r="A1034" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B1034" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="C1034" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="F1034" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1034" s="0" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H1034" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="I1034" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1034" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="1035">
+      <c r="A1035" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B1035" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="C1035" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="F1035" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1035" s="0" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H1035" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="I1035" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1035" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="1036">
+      <c r="A1036" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B1036" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="C1036" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="F1036" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1036" s="0" t="s">
+        <v>1464</v>
+      </c>
+      <c r="H1036" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="I1036" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1036" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="1037">
+      <c r="A1037" s="0" t="s">
+        <v>915</v>
+      </c>
+      <c r="B1037" s="0" t="s">
+        <v>916</v>
+      </c>
+      <c r="C1037" s="0" t="s">
+        <v>917</v>
+      </c>
+      <c r="F1037" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1037" s="0" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H1037" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="I1037" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1037" s="0" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="1038">
+      <c r="A1038" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B1038" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C1038" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F1038" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1038" s="0" t="s">
+        <v>1466</v>
+      </c>
+      <c r="H1038" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="I1038" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1038" s="0" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="1039">
+      <c r="A1039" s="0" t="s">
+        <v>553</v>
+      </c>
+      <c r="B1039" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C1039" s="0" t="s">
+        <v>554</v>
+      </c>
+      <c r="F1039" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1039" s="0" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H1039" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="I1039" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1039" s="0" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="1040">
+      <c r="A1040" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B1040" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C1040" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="F1040" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1040" s="0" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H1040" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="I1040" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1040" s="0" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="1041">
+      <c r="A1041" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1041" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C1041" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F1041" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1041" s="0" t="s">
+        <v>1469</v>
+      </c>
+      <c r="H1041" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1041" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1041" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1042">
+      <c r="A1042" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1042" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C1042" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F1042" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1042" s="0" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H1042" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1042" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1042" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1043">
+      <c r="A1043" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1043" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C1043" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F1043" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1043" s="0" t="s">
+        <v>1471</v>
+      </c>
+      <c r="H1043" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1043" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1043" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1044">
+      <c r="A1044" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1044" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C1044" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F1044" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1044" s="0" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H1044" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1044" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1044" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1045">
+      <c r="A1045" s="0" t="s">
+        <v>646</v>
+      </c>
+      <c r="B1045" s="0" t="s">
+        <v>647</v>
+      </c>
+      <c r="C1045" s="0" t="s">
+        <v>648</v>
+      </c>
+      <c r="F1045" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1045" s="0" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H1045" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="I1045" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1045" s="0" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1046">
+      <c r="A1046" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B1046" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C1046" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="F1046" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1046" s="0" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H1046" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="I1046" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1046" s="0" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="1047">
+      <c r="A1047" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="B1047" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="C1047" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="F1047" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1047" s="0" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H1047" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="I1047" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="J1047" s="0" t="s">
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>