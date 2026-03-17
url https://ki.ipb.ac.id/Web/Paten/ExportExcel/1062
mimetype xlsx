--- v0 (2025-12-14)
+++ v1 (2026-03-17)
@@ -5,80 +5,143 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Paten" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="31" uniqueCount="31">
   <si>
     <t>JudulInvensi</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>TanggalSertifikasi</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaInventor</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>JenisPaten</t>
   </si>
   <si>
     <t>Abstrak</t>
+  </si>
+  <si>
+    <t>Formula Krim Antiaging Berbahan Aktif Ekstrak Kayu Merbau dan Daun Pegagan</t>
+  </si>
+  <si>
+    <t>07-Oct-2020</t>
+  </si>
+  <si>
+    <t>S00202007308</t>
+  </si>
+  <si>
+    <t>Pemeriksaan Substantif Tahap IV</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Ietje Wientarsih, Apt., M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Hasil Hutan</t>
+  </si>
+  <si>
+    <t>Paten Sederhana</t>
+  </si>
+  <si>
+    <t>Kondisi lingkungan hidup di Indonesia memicu penuaan dini kulit sehingga permintaan krim antiaging tinggi. Namun, krim antiaging umumnya berbahan aktif sintetik, impor, dan berefek samping. Untuk itu, formulasi krim antiaging berbahan aktif alami berbasis sumberdaya lokal dikembangkan. Formula krim antiaging dikembangkan berdasarkan kemampuannya sbg pencerah kulit, antioksidan, dan tabir surya. Formula krim antiaging dibuat dengan komposisi terdiri atas basis krim dan kombinasi ekstrak kayu merbau (EKM) serta ekstrak daun pegagan (EDP) dengan perbandingan basis krim dan kombinasi EKM serta EDP 97-99%:1-3%. Bahan aktif formula krim antiaging terdiri dari kombinasi EKM dan EDP dengan perbandingan 1-2:1-2. Formula krim terbaik adalah perbandingan basis krim 93% dan 3% bahan aktif dari kombinasi EKM:EDP dengan nisbah 2:1. Formula ini memiliki aktivitas antioksidan terhadap DPPH (IC50 360.49 ppm) yang lebih tinggi dari krim komersial (IC50 984.47 ppm). Aktivitas pencerah kulitnya/ antitirosinasenya (IC50 1879.93 ppm) lebih tinggi dibanding krim komersial (IC50 &amp;gt; 2000 ppm) dan nilai tabir surya 12 yang tergolong maksimal. Warna Formula ini termasuk INCOSET 629 Pale Gold. Sifat fisis formula krim ini memenuhi standar SNI, yaitu nilai pH 4.5-7, viskositas 50000 cPs, homogen, dan daya sebar 5-7 cm.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rita Kartika Sari, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mohamad Rafi, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Pembuatan Nanopigmen Klorofil dari Sargassum Sp</t>
+  </si>
+  <si>
+    <t>25-Oct-2017</t>
+  </si>
+  <si>
+    <t>P00201707390</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Noor</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t>Paten</t>
+  </si>
+  <si>
+    <t>Invensi ini tentang pembuatan nano pigmen klorofil dari Sargassum sp. dengan metode homogenisasi berkecepatan tinggi. Hingga saat ini belum ada proses serupa yang telah dilakukan. Pembuatan nano pigmen ini untuk meningkatkan stabilitas dan kelarutan pigmen yang masih rendah. Selain itu diharapkan pigmen dalam bentuk nano partikel akan meningkatkan tingkat dispersi pada aplikasi sebagai coating agent. Pembuatan nano pigmen dimulai dengan pemilihan proses ekstraksi untuk rendemen pigmen yang tinggi dari Sargassum Sp. Jenis pelarut terbaik adalah aseton dengan ukuran Sargassum sp 20 mesh. Kondisi ekstraksi selama 4 jam dan putaran 500 rpm memberikan rendemen sebesar 4775 mg/100 gr bahan baku, konsentrasi pigmen klorofil 6505 - 6875 &amp;mu;g/ml ukuran partikel 160 nm. Partikel ini memiliki stabilitas dan kelarutan yang masih rendah. Sebelum pembuatan nano pigmen dilakukan formulasi larutan yaitu pengaturan komposisi fasa organik dan fasa air agar dapat dilakukan pengecilan ukuran yang efektif. Proses homogenisasi dilakukan pada kecepatan 8000 - 12000 rpm selama 10-20 menit. Penambahan gum arab pada larutan dengan rasio 1:1 terhadap jumlah pigmen yang digunakan dapat meningkatkan stabilitas ukuran partikel terhadap penyimpanan. Penggunaan kondisi proses diatas menghasilkan nano pigmen dengan ukuran partikel 24 - 100 nm, stabil pada suhu ruang selama 10 hari dan tingkat kelarutan lebih tinggi pada pelarut organik.</t>
+  </si>
+  <si>
+    <t>Fakhry M. Fitrawan, S.Hut</t>
+  </si>
+  <si>
+    <t>Achmad Rizky Nurramadhani, S.Hut</t>
+  </si>
+  <si>
+    <t>Maeda Wahyuningrum, SHut, MSi</t>
+  </si>
+  <si>
+    <t>Hanum Rachmawati Nur</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -88,73 +151,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J4" headerRowCount="0">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J12" headerRowCount="1">
+  <autoFilter ref="A4:J12"/>
   <tableColumns count="10">
     <tableColumn id="1" name="JudulInvensi"/>
     <tableColumn id="2" name="TanggalPendaftaran"/>
     <tableColumn id="3" name="NomorPendaftaran"/>
     <tableColumn id="4" name="TanggalSertifikasi"/>
     <tableColumn id="5" name="NomorSertifikat"/>
     <tableColumn id="6" name="StatusPermohonan"/>
     <tableColumn id="7" name="NamaInventor"/>
     <tableColumn id="8" name="Departemen"/>
     <tableColumn id="9" name="JenisPaten"/>
     <tableColumn id="10" name="Abstrak"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="20" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="100" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="100" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -163,32 +227,240 @@
       <c r="C4" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D4" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E4" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F4" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G4" s="0" t="s">
         <v>6</v>
       </c>
       <c r="H4" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I4" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J4" s="0" t="s">
         <v>9</v>
       </c>
     </row>
+    <row r="5">
+      <c r="A5" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J5" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C6" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="H6" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I6" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J6" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C7" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="H7" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I7" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J7" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="H8" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="I8" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="J8" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C9" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" s="0" t="s">
+        <v>27</v>
+      </c>
+      <c r="H9" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I9" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J9" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C10" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F10" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" s="0" t="s">
+        <v>28</v>
+      </c>
+      <c r="H10" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I10" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J10" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C11" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="F11" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="I11" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J11" s="0" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="0" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="0" t="s">
+        <v>21</v>
+      </c>
+      <c r="C12" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="F12" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="H12" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="I12" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="J12" s="0" t="s">
+        <v>26</v>
+      </c>
+    </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>