--- v0 (2025-12-15)
+++ v1 (2026-03-20)
@@ -5,1557 +5,1689 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml" PartName="/xl/tables/table1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Merek" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="502" uniqueCount="502">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="546">
   <si>
     <t>NamaMerek</t>
   </si>
   <si>
     <t>KelasMerek</t>
   </si>
   <si>
     <t>TanggalPendaftaran</t>
   </si>
   <si>
     <t>NomorPendaftaran</t>
   </si>
   <si>
     <t>StatusPermohonan</t>
   </si>
   <si>
     <t>NamaPemohon</t>
   </si>
   <si>
     <t>Departemen</t>
   </si>
   <si>
     <t>NomorSertifikat</t>
   </si>
   <si>
     <t>TanggalSertifikat</t>
   </si>
   <si>
     <t>Deskripsi</t>
   </si>
   <si>
     <t>SPIRULINA Corner</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>02-Feb-2023</t>
   </si>
   <si>
     <t>JID2023009291</t>
   </si>
   <si>
     <t>Tersertifikasi</t>
   </si>
   <si>
     <t>Meydia, S.Pi.</t>
   </si>
   <si>
-    <t>Departemen Teknologi Hasil Perairan</t>
+    <t>PUSAT KAJIAN SUMBERDAYA PESISIR DAN LAUTAN (PKSPL).</t>
   </si>
   <si>
     <t>IDM001130756</t>
   </si>
   <si>
     <t>17-Oct-2023</t>
   </si>
   <si>
     <t>layanan kafetaria dan kantin; layanan kantin; layanan snack-bar dan kantin</t>
   </si>
   <si>
     <t>Vepryany Oktaviarty, S.T.P.</t>
   </si>
   <si>
-    <t>Dr. Kustiariyah, S.Pi., M.Si.</t>
-[...29 lines deleted...]
-    <t>Ani Nuraeni, S.Pd., M.Pd.</t>
+    <t>Prof. Dr. Kustiariyah, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr.Eng. Wahyu Ramadhan, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Emriz</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>22-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022094742</t>
+  </si>
+  <si>
+    <t>Q Ahmad Riza Zakariyya, STP.</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Industri Pertanian</t>
+  </si>
+  <si>
+    <t>Sabun; Sediaan pemeliharaan gigi; Sediaan-sediaan untuk mengkilapkan (semir); kosmetik; minyak rambut; minyak-minyak sari kosmetika; sediaan-sediaan untuk membersihkan, mengkilapkan, menggosok dan membuang lemak; sediaan-sediaan untuk membersihkan dan mencuci; wewangian dan wangi-wangian</t>
+  </si>
+  <si>
+    <t>CoDampresso</t>
+  </si>
+  <si>
+    <t>27</t>
+  </si>
+  <si>
+    <t>12-May-2025</t>
+  </si>
+  <si>
+    <t>DID2025041156</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Annisa Nur Azahra</t>
+  </si>
+  <si>
+    <t>Departemen Fisika</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>OBUCE</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>27-Dec-2021</t>
+  </si>
+  <si>
+    <t>DID2021093015</t>
+  </si>
+  <si>
+    <t>Hendrika Anggriawan</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen Hutan</t>
+  </si>
+  <si>
+    <t>IDM001012335</t>
+  </si>
+  <si>
+    <t>12-Oct-2022</t>
+  </si>
+  <si>
+    <t>OBUCE merupakan aplikasi yang membantu masyarakat dalam bidang kesehatan khususnya obesitas dan keseimbangan nutrisi dalam tubuh. Selain itu aplikasi ini juga dapat membantu untuk konsultasi stres bagi para penderita obesitas.</t>
+  </si>
+  <si>
+    <t>Saung Astani</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>01-Dec-2022</t>
+  </si>
+  <si>
+    <t>JID2022098463</t>
+  </si>
+  <si>
+    <t>Siti Anggi</t>
+  </si>
+  <si>
+    <t>Departemen Ekonomi Sumberdaya dan Lingkungan</t>
   </si>
   <si>
     <t>Paca Patch</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>22-Aug-2021</t>
   </si>
   <si>
     <t>DID2021055277</t>
   </si>
   <si>
-    <t>Cemara Narieta</t>
+    <t>Riska Fitri Rahmadani</t>
   </si>
   <si>
     <t>Departemen Pemanfaatan Sumberdaya Perikanan</t>
   </si>
   <si>
     <t>Paca Patch (PP) merupakan singkatan dari Pluchea indica Patch. Pluchea indica merupakan nama ilmiah dari daun beluntas yang menjadi komposisi utama plester ini. Warna hijau logo melambangkan warna daun beluntas dan 3 daun melambangkan keseimbangan.</t>
   </si>
   <si>
-    <t>Baiq Ayu Widiastuti</t>
-[...241 lines deleted...]
-  <si>
     <t>KASIMADU</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>24-Nov-2021</t>
   </si>
   <si>
     <t>DID2021081981</t>
   </si>
   <si>
-    <t>Dr. Kaswanto, S.P., M.Si.</t>
+    <t>Amarizni Mosyaftiani, MSi</t>
   </si>
   <si>
     <t>Departemen Arsitektur Lanskap</t>
   </si>
   <si>
     <t>IDM001005847</t>
   </si>
   <si>
     <t>28-Sep-2022</t>
   </si>
   <si>
     <t xml:space="preserve">Pamflet panduan; alat bantu belajar (manual) dan buku untuk guru, orang tua dan anak-anak; buku
 petunjuk untuk tujuan pengajaran; buku saku/buku kecil; buku saku/buku kecil; pamflet</t>
   </si>
   <si>
+    <t>Pekarangan Si Madu</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>JID2021081935</t>
+  </si>
+  <si>
+    <t>IDM001006196</t>
+  </si>
+  <si>
+    <t>29-Sep-2022</t>
+  </si>
+  <si>
+    <t>jasa pembangunan taman</t>
+  </si>
+  <si>
+    <t>Afif Anggun Prasetyo</t>
+  </si>
+  <si>
+    <t>Jenthik</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>04-Sep-2022</t>
+  </si>
+  <si>
+    <t>DID2022067246</t>
+  </si>
+  <si>
+    <t>Septia Elfriantika</t>
+  </si>
+  <si>
+    <t>Departemen Komunikasi dan Pengembangan Masyarakat</t>
+  </si>
+  <si>
+    <t>Surya Dwi Arifin</t>
+  </si>
+  <si>
+    <t>Baiq Ayu Widiastuti</t>
+  </si>
+  <si>
+    <t>Cemara Narieta</t>
+  </si>
+  <si>
+    <t>E-Rush</t>
+  </si>
+  <si>
+    <t>13-Nov-2024</t>
+  </si>
+  <si>
+    <t>DID2024117241</t>
+  </si>
+  <si>
+    <t>Amanda Najwa Rizki</t>
+  </si>
+  <si>
+    <t>Sekolah Vokasi</t>
+  </si>
+  <si>
+    <t>Ardina Latifah Azzahra</t>
+  </si>
+  <si>
+    <t>Kenzi Lamberto</t>
+  </si>
+  <si>
+    <t>Oliver</t>
+  </si>
+  <si>
+    <t>29</t>
+  </si>
+  <si>
+    <t>31-Aug-2021</t>
+  </si>
+  <si>
+    <t>DID2021057433</t>
+  </si>
+  <si>
+    <t>Roza Kartika</t>
+  </si>
+  <si>
+    <t>Departemen Gizi Masyarakat</t>
+  </si>
+  <si>
+    <t>IDM000992432</t>
+  </si>
+  <si>
+    <t>31-Aug-2022</t>
+  </si>
+  <si>
+    <t>Inkubatwol</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>24-Aug-2021</t>
+  </si>
+  <si>
+    <t>DID2021055848</t>
+  </si>
+  <si>
+    <t>Fakihah Farhah Faridaashri</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Produksi dan Teknologi Peternakan</t>
+  </si>
+  <si>
+    <t>IDM000996332</t>
+  </si>
+  <si>
+    <t>08-Sep-2022</t>
+  </si>
+  <si>
+    <t>Yustika Wahyu Riani</t>
+  </si>
+  <si>
+    <t>Dieta</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>19-Sep-2021</t>
+  </si>
+  <si>
+    <t>DID2021062435</t>
+  </si>
+  <si>
+    <t>Iis Erlina</t>
+  </si>
+  <si>
+    <t>IDM000997873</t>
+  </si>
+  <si>
+    <t>09-Sep-2022</t>
+  </si>
+  <si>
+    <t>puding,puding penutup</t>
+  </si>
+  <si>
+    <t>Rohul Hartman, S.Si.</t>
+  </si>
+  <si>
+    <t>Nanda Amirah Luthfiyah</t>
+  </si>
+  <si>
+    <t>Irsyad Muhammad Andre</t>
+  </si>
+  <si>
+    <t>Sagita Salsabila</t>
+  </si>
+  <si>
+    <t>Salsabilla Permata Bayah</t>
+  </si>
+  <si>
+    <t>Dyrrera Novdiafuri Kusnyoto</t>
+  </si>
+  <si>
+    <t>Rizki Fadilah Rohman</t>
+  </si>
+  <si>
+    <t>REYDI</t>
+  </si>
+  <si>
+    <t>17-Sep-2022</t>
+  </si>
+  <si>
+    <t>DID2022072834</t>
+  </si>
+  <si>
+    <t>Anggun Maharani</t>
+  </si>
+  <si>
+    <t>Departemen Manajemen</t>
+  </si>
+  <si>
+    <t>Tas organizer; Tas untuk pria dan wanita; Tas-tas; tas; tas bepergian; tas jinjing; tas kantor; tas multiguna, tas kantor, kantong untuk membawa-bawa, dompet saku, dompet [purses], dompet kunci, dompet kartu, tag untuk koper, tas tangan; tas perjalanan; tas sekolah; tas selempang; tas tangan; tas travel; tas wanita</t>
+  </si>
+  <si>
+    <t>Rahmat Dzakwan</t>
+  </si>
+  <si>
+    <t>Nanik Alawiyah</t>
+  </si>
+  <si>
+    <t>Natasya Pramesti</t>
+  </si>
+  <si>
+    <t>Dwi Indah Yulianti</t>
+  </si>
+  <si>
+    <t>BiopestaRia</t>
+  </si>
+  <si>
+    <t>08-Oct-2023</t>
+  </si>
+  <si>
+    <t>DID2023091312</t>
+  </si>
+  <si>
+    <t>Indiv Sultana Binavsi</t>
+  </si>
+  <si>
+    <t>Departemen Proteksi Tanaman</t>
+  </si>
+  <si>
+    <t>Suatu penamaan</t>
+  </si>
+  <si>
+    <t>M. Rifal Agung Permana</t>
+  </si>
+  <si>
     <t>Nafidzah Qisthina</t>
   </si>
   <si>
-    <t>Amarizni Mosyaftiani, MSi</t>
-[...17 lines deleted...]
-    <t>jasa pembangunan taman</t>
+    <t>BOCHIL</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>18-Jul-2024</t>
+  </si>
+  <si>
+    <t>DID2024066069</t>
+  </si>
+  <si>
+    <t>Putri Uswatun Hasanah</t>
+  </si>
+  <si>
+    <t>Departemen Teknologi Hasil Perairan</t>
+  </si>
+  <si>
+    <t>Hanya sebuah penamaan</t>
+  </si>
+  <si>
+    <t>Stendy Nur Taufiq</t>
+  </si>
+  <si>
+    <t>Ambar Lestari</t>
+  </si>
+  <si>
+    <t>Muhammad Hafizhan</t>
+  </si>
+  <si>
+    <t>Pristy Tasya Nabila</t>
+  </si>
+  <si>
+    <t>Langit Biru</t>
+  </si>
+  <si>
+    <t>Ressy Tri Wulandari</t>
+  </si>
+  <si>
+    <t>Ariqoh Qurrota'ayun Sarifudin</t>
+  </si>
+  <si>
+    <t>Arinda Erlina</t>
+  </si>
+  <si>
+    <t>Muhammad Hanif Riza Mubarak</t>
+  </si>
+  <si>
+    <t>Ama Muhamad Ramdan</t>
+  </si>
+  <si>
+    <t>PRIME-DOCOFO</t>
+  </si>
+  <si>
+    <t>26-Dec-2021</t>
+  </si>
+  <si>
+    <t>DID2021092638</t>
+  </si>
+  <si>
+    <t>Atqiya Nur’Assyfa</t>
+  </si>
+  <si>
+    <t>IDM001024562</t>
+  </si>
+  <si>
+    <t>11-Nov-2022</t>
+  </si>
+  <si>
+    <t>Prime Fish Oil from Eye of Tuna</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Dias Fajar Fathan Al Azka </t>
+  </si>
+  <si>
+    <t>Muhammad Fauzan Ramadhan</t>
+  </si>
+  <si>
+    <t>Alvi Junia Chania</t>
+  </si>
+  <si>
+    <t>Ali Naufal Ammarullah</t>
+  </si>
+  <si>
+    <t>Dr. Yessie Widya Sari, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Molipet</t>
+  </si>
+  <si>
+    <t>31</t>
+  </si>
+  <si>
+    <t>30-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022097610</t>
+  </si>
+  <si>
+    <t>Dr. Yuni Cahya Endrawati, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
+  </si>
+  <si>
+    <t>Molipet memiliki makna pakan dari ulat Hongkong untuk pakan hewan peliharaan atau pet animal.</t>
+  </si>
+  <si>
+    <t>Bibit Genjah Kopyor</t>
+  </si>
+  <si>
+    <t>07-Nov-2013</t>
+  </si>
+  <si>
+    <t>D002013052903</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sudarsono, M.Sc.</t>
+  </si>
+  <si>
+    <t>Departemen Agronomi dan Hortikultura</t>
+  </si>
+  <si>
+    <t>IDM000550349</t>
+  </si>
+  <si>
+    <t>31-Oct-2016</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Asnath Maria Fuah, M.S.</t>
+  </si>
+  <si>
+    <t>Pakan Layer D'Premium ++</t>
+  </si>
+  <si>
+    <t>24-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022097568</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Iman Rahayu Hidayati Soesanto, M.S.</t>
+  </si>
+  <si>
+    <t>Pakan Ternak</t>
+  </si>
+  <si>
+    <t>BIBIT DALAM KOPYOR/ true to type</t>
+  </si>
+  <si>
+    <t>D002013052758</t>
+  </si>
+  <si>
+    <t>IDM000550370</t>
+  </si>
+  <si>
+    <t>Anna Vipta Resti Mauludyani, S.P., M.Gizi.</t>
+  </si>
+  <si>
+    <t>dr. Naufal Muharam Nurdin, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Kaswanto, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Tembora</t>
+  </si>
+  <si>
+    <t>19-Oct-2021</t>
+  </si>
+  <si>
+    <t>DID2021070782</t>
+  </si>
+  <si>
+    <t>Keripik Tempe</t>
+  </si>
+  <si>
+    <t>ANARAJA</t>
+  </si>
+  <si>
+    <t>16-Dec-2022</t>
+  </si>
+  <si>
+    <t>DID2022104471</t>
+  </si>
+  <si>
+    <t>Zacky Arivaie Santosa, S.T.P</t>
+  </si>
+  <si>
+    <t>Anaraja merupakan olahan abon yang menggunakan bahan dasar kluwih dan dipadukan dengan pemanfaatan air rebusan rajungan.</t>
+  </si>
+  <si>
+    <t>Dr. Muhamad Baihaqi, S.Pt., M.Sc.</t>
+  </si>
+  <si>
+    <t>CollabUs</t>
+  </si>
+  <si>
+    <t>23-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024135842</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Asadatun Abdullah, S.Pi., M.S.M., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Sekolah Bisnis</t>
+  </si>
+  <si>
+    <t>Kami Kolaborasikan</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Yeni Herdiyeni, S.Si., M.Kom.</t>
+  </si>
+  <si>
+    <t>Dr. drh. I Ketut Mudite Adnyane, M.Si.</t>
+  </si>
+  <si>
+    <t>Bambang Riyanto, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Botani Mart</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>25-Nov-2020</t>
+  </si>
+  <si>
+    <t>JID2020073583</t>
+  </si>
+  <si>
+    <t>Dr. Ahmad Yani, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Teknik Mesin dan Biosistem</t>
+  </si>
+  <si>
+    <t>IDM000934878</t>
+  </si>
+  <si>
+    <t>21-Dec-2021</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Joko Santoso, M.Si.</t>
+  </si>
+  <si>
+    <t>Logo (PHL)</t>
+  </si>
+  <si>
+    <t>08-Dec-2023</t>
+  </si>
+  <si>
+    <t>DID2023116618</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Luki Abdullah, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Suatu logo</t>
+  </si>
+  <si>
+    <t>Green TV</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>08-Jun-2010</t>
+  </si>
+  <si>
+    <t>J002010020756</t>
+  </si>
+  <si>
+    <t>Ir. Yatri Indah Kusumastuti</t>
+  </si>
+  <si>
+    <t>IDM000326646</t>
+  </si>
+  <si>
+    <t>11-Oct-2011</t>
+  </si>
+  <si>
+    <t>FEDTUGROW</t>
+  </si>
+  <si>
+    <t>DID2022083945</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Agik Suprayogi, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Anatomi, Fisiologi dan Farmakologi</t>
+  </si>
+  <si>
+    <t>Bahan makanan untuk hewan termasuk bahan tambahan untuk pakan hewan; Campuran pakan ternak; Pakan ternak; konsentrat untuk pakan ternak</t>
+  </si>
+  <si>
+    <t>KibiMart</t>
+  </si>
+  <si>
+    <t>23-Jul-2014</t>
+  </si>
+  <si>
+    <t>J002014034432</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Rokhani, M.Si.</t>
+  </si>
+  <si>
+    <t>IDM000669578</t>
+  </si>
+  <si>
+    <t>06-Feb-2020</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Ahyar Ismail, M.Agr.</t>
+  </si>
+  <si>
+    <t>Serambi Botani</t>
+  </si>
+  <si>
+    <t>30-Apr-2010</t>
+  </si>
+  <si>
+    <t>J002010015887</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Meika Syahbana Rusli, M.Sc.Agr.</t>
+  </si>
+  <si>
+    <t>IDM000328151</t>
+  </si>
+  <si>
+    <t>25-Oct-2011</t>
+  </si>
+  <si>
+    <t>Rhizo-Fast</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>D002013052855</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Miftahudin, M.Si.</t>
+  </si>
+  <si>
+    <t>Departemen Biologi</t>
+  </si>
+  <si>
+    <t>IDM000550968</t>
+  </si>
+  <si>
+    <t>Move Feed</t>
+  </si>
+  <si>
+    <t>09-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022089995</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Hadi Susilo Arifin, M.S.</t>
+  </si>
+  <si>
+    <t>Kata Move memiliki makna Mengandung Omega dan Vitamin E. Salah satu bahan penyusun pakan adalah ulat Hongkong yang memiliki kandungan omega 3, 6 dan 9. Kata Feed merupakan bahasa inggris untuk pakan ternak.</t>
+  </si>
+  <si>
+    <t>dpakan</t>
+  </si>
+  <si>
+    <t>DID2022075816</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Yuli Retnani, M.Sc.</t>
+  </si>
+  <si>
+    <t>Makanan Ternak; Makanan ternak; makanan ternak; makanan ternak; makanan ternak</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Henny Nuraini, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sumiati, M.Sc.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Ikeu Tanziha, M.S.</t>
+  </si>
+  <si>
+    <t>Graciafit</t>
+  </si>
+  <si>
+    <t>06-Dec-2023</t>
+  </si>
+  <si>
+    <t>DID2023115045</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Sri Purwaningsih, M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Wini Trilaksani, M.Sc.</t>
+  </si>
+  <si>
+    <t>BIBER</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>08-Oct-2021</t>
+  </si>
+  <si>
+    <t>DID2021067608</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Nana Mulyana, M.Si.</t>
+  </si>
+  <si>
+    <t>IDM000993303</t>
+  </si>
+  <si>
+    <t>01-Sep-2022</t>
+  </si>
+  <si>
+    <t>Plastik diekstrusi dalam bentuk balok untuk digunakan dalam manufaktur; plastik diekstrusi dalam bentuk batang untuk digunakan dalam manufaktur; plastik diekstrusi dalam bentuk batangan untuk digunakan dalam manufaktur; plastik diekstrusi dalam bentuk lembaran untuk digunakan dalam manufaktur</t>
+  </si>
+  <si>
+    <t>Dr. Ujang Suwarna, S.Hut., M.Sc.</t>
+  </si>
+  <si>
+    <t>TRUEBESTIE</t>
+  </si>
+  <si>
+    <t>30-Apr-2022</t>
+  </si>
+  <si>
+    <t>DID2022031956</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Mala Nurilmala, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Masker Wajah; Masker wajah pembersih pori-pori; Masker wajah untuk kuli berminyak; masker untuk membersihkan wajah</t>
+  </si>
+  <si>
+    <t>1963 Enterprise</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>22-Nov-2024</t>
+  </si>
+  <si>
+    <t>DID2024122312</t>
+  </si>
+  <si>
+    <t>Dr. Indah Yuliasih, S.T.P., M.Si.</t>
+  </si>
+  <si>
+    <t>B&amp;O Fer (Meningkatkan Kesuburan Tanah Marjinal)</t>
+  </si>
+  <si>
+    <t>04-Nov-2013</t>
+  </si>
+  <si>
+    <t>D002013052114</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Dra. Triadiati, M.Si.</t>
+  </si>
+  <si>
+    <t>IDM000524001</t>
+  </si>
+  <si>
+    <t>14-Mar-2016</t>
+  </si>
+  <si>
+    <t>Botani Mineral Water</t>
+  </si>
+  <si>
+    <t>02-Apr-2022</t>
+  </si>
+  <si>
+    <t>DID2022024479</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Burhanuddin, M.M.</t>
+  </si>
+  <si>
+    <t>Departemen Agribisnis</t>
+  </si>
+  <si>
+    <t>Chick n Chiff</t>
+  </si>
+  <si>
+    <t>10-Jun-2021</t>
+  </si>
+  <si>
+    <t>DID2021039031</t>
+  </si>
+  <si>
+    <t>Faranita Ratih Listiasari, S.H., M.H.</t>
+  </si>
+  <si>
+    <t>IDM000976254</t>
+  </si>
+  <si>
+    <t>05-Jul-2022</t>
+  </si>
+  <si>
+    <t>roti, kue, cake</t>
+  </si>
+  <si>
+    <t>SIMONAIR</t>
+  </si>
+  <si>
+    <t>14-Nov-2024</t>
+  </si>
+  <si>
+    <t>DID2024117906</t>
+  </si>
+  <si>
+    <t>Walidatush Sholihah, S.Si., M.Kom.</t>
+  </si>
+  <si>
+    <t>Dr. Andri Hendriana, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Wien Kuntari, M.Si.</t>
+  </si>
+  <si>
+    <t>Rosyda Dianah, S.K.M., M.K.M.</t>
+  </si>
+  <si>
+    <t>Ani Nuraeni, S.Pd., M.Pd.</t>
+  </si>
+  <si>
+    <t>Dr. Inna Novianty, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Verika Armansyah Mendrofa, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Andika Septiana Suryaningsih, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Renalvet</t>
+  </si>
+  <si>
+    <t>12-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024130735</t>
+  </si>
+  <si>
+    <t>drh. Heryudianto Vibowo, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Renal memiliki arti yang berkaitan dengan ginjal, sedangkan vet memiliki salah satu arti yaitu mengobati hewan. Sehingga Renalvet dapat merujuk pada artian mengobati hewan terutama terkait permasalahan ginjal.</t>
+  </si>
+  <si>
+    <t>Mona Lastri Lani, S.Pt., M.Si</t>
+  </si>
+  <si>
+    <t>Muhammad Alwanrifqi Zuna, S.T</t>
+  </si>
+  <si>
+    <t>Purnawati Hustina Rachman, S.Gz., M.Gizi.</t>
+  </si>
+  <si>
+    <t>Ir. Asep Rakhmat, M.Si.</t>
+  </si>
+  <si>
+    <t>Muhammad Isbayu, S.P.</t>
+  </si>
+  <si>
+    <t>Siti Mariah Ulfah, S.Hut.</t>
+  </si>
+  <si>
+    <t>drh. Henny Endah Anggraeni, M.Sc.</t>
+  </si>
+  <si>
+    <t>Ima Kusumanti, S.Pi., M.Sc.</t>
+  </si>
+  <si>
+    <t>Dr. Asaduddin Abdullah, B.Sc., M.Sc.</t>
+  </si>
+  <si>
+    <t>Tarmidi, S.P.</t>
+  </si>
+  <si>
+    <t>Dr. Bayu Eka Yulian, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Daily Us by 63</t>
+  </si>
+  <si>
+    <t>05-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024127752</t>
+  </si>
+  <si>
+    <t>Dr. Raden Dikky Indrawan, S.P., M.M.</t>
+  </si>
+  <si>
+    <t>Faldiena Marcelita, S.T., M.Kom.</t>
+  </si>
+  <si>
+    <t>Andini Tribuana Tunggadewi, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>TANKAFEED</t>
+  </si>
+  <si>
+    <t>20-Nov-2024</t>
+  </si>
+  <si>
+    <t>DID2024121249</t>
+  </si>
+  <si>
+    <t>Dr. Tekad Urip Pambudi Sujarnoko, S.Pt., M.Si.</t>
+  </si>
+  <si>
+    <t>Choeruddin</t>
+  </si>
+  <si>
+    <t>Fahri Sinulingga, S.IP</t>
+  </si>
+  <si>
+    <t>MENCARI DAN MEMBERI YANG TERBAIK</t>
+  </si>
+  <si>
+    <t>J002013052780</t>
+  </si>
+  <si>
+    <t>Iskandar Z. Siregar</t>
+  </si>
+  <si>
+    <t>Departemen Silvikultur</t>
+  </si>
+  <si>
+    <t>IDM000558374</t>
+  </si>
+  <si>
+    <t>16-Jan-2017</t>
+  </si>
+  <si>
+    <t>Rista Fitria, S.TP</t>
   </si>
   <si>
     <t>endo myco</t>
   </si>
   <si>
-    <t>1</t>
-[...1 lines deleted...]
-  <si>
     <t>15-Mar-2022</t>
   </si>
   <si>
     <t>DID2022019253</t>
   </si>
   <si>
     <t>Dr. Iwan Prihantoro, S.Pt., M.Si.</t>
   </si>
   <si>
-    <t>Departemen Ilmu Nutrisi dan Teknologi Pakan</t>
-[...1 lines deleted...]
-  <si>
     <t>endo myco merupakan pupuk hayati dari fungi mikoriza arbuskula</t>
   </si>
   <si>
+    <t>Dr. Mira Rivai, S.TP., M.Si</t>
+  </si>
+  <si>
+    <t>The 63 Coffee House</t>
+  </si>
+  <si>
+    <t>18-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024133456</t>
+  </si>
+  <si>
+    <t>Think Fresh</t>
+  </si>
+  <si>
+    <t>JID2024127711</t>
+  </si>
+  <si>
+    <t>Bread Cast</t>
+  </si>
+  <si>
+    <t>27-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024137529</t>
+  </si>
+  <si>
+    <t>Rayara</t>
+  </si>
+  <si>
+    <t>DID2024121133</t>
+  </si>
+  <si>
+    <t>Mega Egg</t>
+  </si>
+  <si>
+    <t>04-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022088539</t>
+  </si>
+  <si>
+    <t>Kata mega memiliki arti besar. Kata Egg merupakan bahasa inggris dari telur. Mega Egg adalah telur yang dihasilkan dari ayam petelur non ras yang diberikan pakan tinggi omega dan Vitamin E, sehingga merupakan telur ayam yang tinggi omega dan vitamin E</t>
+  </si>
+  <si>
+    <t>c et chic</t>
+  </si>
+  <si>
+    <t>DID2022069344</t>
+  </si>
+  <si>
+    <t>Produk perawatan mulut mengandung obat, yaitu pasta gigi obat; pasta gigi obat</t>
+  </si>
+  <si>
+    <t>Dr. drh. Anisa Rahma, S.K.H., M.Si.</t>
+  </si>
+  <si>
+    <t>Qexea</t>
+  </si>
+  <si>
+    <t>31-Aug-2023</t>
+  </si>
+  <si>
+    <t>DID2023074205</t>
+  </si>
+  <si>
+    <t>Fikri Azali Faisal Syaf, S.T.</t>
+  </si>
+  <si>
+    <t>Nur Aziezah, S.Si., M.Si.</t>
+  </si>
+  <si>
+    <t>Auzi Asfarian, S.Komp., M.Kom.</t>
+  </si>
+  <si>
+    <t>Nurul Hidayati, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Herawati, S.E., M.Si.</t>
+  </si>
+  <si>
+    <t>Anggi Mayang Sari, S.Si., M.B.A.</t>
+  </si>
+  <si>
+    <t>Hastuti, S.P., M.Si.</t>
+  </si>
+  <si>
+    <t>Botani</t>
+  </si>
+  <si>
+    <t>DID2022094491</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erika Budiarti Laconi, M.S.</t>
+  </si>
+  <si>
+    <t>IDM001071136</t>
+  </si>
+  <si>
+    <t>31-Mar-2023</t>
+  </si>
+  <si>
+    <t>air minum; air minum dalam kemasan; air minum dengan kandungan mineral; air minum suling; minuman, yaitu, air minum, air minum dengan rasa, air mineral dan air soda dan minuman non-alkohol lainnya, yaitu, minuman ringan, minuman penambah tenaga dan minuman untuk olah raga</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Panca Dewi Manu Hara Karti Soewondo, M.Si.</t>
+  </si>
+  <si>
+    <t>ZEOPONIK</t>
+  </si>
+  <si>
+    <t>01-Jan-2022</t>
+  </si>
+  <si>
+    <t>DID2022001468</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Suwardi, M.Agr.</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu Tanah dan Sumberdaya Lahan</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Hambali, M.Si.</t>
+  </si>
+  <si>
+    <t>Kopi Enzimatis</t>
+  </si>
+  <si>
+    <t>19-Nov-2023</t>
+  </si>
+  <si>
+    <t>DID2023108143</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Erliza Noor</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Ir. Slamet Budijanto, M.Agr.</t>
+  </si>
+  <si>
+    <t>Deva Primadia Almada, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Prof. Dr. drh. Ekowati Handharyani, M.Si.</t>
+  </si>
+  <si>
+    <t>Dr. Ir. Rina Martini, M.Si.</t>
+  </si>
+  <si>
+    <t>BIOPORI IPB</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>10-Nov-2010</t>
+  </si>
+  <si>
+    <t>D002010040440</t>
+  </si>
+  <si>
+    <t>Ir. Kamir Raziudin Brata, M.Sc.</t>
+  </si>
+  <si>
+    <t>IDM000350334</t>
+  </si>
+  <si>
+    <t>12-Mar-2012</t>
+  </si>
+  <si>
+    <t>Winarno, S.P.,M.Si.</t>
+  </si>
+  <si>
+    <t>BIBIT HIBRIDA KOPYOR - TRUE-TO-TYPE (T3)</t>
+  </si>
+  <si>
+    <t>D002013052834</t>
+  </si>
+  <si>
+    <t>IDM000552500</t>
+  </si>
+  <si>
+    <t>28-Nov-2016</t>
+  </si>
+  <si>
+    <t>Sebuah penamaan untuk bibit kopryor</t>
+  </si>
+  <si>
+    <t>D'Premium Egg</t>
+  </si>
+  <si>
+    <t>DID2022097571</t>
+  </si>
+  <si>
+    <t>Telur Ayam</t>
+  </si>
+  <si>
+    <t>SeaLatte</t>
+  </si>
+  <si>
+    <t>06-Jul-2021</t>
+  </si>
+  <si>
+    <t>DID2021045451</t>
+  </si>
+  <si>
+    <t>Minuman berbentuk sebuk</t>
+  </si>
+  <si>
+    <t>VitaSea</t>
+  </si>
+  <si>
+    <t>23-Feb-2021</t>
+  </si>
+  <si>
+    <t>DID2021012320</t>
+  </si>
+  <si>
+    <t>IDM001026347</t>
+  </si>
+  <si>
+    <t>15-Nov-2022</t>
+  </si>
+  <si>
+    <t>Suplemen berupa emulsi mengandung minyak ikan dan ekstrak biota laut, diantaranya alga laut makro, alga laut mikro, mangrove dan timun laut</t>
+  </si>
+  <si>
+    <t>CyanSea</t>
+  </si>
+  <si>
+    <t>10-Feb-2021</t>
+  </si>
+  <si>
+    <t>DID2021009725</t>
+  </si>
+  <si>
+    <t>Kukis mengandung bahan dari laut, diantaranya alga laut makro, tepung sagu dan Spirulina Kue-kue; Makanan ringan batangan yang mengandung campuran biji-bijian, kacang-kacangan dan buah kering (gula-gula); Makanan ringan berbahan dasar tepung; Makanan ringan berbahan dasar tepung terigu; kue bolu; kue untuk makanan ringan; kukis (kue kering); makanan olahan berbahan dasar sereal untuk sarapan, makanan ringan atau bahan untuk membuat makanan lain</t>
+  </si>
+  <si>
+    <t>SeaCera</t>
+  </si>
+  <si>
+    <t>30-Nov-2020</t>
+  </si>
+  <si>
+    <t>DID2020075312</t>
+  </si>
+  <si>
+    <t>IDM000927357</t>
+  </si>
+  <si>
+    <t>01-Dec-2021</t>
+  </si>
+  <si>
+    <t>makanan olahan berbahan dasar sereal untuk sarapan, makanan ringan atau bahan untuk membuat makanan lain, makanan pembuka dan makanan ringan yang terdiri dari kembang gula, pasta, nasi, biji-bijian, roti dan sereal, Makanan ringan batangan yang mengandung campuran biji-bijian, kacang-kacangan dan buah kering (gula-gula), Makanan ringan berbahan dasar sereal dalam bentuk batangan, Makanan, makanan ringan dan makanan ringan organik berbahan dasar sereal.</t>
+  </si>
+  <si>
+    <t>SakaSea</t>
+  </si>
+  <si>
+    <t>12-Aug-2024</t>
+  </si>
+  <si>
+    <t>DID2024077133</t>
+  </si>
+  <si>
+    <t>Algatea</t>
+  </si>
+  <si>
+    <t>20-Jan-2023</t>
+  </si>
+  <si>
+    <t>DID2023009172</t>
+  </si>
+  <si>
+    <t>TERAJA</t>
+  </si>
+  <si>
+    <t>15-Dec-2022</t>
+  </si>
+  <si>
+    <t>DID2022104472</t>
+  </si>
+  <si>
+    <t>Teraja (Tempe Rajungan) merupakan kripik tempe sebagai bentuk diversifikasi pengolahan tempe sehingga produk menjadi lebih awet.</t>
+  </si>
+  <si>
     <t>Mollus</t>
   </si>
   <si>
-    <t>3</t>
-[...1 lines deleted...]
-  <si>
     <t>20-Jun-2022</t>
   </si>
   <si>
     <t>DID2022042789</t>
   </si>
   <si>
     <t>IDM001066832</t>
   </si>
   <si>
     <t>27-Mar-2023</t>
   </si>
   <si>
-    <t>Prof. Dr. Ir. Wini Trilaksani, M.Sc.</t>
-[...20 lines deleted...]
-    <t>Septia Elfriantika</t>
+    <t>Sorinfer</t>
+  </si>
+  <si>
+    <t>29-Apr-2021</t>
+  </si>
+  <si>
+    <t>DID2021029999</t>
+  </si>
+  <si>
+    <t>IDM000969395</t>
+  </si>
+  <si>
+    <t>Sorinfer merupakan produk pakan lengkap fermentasi berbasis sorgum dan indigofera. Sorinfer merupakan singkatan dari sorgum indigofera fermentasi.</t>
+  </si>
+  <si>
+    <t>InkubiMart</t>
+  </si>
+  <si>
+    <t>J002014034431</t>
+  </si>
+  <si>
+    <t>IDM000669577</t>
+  </si>
+  <si>
+    <t>GracSea</t>
+  </si>
+  <si>
+    <t>15-Dec-2020</t>
+  </si>
+  <si>
+    <t>DID2020079976</t>
+  </si>
+  <si>
+    <t>IDM000925851</t>
+  </si>
+  <si>
+    <t>22-Nov-2021</t>
+  </si>
+  <si>
+    <t>GracSea adalah merek untuk produk krim antiaging dengan bahan baku ekstrak rumput laut, dan keong laut, serta retinol</t>
+  </si>
+  <si>
+    <t>Miko-Seedcookies</t>
+  </si>
+  <si>
+    <t>17-Nov-2022</t>
+  </si>
+  <si>
+    <t>DID2022092664</t>
+  </si>
+  <si>
+    <t>Rendi Nur Setiaji</t>
+  </si>
+  <si>
+    <t>Silva Fauziah</t>
+  </si>
+  <si>
+    <t>Hanif Anshary Nasution</t>
+  </si>
+  <si>
+    <t>Prudens Naura Afzelia</t>
+  </si>
+  <si>
+    <t>Ridwan Lazuardi</t>
+  </si>
+  <si>
+    <t>Thufail Naufal</t>
+  </si>
+  <si>
+    <t>Nadiyah Rasyidah</t>
+  </si>
+  <si>
+    <t>Olce Veronica</t>
+  </si>
+  <si>
+    <t>Raudhatul Jannah Ummi Habibah</t>
+  </si>
+  <si>
+    <t>Sarah Alia Rubi</t>
+  </si>
+  <si>
+    <t>Agus Kurniawan</t>
+  </si>
+  <si>
+    <t>Virginia Daffa Hilmy Z. F.</t>
+  </si>
+  <si>
+    <t>Angga Saputra, S.Si</t>
   </si>
   <si>
     <t>Dinda Ramadhani Ermaistyaningsih</t>
   </si>
   <si>
-    <t>Dr. Bayu Eka Yulian, S.P., M.Si.</t>
-[...113 lines deleted...]
-    <t>Molipet memiliki makna pakan dari ulat Hongkong untuk pakan hewan peliharaan atau pet animal.</t>
+    <t>Nabiilah Syifa Muthia Ikhsan</t>
+  </si>
+  <si>
+    <t>NOLEECH</t>
+  </si>
+  <si>
+    <t>02-Jul-2019</t>
+  </si>
+  <si>
+    <t>DID2019035203</t>
+  </si>
+  <si>
+    <t>Juwadi</t>
+  </si>
+  <si>
+    <t>IDM000863159</t>
+  </si>
+  <si>
+    <t>11-Jun-2021</t>
+  </si>
+  <si>
+    <t>Losion pencegah serangan pacet, lintah, dan nyamuk</t>
+  </si>
+  <si>
+    <t>Khairunnisa</t>
+  </si>
+  <si>
+    <t>Baiq Sulfi Aulia Hikmayanti</t>
+  </si>
+  <si>
+    <t>Muhammad Rayhanendra Adikoesoemo</t>
+  </si>
+  <si>
+    <t>Pandu Wicaksono</t>
+  </si>
+  <si>
+    <t>Rafi Pranaj</t>
+  </si>
+  <si>
+    <t>Faris Weldy</t>
+  </si>
+  <si>
+    <t>Mohammad Thareeq Izulhaq</t>
+  </si>
+  <si>
+    <t>Fauzan Bara Putra</t>
+  </si>
+  <si>
+    <t>Muhammad Fawwaz Naufal</t>
+  </si>
+  <si>
+    <t>Farissa Budiani</t>
+  </si>
+  <si>
+    <t>Agus Hendra Nasution</t>
+  </si>
+  <si>
+    <t>Dr. Ir, Ricksy Prematuri, MM</t>
+  </si>
+  <si>
+    <t>SEEDCOOKIES</t>
+  </si>
+  <si>
+    <t>09-Apr-2022</t>
+  </si>
+  <si>
+    <t>DID2022026387</t>
+  </si>
+  <si>
+    <t>PUSAT PENELITIAN SUMBERDAYA HAYATI DAN BIOTEKNOLOGI (PPSHB)</t>
+  </si>
+  <si>
+    <t>Media tumbuh benih, bibit, dan tanaman</t>
+  </si>
+  <si>
+    <t>Fadilah Fitrianum</t>
+  </si>
+  <si>
+    <t>Akhdan Ravi Andaman</t>
+  </si>
+  <si>
+    <t>Ragil Yunitasari</t>
   </si>
   <si>
     <t>Ardiansyah Febrianto, S.TP</t>
   </si>
   <si>
-    <t>TERAJA</t>
-[...838 lines deleted...]
-  <si>
     <t>Botani Tea</t>
   </si>
   <si>
     <t>08-Sep-2023</t>
   </si>
   <si>
     <t>DID2023078640</t>
   </si>
   <si>
     <t>Pusat Studi Biofarmaka Tropika.</t>
   </si>
   <si>
     <t>IPT2023166407</t>
   </si>
   <si>
     <t>Suatu Penamaan</t>
   </si>
   <si>
+    <t>Lemonaria</t>
+  </si>
+  <si>
+    <t>DID2023078630</t>
+  </si>
+  <si>
+    <t>Pusat Penelitian Biologi Tropika</t>
+  </si>
+  <si>
+    <t>IPT2023166620</t>
+  </si>
+  <si>
+    <t>Botani Bakery</t>
+  </si>
+  <si>
+    <t>11-Dec-2024</t>
+  </si>
+  <si>
+    <t>DID2024116276</t>
+  </si>
+  <si>
+    <t>Departemen Ilmu dan Teknologi Pangan</t>
+  </si>
+  <si>
     <t>Team On</t>
   </si>
   <si>
     <t>DID2023078642</t>
   </si>
   <si>
     <t>IPT2023166532</t>
   </si>
   <si>
-    <t>Lemonaria</t>
-[...38 lines deleted...]
-    <t>Salsabilla Permata Bayah</t>
+    <t>Botani Biscuit &amp; Cookies</t>
+  </si>
+  <si>
+    <t>11-Nov-2024</t>
+  </si>
+  <si>
+    <t>DID2024116028</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -1565,74 +1697,74 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="1" applyFont="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J230" headerRowCount="1">
-  <autoFilter ref="A4:J230"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table_1" displayName="Table_1" ref="A4:J291" headerRowCount="1">
+  <autoFilter ref="A4:J291"/>
   <tableColumns count="10">
     <tableColumn id="1" name="NamaMerek"/>
     <tableColumn id="2" name="KelasMerek"/>
     <tableColumn id="3" name="TanggalPendaftaran"/>
     <tableColumn id="4" name="NomorPendaftaran"/>
     <tableColumn id="5" name="StatusPermohonan"/>
     <tableColumn id="6" name="NamaPemohon"/>
     <tableColumn id="7" name="Departemen"/>
     <tableColumn id="8" name="NomorSertifikat"/>
     <tableColumn id="9" name="TanggalSertifikat"/>
     <tableColumn id="10" name="Deskripsi"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J230"/>
+  <dimension ref="A1:J291"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="30" customWidth="1"/>
     <col min="2" max="2" width="20" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
     <col min="6" max="6" width="100" customWidth="1"/>
     <col min="7" max="7" width="100" customWidth="1"/>
     <col min="8" max="8" width="20" customWidth="1"/>
     <col min="9" max="9" width="20" customWidth="1"/>
     <col min="10" max="10" width="200" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1"/>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="0" t="s">
@@ -1739,6347 +1871,7927 @@
       </c>
       <c r="D7" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E7" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F7" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="0" t="s">
         <v>17</v>
       </c>
       <c r="I7" s="0" t="s">
         <v>18</v>
       </c>
       <c r="J7" s="0" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C8" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" s="0" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G8" s="0" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="H8" s="0" t="s">
-        <v>28</v>
+        <v>17</v>
       </c>
       <c r="I8" s="0" t="s">
-        <v>29</v>
+        <v>18</v>
       </c>
       <c r="J8" s="0" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="H9" s="0" t="s">
         <v>28</v>
       </c>
-      <c r="I9" s="0" t="s">
+      <c r="J9" s="0" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C10" s="0" t="s">
         <v>32</v>
       </c>
-      <c r="B10" s="0" t="s">
+      <c r="D10" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="0" t="s">
+      <c r="E10" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F10" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="D10" s="0" t="s">
+      <c r="G10" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="E10" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J10" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
+      </c>
+      <c r="H11" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I11" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>35</v>
+        <v>49</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>40</v>
+        <v>50</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>37</v>
+        <v>51</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>34</v>
+        <v>54</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>37</v>
+        <v>57</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
+        <v>59</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>33</v>
+        <v>60</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>34</v>
+        <v>61</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>35</v>
+        <v>62</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>42</v>
+        <v>63</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>37</v>
+        <v>64</v>
+      </c>
+      <c r="H14" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="I14" s="0" t="s">
+        <v>66</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>38</v>
+        <v>67</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>43</v>
+        <v>68</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>44</v>
+        <v>69</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>45</v>
+        <v>61</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="H15" s="0" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="I15" s="0" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>44</v>
+        <v>76</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>45</v>
+        <v>77</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>46</v>
+        <v>78</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>53</v>
+        <v>79</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>80</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>51</v>
+        <v>58</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B20" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C20" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="E20" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F20" s="0" t="s">
+        <v>83</v>
+      </c>
+      <c r="G20" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="C20" s="0" t="s">
+      <c r="J20" s="0" t="s">
         <v>58</v>
-      </c>
-[...19 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>58</v>
+        <v>85</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>59</v>
+        <v>86</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>88</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>58</v>
+        <v>77</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>59</v>
+        <v>78</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>64</v>
+        <v>89</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>80</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H23" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="I23" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>56</v>
+        <v>91</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>58</v>
+        <v>93</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>59</v>
+        <v>94</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="H24" s="0" t="s">
-        <v>61</v>
+        <v>97</v>
       </c>
       <c r="I24" s="0" t="s">
-        <v>62</v>
+        <v>98</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>66</v>
+        <v>99</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>23</v>
+        <v>100</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>68</v>
+        <v>102</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>60</v>
+        <v>104</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>70</v>
+        <v>105</v>
       </c>
       <c r="I25" s="0" t="s">
-        <v>71</v>
+        <v>106</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H26" s="0" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="I26" s="0" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>67</v>
+        <v>110</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>68</v>
+        <v>111</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>74</v>
+        <v>112</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>70</v>
+        <v>113</v>
       </c>
       <c r="I27" s="0" t="s">
-        <v>71</v>
+        <v>114</v>
       </c>
       <c r="J27" s="0" t="s">
-        <v>72</v>
+        <v>115</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>67</v>
+        <v>32</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>68</v>
+        <v>33</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>75</v>
+        <v>116</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>71</v>
+        <v>35</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>66</v>
+        <v>84</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>76</v>
+        <v>117</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>71</v>
+        <v>88</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>72</v>
+        <v>36</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>80</v>
+        <v>118</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="I30" s="0" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>84</v>
+        <v>119</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>77</v>
+        <v>30</v>
       </c>
       <c r="B32" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D32" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="C32" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>85</v>
+        <v>120</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>35</v>
       </c>
       <c r="J32" s="0" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>77</v>
+        <v>37</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>78</v>
+        <v>39</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>79</v>
+        <v>40</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>86</v>
+        <v>121</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
       </c>
       <c r="H33" s="0" t="s">
-        <v>81</v>
+        <v>43</v>
       </c>
       <c r="I33" s="0" t="s">
-        <v>82</v>
+        <v>44</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>83</v>
+        <v>45</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>77</v>
+        <v>46</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>79</v>
+        <v>49</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>51</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>78</v>
+        <v>124</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>79</v>
+        <v>125</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>88</v>
+        <v>126</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>127</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>83</v>
+        <v>128</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>89</v>
+        <v>129</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="J36" s="0" t="s">
-        <v>83</v>
+        <v>36</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>90</v>
+        <v>52</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>92</v>
+        <v>54</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>93</v>
+        <v>55</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>94</v>
+        <v>130</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>57</v>
       </c>
       <c r="J37" s="0" t="s">
-        <v>98</v>
+        <v>58</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="J38" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>100</v>
+        <v>132</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H39" s="0" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="I39" s="0" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>90</v>
+        <v>133</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>101</v>
+        <v>136</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>102</v>
+        <v>139</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>90</v>
+        <v>59</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>91</v>
+        <v>60</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>92</v>
+        <v>61</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>93</v>
+        <v>62</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>103</v>
+        <v>140</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>95</v>
+        <v>64</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>96</v>
+        <v>65</v>
       </c>
       <c r="I42" s="0" t="s">
-        <v>97</v>
+        <v>66</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>92</v>
+        <v>143</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>93</v>
+        <v>144</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>104</v>
+        <v>145</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>146</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>92</v>
+        <v>110</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>105</v>
+        <v>148</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>96</v>
+        <v>113</v>
       </c>
       <c r="I44" s="0" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="J44" s="0" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>90</v>
+        <v>46</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>91</v>
+        <v>47</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>92</v>
+        <v>48</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>93</v>
+        <v>49</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>106</v>
+        <v>149</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>51</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>93</v>
+        <v>40</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>107</v>
+        <v>150</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="I46" s="0" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>90</v>
+        <v>30</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>92</v>
+        <v>32</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>93</v>
+        <v>33</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>108</v>
+        <v>151</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>35</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>109</v>
+        <v>152</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H48" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I48" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J48" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>90</v>
+        <v>123</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>93</v>
+        <v>125</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>110</v>
+        <v>153</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>111</v>
+        <v>154</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="I50" s="0" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>93</v>
+        <v>40</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>112</v>
+        <v>155</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="I51" s="0" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>90</v>
+        <v>99</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>91</v>
+        <v>100</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>93</v>
+        <v>102</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>113</v>
+        <v>154</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="H52" s="0" t="s">
-        <v>96</v>
+        <v>105</v>
       </c>
       <c r="I52" s="0" t="s">
-        <v>97</v>
+        <v>106</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>90</v>
+        <v>141</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>91</v>
+        <v>142</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>92</v>
+        <v>143</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>93</v>
+        <v>144</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>114</v>
+        <v>156</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>146</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>98</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>93</v>
+        <v>40</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>115</v>
+        <v>157</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="I54" s="0" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>90</v>
+        <v>158</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>92</v>
+        <v>159</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>93</v>
+        <v>160</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>116</v>
+        <v>161</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>96</v>
+        <v>162</v>
       </c>
       <c r="I55" s="0" t="s">
-        <v>97</v>
+        <v>163</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>98</v>
+        <v>164</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>90</v>
+        <v>133</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>92</v>
+        <v>134</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>93</v>
+        <v>135</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>117</v>
+        <v>165</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>137</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>98</v>
+        <v>138</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>90</v>
+        <v>37</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>92</v>
+        <v>39</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>93</v>
+        <v>40</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>118</v>
+        <v>166</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>95</v>
+        <v>42</v>
       </c>
       <c r="H57" s="0" t="s">
-        <v>96</v>
+        <v>43</v>
       </c>
       <c r="I57" s="0" t="s">
-        <v>97</v>
+        <v>44</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>98</v>
+        <v>45</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>90</v>
+        <v>75</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>91</v>
+        <v>76</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>92</v>
+        <v>77</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>93</v>
+        <v>78</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>119</v>
+        <v>167</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>80</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>120</v>
+        <v>37</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>121</v>
+        <v>38</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>122</v>
+        <v>39</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>123</v>
+        <v>40</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>124</v>
+        <v>168</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>125</v>
+        <v>42</v>
       </c>
       <c r="H59" s="0" t="s">
-        <v>126</v>
+        <v>43</v>
       </c>
       <c r="I59" s="0" t="s">
-        <v>127</v>
+        <v>44</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>128</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>120</v>
+        <v>30</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>121</v>
+        <v>31</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>122</v>
+        <v>32</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>123</v>
+        <v>33</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>129</v>
+        <v>169</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>35</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>120</v>
+        <v>170</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>121</v>
+        <v>171</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>122</v>
+        <v>172</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>123</v>
+        <v>173</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>130</v>
+        <v>174</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>175</v>
       </c>
       <c r="J61" s="0" t="s">
-        <v>128</v>
+        <v>176</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>131</v>
+        <v>177</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>132</v>
+        <v>171</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>122</v>
+        <v>178</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
       <c r="E62" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>130</v>
+        <v>180</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>125</v>
+        <v>181</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="I62" s="0" t="s">
-        <v>135</v>
+        <v>183</v>
       </c>
       <c r="J62" s="0" t="s">
-        <v>136</v>
+        <v>36</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>137</v>
+        <v>170</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>139</v>
+        <v>172</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>140</v>
+        <v>173</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>141</v>
+        <v>184</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J63" s="0" t="s">
-        <v>143</v>
+        <v>176</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>144</v>
+        <v>185</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>146</v>
+        <v>186</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>147</v>
+        <v>187</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>88</v>
+        <v>188</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>149</v>
+        <v>104</v>
       </c>
       <c r="J64" s="0" t="s">
-        <v>51</v>
+        <v>189</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>144</v>
+        <v>190</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>146</v>
+        <v>178</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>147</v>
+        <v>191</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>150</v>
+        <v>180</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>16</v>
+        <v>181</v>
       </c>
       <c r="H65" s="0" t="s">
-        <v>148</v>
+        <v>192</v>
       </c>
       <c r="I65" s="0" t="s">
-        <v>149</v>
+        <v>183</v>
       </c>
       <c r="J65" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>155</v>
+        <v>193</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>156</v>
+        <v>42</v>
+      </c>
+      <c r="H66" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I66" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J66" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>151</v>
+        <v>37</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>153</v>
+        <v>39</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>154</v>
+        <v>40</v>
       </c>
       <c r="E67" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>157</v>
+        <v>194</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>156</v>
+        <v>42</v>
+      </c>
+      <c r="H67" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I67" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J67" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>151</v>
+        <v>68</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>152</v>
+        <v>69</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>153</v>
+        <v>61</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>154</v>
+        <v>70</v>
       </c>
       <c r="E68" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>158</v>
+        <v>195</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>156</v>
+        <v>64</v>
+      </c>
+      <c r="H68" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="I68" s="0" t="s">
+        <v>72</v>
       </c>
       <c r="J68" s="0" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>151</v>
+        <v>196</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>152</v>
+        <v>92</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>153</v>
+        <v>197</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>154</v>
+        <v>198</v>
       </c>
       <c r="E69" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="J69" s="0" t="s">
-        <v>51</v>
+        <v>199</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>151</v>
+        <v>10</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>152</v>
+        <v>11</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>153</v>
+        <v>12</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>160</v>
+        <v>15</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>156</v>
+        <v>146</v>
+      </c>
+      <c r="H70" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I70" s="0" t="s">
+        <v>18</v>
       </c>
       <c r="J70" s="0" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>161</v>
+        <v>200</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>71</v>
+        <v>201</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>162</v>
+        <v>202</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>163</v>
+        <v>203</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>164</v>
+        <v>146</v>
       </c>
       <c r="J71" s="0" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>166</v>
+        <v>99</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>152</v>
+        <v>100</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>167</v>
+        <v>101</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>168</v>
+        <v>102</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>169</v>
+        <v>205</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>170</v>
+        <v>104</v>
+      </c>
+      <c r="H72" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="I72" s="0" t="s">
+        <v>106</v>
       </c>
       <c r="J72" s="0" t="s">
-        <v>171</v>
+        <v>36</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>168</v>
+        <v>208</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>172</v>
+        <v>209</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>170</v>
+        <v>210</v>
       </c>
       <c r="J73" s="0" t="s">
-        <v>171</v>
+        <v>211</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>166</v>
+        <v>37</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>152</v>
+        <v>38</v>
       </c>
       <c r="C74" s="0" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>168</v>
+        <v>40</v>
       </c>
       <c r="E74" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>158</v>
+        <v>212</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>170</v>
+        <v>42</v>
+      </c>
+      <c r="H74" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I74" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J74" s="0" t="s">
-        <v>171</v>
+        <v>45</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>173</v>
+        <v>37</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>174</v>
+        <v>39</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>175</v>
+        <v>40</v>
       </c>
       <c r="E75" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>176</v>
+        <v>213</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>142</v>
+        <v>42</v>
+      </c>
+      <c r="H75" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I75" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J75" s="0" t="s">
-        <v>177</v>
+        <v>45</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>174</v>
+        <v>201</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="E76" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F76" s="0" t="s">
-        <v>178</v>
+        <v>214</v>
       </c>
       <c r="G76" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J76" s="0" t="s">
-        <v>177</v>
+        <v>204</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>173</v>
+        <v>215</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>57</v>
+        <v>216</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="E77" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>179</v>
+        <v>219</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>142</v>
+        <v>220</v>
+      </c>
+      <c r="H77" s="0" t="s">
+        <v>221</v>
+      </c>
+      <c r="I77" s="0" t="s">
+        <v>222</v>
       </c>
       <c r="J77" s="0" t="s">
-        <v>177</v>
+        <v>36</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>173</v>
+        <v>10</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>174</v>
+        <v>12</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>175</v>
+        <v>13</v>
       </c>
       <c r="E78" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>180</v>
+        <v>20</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
+      </c>
+      <c r="H78" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I78" s="0" t="s">
+        <v>18</v>
       </c>
       <c r="J78" s="0" t="s">
-        <v>177</v>
+        <v>19</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>173</v>
+        <v>200</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>57</v>
+        <v>92</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>174</v>
+        <v>201</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>175</v>
+        <v>202</v>
       </c>
       <c r="E79" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J79" s="0" t="s">
-        <v>177</v>
+        <v>204</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>173</v>
+        <v>224</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>57</v>
+        <v>171</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>174</v>
+        <v>225</v>
       </c>
       <c r="D80" s="0" t="s">
+        <v>226</v>
+      </c>
+      <c r="E80" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F80" s="0" t="s">
+        <v>227</v>
+      </c>
+      <c r="G80" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="E80" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J80" s="0" t="s">
-        <v>177</v>
+        <v>228</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>173</v>
+        <v>229</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>57</v>
+        <v>230</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>174</v>
+        <v>231</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>175</v>
+        <v>232</v>
       </c>
       <c r="E81" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>183</v>
+        <v>233</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>142</v>
+        <v>80</v>
+      </c>
+      <c r="H81" s="0" t="s">
+        <v>234</v>
+      </c>
+      <c r="I81" s="0" t="s">
+        <v>235</v>
       </c>
       <c r="J81" s="0" t="s">
-        <v>177</v>
+        <v>36</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>184</v>
+        <v>236</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>186</v>
       </c>
       <c r="D82" s="0" t="s">
-        <v>187</v>
+        <v>237</v>
       </c>
       <c r="E82" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>183</v>
+        <v>238</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>142</v>
+        <v>239</v>
       </c>
       <c r="J82" s="0" t="s">
-        <v>188</v>
+        <v>240</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>184</v>
+        <v>241</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>185</v>
+        <v>216</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>186</v>
+        <v>242</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>187</v>
+        <v>243</v>
       </c>
       <c r="E83" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>176</v>
+        <v>244</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>142</v>
+        <v>220</v>
+      </c>
+      <c r="H83" s="0" t="s">
+        <v>245</v>
+      </c>
+      <c r="I83" s="0" t="s">
+        <v>246</v>
       </c>
       <c r="J83" s="0" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>184</v>
+        <v>46</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>185</v>
+        <v>47</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>186</v>
+        <v>48</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>187</v>
+        <v>49</v>
       </c>
       <c r="E84" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>178</v>
+        <v>247</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>142</v>
+        <v>51</v>
       </c>
       <c r="J84" s="0" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>184</v>
+        <v>248</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>185</v>
+        <v>216</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>186</v>
+        <v>249</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>187</v>
+        <v>250</v>
       </c>
       <c r="E85" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>179</v>
+        <v>251</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>142</v>
+        <v>28</v>
+      </c>
+      <c r="H85" s="0" t="s">
+        <v>252</v>
+      </c>
+      <c r="I85" s="0" t="s">
+        <v>253</v>
       </c>
       <c r="J85" s="0" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>184</v>
+        <v>254</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>185</v>
+        <v>255</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>186</v>
+        <v>178</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>187</v>
+        <v>256</v>
       </c>
       <c r="E86" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>180</v>
+        <v>257</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>142</v>
+        <v>258</v>
+      </c>
+      <c r="H86" s="0" t="s">
+        <v>259</v>
+      </c>
+      <c r="I86" s="0" t="s">
+        <v>183</v>
       </c>
       <c r="J86" s="0" t="s">
-        <v>188</v>
+        <v>36</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>184</v>
+        <v>260</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>186</v>
+        <v>261</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>187</v>
+        <v>262</v>
       </c>
       <c r="E87" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>182</v>
+        <v>263</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J87" s="0" t="s">
-        <v>188</v>
+        <v>264</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>184</v>
+        <v>265</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>186</v>
+        <v>72</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>187</v>
+        <v>266</v>
       </c>
       <c r="E88" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>189</v>
+        <v>267</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J88" s="0" t="s">
-        <v>188</v>
+        <v>268</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>190</v>
+        <v>260</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>191</v>
+        <v>261</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>192</v>
+        <v>262</v>
       </c>
       <c r="E89" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>193</v>
+        <v>269</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J89" s="0" t="s">
-        <v>51</v>
+        <v>264</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>194</v>
+        <v>260</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>185</v>
+        <v>171</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>195</v>
+        <v>261</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>196</v>
+        <v>262</v>
       </c>
       <c r="E90" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>179</v>
+        <v>270</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J90" s="0" t="s">
-        <v>197</v>
+        <v>264</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>194</v>
+        <v>91</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>195</v>
+        <v>93</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>196</v>
+        <v>94</v>
       </c>
       <c r="E91" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>142</v>
+        <v>96</v>
+      </c>
+      <c r="H91" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="I91" s="0" t="s">
+        <v>98</v>
       </c>
       <c r="J91" s="0" t="s">
-        <v>197</v>
+        <v>36</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>194</v>
+        <v>272</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>185</v>
+        <v>109</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>195</v>
+        <v>273</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>196</v>
+        <v>274</v>
       </c>
       <c r="E92" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>198</v>
+        <v>275</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J92" s="0" t="s">
-        <v>197</v>
+        <v>36</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>180</v>
+        <v>276</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J93" s="0" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>199</v>
+        <v>277</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>57</v>
+        <v>278</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>200</v>
+        <v>279</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>201</v>
+        <v>280</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>89</v>
+        <v>281</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
+      </c>
+      <c r="H94" s="0" t="s">
+        <v>282</v>
+      </c>
+      <c r="I94" s="0" t="s">
+        <v>283</v>
       </c>
       <c r="J94" s="0" t="s">
-        <v>202</v>
+        <v>284</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>199</v>
+        <v>37</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>200</v>
+        <v>39</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>201</v>
+        <v>40</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>150</v>
+        <v>285</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>16</v>
+        <v>42</v>
+      </c>
+      <c r="H95" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I95" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J95" s="0" t="s">
-        <v>202</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>199</v>
+        <v>286</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>57</v>
+        <v>24</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>200</v>
+        <v>287</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>201</v>
+        <v>288</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>203</v>
+        <v>289</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="J96" s="0" t="s">
-        <v>202</v>
+        <v>290</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>199</v>
+        <v>291</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>57</v>
+        <v>292</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>200</v>
+        <v>293</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>201</v>
+        <v>294</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>86</v>
+        <v>295</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J97" s="0" t="s">
-        <v>202</v>
+        <v>36</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>204</v>
+        <v>296</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>57</v>
+        <v>255</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>205</v>
+        <v>297</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>206</v>
+        <v>298</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>86</v>
+        <v>299</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>16</v>
+        <v>258</v>
+      </c>
+      <c r="H98" s="0" t="s">
+        <v>300</v>
+      </c>
+      <c r="I98" s="0" t="s">
+        <v>301</v>
       </c>
       <c r="J98" s="0" t="s">
-        <v>207</v>
+        <v>36</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>204</v>
+        <v>302</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>57</v>
+        <v>142</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>205</v>
+        <v>303</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>206</v>
+        <v>304</v>
       </c>
       <c r="E99" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>203</v>
+        <v>305</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="J99" s="0" t="s">
-        <v>207</v>
+        <v>36</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>204</v>
+        <v>307</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>57</v>
+        <v>109</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>205</v>
+        <v>308</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>206</v>
+        <v>309</v>
       </c>
       <c r="E100" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>89</v>
+        <v>310</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>16</v>
+        <v>88</v>
+      </c>
+      <c r="H100" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="I100" s="0" t="s">
+        <v>312</v>
       </c>
       <c r="J100" s="0" t="s">
-        <v>207</v>
+        <v>313</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>204</v>
+        <v>314</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>205</v>
+        <v>315</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>206</v>
+        <v>316</v>
       </c>
       <c r="E101" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F101" s="0" t="s">
+        <v>317</v>
+      </c>
+      <c r="G101" s="0" t="s">
         <v>88</v>
       </c>
-      <c r="G101" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J101" s="0" t="s">
-        <v>207</v>
+        <v>36</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>208</v>
+        <v>314</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>209</v>
+        <v>315</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>210</v>
+        <v>316</v>
       </c>
       <c r="E102" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>211</v>
+        <v>318</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>212</v>
+        <v>88</v>
       </c>
       <c r="J102" s="0" t="s">
-        <v>213</v>
+        <v>36</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>208</v>
+        <v>307</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>209</v>
+        <v>308</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>210</v>
+        <v>309</v>
       </c>
       <c r="E103" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>214</v>
+        <v>319</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>212</v>
+        <v>88</v>
+      </c>
+      <c r="H103" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="I103" s="0" t="s">
+        <v>312</v>
       </c>
       <c r="J103" s="0" t="s">
-        <v>213</v>
+        <v>313</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>208</v>
+        <v>84</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>145</v>
+        <v>38</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>209</v>
+        <v>85</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>210</v>
+        <v>86</v>
       </c>
       <c r="E104" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>215</v>
+        <v>320</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>212</v>
+        <v>88</v>
       </c>
       <c r="J104" s="0" t="s">
-        <v>213</v>
+        <v>36</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>216</v>
+        <v>307</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>217</v>
+        <v>109</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>218</v>
+        <v>308</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>219</v>
+        <v>309</v>
       </c>
       <c r="E105" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>220</v>
+        <v>321</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>221</v>
+        <v>88</v>
+      </c>
+      <c r="H105" s="0" t="s">
+        <v>311</v>
+      </c>
+      <c r="I105" s="0" t="s">
+        <v>312</v>
       </c>
       <c r="J105" s="0" t="s">
-        <v>51</v>
+        <v>313</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>216</v>
+        <v>314</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>217</v>
+        <v>38</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>218</v>
+        <v>315</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>219</v>
+        <v>316</v>
       </c>
       <c r="E106" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>222</v>
+        <v>322</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>221</v>
+        <v>88</v>
       </c>
       <c r="J106" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>216</v>
+        <v>170</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>217</v>
+        <v>171</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>218</v>
+        <v>172</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>219</v>
+        <v>173</v>
       </c>
       <c r="E107" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>223</v>
+        <v>323</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="J107" s="0" t="s">
-        <v>51</v>
+        <v>176</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>216</v>
+        <v>133</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>217</v>
+        <v>53</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>218</v>
+        <v>134</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>219</v>
+        <v>135</v>
       </c>
       <c r="E108" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>224</v>
+        <v>324</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>221</v>
+        <v>137</v>
       </c>
       <c r="J108" s="0" t="s">
-        <v>51</v>
+        <v>138</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>217</v>
+        <v>53</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>218</v>
+        <v>326</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>219</v>
+        <v>327</v>
       </c>
       <c r="E109" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>225</v>
+        <v>328</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>221</v>
+        <v>88</v>
       </c>
       <c r="J109" s="0" t="s">
-        <v>51</v>
+        <v>329</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>216</v>
+        <v>260</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>217</v>
+        <v>171</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>218</v>
+        <v>261</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>219</v>
+        <v>262</v>
       </c>
       <c r="E110" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>226</v>
+        <v>330</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>221</v>
+        <v>175</v>
       </c>
       <c r="J110" s="0" t="s">
-        <v>51</v>
+        <v>264</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>216</v>
+        <v>291</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>217</v>
+        <v>292</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>219</v>
+        <v>294</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>227</v>
+        <v>331</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J111" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>216</v>
+        <v>108</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>217</v>
+        <v>109</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>218</v>
+        <v>110</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>219</v>
+        <v>111</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>228</v>
+        <v>332</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>221</v>
+        <v>96</v>
+      </c>
+      <c r="H112" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="I112" s="0" t="s">
+        <v>114</v>
       </c>
       <c r="J112" s="0" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>216</v>
+        <v>291</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>217</v>
+        <v>292</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>219</v>
+        <v>294</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>229</v>
+        <v>333</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J113" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>216</v>
+        <v>291</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>217</v>
+        <v>292</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>219</v>
+        <v>294</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>230</v>
+        <v>334</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J114" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>216</v>
+        <v>291</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>217</v>
+        <v>292</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>219</v>
+        <v>294</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>231</v>
+        <v>335</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J115" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>216</v>
+        <v>325</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>217</v>
+        <v>53</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>218</v>
+        <v>326</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>219</v>
+        <v>327</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>232</v>
+        <v>336</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>221</v>
+        <v>88</v>
       </c>
       <c r="J116" s="0" t="s">
-        <v>51</v>
+        <v>329</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>216</v>
+        <v>314</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>217</v>
+        <v>38</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>218</v>
+        <v>315</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>219</v>
+        <v>316</v>
       </c>
       <c r="E117" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>233</v>
+        <v>337</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>221</v>
+        <v>88</v>
       </c>
       <c r="J117" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>216</v>
+        <v>291</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>217</v>
+        <v>292</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>218</v>
+        <v>293</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>219</v>
+        <v>294</v>
       </c>
       <c r="E118" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>234</v>
+        <v>338</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>221</v>
+        <v>210</v>
       </c>
       <c r="J118" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>216</v>
+        <v>37</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>217</v>
+        <v>38</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>218</v>
+        <v>39</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>219</v>
+        <v>40</v>
       </c>
       <c r="E119" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>235</v>
+        <v>339</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>221</v>
+        <v>42</v>
+      </c>
+      <c r="H119" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I119" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J119" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>236</v>
+        <v>75</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>237</v>
+        <v>77</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>238</v>
+        <v>78</v>
       </c>
       <c r="E120" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>21</v>
+        <v>340</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>239</v>
+        <v>80</v>
       </c>
       <c r="J120" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>240</v>
+        <v>341</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>241</v>
+        <v>342</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>242</v>
+        <v>343</v>
       </c>
       <c r="E121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>89</v>
+        <v>344</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J121" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>243</v>
+        <v>314</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>244</v>
+        <v>315</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>245</v>
+        <v>316</v>
       </c>
       <c r="E122" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>246</v>
+        <v>345</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>247</v>
+        <v>88</v>
       </c>
       <c r="J122" s="0" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>243</v>
+        <v>84</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>244</v>
+        <v>85</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>245</v>
+        <v>86</v>
       </c>
       <c r="E123" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>249</v>
+        <v>346</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>247</v>
+        <v>88</v>
       </c>
       <c r="J123" s="0" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>243</v>
+        <v>347</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>244</v>
+        <v>348</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>245</v>
+        <v>349</v>
       </c>
       <c r="E124" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>250</v>
+        <v>350</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>247</v>
+        <v>88</v>
       </c>
       <c r="J124" s="0" t="s">
-        <v>248</v>
+        <v>138</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>10</v>
+        <v>291</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>11</v>
+        <v>292</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>12</v>
+        <v>293</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>13</v>
+        <v>294</v>
       </c>
       <c r="E125" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>15</v>
+        <v>351</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>210</v>
       </c>
       <c r="J125" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>10</v>
+        <v>158</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>11</v>
+        <v>53</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>12</v>
+        <v>159</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="E126" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>20</v>
+        <v>352</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>239</v>
+        <v>146</v>
       </c>
       <c r="H126" s="0" t="s">
-        <v>17</v>
+        <v>162</v>
       </c>
       <c r="I126" s="0" t="s">
-        <v>18</v>
+        <v>163</v>
       </c>
       <c r="J126" s="0" t="s">
-        <v>19</v>
+        <v>164</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>10</v>
+        <v>353</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>11</v>
+        <v>47</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>12</v>
+        <v>178</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>13</v>
+        <v>354</v>
       </c>
       <c r="E127" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>21</v>
+        <v>355</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>239</v>
+        <v>356</v>
       </c>
       <c r="H127" s="0" t="s">
-        <v>17</v>
+        <v>357</v>
       </c>
       <c r="I127" s="0" t="s">
-        <v>18</v>
+        <v>358</v>
       </c>
       <c r="J127" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>251</v>
+        <v>23</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>252</v>
+        <v>25</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>253</v>
+        <v>26</v>
       </c>
       <c r="E128" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>193</v>
+        <v>359</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>142</v>
+        <v>28</v>
       </c>
       <c r="J128" s="0" t="s">
-        <v>254</v>
+        <v>29</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
+        <v>360</v>
+      </c>
+      <c r="B129" s="0" t="s">
         <v>255</v>
       </c>
-      <c r="B129" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C129" s="0" t="s">
-        <v>256</v>
+        <v>361</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>257</v>
+        <v>362</v>
       </c>
       <c r="E129" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>258</v>
+        <v>363</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="J129" s="0" t="s">
-        <v>51</v>
+        <v>364</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>255</v>
+        <v>23</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>256</v>
+        <v>25</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>257</v>
+        <v>26</v>
       </c>
       <c r="E130" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>259</v>
+        <v>365</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="J130" s="0" t="s">
-        <v>51</v>
+        <v>29</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>260</v>
+        <v>158</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>261</v>
+        <v>53</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>262</v>
+        <v>159</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>263</v>
+        <v>160</v>
       </c>
       <c r="E131" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
+      </c>
+      <c r="H131" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="I131" s="0" t="s">
+        <v>163</v>
       </c>
       <c r="J131" s="0" t="s">
-        <v>265</v>
+        <v>164</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>260</v>
+        <v>341</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>261</v>
+        <v>109</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>262</v>
+        <v>342</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>263</v>
+        <v>343</v>
       </c>
       <c r="E132" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>266</v>
+        <v>295</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J132" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>260</v>
+        <v>366</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>261</v>
+        <v>109</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>262</v>
+        <v>367</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>263</v>
+        <v>368</v>
       </c>
       <c r="E133" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>267</v>
+        <v>295</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J133" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>260</v>
+        <v>369</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>261</v>
+        <v>216</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>262</v>
+        <v>342</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>263</v>
+        <v>370</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>268</v>
+        <v>295</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J134" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>260</v>
+        <v>371</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>261</v>
+        <v>109</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>262</v>
+        <v>372</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>263</v>
+        <v>373</v>
       </c>
       <c r="E135" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>269</v>
+        <v>295</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J135" s="0" t="s">
-        <v>265</v>
+        <v>36</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>270</v>
+        <v>206</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>271</v>
+        <v>207</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>272</v>
+        <v>208</v>
       </c>
       <c r="E136" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>273</v>
+        <v>295</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>27</v>
+        <v>210</v>
       </c>
       <c r="J136" s="0" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>270</v>
+        <v>374</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>91</v>
+        <v>292</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>271</v>
+        <v>348</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>272</v>
+        <v>375</v>
       </c>
       <c r="E137" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>274</v>
+        <v>295</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>27</v>
+        <v>210</v>
       </c>
       <c r="J137" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>270</v>
+        <v>260</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>91</v>
+        <v>171</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>271</v>
+        <v>261</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>272</v>
+        <v>262</v>
       </c>
       <c r="E138" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>275</v>
+        <v>323</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>27</v>
+        <v>175</v>
       </c>
       <c r="J138" s="0" t="s">
-        <v>51</v>
+        <v>264</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
-        <v>270</v>
+        <v>376</v>
       </c>
       <c r="B139" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C139" s="0" t="s">
-        <v>271</v>
+        <v>377</v>
       </c>
       <c r="D139" s="0" t="s">
-        <v>272</v>
+        <v>378</v>
       </c>
       <c r="E139" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>276</v>
+        <v>323</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>27</v>
+        <v>175</v>
       </c>
       <c r="J139" s="0" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
-        <v>270</v>
+        <v>376</v>
       </c>
       <c r="B140" s="0" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C140" s="0" t="s">
-        <v>271</v>
+        <v>377</v>
       </c>
       <c r="D140" s="0" t="s">
-        <v>272</v>
+        <v>378</v>
       </c>
       <c r="E140" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>277</v>
+        <v>330</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>27</v>
+        <v>175</v>
       </c>
       <c r="J140" s="0" t="s">
-        <v>51</v>
+        <v>379</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>278</v>
+        <v>341</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>279</v>
+        <v>342</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>280</v>
+        <v>343</v>
       </c>
       <c r="E141" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>281</v>
+        <v>331</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J141" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
-        <v>278</v>
+        <v>366</v>
       </c>
       <c r="B142" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C142" s="0" t="s">
-        <v>279</v>
+        <v>367</v>
       </c>
       <c r="D142" s="0" t="s">
-        <v>280</v>
+        <v>368</v>
       </c>
       <c r="E142" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>284</v>
+        <v>331</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J142" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
-        <v>278</v>
+        <v>369</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>279</v>
+        <v>342</v>
       </c>
       <c r="D143" s="0" t="s">
-        <v>280</v>
+        <v>370</v>
       </c>
       <c r="E143" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F143" s="0" t="s">
-        <v>285</v>
+        <v>331</v>
       </c>
       <c r="G143" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J143" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
-        <v>278</v>
+        <v>371</v>
       </c>
       <c r="B144" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C144" s="0" t="s">
-        <v>279</v>
+        <v>372</v>
       </c>
       <c r="D144" s="0" t="s">
-        <v>280</v>
+        <v>373</v>
       </c>
       <c r="E144" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>286</v>
+        <v>331</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J144" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
-        <v>278</v>
+        <v>206</v>
       </c>
       <c r="B145" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C145" s="0" t="s">
-        <v>279</v>
+        <v>207</v>
       </c>
       <c r="D145" s="0" t="s">
-        <v>280</v>
+        <v>208</v>
       </c>
       <c r="E145" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F145" s="0" t="s">
-        <v>287</v>
+        <v>331</v>
       </c>
       <c r="G145" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J145" s="0" t="s">
-        <v>283</v>
+        <v>211</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="0" t="s">
-        <v>278</v>
+        <v>374</v>
       </c>
       <c r="B146" s="0" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
       <c r="C146" s="0" t="s">
-        <v>279</v>
+        <v>348</v>
       </c>
       <c r="D146" s="0" t="s">
-        <v>280</v>
+        <v>375</v>
       </c>
       <c r="E146" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F146" s="0" t="s">
-        <v>288</v>
+        <v>331</v>
       </c>
       <c r="G146" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J146" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="0" t="s">
-        <v>278</v>
+        <v>341</v>
       </c>
       <c r="B147" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C147" s="0" t="s">
-        <v>279</v>
+        <v>342</v>
       </c>
       <c r="D147" s="0" t="s">
-        <v>280</v>
+        <v>343</v>
       </c>
       <c r="E147" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F147" s="0" t="s">
-        <v>289</v>
+        <v>333</v>
       </c>
       <c r="G147" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J147" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="0" t="s">
-        <v>278</v>
+        <v>366</v>
       </c>
       <c r="B148" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C148" s="0" t="s">
-        <v>279</v>
+        <v>367</v>
       </c>
       <c r="D148" s="0" t="s">
-        <v>280</v>
+        <v>368</v>
       </c>
       <c r="E148" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F148" s="0" t="s">
-        <v>290</v>
+        <v>333</v>
       </c>
       <c r="G148" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J148" s="0" t="s">
-        <v>283</v>
+        <v>36</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="0" t="s">
-        <v>291</v>
+        <v>369</v>
       </c>
       <c r="B149" s="0" t="s">
-        <v>292</v>
+        <v>216</v>
       </c>
       <c r="C149" s="0" t="s">
-        <v>293</v>
+        <v>342</v>
       </c>
       <c r="D149" s="0" t="s">
-        <v>294</v>
+        <v>370</v>
       </c>
       <c r="E149" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F149" s="0" t="s">
-        <v>295</v>
+        <v>333</v>
       </c>
       <c r="G149" s="0" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="J149" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="0" t="s">
-        <v>291</v>
+        <v>371</v>
       </c>
       <c r="B150" s="0" t="s">
-        <v>292</v>
+        <v>109</v>
       </c>
       <c r="C150" s="0" t="s">
-        <v>293</v>
+        <v>372</v>
       </c>
       <c r="D150" s="0" t="s">
-        <v>294</v>
+        <v>373</v>
       </c>
       <c r="E150" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F150" s="0" t="s">
-        <v>296</v>
+        <v>333</v>
       </c>
       <c r="G150" s="0" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="J150" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="0" t="s">
-        <v>291</v>
+        <v>206</v>
       </c>
       <c r="B151" s="0" t="s">
-        <v>292</v>
+        <v>109</v>
       </c>
       <c r="C151" s="0" t="s">
-        <v>293</v>
+        <v>207</v>
       </c>
       <c r="D151" s="0" t="s">
-        <v>294</v>
+        <v>208</v>
       </c>
       <c r="E151" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F151" s="0" t="s">
-        <v>297</v>
+        <v>333</v>
       </c>
       <c r="G151" s="0" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="J151" s="0" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="0" t="s">
-        <v>291</v>
+        <v>374</v>
       </c>
       <c r="B152" s="0" t="s">
         <v>292</v>
       </c>
       <c r="C152" s="0" t="s">
-        <v>293</v>
+        <v>348</v>
       </c>
       <c r="D152" s="0" t="s">
-        <v>294</v>
+        <v>375</v>
       </c>
       <c r="E152" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F152" s="0" t="s">
-        <v>163</v>
+        <v>333</v>
       </c>
       <c r="G152" s="0" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="J152" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="0" t="s">
-        <v>291</v>
+        <v>341</v>
       </c>
       <c r="B153" s="0" t="s">
-        <v>292</v>
+        <v>109</v>
       </c>
       <c r="C153" s="0" t="s">
-        <v>293</v>
+        <v>342</v>
       </c>
       <c r="D153" s="0" t="s">
-        <v>294</v>
+        <v>343</v>
       </c>
       <c r="E153" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F153" s="0" t="s">
-        <v>298</v>
+        <v>334</v>
       </c>
       <c r="G153" s="0" t="s">
-        <v>164</v>
+        <v>210</v>
       </c>
       <c r="J153" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="0" t="s">
-        <v>299</v>
+        <v>366</v>
       </c>
       <c r="B154" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C154" s="0" t="s">
-        <v>300</v>
+        <v>367</v>
       </c>
       <c r="D154" s="0" t="s">
-        <v>301</v>
+        <v>368</v>
       </c>
       <c r="E154" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F154" s="0" t="s">
-        <v>302</v>
+        <v>334</v>
       </c>
       <c r="G154" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J154" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="0" t="s">
-        <v>299</v>
+        <v>369</v>
       </c>
       <c r="B155" s="0" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="C155" s="0" t="s">
-        <v>300</v>
+        <v>342</v>
       </c>
       <c r="D155" s="0" t="s">
-        <v>301</v>
+        <v>370</v>
       </c>
       <c r="E155" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F155" s="0" t="s">
-        <v>285</v>
+        <v>334</v>
       </c>
       <c r="G155" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J155" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="0" t="s">
-        <v>299</v>
+        <v>371</v>
       </c>
       <c r="B156" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C156" s="0" t="s">
-        <v>300</v>
+        <v>372</v>
       </c>
       <c r="D156" s="0" t="s">
-        <v>301</v>
+        <v>373</v>
       </c>
       <c r="E156" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F156" s="0" t="s">
-        <v>286</v>
+        <v>334</v>
       </c>
       <c r="G156" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J156" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="0" t="s">
-        <v>299</v>
+        <v>206</v>
       </c>
       <c r="B157" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C157" s="0" t="s">
-        <v>300</v>
+        <v>207</v>
       </c>
       <c r="D157" s="0" t="s">
-        <v>301</v>
+        <v>208</v>
       </c>
       <c r="E157" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F157" s="0" t="s">
-        <v>287</v>
+        <v>334</v>
       </c>
       <c r="G157" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J157" s="0" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="0" t="s">
-        <v>299</v>
+        <v>374</v>
       </c>
       <c r="B158" s="0" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
       <c r="C158" s="0" t="s">
-        <v>300</v>
+        <v>348</v>
       </c>
       <c r="D158" s="0" t="s">
-        <v>301</v>
+        <v>375</v>
       </c>
       <c r="E158" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F158" s="0" t="s">
-        <v>288</v>
+        <v>334</v>
       </c>
       <c r="G158" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J158" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="0" t="s">
-        <v>299</v>
+        <v>341</v>
       </c>
       <c r="B159" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C159" s="0" t="s">
-        <v>300</v>
+        <v>342</v>
       </c>
       <c r="D159" s="0" t="s">
-        <v>301</v>
+        <v>343</v>
       </c>
       <c r="E159" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F159" s="0" t="s">
-        <v>289</v>
+        <v>335</v>
       </c>
       <c r="G159" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J159" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="0" t="s">
-        <v>299</v>
+        <v>366</v>
       </c>
       <c r="B160" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C160" s="0" t="s">
-        <v>300</v>
+        <v>367</v>
       </c>
       <c r="D160" s="0" t="s">
-        <v>301</v>
+        <v>368</v>
       </c>
       <c r="E160" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F160" s="0" t="s">
-        <v>290</v>
+        <v>335</v>
       </c>
       <c r="G160" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J160" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="0" t="s">
-        <v>299</v>
+        <v>369</v>
       </c>
       <c r="B161" s="0" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="C161" s="0" t="s">
-        <v>300</v>
+        <v>342</v>
       </c>
       <c r="D161" s="0" t="s">
-        <v>301</v>
+        <v>370</v>
       </c>
       <c r="E161" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F161" s="0" t="s">
-        <v>303</v>
+        <v>335</v>
       </c>
       <c r="G161" s="0" t="s">
-        <v>282</v>
+        <v>210</v>
       </c>
       <c r="J161" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="0" t="s">
-        <v>10</v>
+        <v>371</v>
       </c>
       <c r="B162" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="C162" s="0" t="s">
-        <v>12</v>
+        <v>372</v>
       </c>
       <c r="D162" s="0" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="E162" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F162" s="0" t="s">
-        <v>89</v>
+        <v>335</v>
       </c>
       <c r="G162" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>210</v>
       </c>
       <c r="J162" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="0" t="s">
-        <v>304</v>
+        <v>206</v>
       </c>
       <c r="B163" s="0" t="s">
-        <v>185</v>
+        <v>109</v>
       </c>
       <c r="C163" s="0" t="s">
-        <v>305</v>
+        <v>207</v>
       </c>
       <c r="D163" s="0" t="s">
-        <v>306</v>
+        <v>208</v>
       </c>
       <c r="E163" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F163" s="0" t="s">
-        <v>307</v>
+        <v>335</v>
       </c>
       <c r="G163" s="0" t="s">
-        <v>308</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>210</v>
       </c>
       <c r="J163" s="0" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="0" t="s">
-        <v>311</v>
+        <v>374</v>
       </c>
       <c r="B164" s="0" t="s">
-        <v>185</v>
+        <v>292</v>
       </c>
       <c r="C164" s="0" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="D164" s="0" t="s">
-        <v>312</v>
+        <v>375</v>
       </c>
       <c r="E164" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F164" s="0" t="s">
-        <v>307</v>
+        <v>335</v>
       </c>
       <c r="G164" s="0" t="s">
-        <v>308</v>
-[...5 lines deleted...]
-        <v>314</v>
+        <v>210</v>
       </c>
       <c r="J164" s="0" t="s">
-        <v>315</v>
+        <v>36</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="0" t="s">
-        <v>316</v>
+        <v>341</v>
       </c>
       <c r="B165" s="0" t="s">
-        <v>317</v>
+        <v>109</v>
       </c>
       <c r="C165" s="0" t="s">
-        <v>318</v>
+        <v>342</v>
       </c>
       <c r="D165" s="0" t="s">
-        <v>319</v>
+        <v>343</v>
       </c>
       <c r="E165" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F165" s="0" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="G165" s="0" t="s">
-        <v>212</v>
-[...5 lines deleted...]
-        <v>322</v>
+        <v>210</v>
       </c>
       <c r="J165" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="0" t="s">
-        <v>323</v>
+        <v>366</v>
       </c>
       <c r="B166" s="0" t="s">
-        <v>324</v>
+        <v>109</v>
       </c>
       <c r="C166" s="0" t="s">
-        <v>325</v>
+        <v>367</v>
       </c>
       <c r="D166" s="0" t="s">
-        <v>326</v>
+        <v>368</v>
       </c>
       <c r="E166" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F166" s="0" t="s">
-        <v>327</v>
+        <v>338</v>
       </c>
       <c r="G166" s="0" t="s">
-        <v>156</v>
-[...5 lines deleted...]
-        <v>329</v>
+        <v>210</v>
       </c>
       <c r="J166" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="0" t="s">
-        <v>330</v>
+        <v>369</v>
       </c>
       <c r="B167" s="0" t="s">
-        <v>331</v>
+        <v>216</v>
       </c>
       <c r="C167" s="0" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="D167" s="0" t="s">
-        <v>333</v>
+        <v>370</v>
       </c>
       <c r="E167" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F167" s="0" t="s">
-        <v>334</v>
+        <v>338</v>
       </c>
       <c r="G167" s="0" t="s">
-        <v>335</v>
-[...5 lines deleted...]
-        <v>337</v>
+        <v>210</v>
       </c>
       <c r="J167" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B168" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C168" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D168" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="E168" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F168" s="0" t="s">
         <v>338</v>
       </c>
-      <c r="B168" s="0" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G168" s="0" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        <v>344</v>
+        <v>210</v>
       </c>
       <c r="J168" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="0" t="s">
-        <v>345</v>
+        <v>374</v>
       </c>
       <c r="B169" s="0" t="s">
-        <v>138</v>
+        <v>292</v>
       </c>
       <c r="C169" s="0" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="D169" s="0" t="s">
-        <v>346</v>
+        <v>375</v>
       </c>
       <c r="E169" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F169" s="0" t="s">
-        <v>347</v>
+        <v>338</v>
       </c>
       <c r="G169" s="0" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>210</v>
       </c>
       <c r="J169" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="0" t="s">
-        <v>349</v>
+        <v>366</v>
       </c>
       <c r="B170" s="0" t="s">
-        <v>185</v>
+        <v>109</v>
       </c>
       <c r="C170" s="0" t="s">
-        <v>305</v>
+        <v>367</v>
       </c>
       <c r="D170" s="0" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="E170" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F170" s="0" t="s">
-        <v>307</v>
+        <v>344</v>
       </c>
       <c r="G170" s="0" t="s">
-        <v>308</v>
-[...5 lines deleted...]
-        <v>310</v>
+        <v>210</v>
       </c>
       <c r="J170" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="0" t="s">
-        <v>352</v>
+        <v>369</v>
       </c>
       <c r="B171" s="0" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="C171" s="0" t="s">
-        <v>305</v>
+        <v>342</v>
       </c>
       <c r="D171" s="0" t="s">
-        <v>353</v>
+        <v>370</v>
       </c>
       <c r="E171" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F171" s="0" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="G171" s="0" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>357</v>
+        <v>210</v>
       </c>
       <c r="J171" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="0" t="s">
-        <v>358</v>
+        <v>380</v>
       </c>
       <c r="B172" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="C172" s="0" t="s">
-        <v>359</v>
+        <v>114</v>
       </c>
       <c r="D172" s="0" t="s">
-        <v>360</v>
+        <v>381</v>
       </c>
       <c r="E172" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F172" s="0" t="s">
-        <v>361</v>
+        <v>344</v>
       </c>
       <c r="G172" s="0" t="s">
-        <v>308</v>
-[...5 lines deleted...]
-        <v>363</v>
+        <v>35</v>
       </c>
       <c r="J172" s="0" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="0" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="B173" s="0" t="s">
-        <v>317</v>
+        <v>109</v>
       </c>
       <c r="C173" s="0" t="s">
-        <v>366</v>
+        <v>372</v>
       </c>
       <c r="D173" s="0" t="s">
-        <v>367</v>
+        <v>373</v>
       </c>
       <c r="E173" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F173" s="0" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="G173" s="0" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>210</v>
       </c>
       <c r="J173" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="0" t="s">
-        <v>372</v>
+        <v>206</v>
       </c>
       <c r="B174" s="0" t="s">
-        <v>317</v>
+        <v>109</v>
       </c>
       <c r="C174" s="0" t="s">
-        <v>366</v>
+        <v>207</v>
       </c>
       <c r="D174" s="0" t="s">
-        <v>373</v>
+        <v>208</v>
       </c>
       <c r="E174" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F174" s="0" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="G174" s="0" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>210</v>
       </c>
       <c r="J174" s="0" t="s">
-        <v>51</v>
+        <v>211</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="0" t="s">
+        <v>374</v>
+      </c>
+      <c r="B175" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C175" s="0" t="s">
+        <v>348</v>
+      </c>
+      <c r="D175" s="0" t="s">
         <v>375</v>
       </c>
-      <c r="B175" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E175" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F175" s="0" t="s">
-        <v>378</v>
+        <v>344</v>
       </c>
       <c r="G175" s="0" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>380</v>
+        <v>210</v>
       </c>
       <c r="J175" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="0" t="s">
-        <v>381</v>
+        <v>291</v>
       </c>
       <c r="B176" s="0" t="s">
-        <v>23</v>
+        <v>292</v>
       </c>
       <c r="C176" s="0" t="s">
-        <v>382</v>
+        <v>293</v>
       </c>
       <c r="D176" s="0" t="s">
-        <v>383</v>
+        <v>294</v>
       </c>
       <c r="E176" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F176" s="0" t="s">
-        <v>21</v>
+        <v>344</v>
       </c>
       <c r="G176" s="0" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>385</v>
+        <v>210</v>
       </c>
       <c r="J176" s="0" t="s">
-        <v>386</v>
+        <v>36</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="0" t="s">
-        <v>387</v>
+        <v>341</v>
       </c>
       <c r="B177" s="0" t="s">
-        <v>145</v>
+        <v>109</v>
       </c>
       <c r="C177" s="0" t="s">
-        <v>388</v>
+        <v>342</v>
       </c>
       <c r="D177" s="0" t="s">
-        <v>389</v>
+        <v>343</v>
       </c>
       <c r="E177" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F177" s="0" t="s">
-        <v>258</v>
+        <v>351</v>
       </c>
       <c r="G177" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>391</v>
+        <v>210</v>
       </c>
       <c r="J177" s="0" t="s">
-        <v>392</v>
+        <v>36</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="0" t="s">
-        <v>393</v>
+        <v>366</v>
       </c>
       <c r="B178" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C178" s="0" t="s">
-        <v>394</v>
+        <v>367</v>
       </c>
       <c r="D178" s="0" t="s">
-        <v>395</v>
+        <v>368</v>
       </c>
       <c r="E178" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F178" s="0" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G178" s="0" t="s">
-        <v>239</v>
+        <v>210</v>
       </c>
       <c r="J178" s="0" t="s">
-        <v>396</v>
+        <v>36</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="0" t="s">
-        <v>397</v>
+        <v>369</v>
       </c>
       <c r="B179" s="0" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="C179" s="0" t="s">
-        <v>398</v>
+        <v>342</v>
       </c>
       <c r="D179" s="0" t="s">
-        <v>399</v>
+        <v>370</v>
       </c>
       <c r="E179" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F179" s="0" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G179" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>401</v>
+        <v>210</v>
       </c>
       <c r="J179" s="0" t="s">
-        <v>402</v>
+        <v>36</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="0" t="s">
-        <v>403</v>
+        <v>371</v>
       </c>
       <c r="B180" s="0" t="s">
-        <v>185</v>
+        <v>109</v>
       </c>
       <c r="C180" s="0" t="s">
-        <v>404</v>
+        <v>372</v>
       </c>
       <c r="D180" s="0" t="s">
-        <v>405</v>
+        <v>373</v>
       </c>
       <c r="E180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F180" s="0" t="s">
-        <v>406</v>
+        <v>351</v>
       </c>
       <c r="G180" s="0" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>210</v>
       </c>
       <c r="J180" s="0" t="s">
-        <v>408</v>
+        <v>36</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="0" t="s">
-        <v>22</v>
+        <v>206</v>
       </c>
       <c r="B181" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C181" s="0" t="s">
-        <v>24</v>
+        <v>207</v>
       </c>
       <c r="D181" s="0" t="s">
-        <v>25</v>
+        <v>208</v>
       </c>
       <c r="E181" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F181" s="0" t="s">
-        <v>409</v>
+        <v>351</v>
       </c>
       <c r="G181" s="0" t="s">
-        <v>27</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>210</v>
       </c>
       <c r="J181" s="0" t="s">
-        <v>30</v>
+        <v>211</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="0" t="s">
-        <v>410</v>
+        <v>374</v>
       </c>
       <c r="B182" s="0" t="s">
-        <v>261</v>
+        <v>292</v>
       </c>
       <c r="C182" s="0" t="s">
-        <v>411</v>
+        <v>348</v>
       </c>
       <c r="D182" s="0" t="s">
-        <v>412</v>
+        <v>375</v>
       </c>
       <c r="E182" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F182" s="0" t="s">
-        <v>21</v>
+        <v>351</v>
       </c>
       <c r="G182" s="0" t="s">
-        <v>16</v>
+        <v>210</v>
       </c>
       <c r="J182" s="0" t="s">
-        <v>413</v>
+        <v>36</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="0" t="s">
-        <v>32</v>
+        <v>325</v>
       </c>
       <c r="B183" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="C183" s="0" t="s">
-        <v>34</v>
+        <v>326</v>
       </c>
       <c r="D183" s="0" t="s">
-        <v>35</v>
+        <v>327</v>
       </c>
       <c r="E183" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F183" s="0" t="s">
-        <v>414</v>
+        <v>383</v>
       </c>
       <c r="G183" s="0" t="s">
-        <v>37</v>
+        <v>88</v>
       </c>
       <c r="J183" s="0" t="s">
-        <v>38</v>
+        <v>329</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="0" t="s">
-        <v>43</v>
+        <v>384</v>
       </c>
       <c r="B184" s="0" t="s">
-        <v>44</v>
+        <v>109</v>
       </c>
       <c r="C184" s="0" t="s">
-        <v>45</v>
+        <v>385</v>
       </c>
       <c r="D184" s="0" t="s">
-        <v>46</v>
+        <v>386</v>
       </c>
       <c r="E184" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F184" s="0" t="s">
-        <v>415</v>
+        <v>22</v>
       </c>
       <c r="G184" s="0" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>146</v>
       </c>
       <c r="J184" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="0" t="s">
-        <v>56</v>
+        <v>37</v>
       </c>
       <c r="B185" s="0" t="s">
-        <v>57</v>
+        <v>38</v>
       </c>
       <c r="C185" s="0" t="s">
-        <v>58</v>
+        <v>39</v>
       </c>
       <c r="D185" s="0" t="s">
-        <v>59</v>
+        <v>40</v>
       </c>
       <c r="E185" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F185" s="0" t="s">
-        <v>416</v>
+        <v>387</v>
       </c>
       <c r="G185" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H185" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="I185" s="0" t="s">
-        <v>62</v>
+        <v>44</v>
       </c>
       <c r="J185" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="0" t="s">
-        <v>417</v>
+        <v>314</v>
       </c>
       <c r="B186" s="0" t="s">
-        <v>418</v>
+        <v>38</v>
       </c>
       <c r="C186" s="0" t="s">
-        <v>419</v>
+        <v>315</v>
       </c>
       <c r="D186" s="0" t="s">
-        <v>420</v>
+        <v>316</v>
       </c>
       <c r="E186" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F186" s="0" t="s">
-        <v>421</v>
+        <v>388</v>
       </c>
       <c r="G186" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>423</v>
+        <v>88</v>
       </c>
       <c r="J186" s="0" t="s">
-        <v>424</v>
+        <v>36</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="0" t="s">
-        <v>66</v>
+        <v>37</v>
       </c>
       <c r="B187" s="0" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="C187" s="0" t="s">
-        <v>67</v>
+        <v>39</v>
       </c>
       <c r="D187" s="0" t="s">
-        <v>68</v>
+        <v>40</v>
       </c>
       <c r="E187" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F187" s="0" t="s">
-        <v>425</v>
+        <v>389</v>
       </c>
       <c r="G187" s="0" t="s">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="H187" s="0" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="I187" s="0" t="s">
-        <v>71</v>
+        <v>44</v>
       </c>
       <c r="J187" s="0" t="s">
-        <v>72</v>
+        <v>45</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="0" t="s">
-        <v>426</v>
+        <v>123</v>
       </c>
       <c r="B188" s="0" t="s">
-        <v>57</v>
+        <v>76</v>
       </c>
       <c r="C188" s="0" t="s">
-        <v>427</v>
+        <v>124</v>
       </c>
       <c r="D188" s="0" t="s">
-        <v>428</v>
+        <v>125</v>
       </c>
       <c r="E188" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F188" s="0" t="s">
-        <v>21</v>
+        <v>390</v>
       </c>
       <c r="G188" s="0" t="s">
-        <v>16</v>
+        <v>127</v>
       </c>
       <c r="J188" s="0" t="s">
-        <v>429</v>
+        <v>128</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="0" t="s">
-        <v>77</v>
+        <v>52</v>
       </c>
       <c r="B189" s="0" t="s">
-        <v>33</v>
+        <v>53</v>
       </c>
       <c r="C189" s="0" t="s">
-        <v>78</v>
+        <v>54</v>
       </c>
       <c r="D189" s="0" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="E189" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F189" s="0" t="s">
-        <v>150</v>
+        <v>391</v>
       </c>
       <c r="G189" s="0" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>82</v>
+        <v>57</v>
       </c>
       <c r="J189" s="0" t="s">
-        <v>83</v>
+        <v>58</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="0" t="s">
-        <v>90</v>
+        <v>374</v>
       </c>
       <c r="B190" s="0" t="s">
-        <v>91</v>
+        <v>292</v>
       </c>
       <c r="C190" s="0" t="s">
-        <v>92</v>
+        <v>348</v>
       </c>
       <c r="D190" s="0" t="s">
-        <v>93</v>
+        <v>375</v>
       </c>
       <c r="E190" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F190" s="0" t="s">
-        <v>430</v>
+        <v>392</v>
       </c>
       <c r="G190" s="0" t="s">
-        <v>95</v>
-[...5 lines deleted...]
-        <v>97</v>
+        <v>210</v>
       </c>
       <c r="J190" s="0" t="s">
-        <v>98</v>
+        <v>36</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="0" t="s">
-        <v>120</v>
+        <v>46</v>
       </c>
       <c r="B191" s="0" t="s">
-        <v>121</v>
+        <v>47</v>
       </c>
       <c r="C191" s="0" t="s">
-        <v>122</v>
+        <v>48</v>
       </c>
       <c r="D191" s="0" t="s">
-        <v>123</v>
+        <v>49</v>
       </c>
       <c r="E191" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F191" s="0" t="s">
-        <v>431</v>
+        <v>393</v>
       </c>
       <c r="G191" s="0" t="s">
-        <v>125</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>51</v>
       </c>
       <c r="J191" s="0" t="s">
-        <v>128</v>
+        <v>36</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="0" t="s">
-        <v>131</v>
+        <v>394</v>
       </c>
       <c r="B192" s="0" t="s">
-        <v>132</v>
+        <v>142</v>
       </c>
       <c r="C192" s="0" t="s">
-        <v>122</v>
+        <v>25</v>
       </c>
       <c r="D192" s="0" t="s">
-        <v>133</v>
+        <v>395</v>
       </c>
       <c r="E192" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F192" s="0" t="s">
-        <v>124</v>
+        <v>396</v>
       </c>
       <c r="G192" s="0" t="s">
-        <v>125</v>
+        <v>175</v>
       </c>
       <c r="H192" s="0" t="s">
-        <v>134</v>
+        <v>397</v>
       </c>
       <c r="I192" s="0" t="s">
-        <v>135</v>
+        <v>398</v>
       </c>
       <c r="J192" s="0" t="s">
-        <v>136</v>
+        <v>399</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="0" t="s">
-        <v>137</v>
+        <v>224</v>
       </c>
       <c r="B193" s="0" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="C193" s="0" t="s">
-        <v>139</v>
+        <v>225</v>
       </c>
       <c r="D193" s="0" t="s">
-        <v>140</v>
+        <v>226</v>
       </c>
       <c r="E193" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F193" s="0" t="s">
-        <v>193</v>
+        <v>400</v>
       </c>
       <c r="G193" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J193" s="0" t="s">
-        <v>143</v>
+        <v>228</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="0" t="s">
-        <v>432</v>
+        <v>401</v>
       </c>
       <c r="B194" s="0" t="s">
-        <v>138</v>
+        <v>255</v>
       </c>
       <c r="C194" s="0" t="s">
-        <v>433</v>
+        <v>402</v>
       </c>
       <c r="D194" s="0" t="s">
-        <v>434</v>
+        <v>403</v>
       </c>
       <c r="E194" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F194" s="0" t="s">
-        <v>435</v>
+        <v>404</v>
       </c>
       <c r="G194" s="0" t="s">
-        <v>335</v>
+        <v>405</v>
       </c>
       <c r="J194" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="0" t="s">
-        <v>436</v>
+        <v>23</v>
       </c>
       <c r="B195" s="0" t="s">
-        <v>145</v>
+        <v>24</v>
       </c>
       <c r="C195" s="0" t="s">
-        <v>437</v>
+        <v>25</v>
       </c>
       <c r="D195" s="0" t="s">
-        <v>438</v>
+        <v>26</v>
       </c>
       <c r="E195" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F195" s="0" t="s">
-        <v>439</v>
+        <v>406</v>
       </c>
       <c r="G195" s="0" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="J195" s="0" t="s">
-        <v>440</v>
+        <v>29</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="0" t="s">
-        <v>441</v>
+        <v>407</v>
       </c>
       <c r="B196" s="0" t="s">
-        <v>138</v>
+        <v>109</v>
       </c>
       <c r="C196" s="0" t="s">
-        <v>442</v>
+        <v>408</v>
       </c>
       <c r="D196" s="0" t="s">
-        <v>443</v>
+        <v>409</v>
       </c>
       <c r="E196" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F196" s="0" t="s">
-        <v>444</v>
+        <v>410</v>
       </c>
       <c r="G196" s="0" t="s">
-        <v>445</v>
+        <v>28</v>
       </c>
       <c r="J196" s="0" t="s">
-        <v>446</v>
+        <v>36</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="0" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="B197" s="0" t="s">
-        <v>145</v>
+        <v>53</v>
       </c>
       <c r="C197" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D197" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E197" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F197" s="0" t="s">
+        <v>411</v>
+      </c>
+      <c r="G197" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D197" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H197" s="0" t="s">
-        <v>148</v>
+        <v>162</v>
       </c>
       <c r="I197" s="0" t="s">
-        <v>149</v>
+        <v>163</v>
       </c>
       <c r="J197" s="0" t="s">
-        <v>51</v>
+        <v>164</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="0" t="s">
-        <v>447</v>
+        <v>37</v>
       </c>
       <c r="B198" s="0" t="s">
-        <v>261</v>
+        <v>38</v>
       </c>
       <c r="C198" s="0" t="s">
-        <v>448</v>
+        <v>39</v>
       </c>
       <c r="D198" s="0" t="s">
-        <v>449</v>
+        <v>40</v>
       </c>
       <c r="E198" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F198" s="0" t="s">
-        <v>450</v>
+        <v>412</v>
       </c>
       <c r="G198" s="0" t="s">
-        <v>451</v>
+        <v>42</v>
+      </c>
+      <c r="H198" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I198" s="0" t="s">
+        <v>44</v>
       </c>
       <c r="J198" s="0" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="0" t="s">
-        <v>151</v>
+        <v>272</v>
       </c>
       <c r="B199" s="0" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="C199" s="0" t="s">
-        <v>153</v>
+        <v>273</v>
       </c>
       <c r="D199" s="0" t="s">
-        <v>154</v>
+        <v>274</v>
       </c>
       <c r="E199" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F199" s="0" t="s">
-        <v>452</v>
+        <v>413</v>
       </c>
       <c r="G199" s="0" t="s">
-        <v>156</v>
+        <v>146</v>
       </c>
       <c r="J199" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="0" t="s">
-        <v>161</v>
+        <v>84</v>
       </c>
       <c r="B200" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="C200" s="0" t="s">
-        <v>71</v>
+        <v>85</v>
       </c>
       <c r="D200" s="0" t="s">
-        <v>162</v>
+        <v>86</v>
       </c>
       <c r="E200" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F200" s="0" t="s">
-        <v>286</v>
+        <v>414</v>
       </c>
       <c r="G200" s="0" t="s">
-        <v>164</v>
+        <v>88</v>
       </c>
       <c r="J200" s="0" t="s">
-        <v>165</v>
+        <v>36</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="0" t="s">
-        <v>166</v>
+        <v>415</v>
       </c>
       <c r="B201" s="0" t="s">
-        <v>152</v>
+        <v>416</v>
       </c>
       <c r="C201" s="0" t="s">
-        <v>167</v>
+        <v>417</v>
       </c>
       <c r="D201" s="0" t="s">
-        <v>168</v>
+        <v>418</v>
       </c>
       <c r="E201" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F201" s="0" t="s">
-        <v>453</v>
+        <v>419</v>
       </c>
       <c r="G201" s="0" t="s">
-        <v>170</v>
+        <v>405</v>
+      </c>
+      <c r="H201" s="0" t="s">
+        <v>420</v>
+      </c>
+      <c r="I201" s="0" t="s">
+        <v>421</v>
       </c>
       <c r="J201" s="0" t="s">
-        <v>171</v>
+        <v>36</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B202" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C202" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D202" s="0" t="s">
         <v>173</v>
       </c>
-      <c r="B202" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D202" s="0" t="s">
+      <c r="E202" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F202" s="0" t="s">
+        <v>422</v>
+      </c>
+      <c r="G202" s="0" t="s">
         <v>175</v>
       </c>
-      <c r="E202" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="J202" s="0" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="0" t="s">
-        <v>184</v>
+        <v>360</v>
       </c>
       <c r="B203" s="0" t="s">
-        <v>185</v>
+        <v>255</v>
       </c>
       <c r="C203" s="0" t="s">
-        <v>186</v>
+        <v>361</v>
       </c>
       <c r="D203" s="0" t="s">
-        <v>187</v>
+        <v>362</v>
       </c>
       <c r="E203" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F203" s="0" t="s">
-        <v>181</v>
+        <v>400</v>
       </c>
       <c r="G203" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J203" s="0" t="s">
-        <v>188</v>
+        <v>364</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="0" t="s">
-        <v>190</v>
+        <v>260</v>
       </c>
       <c r="B204" s="0" t="s">
-        <v>138</v>
+        <v>171</v>
       </c>
       <c r="C204" s="0" t="s">
-        <v>191</v>
+        <v>261</v>
       </c>
       <c r="D204" s="0" t="s">
-        <v>192</v>
+        <v>262</v>
       </c>
       <c r="E204" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F204" s="0" t="s">
-        <v>444</v>
+        <v>422</v>
       </c>
       <c r="G204" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J204" s="0" t="s">
-        <v>51</v>
+        <v>264</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="0" t="s">
-        <v>194</v>
+        <v>376</v>
       </c>
       <c r="B205" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C205" s="0" t="s">
-        <v>195</v>
+        <v>377</v>
       </c>
       <c r="D205" s="0" t="s">
-        <v>196</v>
+        <v>378</v>
       </c>
       <c r="E205" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F205" s="0" t="s">
-        <v>189</v>
+        <v>422</v>
       </c>
       <c r="G205" s="0" t="s">
-        <v>142</v>
+        <v>175</v>
       </c>
       <c r="J205" s="0" t="s">
-        <v>197</v>
+        <v>379</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="0" t="s">
-        <v>199</v>
+        <v>380</v>
       </c>
       <c r="B206" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="C206" s="0" t="s">
-        <v>200</v>
+        <v>114</v>
       </c>
       <c r="D206" s="0" t="s">
-        <v>201</v>
+        <v>381</v>
       </c>
       <c r="E206" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F206" s="0" t="s">
-        <v>88</v>
+        <v>169</v>
       </c>
       <c r="G206" s="0" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="J206" s="0" t="s">
-        <v>202</v>
+        <v>382</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="0" t="s">
-        <v>204</v>
+        <v>260</v>
       </c>
       <c r="B207" s="0" t="s">
-        <v>57</v>
+        <v>171</v>
       </c>
       <c r="C207" s="0" t="s">
-        <v>205</v>
+        <v>261</v>
       </c>
       <c r="D207" s="0" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
       <c r="E207" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F207" s="0" t="s">
-        <v>150</v>
+        <v>174</v>
       </c>
       <c r="G207" s="0" t="s">
-        <v>16</v>
+        <v>175</v>
       </c>
       <c r="J207" s="0" t="s">
-        <v>207</v>
+        <v>264</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="0" t="s">
-        <v>454</v>
+        <v>376</v>
       </c>
       <c r="B208" s="0" t="s">
-        <v>261</v>
+        <v>92</v>
       </c>
       <c r="C208" s="0" t="s">
-        <v>209</v>
+        <v>377</v>
       </c>
       <c r="D208" s="0" t="s">
-        <v>455</v>
+        <v>378</v>
       </c>
       <c r="E208" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F208" s="0" t="s">
-        <v>456</v>
+        <v>174</v>
       </c>
       <c r="G208" s="0" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>458</v>
+        <v>175</v>
       </c>
       <c r="J208" s="0" t="s">
-        <v>459</v>
+        <v>379</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="0" t="s">
-        <v>208</v>
+        <v>423</v>
       </c>
       <c r="B209" s="0" t="s">
-        <v>145</v>
+        <v>171</v>
       </c>
       <c r="C209" s="0" t="s">
-        <v>209</v>
+        <v>178</v>
       </c>
       <c r="D209" s="0" t="s">
-        <v>210</v>
+        <v>424</v>
       </c>
       <c r="E209" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F209" s="0" t="s">
-        <v>460</v>
+        <v>180</v>
       </c>
       <c r="G209" s="0" t="s">
-        <v>212</v>
+        <v>181</v>
+      </c>
+      <c r="H209" s="0" t="s">
+        <v>425</v>
+      </c>
+      <c r="I209" s="0" t="s">
+        <v>426</v>
       </c>
       <c r="J209" s="0" t="s">
-        <v>213</v>
+        <v>427</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="0" t="s">
-        <v>461</v>
+        <v>260</v>
       </c>
       <c r="B210" s="0" t="s">
-        <v>57</v>
+        <v>171</v>
       </c>
       <c r="C210" s="0" t="s">
-        <v>462</v>
+        <v>261</v>
       </c>
       <c r="D210" s="0" t="s">
-        <v>463</v>
+        <v>262</v>
       </c>
       <c r="E210" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F210" s="0" t="s">
-        <v>464</v>
+        <v>184</v>
       </c>
       <c r="G210" s="0" t="s">
-        <v>48</v>
+        <v>175</v>
       </c>
       <c r="J210" s="0" t="s">
-        <v>465</v>
+        <v>264</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="0" t="s">
-        <v>466</v>
+        <v>376</v>
       </c>
       <c r="B211" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C211" s="0" t="s">
-        <v>462</v>
+        <v>377</v>
       </c>
       <c r="D211" s="0" t="s">
-        <v>467</v>
+        <v>378</v>
       </c>
       <c r="E211" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F211" s="0" t="s">
-        <v>464</v>
+        <v>184</v>
       </c>
       <c r="G211" s="0" t="s">
-        <v>48</v>
+        <v>175</v>
       </c>
       <c r="J211" s="0" t="s">
-        <v>468</v>
+        <v>379</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="0" t="s">
-        <v>469</v>
+        <v>428</v>
       </c>
       <c r="B212" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C212" s="0" t="s">
-        <v>135</v>
+        <v>186</v>
       </c>
       <c r="D212" s="0" t="s">
-        <v>470</v>
+        <v>429</v>
       </c>
       <c r="E212" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F212" s="0" t="s">
-        <v>471</v>
+        <v>188</v>
       </c>
       <c r="G212" s="0" t="s">
-        <v>142</v>
+        <v>104</v>
       </c>
       <c r="J212" s="0" t="s">
-        <v>472</v>
+        <v>430</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="0" t="s">
-        <v>473</v>
+        <v>59</v>
       </c>
       <c r="B213" s="0" t="s">
-        <v>185</v>
+        <v>60</v>
       </c>
       <c r="C213" s="0" t="s">
-        <v>462</v>
+        <v>61</v>
       </c>
       <c r="D213" s="0" t="s">
-        <v>474</v>
+        <v>62</v>
       </c>
       <c r="E213" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F213" s="0" t="s">
-        <v>475</v>
+        <v>195</v>
       </c>
       <c r="G213" s="0" t="s">
-        <v>476</v>
+        <v>64</v>
+      </c>
+      <c r="H213" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="I213" s="0" t="s">
+        <v>66</v>
       </c>
       <c r="J213" s="0" t="s">
-        <v>477</v>
+        <v>67</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="0" t="s">
-        <v>216</v>
+        <v>431</v>
       </c>
       <c r="B214" s="0" t="s">
-        <v>217</v>
+        <v>142</v>
       </c>
       <c r="C214" s="0" t="s">
-        <v>218</v>
+        <v>432</v>
       </c>
       <c r="D214" s="0" t="s">
-        <v>219</v>
+        <v>433</v>
       </c>
       <c r="E214" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F214" s="0" t="s">
-        <v>478</v>
+        <v>21</v>
       </c>
       <c r="G214" s="0" t="s">
-        <v>221</v>
+        <v>146</v>
       </c>
       <c r="J214" s="0" t="s">
-        <v>51</v>
+        <v>434</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="0" t="s">
-        <v>236</v>
+        <v>435</v>
       </c>
       <c r="B215" s="0" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="C215" s="0" t="s">
-        <v>237</v>
+        <v>436</v>
       </c>
       <c r="D215" s="0" t="s">
-        <v>238</v>
+        <v>437</v>
       </c>
       <c r="E215" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F215" s="0" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G215" s="0" t="s">
-        <v>239</v>
+        <v>146</v>
+      </c>
+      <c r="H215" s="0" t="s">
+        <v>438</v>
+      </c>
+      <c r="I215" s="0" t="s">
+        <v>439</v>
       </c>
       <c r="J215" s="0" t="s">
-        <v>51</v>
+        <v>440</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="0" t="s">
-        <v>240</v>
+        <v>441</v>
       </c>
       <c r="B216" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C216" s="0" t="s">
-        <v>241</v>
+        <v>442</v>
       </c>
       <c r="D216" s="0" t="s">
-        <v>242</v>
+        <v>443</v>
       </c>
       <c r="E216" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F216" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G216" s="0" t="s">
         <v>16</v>
       </c>
       <c r="J216" s="0" t="s">
-        <v>51</v>
+        <v>444</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="0" t="s">
-        <v>479</v>
+        <v>445</v>
       </c>
       <c r="B217" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C217" s="0" t="s">
-        <v>480</v>
+        <v>446</v>
       </c>
       <c r="D217" s="0" t="s">
-        <v>481</v>
+        <v>447</v>
       </c>
       <c r="E217" s="0" t="s">
         <v>14</v>
       </c>
+      <c r="F217" s="0" t="s">
+        <v>21</v>
+      </c>
       <c r="G217" s="0" t="s">
-        <v>482</v>
+        <v>16</v>
       </c>
       <c r="H217" s="0" t="s">
-        <v>483</v>
+        <v>448</v>
       </c>
       <c r="I217" s="0" t="s">
-        <v>480</v>
+        <v>449</v>
       </c>
       <c r="J217" s="0" t="s">
-        <v>484</v>
+        <v>450</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="0" t="s">
-        <v>485</v>
+        <v>451</v>
       </c>
       <c r="B218" s="0" t="s">
-        <v>23</v>
+        <v>109</v>
       </c>
       <c r="C218" s="0" t="s">
-        <v>480</v>
+        <v>452</v>
       </c>
       <c r="D218" s="0" t="s">
-        <v>486</v>
+        <v>453</v>
       </c>
       <c r="E218" s="0" t="s">
         <v>14</v>
       </c>
+      <c r="F218" s="0" t="s">
+        <v>21</v>
+      </c>
       <c r="G218" s="0" t="s">
-        <v>482</v>
-[...5 lines deleted...]
-        <v>480</v>
+        <v>146</v>
       </c>
       <c r="J218" s="0" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="0" t="s">
-        <v>488</v>
+        <v>10</v>
       </c>
       <c r="B219" s="0" t="s">
-        <v>261</v>
+        <v>11</v>
       </c>
       <c r="C219" s="0" t="s">
-        <v>480</v>
+        <v>12</v>
       </c>
       <c r="D219" s="0" t="s">
-        <v>489</v>
+        <v>13</v>
       </c>
       <c r="E219" s="0" t="s">
         <v>14</v>
       </c>
+      <c r="F219" s="0" t="s">
+        <v>21</v>
+      </c>
       <c r="G219" s="0" t="s">
-        <v>490</v>
+        <v>146</v>
       </c>
       <c r="H219" s="0" t="s">
-        <v>491</v>
+        <v>17</v>
       </c>
       <c r="I219" s="0" t="s">
-        <v>480</v>
+        <v>18</v>
       </c>
       <c r="J219" s="0" t="s">
-        <v>248</v>
+        <v>19</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="0" t="s">
-        <v>243</v>
+        <v>384</v>
       </c>
       <c r="B220" s="0" t="s">
-        <v>33</v>
+        <v>109</v>
       </c>
       <c r="C220" s="0" t="s">
-        <v>244</v>
+        <v>385</v>
       </c>
       <c r="D220" s="0" t="s">
-        <v>245</v>
+        <v>386</v>
       </c>
       <c r="E220" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F220" s="0" t="s">
-        <v>492</v>
+        <v>21</v>
       </c>
       <c r="G220" s="0" t="s">
-        <v>247</v>
+        <v>146</v>
       </c>
       <c r="J220" s="0" t="s">
-        <v>248</v>
+        <v>36</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="0" t="s">
-        <v>10</v>
+        <v>454</v>
       </c>
       <c r="B221" s="0" t="s">
-        <v>11</v>
+        <v>109</v>
       </c>
       <c r="C221" s="0" t="s">
-        <v>12</v>
+        <v>455</v>
       </c>
       <c r="D221" s="0" t="s">
-        <v>13</v>
+        <v>456</v>
       </c>
       <c r="E221" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F221" s="0" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
       <c r="G221" s="0" t="s">
-        <v>239</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="J221" s="0" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="0" t="s">
-        <v>251</v>
+        <v>457</v>
       </c>
       <c r="B222" s="0" t="s">
-        <v>185</v>
+        <v>92</v>
       </c>
       <c r="C222" s="0" t="s">
-        <v>252</v>
+        <v>458</v>
       </c>
       <c r="D222" s="0" t="s">
-        <v>253</v>
+        <v>459</v>
       </c>
       <c r="E222" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F222" s="0" t="s">
-        <v>406</v>
+        <v>203</v>
       </c>
       <c r="G222" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="J222" s="0" t="s">
-        <v>254</v>
+        <v>460</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="0" t="s">
-        <v>493</v>
+        <v>158</v>
       </c>
       <c r="B223" s="0" t="s">
-        <v>23</v>
+        <v>53</v>
       </c>
       <c r="C223" s="0" t="s">
-        <v>494</v>
+        <v>159</v>
       </c>
       <c r="D223" s="0" t="s">
-        <v>495</v>
+        <v>160</v>
       </c>
       <c r="E223" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F223" s="0" t="s">
-        <v>496</v>
+        <v>203</v>
       </c>
       <c r="G223" s="0" t="s">
-        <v>212</v>
+        <v>146</v>
+      </c>
+      <c r="H223" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="I223" s="0" t="s">
+        <v>163</v>
       </c>
       <c r="J223" s="0" t="s">
-        <v>51</v>
+        <v>164</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="0" t="s">
-        <v>255</v>
+        <v>461</v>
       </c>
       <c r="B224" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C224" s="0" t="s">
-        <v>256</v>
+        <v>462</v>
       </c>
       <c r="D224" s="0" t="s">
-        <v>257</v>
+        <v>463</v>
       </c>
       <c r="E224" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F224" s="0" t="s">
-        <v>89</v>
+        <v>213</v>
       </c>
       <c r="G224" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
+      </c>
+      <c r="H224" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="I224" s="0" t="s">
+        <v>465</v>
       </c>
       <c r="J224" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="0" t="s">
-        <v>260</v>
+        <v>457</v>
       </c>
       <c r="B225" s="0" t="s">
-        <v>261</v>
+        <v>92</v>
       </c>
       <c r="C225" s="0" t="s">
-        <v>262</v>
+        <v>458</v>
       </c>
       <c r="D225" s="0" t="s">
-        <v>263</v>
+        <v>459</v>
       </c>
       <c r="E225" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F225" s="0" t="s">
-        <v>89</v>
+        <v>214</v>
       </c>
       <c r="G225" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
       </c>
       <c r="J225" s="0" t="s">
-        <v>265</v>
+        <v>460</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="0" t="s">
-        <v>497</v>
+        <v>461</v>
       </c>
       <c r="B226" s="0" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C226" s="0" t="s">
-        <v>498</v>
+        <v>462</v>
       </c>
       <c r="D226" s="0" t="s">
-        <v>499</v>
+        <v>463</v>
       </c>
       <c r="E226" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F226" s="0" t="s">
-        <v>21</v>
+        <v>214</v>
       </c>
       <c r="G226" s="0" t="s">
-        <v>16</v>
+        <v>146</v>
+      </c>
+      <c r="H226" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="I226" s="0" t="s">
+        <v>465</v>
       </c>
       <c r="J226" s="0" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="0" t="s">
-        <v>270</v>
+        <v>158</v>
       </c>
       <c r="B227" s="0" t="s">
-        <v>91</v>
+        <v>53</v>
       </c>
       <c r="C227" s="0" t="s">
-        <v>271</v>
+        <v>159</v>
       </c>
       <c r="D227" s="0" t="s">
-        <v>272</v>
+        <v>160</v>
       </c>
       <c r="E227" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F227" s="0" t="s">
-        <v>500</v>
+        <v>214</v>
       </c>
       <c r="G227" s="0" t="s">
-        <v>27</v>
+        <v>146</v>
+      </c>
+      <c r="H227" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="I227" s="0" t="s">
+        <v>163</v>
       </c>
       <c r="J227" s="0" t="s">
-        <v>51</v>
+        <v>164</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="0" t="s">
-        <v>278</v>
+        <v>457</v>
       </c>
       <c r="B228" s="0" t="s">
-        <v>23</v>
+        <v>92</v>
       </c>
       <c r="C228" s="0" t="s">
-        <v>279</v>
+        <v>458</v>
       </c>
       <c r="D228" s="0" t="s">
-        <v>280</v>
+        <v>459</v>
       </c>
       <c r="E228" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F228" s="0" t="s">
-        <v>303</v>
+        <v>223</v>
       </c>
       <c r="G228" s="0" t="s">
-        <v>282</v>
+        <v>146</v>
       </c>
       <c r="J228" s="0" t="s">
-        <v>283</v>
+        <v>460</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="0" t="s">
-        <v>291</v>
+        <v>466</v>
       </c>
       <c r="B229" s="0" t="s">
-        <v>292</v>
+        <v>171</v>
       </c>
       <c r="C229" s="0" t="s">
-        <v>293</v>
+        <v>467</v>
       </c>
       <c r="D229" s="0" t="s">
-        <v>294</v>
+        <v>468</v>
       </c>
       <c r="E229" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F229" s="0" t="s">
-        <v>501</v>
+        <v>227</v>
       </c>
       <c r="G229" s="0" t="s">
-        <v>164</v>
+        <v>175</v>
+      </c>
+      <c r="H229" s="0" t="s">
+        <v>469</v>
+      </c>
+      <c r="I229" s="0" t="s">
+        <v>462</v>
       </c>
       <c r="J229" s="0" t="s">
-        <v>51</v>
+        <v>470</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="0" t="s">
-        <v>299</v>
+        <v>471</v>
       </c>
       <c r="B230" s="0" t="s">
-        <v>23</v>
+        <v>216</v>
       </c>
       <c r="C230" s="0" t="s">
-        <v>300</v>
+        <v>242</v>
       </c>
       <c r="D230" s="0" t="s">
-        <v>301</v>
+        <v>472</v>
       </c>
       <c r="E230" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F230" s="0" t="s">
-        <v>281</v>
+        <v>244</v>
       </c>
       <c r="G230" s="0" t="s">
-        <v>282</v>
+        <v>220</v>
+      </c>
+      <c r="H230" s="0" t="s">
+        <v>473</v>
+      </c>
+      <c r="I230" s="0" t="s">
+        <v>246</v>
       </c>
       <c r="J230" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B231" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C231" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="D231" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="E231" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F231" s="0" t="s">
+        <v>263</v>
+      </c>
+      <c r="G231" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J231" s="0" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B232" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C232" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="D232" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="E232" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F232" s="0" t="s">
+        <v>269</v>
+      </c>
+      <c r="G232" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J232" s="0" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="0" t="s">
+        <v>376</v>
+      </c>
+      <c r="B233" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C233" s="0" t="s">
+        <v>377</v>
+      </c>
+      <c r="D233" s="0" t="s">
+        <v>378</v>
+      </c>
+      <c r="E233" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F233" s="0" t="s">
+        <v>270</v>
+      </c>
+      <c r="G233" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J233" s="0" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="0" t="s">
+        <v>474</v>
+      </c>
+      <c r="B234" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C234" s="0" t="s">
+        <v>475</v>
+      </c>
+      <c r="D234" s="0" t="s">
+        <v>476</v>
+      </c>
+      <c r="E234" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F234" s="0" t="s">
+        <v>275</v>
+      </c>
+      <c r="G234" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H234" s="0" t="s">
+        <v>477</v>
+      </c>
+      <c r="I234" s="0" t="s">
+        <v>478</v>
+      </c>
+      <c r="J234" s="0" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="B235" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C235" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D235" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="E235" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F235" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="G235" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J235" s="0" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="0" t="s">
+        <v>461</v>
+      </c>
+      <c r="B236" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="C236" s="0" t="s">
+        <v>462</v>
+      </c>
+      <c r="D236" s="0" t="s">
+        <v>463</v>
+      </c>
+      <c r="E236" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F236" s="0" t="s">
+        <v>276</v>
+      </c>
+      <c r="G236" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H236" s="0" t="s">
+        <v>464</v>
+      </c>
+      <c r="I236" s="0" t="s">
+        <v>465</v>
+      </c>
+      <c r="J236" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="0" t="s">
+        <v>454</v>
+      </c>
+      <c r="B237" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C237" s="0" t="s">
+        <v>455</v>
+      </c>
+      <c r="D237" s="0" t="s">
+        <v>456</v>
+      </c>
+      <c r="E237" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F237" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G237" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="J237" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B238" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C238" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="D238" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="E238" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F238" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G238" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J238" s="0" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="0" t="s">
+        <v>457</v>
+      </c>
+      <c r="B239" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C239" s="0" t="s">
+        <v>458</v>
+      </c>
+      <c r="D239" s="0" t="s">
+        <v>459</v>
+      </c>
+      <c r="E239" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F239" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G239" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J239" s="0" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B240" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C240" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D240" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E240" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F240" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G240" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H240" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="I240" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="J240" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B241" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C241" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D241" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E241" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F241" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G241" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J241" s="0" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="0" t="s">
+        <v>272</v>
+      </c>
+      <c r="B242" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C242" s="0" t="s">
+        <v>273</v>
+      </c>
+      <c r="D242" s="0" t="s">
+        <v>274</v>
+      </c>
+      <c r="E242" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F242" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G242" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J242" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="0" t="s">
+        <v>10</v>
+      </c>
+      <c r="B243" s="0" t="s">
+        <v>11</v>
+      </c>
+      <c r="C243" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="D243" s="0" t="s">
+        <v>13</v>
+      </c>
+      <c r="E243" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F243" s="0" t="s">
+        <v>22</v>
+      </c>
+      <c r="G243" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H243" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="I243" s="0" t="s">
+        <v>18</v>
+      </c>
+      <c r="J243" s="0" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B244" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C244" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D244" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E244" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F244" s="0" t="s">
+        <v>388</v>
+      </c>
+      <c r="G244" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="J244" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="0" t="s">
+        <v>291</v>
+      </c>
+      <c r="B245" s="0" t="s">
+        <v>292</v>
+      </c>
+      <c r="C245" s="0" t="s">
+        <v>293</v>
+      </c>
+      <c r="D245" s="0" t="s">
+        <v>294</v>
+      </c>
+      <c r="E245" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F245" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G245" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J245" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="0" t="s">
+        <v>341</v>
+      </c>
+      <c r="B246" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C246" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="D246" s="0" t="s">
+        <v>343</v>
+      </c>
+      <c r="E246" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F246" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G246" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J246" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="0" t="s">
+        <v>366</v>
+      </c>
+      <c r="B247" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C247" s="0" t="s">
+        <v>367</v>
+      </c>
+      <c r="D247" s="0" t="s">
+        <v>368</v>
+      </c>
+      <c r="E247" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F247" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G247" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J247" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="0" t="s">
+        <v>369</v>
+      </c>
+      <c r="B248" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="C248" s="0" t="s">
+        <v>342</v>
+      </c>
+      <c r="D248" s="0" t="s">
+        <v>370</v>
+      </c>
+      <c r="E248" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F248" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G248" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J248" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="0" t="s">
+        <v>371</v>
+      </c>
+      <c r="B249" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C249" s="0" t="s">
+        <v>372</v>
+      </c>
+      <c r="D249" s="0" t="s">
+        <v>373</v>
+      </c>
+      <c r="E249" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F249" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G249" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J249" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="B250" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C250" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="D250" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="E250" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F250" s="0" t="s">
+        <v>392</v>
+      </c>
+      <c r="G250" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="J250" s="0" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B251" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C251" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="D251" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="E251" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F251" s="0" t="s">
+        <v>400</v>
+      </c>
+      <c r="G251" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J251" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B252" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C252" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D252" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E252" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F252" s="0" t="s">
+        <v>483</v>
+      </c>
+      <c r="G252" s="0" t="s">
         <v>51</v>
+      </c>
+      <c r="J252" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="B253" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C253" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="D253" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="E253" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F253" s="0" t="s">
+        <v>484</v>
+      </c>
+      <c r="G253" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="H253" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="I253" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="J253" s="0" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B254" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C254" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D254" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E254" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F254" s="0" t="s">
+        <v>485</v>
+      </c>
+      <c r="G254" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H254" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="I254" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="J254" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B255" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C255" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="D255" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="E255" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F255" s="0" t="s">
+        <v>486</v>
+      </c>
+      <c r="G255" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="H255" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="I255" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="J255" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B256" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C256" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D256" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="E256" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F256" s="0" t="s">
+        <v>487</v>
+      </c>
+      <c r="G256" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H256" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="I256" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="J256" s="0" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B257" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C257" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D257" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E257" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F257" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G257" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H257" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="I257" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="J257" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B258" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C258" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D258" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E258" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F258" s="0" t="s">
+        <v>488</v>
+      </c>
+      <c r="G258" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H258" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="I258" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="J258" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B259" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C259" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D259" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E259" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F259" s="0" t="s">
+        <v>489</v>
+      </c>
+      <c r="G259" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J259" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B260" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C260" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D260" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E260" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F260" s="0" t="s">
+        <v>490</v>
+      </c>
+      <c r="G260" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J260" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B261" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="C261" s="0" t="s">
+        <v>93</v>
+      </c>
+      <c r="D261" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="E261" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F261" s="0" t="s">
+        <v>491</v>
+      </c>
+      <c r="G261" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H261" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="I261" s="0" t="s">
+        <v>98</v>
+      </c>
+      <c r="J261" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B262" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C262" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D262" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E262" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F262" s="0" t="s">
+        <v>492</v>
+      </c>
+      <c r="G262" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J262" s="0" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="B263" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C263" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="D263" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="E263" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F263" s="0" t="s">
+        <v>493</v>
+      </c>
+      <c r="G263" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="J263" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B264" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C264" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D264" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E264" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F264" s="0" t="s">
+        <v>494</v>
+      </c>
+      <c r="G264" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J264" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B265" s="0" t="s">
+        <v>31</v>
+      </c>
+      <c r="C265" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="D265" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E265" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F265" s="0" t="s">
+        <v>495</v>
+      </c>
+      <c r="G265" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="J265" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="B266" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C266" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="D266" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="E266" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F266" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="G266" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="J266" s="0" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B267" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C267" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D267" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E267" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F267" s="0" t="s">
+        <v>496</v>
+      </c>
+      <c r="G267" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="J267" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B268" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C268" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="D268" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="E268" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F268" s="0" t="s">
+        <v>497</v>
+      </c>
+      <c r="G268" s="0" t="s">
+        <v>96</v>
+      </c>
+      <c r="H268" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="I268" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="J268" s="0" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="0" t="s">
+        <v>498</v>
+      </c>
+      <c r="B269" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C269" s="0" t="s">
+        <v>499</v>
+      </c>
+      <c r="D269" s="0" t="s">
+        <v>500</v>
+      </c>
+      <c r="E269" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F269" s="0" t="s">
+        <v>501</v>
+      </c>
+      <c r="G269" s="0" t="s">
+        <v>181</v>
+      </c>
+      <c r="H269" s="0" t="s">
+        <v>502</v>
+      </c>
+      <c r="I269" s="0" t="s">
+        <v>503</v>
+      </c>
+      <c r="J269" s="0" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B270" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C270" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="D270" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E270" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F270" s="0" t="s">
+        <v>505</v>
+      </c>
+      <c r="G270" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H270" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I270" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="J270" s="0" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B271" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C271" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="D271" s="0" t="s">
+        <v>55</v>
+      </c>
+      <c r="E271" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F271" s="0" t="s">
+        <v>506</v>
+      </c>
+      <c r="G271" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="J271" s="0" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B272" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C272" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="D272" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E272" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F272" s="0" t="s">
+        <v>507</v>
+      </c>
+      <c r="G272" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H272" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I272" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="J272" s="0" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B273" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C273" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D273" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E273" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F273" s="0" t="s">
+        <v>508</v>
+      </c>
+      <c r="G273" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="J273" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B274" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C274" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D274" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E274" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F274" s="0" t="s">
+        <v>509</v>
+      </c>
+      <c r="G274" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J274" s="0" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B275" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C275" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D275" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E275" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F275" s="0" t="s">
+        <v>510</v>
+      </c>
+      <c r="G275" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J275" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B276" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C276" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="D276" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E276" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F276" s="0" t="s">
+        <v>511</v>
+      </c>
+      <c r="G276" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H276" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I276" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="J276" s="0" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B277" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C277" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D277" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="E277" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F277" s="0" t="s">
+        <v>512</v>
+      </c>
+      <c r="G277" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="J277" s="0" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B278" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C278" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D278" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E278" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F278" s="0" t="s">
+        <v>513</v>
+      </c>
+      <c r="G278" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="J278" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B279" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C279" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D279" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E279" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F279" s="0" t="s">
+        <v>514</v>
+      </c>
+      <c r="G279" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J279" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B280" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C280" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="D280" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E280" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F280" s="0" t="s">
+        <v>515</v>
+      </c>
+      <c r="G280" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="H280" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="I280" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="J280" s="0" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="0" t="s">
+        <v>480</v>
+      </c>
+      <c r="B281" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C281" s="0" t="s">
+        <v>481</v>
+      </c>
+      <c r="D281" s="0" t="s">
+        <v>482</v>
+      </c>
+      <c r="E281" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F281" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="G281" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J281" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="0" t="s">
+        <v>517</v>
+      </c>
+      <c r="B282" s="0" t="s">
+        <v>255</v>
+      </c>
+      <c r="C282" s="0" t="s">
+        <v>518</v>
+      </c>
+      <c r="D282" s="0" t="s">
+        <v>519</v>
+      </c>
+      <c r="E282" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F282" s="0" t="s">
+        <v>516</v>
+      </c>
+      <c r="G282" s="0" t="s">
+        <v>520</v>
+      </c>
+      <c r="J282" s="0" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B283" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="C283" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="D283" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="E283" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F283" s="0" t="s">
+        <v>522</v>
+      </c>
+      <c r="G283" s="0" t="s">
+        <v>104</v>
+      </c>
+      <c r="H283" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="I283" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="J283" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B284" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C284" s="0" t="s">
+        <v>85</v>
+      </c>
+      <c r="D284" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="E284" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F284" s="0" t="s">
+        <v>523</v>
+      </c>
+      <c r="G284" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="J284" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B285" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C285" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D285" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="E285" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F285" s="0" t="s">
+        <v>524</v>
+      </c>
+      <c r="G285" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="J285" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B286" s="0" t="s">
+        <v>171</v>
+      </c>
+      <c r="C286" s="0" t="s">
+        <v>172</v>
+      </c>
+      <c r="D286" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="E286" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="F286" s="0" t="s">
+        <v>525</v>
+      </c>
+      <c r="G286" s="0" t="s">
+        <v>175</v>
+      </c>
+      <c r="J286" s="0" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="0" t="s">
+        <v>526</v>
+      </c>
+      <c r="B287" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C287" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="D287" s="0" t="s">
+        <v>528</v>
+      </c>
+      <c r="E287" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G287" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="H287" s="0" t="s">
+        <v>530</v>
+      </c>
+      <c r="I287" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="J287" s="0" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="0" t="s">
+        <v>532</v>
+      </c>
+      <c r="B288" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="C288" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="D288" s="0" t="s">
+        <v>533</v>
+      </c>
+      <c r="E288" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G288" s="0" t="s">
+        <v>534</v>
+      </c>
+      <c r="H288" s="0" t="s">
+        <v>535</v>
+      </c>
+      <c r="I288" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="J288" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="0" t="s">
+        <v>536</v>
+      </c>
+      <c r="B289" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C289" s="0" t="s">
+        <v>537</v>
+      </c>
+      <c r="D289" s="0" t="s">
+        <v>538</v>
+      </c>
+      <c r="E289" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G289" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="J289" s="0" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="0" t="s">
+        <v>540</v>
+      </c>
+      <c r="B290" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C290" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="D290" s="0" t="s">
+        <v>541</v>
+      </c>
+      <c r="E290" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G290" s="0" t="s">
+        <v>529</v>
+      </c>
+      <c r="H290" s="0" t="s">
+        <v>542</v>
+      </c>
+      <c r="I290" s="0" t="s">
+        <v>527</v>
+      </c>
+      <c r="J290" s="0" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="0" t="s">
+        <v>543</v>
+      </c>
+      <c r="B291" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C291" s="0" t="s">
+        <v>544</v>
+      </c>
+      <c r="D291" s="0" t="s">
+        <v>545</v>
+      </c>
+      <c r="E291" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="G291" s="0" t="s">
+        <v>539</v>
+      </c>
+      <c r="J291" s="0" t="s">
+        <v>36</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
   <tableParts>
     <tablePart r:id="rId1"/>
   </tableParts>
 </worksheet>
 </file>