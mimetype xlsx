--- v0 (2025-12-17)
+++ v1 (2026-03-19)
@@ -55,80 +55,83 @@
   <si>
     <t>TanggalSertifikat</t>
   </si>
   <si>
     <t>Deskripsi</t>
   </si>
   <si>
     <t>Seaveggie</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>09-Feb-2023</t>
   </si>
   <si>
     <t>DID2023017429</t>
   </si>
   <si>
     <t>Ditolak</t>
   </si>
   <si>
     <t>Dr.Eng. Wahyu Ramadhan, S.Pi., M.Si.</t>
   </si>
   <si>
+    <t>PUSAT KAJIAN SUMBERDAYA PESISIR DAN LAUTAN (PKSPL).</t>
+  </si>
+  <si>
+    <t>ekstrak rumput laut untuk makanan; rumput laut kering yang bisa dimakan; sayuran, dikeringkan</t>
+  </si>
+  <si>
+    <t>Prof. Dr. Kustiariyah, S.Pi., M.Si.</t>
+  </si>
+  <si>
+    <t>Vepryany Oktaviarty, S.T.P.</t>
+  </si>
+  <si>
+    <t>Meydia, S.Pi.</t>
+  </si>
+  <si>
+    <t>LEGURA</t>
+  </si>
+  <si>
+    <t>30</t>
+  </si>
+  <si>
+    <t>02-Feb-2023</t>
+  </si>
+  <si>
+    <t>DID2023025886</t>
+  </si>
+  <si>
+    <t>Siti Nurlaila</t>
+  </si>
+  <si>
     <t>Departemen Teknologi Hasil Perairan</t>
   </si>
   <si>
-    <t>ekstrak rumput laut untuk makanan; rumput laut kering yang bisa dimakan; sayuran, dikeringkan</t>
-[...25 lines deleted...]
-  <si>
     <t>-</t>
   </si>
   <si>
     <t>Delish Baby Bites</t>
   </si>
   <si>
     <t>19-Sep-2021</t>
   </si>
   <si>
     <t>DID2021062441</t>
   </si>
   <si>
     <t>Annisa Ati Safira</t>
   </si>
   <si>
     <t>biskuit bebas gluten; cookie bebas gluten</t>
   </si>
   <si>
     <t>Shiro by Serendipity</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>26-Sep-2023</t>
@@ -236,53 +239,50 @@
     <t>DID2024116284</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Feri Kusnandar, M.Sc.</t>
   </si>
   <si>
     <t>Departemen Ilmu dan Teknologi Pangan</t>
   </si>
   <si>
     <t>Botani Bakery</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
     <t>12-Nov-2020</t>
   </si>
   <si>
     <t>JID2020069990</t>
   </si>
   <si>
     <t>Dr. Ahmad Yani, S.T.P., M.Si.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Tri Prartono, M.Sc.</t>
-  </si>
-[...1 lines deleted...]
-    <t>PUSAT KAJIAN SUMBERDAYA PESISIR DAN LAUTAN (PKSPL).</t>
   </si>
   <si>
     <t>ES KOPYOR KORINA</t>
   </si>
   <si>
     <t>13-Dec-2013</t>
   </si>
   <si>
     <t>D002013059888</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Sudarsono, M.Sc.</t>
   </si>
   <si>
     <t>Dr. Tjahja Muhandri, S.T.P., M.T.</t>
   </si>
   <si>
     <t>Prof. Dr. Ir. Slamet Budijanto, M.Agr.</t>
   </si>
   <si>
     <t>Fi-gen</t>
   </si>
   <si>
     <t>5</t>
   </si>
@@ -651,1380 +651,1380 @@
       </c>
       <c r="J8" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F9" s="0" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J9" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E10" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F10" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="G10" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J10" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E11" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F11" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G11" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J11" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E12" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F12" s="0" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="G12" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J12" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E13" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J13" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J14" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="E15" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J15" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E16" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J16" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E17" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J17" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J18" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J21" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J22" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B23" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C23" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J23" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E24" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J24" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J25" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J26" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="J27" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>80</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>81</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J28" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J29" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>83</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J30" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>87</v>
       </c>
       <c r="E31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J31" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E32" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>18</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="J32" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>89</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J33" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>90</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J34" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J35" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J36" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>92</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>93</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>18</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J37" s="0" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>19</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="J38" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>95</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J39" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>96</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J40" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>97</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J41" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>98</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J42" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>99</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>100</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>101</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>102</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>103</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J43" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>12</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>13</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>20</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>77</v>
+        <v>26</v>
       </c>
       <c r="J44" s="0" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>104</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J45" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>105</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J46" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>106</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J47" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>109</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>110</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>111</v>
       </c>
       <c r="J48" s="0" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>113</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J49" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J50" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>115</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J51" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E52" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>116</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J52" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>117</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J53" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>118</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J54" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>119</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J55" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>120</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J56" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>121</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="J57" s="0" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="E58" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>122</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J58" s="0" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>123</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J59" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>14</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>124</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J60" s="0" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>127</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>128</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>129</v>
       </c>
       <c r="I61" s="0" t="s">